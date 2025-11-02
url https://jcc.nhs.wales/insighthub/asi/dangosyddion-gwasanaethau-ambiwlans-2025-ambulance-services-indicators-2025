--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,96 +1,101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="22527"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\WHSSC Y Drive\Information 05\01 Performance\Ambulance Services Indicators\ASI - August 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\WHSSC Y Drive\Information 05\01 Performance\Ambulance Services Indicators\September 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F2EC55F6-3508-4C5E-86A9-D14B55E522DB}" xr6:coauthVersionLast="45" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{02BE343E-AC47-426B-AE8F-C9CD5C68113E}" xr6:coauthVersionLast="45" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{C2CF7FAB-5C23-460C-8580-25B15791F64A}"/>
   </bookViews>
   <sheets>
     <sheet name="Clawr" sheetId="6" r:id="rId1"/>
     <sheet name="Cover" sheetId="5" r:id="rId2"/>
     <sheet name="Model Ymateb" sheetId="7" r:id="rId3"/>
     <sheet name="Response Model" sheetId="2" r:id="rId4"/>
     <sheet name=" Data ASI" sheetId="9" r:id="rId5"/>
     <sheet name="ASI Data" sheetId="1" r:id="rId6"/>
-    <sheet name=" Tabl Diffiniad ASI" sheetId="8" r:id="rId7"/>
-    <sheet name="ASI Definition Table" sheetId="3" r:id="rId8"/>
+    <sheet name="EMERG Clinical Indicators" sheetId="11" r:id="rId7"/>
+    <sheet name="Dangosyddion Clinigol BRYS" sheetId="10" r:id="rId8"/>
+    <sheet name=" Tabl Diffiniad ASI" sheetId="8" r:id="rId9"/>
+    <sheet name="ASI Definition Table" sheetId="3" r:id="rId10"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2866" uniqueCount="1089">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4166" uniqueCount="1117">
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Number of NHS 111 Wales unique website visits</t>
   </si>
   <si>
     <t>NHS 111 Wales number of calls by reason</t>
   </si>
   <si>
     <t>Aneurin Bevan</t>
   </si>
   <si>
     <t>Betsi Cadwaladr</t>
   </si>
   <si>
     <t>Cwm Taf Morgannwg</t>
   </si>
   <si>
     <t>Hywel Dda</t>
   </si>
   <si>
     <t>Powys</t>
   </si>
   <si>
@@ -3304,77 +3309,218 @@
   <si>
     <t/>
   </si>
   <si>
     <t>Cymru Gyfan | All Wales</t>
   </si>
   <si>
     <t>Caerdydd a'r Fro | Cardiff and Vale</t>
   </si>
   <si>
     <t>Bae Abertawe | Swansea Bay</t>
   </si>
   <si>
     <t>Galwadau sy'n peryglu bywyd ar unwaith, fel pan fydd claf yn anymwybodol neu heb anadlu'n effeithiol ac mewn perygl uchel o ataliad ar y galon neu resbiradol. Bydd y galwadau hyn yn destun amser ymateb canolrifol.</t>
   </si>
   <si>
     <t>&lt;5</t>
   </si>
   <si>
     <t>For statistical reporting purposes, any figures between 1 and 5 will be suppressed and displayed as &lt;5</t>
   </si>
   <si>
     <t>At ddibenion adrodd ystadegol, bydd unrhyw ffigurau rhwng 1 a 5 yn cael eu hatal a’u dangos fel &lt;5</t>
   </si>
   <si>
-    <t>Rhyddhau Awst 2025</t>
-[...10 lines deleted...]
-  <si>
     <t>0</t>
+  </si>
+  <si>
+    <t>Rhyddhau Medi 2025</t>
+  </si>
+  <si>
+    <t>Cyhoeddwyd y tablau data hyn yn y daenlen hon yn wreiddiol am 9:30am 23 Hydref 2025 - Cyhoeddir y cyhoeddiad nesaf am 9:30am 20 Tachwedd 2025</t>
+  </si>
+  <si>
+    <t>Medi 2025 Release</t>
+  </si>
+  <si>
+    <t>This data tables in this spreadsheet were originally published at 9:30am 23 October 2025 - The next publication is published at 9:30am 20 November 2025</t>
+  </si>
+  <si>
+    <t>Protocol UGA: UPGRADE TO ARREST</t>
+  </si>
+  <si>
+    <t>Protocol AMBER1: AMBER1 RESPONSE</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Protocol UGA: UWCHRADDIO I ARESTIO</t>
+  </si>
+  <si>
+    <t>Protocol AMBER1: YMATEB AMBER1</t>
+  </si>
+  <si>
+    <t>Average
+Pain Score Change</t>
+  </si>
+  <si>
+    <t>Average SpO2 Change</t>
+  </si>
+  <si>
+    <t>Convulsions</t>
+  </si>
+  <si>
+    <t>Dyspnoea</t>
+  </si>
+  <si>
+    <t>Exacerbation of COPD</t>
+  </si>
+  <si>
+    <t>Collapse ? cause</t>
+  </si>
+  <si>
+    <t>Cyfartaledd Newid Sgôr Poen</t>
+  </si>
+  <si>
+    <t>Cyfartaledd SpO2 Newid</t>
+  </si>
+  <si>
+    <t>Confylsiynau</t>
+  </si>
+  <si>
+    <t>Anadlrwydd Anadl</t>
+  </si>
+  <si>
+    <t>Gwaethygu COPD</t>
+  </si>
+  <si>
+    <t>Cwymp ? achos</t>
+  </si>
+  <si>
+    <t>Emerg Clinical Indicators</t>
+  </si>
+  <si>
+    <t>AveragePainScoreChange</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Mean average pain score </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>reduction</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> across the care episode for PCRs with two distinct pain scores.</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">When ambulance staff assess patients with pain, they record how much pain the person is in using a simple 0-10 scale – Where 0 means no pain and 10 means the worst pain imaginable. After giving pain relief, they record the score again. This measure helps us understand how effective the service has been in reducing peoples pain level. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oxygen saturation is a simple, non-invasive measurement that tells us how much oxygen your red blood cells are carrying, expressed as a percentage. Essentially, it's a way to check if your body is getting enough oxygen to function properly. For a healthy person at sea level, the normal range is typically 94% to 100%. A reading below 90% often signals a condition called hypoxemia (low oxygen in the blood) and may require medical attention. Oxygen saturation is considered a vital sign in medicine because low oxygen levels can quickly harm essential organs like the brain and heart. Measuring oxygen saturations therefore often guides the treatment the ambulance clinician will consider. </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Mean average pulse oximetry </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>increase</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> across the care episode for PCRs with two distinct SpO2 readings</t>
+    </r>
+  </si>
+  <si>
+    <t>Dangosyddion Clinigol BRYS</t>
+  </si>
+  <si>
+    <r>
+      <t>Gostyngiad</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t xml:space="preserve"> sgôr poen cyfartalog cymedrig ar draws y bennod gofal ar gyfer PCRs gyda dau sgôr poen gwahanol.</t>
+    </r>
+  </si>
+  <si>
+    <t>Cynnydd ocsimetreg pwls cyfartalog cymedrig ar draws y bennod gofal ar gyfer PCRs gyda dau ddarlleniad SpO2 gwahanol</t>
+  </si>
+  <si>
+    <t>Pan fydd staff ambiwlans yn asesu cleifion sydd â phoen, maen nhw'n cofnodi faint o boen mae'r person yn ei brofi gan ddefnyddio graddfa syml o 0-10 – lle mae 0 yn golygu dim poen a 10 yn golygu'r boen waethaf y gellir ei dychmygu. Ar ôl rhoi rhyddhad poen, maen nhw'n cofnodi'r sgôr eto. Mae'r mesur hwn yn ein helpu i ddeall pa mor effeithiol yw'r gwasanaeth wedi bod wrth leihau lefel poen pobl.</t>
+  </si>
+  <si>
+    <t>Mae dirlawnder ocsigen yn fesuriad syml, anfewnwthiol sy'n dweud wrthym faint o ocsigen mae eich celloedd gwaed coch yn ei gario, wedi'i fynegi fel canran. Yn y bôn, mae'n ffordd o wirio a yw'ch corff yn cael digon o ocsigen i weithredu'n iawn. I berson iach ar lefel y môr, yr ystod arferol fel arfer yw 94% i 100%. Mae darlleniad islaw 90% yn aml yn arwydd o gyflwr o'r enw hypocsemia (ocsigen isel yn y gwaed) ac efallai y bydd angen sylw meddygol. Ystyrir dirlawnder ocsigen yn arwydd hanfodol mewn meddygaeth oherwydd gall lefelau ocsigen isel niweidio organau hanfodol fel yr ymennydd a'r galon yn gyflym. Felly, mae mesur dirlawnder ocsigen yn aml yn llywio'r driniaeth y bydd y clinigwr ambiwlans yn ei hystyried.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="[$-10409]0.0%"/>
     <numFmt numFmtId="166" formatCode="[hh]:mm:ss"/>
     <numFmt numFmtId="167" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="18">
+  <fonts count="23">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9.5"/>
       <color indexed="8"/>
       <name val="Arial"/>
@@ -3450,52 +3596,81 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="22"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="22"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Aptos"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="12"/>
+      <color rgb="FF275317"/>
+      <name val="Aptos"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos"/>
+    </font>
   </fonts>
-  <fills count="21">
+  <fills count="22">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.34998626667073579"/>
         <bgColor indexed="0"/>
       </patternFill>
     </fill>
     <fill>
@@ -3572,52 +3747,58 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="9">
+  <borders count="16">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
@@ -3683,62 +3864,145 @@
       <left style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="65">
+  <cellXfs count="84">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="17" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
@@ -3835,128 +4099,182 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="16" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="17" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="18" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="18" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="19" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="49" fontId="0" fillId="20" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="20" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="17" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="17" fontId="6" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="21" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="5" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="17" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="17" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="19" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="19" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="3" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="2" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="4" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="7" borderId="5" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="8" borderId="5" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="9" borderId="5" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="10" borderId="5" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="11" borderId="5" xfId="7" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="12" borderId="5" xfId="7" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="17" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="17" fontId="6" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="8">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Comma 3" xfId="5" xr:uid="{B37D9FD2-97BE-47C1-9E66-9E0042384C1D}"/>
     <cellStyle name="Heading 1 2" xfId="3" xr:uid="{55D778EB-4437-413A-A7E9-E5BFDC78638F}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 10" xfId="6" xr:uid="{15E7EFC1-D1BF-4FC9-A39E-3AEC6B458664}"/>
     <cellStyle name="Normal 2" xfId="7" xr:uid="{8CE4D42D-2BE9-431C-A92B-B3E913B24458}"/>
     <cellStyle name="Normal 9" xfId="4" xr:uid="{A6F0DDF8-675E-4E70-AE6F-55A351D09BD7}"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>8</xdr:col>
       <xdr:colOff>400050</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>21</xdr:col>
       <xdr:colOff>247650</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>124606</xdr:rowOff>
     </xdr:to>
@@ -4352,52 +4670,60 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1E04EE75-3338-4D3F-9215-152F87203671}">
   <dimension ref="G1:X29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="G20" sqref="G20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14"/>
   <sheetData>
     <row r="1" spans="7:24">
       <c r="G1" s="44"/>
       <c r="H1" s="44"/>
       <c r="I1" s="44"/>
       <c r="J1" s="44"/>
       <c r="K1" s="44"/>
       <c r="L1" s="44"/>
       <c r="M1" s="44"/>
       <c r="N1" s="44"/>
       <c r="O1" s="44"/>
       <c r="P1" s="44"/>
       <c r="Q1" s="44"/>
       <c r="R1" s="44"/>
@@ -4627,260 +4953,260 @@
       <c r="V12" s="44"/>
       <c r="W12" s="44"/>
       <c r="X12" s="44"/>
     </row>
     <row r="13" spans="7:24">
       <c r="G13" s="44"/>
       <c r="H13" s="44"/>
       <c r="I13" s="44"/>
       <c r="J13" s="44"/>
       <c r="K13" s="44"/>
       <c r="L13" s="44"/>
       <c r="M13" s="44"/>
       <c r="N13" s="44"/>
       <c r="O13" s="44"/>
       <c r="P13" s="44"/>
       <c r="Q13" s="44"/>
       <c r="R13" s="44"/>
       <c r="S13" s="44"/>
       <c r="T13" s="44"/>
       <c r="U13" s="44"/>
       <c r="V13" s="44"/>
       <c r="W13" s="44"/>
       <c r="X13" s="44"/>
     </row>
     <row r="14" spans="7:24" ht="28">
-      <c r="G14" s="49" t="s">
+      <c r="G14" s="65" t="s">
         <v>564</v>
       </c>
-      <c r="H14" s="50"/>
-[...15 lines deleted...]
-      <c r="X14" s="50"/>
+      <c r="H14" s="66"/>
+      <c r="I14" s="66"/>
+      <c r="J14" s="66"/>
+      <c r="K14" s="66"/>
+      <c r="L14" s="66"/>
+      <c r="M14" s="66"/>
+      <c r="N14" s="66"/>
+      <c r="O14" s="66"/>
+      <c r="P14" s="66"/>
+      <c r="Q14" s="66"/>
+      <c r="R14" s="66"/>
+      <c r="S14" s="66"/>
+      <c r="T14" s="66"/>
+      <c r="U14" s="66"/>
+      <c r="V14" s="66"/>
+      <c r="W14" s="66"/>
+      <c r="X14" s="66"/>
     </row>
     <row r="15" spans="7:24" ht="28">
-      <c r="G15" s="49" t="s">
-[...18 lines deleted...]
-      <c r="X15" s="50"/>
+      <c r="G15" s="65" t="s">
+        <v>1085</v>
+      </c>
+      <c r="H15" s="66"/>
+      <c r="I15" s="66"/>
+      <c r="J15" s="66"/>
+      <c r="K15" s="66"/>
+      <c r="L15" s="66"/>
+      <c r="M15" s="66"/>
+      <c r="N15" s="66"/>
+      <c r="O15" s="66"/>
+      <c r="P15" s="66"/>
+      <c r="Q15" s="66"/>
+      <c r="R15" s="66"/>
+      <c r="S15" s="66"/>
+      <c r="T15" s="66"/>
+      <c r="U15" s="66"/>
+      <c r="V15" s="66"/>
+      <c r="W15" s="66"/>
+      <c r="X15" s="66"/>
     </row>
     <row r="16" spans="7:24">
       <c r="G16" s="44"/>
       <c r="H16" s="44"/>
       <c r="I16" s="44"/>
       <c r="J16" s="44"/>
       <c r="K16" s="44"/>
       <c r="L16" s="44"/>
       <c r="M16" s="44"/>
       <c r="N16" s="44"/>
       <c r="O16" s="44"/>
       <c r="P16" s="44"/>
       <c r="Q16" s="44"/>
       <c r="R16" s="44"/>
       <c r="S16" s="44"/>
       <c r="T16" s="44"/>
       <c r="U16" s="44"/>
       <c r="V16" s="44"/>
       <c r="W16" s="44"/>
       <c r="X16" s="44"/>
     </row>
     <row r="17" spans="7:24" ht="51.75" customHeight="1">
-      <c r="G17" s="51" t="s">
+      <c r="G17" s="67" t="s">
         <v>565</v>
       </c>
-      <c r="H17" s="51"/>
-[...15 lines deleted...]
-      <c r="X17" s="51"/>
+      <c r="H17" s="67"/>
+      <c r="I17" s="67"/>
+      <c r="J17" s="67"/>
+      <c r="K17" s="67"/>
+      <c r="L17" s="67"/>
+      <c r="M17" s="67"/>
+      <c r="N17" s="67"/>
+      <c r="O17" s="67"/>
+      <c r="P17" s="67"/>
+      <c r="Q17" s="67"/>
+      <c r="R17" s="67"/>
+      <c r="S17" s="67"/>
+      <c r="T17" s="67"/>
+      <c r="U17" s="67"/>
+      <c r="V17" s="67"/>
+      <c r="W17" s="67"/>
+      <c r="X17" s="67"/>
     </row>
     <row r="18" spans="7:24">
       <c r="G18" s="44"/>
       <c r="H18" s="44"/>
       <c r="I18" s="44"/>
       <c r="J18" s="44"/>
       <c r="K18" s="44"/>
       <c r="L18" s="44"/>
       <c r="M18" s="44"/>
       <c r="N18" s="44"/>
       <c r="O18" s="44"/>
       <c r="P18" s="44"/>
       <c r="Q18" s="44"/>
       <c r="R18" s="44"/>
       <c r="S18" s="44"/>
       <c r="T18" s="44"/>
       <c r="U18" s="44"/>
       <c r="V18" s="44"/>
       <c r="W18" s="44"/>
       <c r="X18" s="44"/>
     </row>
     <row r="19" spans="7:24">
-      <c r="G19" s="48" t="s">
-[...18 lines deleted...]
-      <c r="X19" s="48"/>
+      <c r="G19" s="64" t="s">
+        <v>1086</v>
+      </c>
+      <c r="H19" s="64"/>
+      <c r="I19" s="64"/>
+      <c r="J19" s="64"/>
+      <c r="K19" s="64"/>
+      <c r="L19" s="64"/>
+      <c r="M19" s="64"/>
+      <c r="N19" s="64"/>
+      <c r="O19" s="64"/>
+      <c r="P19" s="64"/>
+      <c r="Q19" s="64"/>
+      <c r="R19" s="64"/>
+      <c r="S19" s="64"/>
+      <c r="T19" s="64"/>
+      <c r="U19" s="64"/>
+      <c r="V19" s="64"/>
+      <c r="W19" s="64"/>
+      <c r="X19" s="64"/>
     </row>
     <row r="20" spans="7:24">
       <c r="G20" s="44"/>
       <c r="H20" s="44"/>
       <c r="I20" s="44"/>
       <c r="J20" s="44"/>
       <c r="K20" s="44"/>
       <c r="L20" s="44"/>
       <c r="M20" s="44"/>
       <c r="N20" s="44"/>
       <c r="O20" s="44"/>
       <c r="P20" s="44"/>
       <c r="Q20" s="44"/>
       <c r="R20" s="44"/>
       <c r="S20" s="44"/>
       <c r="T20" s="44"/>
       <c r="U20" s="44"/>
       <c r="V20" s="44"/>
       <c r="W20" s="44"/>
       <c r="X20" s="44"/>
     </row>
     <row r="21" spans="7:24">
-      <c r="G21" s="48" t="s">
+      <c r="G21" s="64" t="s">
         <v>566</v>
       </c>
-      <c r="H21" s="48"/>
-[...15 lines deleted...]
-      <c r="X21" s="48"/>
+      <c r="H21" s="64"/>
+      <c r="I21" s="64"/>
+      <c r="J21" s="64"/>
+      <c r="K21" s="64"/>
+      <c r="L21" s="64"/>
+      <c r="M21" s="64"/>
+      <c r="N21" s="64"/>
+      <c r="O21" s="64"/>
+      <c r="P21" s="64"/>
+      <c r="Q21" s="64"/>
+      <c r="R21" s="64"/>
+      <c r="S21" s="64"/>
+      <c r="T21" s="64"/>
+      <c r="U21" s="64"/>
+      <c r="V21" s="64"/>
+      <c r="W21" s="64"/>
+      <c r="X21" s="64"/>
     </row>
     <row r="22" spans="7:24">
       <c r="G22" s="44"/>
       <c r="H22" s="44"/>
       <c r="I22" s="44"/>
       <c r="J22" s="44"/>
       <c r="K22" s="44"/>
       <c r="L22" s="44"/>
       <c r="M22" s="44"/>
       <c r="N22" s="44"/>
       <c r="O22" s="44"/>
       <c r="P22" s="44"/>
       <c r="Q22" s="44"/>
       <c r="R22" s="44"/>
       <c r="S22" s="44"/>
       <c r="T22" s="44"/>
       <c r="U22" s="44"/>
       <c r="V22" s="44"/>
       <c r="W22" s="44"/>
       <c r="X22" s="44"/>
     </row>
     <row r="23" spans="7:24">
-      <c r="G23" s="47" t="s">
+      <c r="G23" s="63" t="s">
         <v>1083</v>
       </c>
-      <c r="H23" s="48"/>
-[...15 lines deleted...]
-      <c r="X23" s="48"/>
+      <c r="H23" s="64"/>
+      <c r="I23" s="64"/>
+      <c r="J23" s="64"/>
+      <c r="K23" s="64"/>
+      <c r="L23" s="64"/>
+      <c r="M23" s="64"/>
+      <c r="N23" s="64"/>
+      <c r="O23" s="64"/>
+      <c r="P23" s="64"/>
+      <c r="Q23" s="64"/>
+      <c r="R23" s="64"/>
+      <c r="S23" s="64"/>
+      <c r="T23" s="64"/>
+      <c r="U23" s="64"/>
+      <c r="V23" s="64"/>
+      <c r="W23" s="64"/>
+      <c r="X23" s="64"/>
     </row>
     <row r="24" spans="7:24">
       <c r="G24" s="44"/>
       <c r="H24" s="44"/>
       <c r="I24" s="44"/>
       <c r="J24" s="44"/>
       <c r="K24" s="44"/>
       <c r="L24" s="44"/>
       <c r="M24" s="44"/>
       <c r="N24" s="44"/>
       <c r="O24" s="44"/>
       <c r="P24" s="44"/>
       <c r="Q24" s="44"/>
       <c r="R24" s="44"/>
       <c r="S24" s="44"/>
       <c r="T24" s="44"/>
       <c r="U24" s="44"/>
       <c r="V24" s="44"/>
       <c r="W24" s="44"/>
       <c r="X24" s="44"/>
     </row>
     <row r="25" spans="7:24">
       <c r="G25" s="44"/>
       <c r="H25" s="44"/>
       <c r="I25" s="44"/>
@@ -4969,50 +5295,680 @@
       <c r="L29" s="44"/>
       <c r="M29" s="44"/>
       <c r="N29" s="44"/>
       <c r="O29" s="44"/>
       <c r="P29" s="44"/>
       <c r="Q29" s="44"/>
       <c r="R29" s="44"/>
       <c r="S29" s="44"/>
       <c r="T29" s="44"/>
       <c r="U29" s="44"/>
       <c r="V29" s="44"/>
       <c r="W29" s="44"/>
       <c r="X29" s="44"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="G23:X23"/>
     <mergeCell ref="G14:X14"/>
     <mergeCell ref="G15:X15"/>
     <mergeCell ref="G17:X17"/>
     <mergeCell ref="G19:X19"/>
     <mergeCell ref="G21:X21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0CDA0C50-701A-4CD0-B23F-2F438228051A}">
+  <dimension ref="A1:D55"/>
+  <sheetViews>
+    <sheetView topLeftCell="A37" workbookViewId="0">
+      <selection activeCell="C48" sqref="C48"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14"/>
+  <cols>
+    <col min="3" max="3" width="59.75" customWidth="1"/>
+    <col min="4" max="4" width="87.75" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4">
+      <c r="A1" s="31" t="s">
+        <v>447</v>
+      </c>
+      <c r="B1" s="32" t="s">
+        <v>448</v>
+      </c>
+      <c r="C1" s="32" t="s">
+        <v>449</v>
+      </c>
+      <c r="D1" s="32" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" ht="29">
+      <c r="A2" s="33">
+        <v>1</v>
+      </c>
+      <c r="B2" s="34" t="s">
+        <v>451</v>
+      </c>
+      <c r="C2" s="35" t="s">
+        <v>1</v>
+      </c>
+      <c r="D2" s="35" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" ht="29">
+      <c r="A3" s="33">
+        <v>2</v>
+      </c>
+      <c r="B3" s="34" t="s">
+        <v>453</v>
+      </c>
+      <c r="C3" s="35" t="s">
+        <v>2</v>
+      </c>
+      <c r="D3" s="35" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" ht="29">
+      <c r="A4" s="33">
+        <v>3</v>
+      </c>
+      <c r="B4" s="34" t="s">
+        <v>455</v>
+      </c>
+      <c r="C4" s="35" t="s">
+        <v>456</v>
+      </c>
+      <c r="D4" s="35" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" ht="29">
+      <c r="A5" s="33">
+        <v>4</v>
+      </c>
+      <c r="B5" s="36" t="s">
+        <v>458</v>
+      </c>
+      <c r="C5" s="35" t="s">
+        <v>459</v>
+      </c>
+      <c r="D5" s="35" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="14.5">
+      <c r="A6" s="33">
+        <v>5</v>
+      </c>
+      <c r="B6" s="36" t="s">
+        <v>461</v>
+      </c>
+      <c r="C6" s="37" t="s">
+        <v>462</v>
+      </c>
+      <c r="D6" s="35" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" ht="14.5">
+      <c r="A7" s="33">
+        <v>6</v>
+      </c>
+      <c r="B7" s="36" t="s">
+        <v>464</v>
+      </c>
+      <c r="C7" s="35" t="s">
+        <v>465</v>
+      </c>
+      <c r="D7" s="35" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" ht="43.5">
+      <c r="A8" s="33">
+        <v>7</v>
+      </c>
+      <c r="B8" s="36" t="s">
+        <v>467</v>
+      </c>
+      <c r="C8" s="35" t="s">
+        <v>9</v>
+      </c>
+      <c r="D8" s="35" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" ht="43.5">
+      <c r="A9" s="33">
+        <v>8</v>
+      </c>
+      <c r="B9" s="36" t="s">
+        <v>469</v>
+      </c>
+      <c r="C9" s="35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" s="35" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" ht="28">
+      <c r="A10" s="33">
+        <v>9</v>
+      </c>
+      <c r="B10" s="36" t="s">
+        <v>471</v>
+      </c>
+      <c r="C10" s="35" t="s">
+        <v>472</v>
+      </c>
+      <c r="D10" s="38" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" ht="29">
+      <c r="A11" s="33">
+        <v>10</v>
+      </c>
+      <c r="B11" s="36" t="s">
+        <v>474</v>
+      </c>
+      <c r="C11" s="35" t="s">
+        <v>475</v>
+      </c>
+      <c r="D11" s="38" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" ht="28">
+      <c r="A12" s="33">
+        <v>11</v>
+      </c>
+      <c r="B12" s="36" t="s">
+        <v>477</v>
+      </c>
+      <c r="C12" s="35" t="s">
+        <v>478</v>
+      </c>
+      <c r="D12" s="38" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" ht="29">
+      <c r="A13" s="33">
+        <v>12</v>
+      </c>
+      <c r="B13" s="36" t="s">
+        <v>480</v>
+      </c>
+      <c r="C13" s="35" t="s">
+        <v>481</v>
+      </c>
+      <c r="D13" s="38" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" ht="29">
+      <c r="A14" s="33">
+        <v>13</v>
+      </c>
+      <c r="B14" s="36" t="s">
+        <v>483</v>
+      </c>
+      <c r="C14" s="35" t="s">
+        <v>14</v>
+      </c>
+      <c r="D14" s="35" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" ht="29">
+      <c r="A15" s="33">
+        <v>14</v>
+      </c>
+      <c r="B15" s="36" t="s">
+        <v>485</v>
+      </c>
+      <c r="C15" s="35" t="s">
+        <v>486</v>
+      </c>
+      <c r="D15" s="35" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="29">
+      <c r="A16" s="33">
+        <v>15</v>
+      </c>
+      <c r="B16" s="36" t="s">
+        <v>488</v>
+      </c>
+      <c r="C16" s="35" t="s">
+        <v>489</v>
+      </c>
+      <c r="D16" s="35" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="43.5">
+      <c r="A17" s="33">
+        <v>16</v>
+      </c>
+      <c r="B17" s="39" t="s">
+        <v>491</v>
+      </c>
+      <c r="C17" s="35" t="s">
+        <v>492</v>
+      </c>
+      <c r="D17" s="35" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="43.5">
+      <c r="A18" s="33">
+        <v>17</v>
+      </c>
+      <c r="B18" s="39" t="s">
+        <v>494</v>
+      </c>
+      <c r="C18" s="35" t="s">
+        <v>495</v>
+      </c>
+      <c r="D18" s="35" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="29">
+      <c r="A19" s="33">
+        <v>18</v>
+      </c>
+      <c r="B19" s="39" t="s">
+        <v>497</v>
+      </c>
+      <c r="C19" s="35" t="s">
+        <v>498</v>
+      </c>
+      <c r="D19" s="35" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="14.5">
+      <c r="A20" s="33">
+        <v>19</v>
+      </c>
+      <c r="B20" s="39" t="s">
+        <v>500</v>
+      </c>
+      <c r="C20" s="35" t="s">
+        <v>501</v>
+      </c>
+      <c r="D20" s="35" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="29">
+      <c r="A21" s="33">
+        <v>20</v>
+      </c>
+      <c r="B21" s="39" t="s">
+        <v>503</v>
+      </c>
+      <c r="C21" s="35" t="s">
+        <v>504</v>
+      </c>
+      <c r="D21" s="35" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="29">
+      <c r="A22" s="33">
+        <v>21</v>
+      </c>
+      <c r="B22" s="39" t="s">
+        <v>506</v>
+      </c>
+      <c r="C22" s="35" t="s">
+        <v>507</v>
+      </c>
+      <c r="D22" s="35" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="43.5">
+      <c r="A23" s="33">
+        <v>22</v>
+      </c>
+      <c r="B23" s="41" t="s">
+        <v>509</v>
+      </c>
+      <c r="C23" s="35" t="s">
+        <v>510</v>
+      </c>
+      <c r="D23" s="35" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" ht="43.5">
+      <c r="A24" s="33">
+        <v>23</v>
+      </c>
+      <c r="B24" s="41" t="s">
+        <v>512</v>
+      </c>
+      <c r="C24" s="35" t="s">
+        <v>513</v>
+      </c>
+      <c r="D24" s="35" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="87">
+      <c r="A25" s="33">
+        <v>24</v>
+      </c>
+      <c r="B25" s="41" t="s">
+        <v>515</v>
+      </c>
+      <c r="C25" s="35" t="s">
+        <v>516</v>
+      </c>
+      <c r="D25" s="35" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="43.5">
+      <c r="A26" s="33">
+        <v>25</v>
+      </c>
+      <c r="B26" s="41" t="s">
+        <v>518</v>
+      </c>
+      <c r="C26" s="35" t="s">
+        <v>519</v>
+      </c>
+      <c r="D26" s="35" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="29">
+      <c r="A27" s="33">
+        <v>26</v>
+      </c>
+      <c r="B27" s="41" t="s">
+        <v>521</v>
+      </c>
+      <c r="C27" s="35" t="s">
+        <v>522</v>
+      </c>
+      <c r="D27" s="35" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" ht="43.5">
+      <c r="A28" s="33">
+        <v>27</v>
+      </c>
+      <c r="B28" s="41" t="s">
+        <v>524</v>
+      </c>
+      <c r="C28" s="35" t="s">
+        <v>525</v>
+      </c>
+      <c r="D28" s="35" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" ht="43.5">
+      <c r="A29" s="33">
+        <v>28</v>
+      </c>
+      <c r="B29" s="41" t="s">
+        <v>527</v>
+      </c>
+      <c r="C29" s="35" t="s">
+        <v>528</v>
+      </c>
+      <c r="D29" s="35" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="14.5">
+      <c r="A30" s="33">
+        <v>29</v>
+      </c>
+      <c r="B30" s="41" t="s">
+        <v>530</v>
+      </c>
+      <c r="C30" s="35" t="s">
+        <v>531</v>
+      </c>
+      <c r="D30" s="35" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" ht="29">
+      <c r="A31" s="33">
+        <v>30</v>
+      </c>
+      <c r="B31" s="41" t="s">
+        <v>533</v>
+      </c>
+      <c r="C31" s="35" t="s">
+        <v>534</v>
+      </c>
+      <c r="D31" s="35" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" ht="29">
+      <c r="A32" s="33">
+        <v>31</v>
+      </c>
+      <c r="B32" s="45" t="s">
+        <v>536</v>
+      </c>
+      <c r="C32" s="35" t="s">
+        <v>537</v>
+      </c>
+      <c r="D32" s="35" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" ht="29">
+      <c r="A33" s="33">
+        <v>32</v>
+      </c>
+      <c r="B33" s="46" t="s">
+        <v>539</v>
+      </c>
+      <c r="C33" s="35" t="s">
+        <v>540</v>
+      </c>
+      <c r="D33" s="43" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" ht="29">
+      <c r="A34" s="33">
+        <v>33</v>
+      </c>
+      <c r="B34" s="45" t="s">
+        <v>542</v>
+      </c>
+      <c r="C34" s="35" t="s">
+        <v>543</v>
+      </c>
+      <c r="D34" s="35" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" ht="29">
+      <c r="A35" s="33">
+        <v>34</v>
+      </c>
+      <c r="B35" s="45" t="s">
+        <v>545</v>
+      </c>
+      <c r="C35" s="35" t="s">
+        <v>546</v>
+      </c>
+      <c r="D35" s="35" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" ht="14.5">
+      <c r="A36" s="33">
+        <v>35</v>
+      </c>
+      <c r="B36" s="45" t="s">
+        <v>548</v>
+      </c>
+      <c r="C36" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="D36" s="35" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" ht="29">
+      <c r="A37" s="33">
+        <v>36</v>
+      </c>
+      <c r="B37" s="45" t="s">
+        <v>550</v>
+      </c>
+      <c r="C37" s="35" t="s">
+        <v>551</v>
+      </c>
+      <c r="D37" s="35" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" ht="29">
+      <c r="A38" s="33">
+        <v>37</v>
+      </c>
+      <c r="B38" s="45" t="s">
+        <v>553</v>
+      </c>
+      <c r="C38" s="35" t="s">
+        <v>554</v>
+      </c>
+      <c r="D38" s="35" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" ht="29">
+      <c r="A39" s="33">
+        <v>38</v>
+      </c>
+      <c r="B39" s="45" t="s">
+        <v>556</v>
+      </c>
+      <c r="C39" s="35" t="s">
+        <v>557</v>
+      </c>
+      <c r="D39" s="35" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" ht="14.5">
+      <c r="A40" s="33">
+        <v>39</v>
+      </c>
+      <c r="B40" s="45" t="s">
+        <v>559</v>
+      </c>
+      <c r="C40" s="35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" s="35" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="C43" s="77" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D43" s="59" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" ht="56">
+      <c r="C44" s="78"/>
+      <c r="D44" s="59" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4">
+      <c r="C45" s="61"/>
+      <c r="D45" s="59"/>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="C46" s="79" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D46" s="60" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" ht="98">
+      <c r="C47" s="79"/>
+      <c r="D47" s="59" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="53" spans="3:3" ht="15.5">
+      <c r="C53" s="57"/>
+    </row>
+    <row r="54" spans="3:3" ht="15.5">
+      <c r="C54" s="57"/>
+    </row>
+    <row r="55" spans="3:3" ht="15.5">
+      <c r="C55" s="58"/>
+    </row>
+  </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="C43:C44"/>
+    <mergeCell ref="C46:C47"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{44E41D7D-551A-4C1D-9D0C-BE43B5566F91}">
   <dimension ref="G1:X29"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G20" sqref="G20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14"/>
   <sheetData>
     <row r="1" spans="7:24">
       <c r="G1" s="44"/>
       <c r="H1" s="44"/>
       <c r="I1" s="44"/>
       <c r="J1" s="44"/>
       <c r="K1" s="44"/>
       <c r="L1" s="44"/>
       <c r="M1" s="44"/>
       <c r="N1" s="44"/>
       <c r="O1" s="44"/>
       <c r="P1" s="44"/>
       <c r="Q1" s="44"/>
@@ -5243,260 +6199,260 @@
       <c r="V12" s="44"/>
       <c r="W12" s="44"/>
       <c r="X12" s="44"/>
     </row>
     <row r="13" spans="7:24">
       <c r="G13" s="44"/>
       <c r="H13" s="44"/>
       <c r="I13" s="44"/>
       <c r="J13" s="44"/>
       <c r="K13" s="44"/>
       <c r="L13" s="44"/>
       <c r="M13" s="44"/>
       <c r="N13" s="44"/>
       <c r="O13" s="44"/>
       <c r="P13" s="44"/>
       <c r="Q13" s="44"/>
       <c r="R13" s="44"/>
       <c r="S13" s="44"/>
       <c r="T13" s="44"/>
       <c r="U13" s="44"/>
       <c r="V13" s="44"/>
       <c r="W13" s="44"/>
       <c r="X13" s="44"/>
     </row>
     <row r="14" spans="7:24" ht="28">
-      <c r="G14" s="49" t="s">
+      <c r="G14" s="65" t="s">
         <v>561</v>
       </c>
-      <c r="H14" s="50"/>
-[...15 lines deleted...]
-      <c r="X14" s="50"/>
+      <c r="H14" s="66"/>
+      <c r="I14" s="66"/>
+      <c r="J14" s="66"/>
+      <c r="K14" s="66"/>
+      <c r="L14" s="66"/>
+      <c r="M14" s="66"/>
+      <c r="N14" s="66"/>
+      <c r="O14" s="66"/>
+      <c r="P14" s="66"/>
+      <c r="Q14" s="66"/>
+      <c r="R14" s="66"/>
+      <c r="S14" s="66"/>
+      <c r="T14" s="66"/>
+      <c r="U14" s="66"/>
+      <c r="V14" s="66"/>
+      <c r="W14" s="66"/>
+      <c r="X14" s="66"/>
     </row>
     <row r="15" spans="7:24" ht="28">
-      <c r="G15" s="49" t="s">
-[...18 lines deleted...]
-      <c r="X15" s="50"/>
+      <c r="G15" s="65" t="s">
+        <v>1087</v>
+      </c>
+      <c r="H15" s="66"/>
+      <c r="I15" s="66"/>
+      <c r="J15" s="66"/>
+      <c r="K15" s="66"/>
+      <c r="L15" s="66"/>
+      <c r="M15" s="66"/>
+      <c r="N15" s="66"/>
+      <c r="O15" s="66"/>
+      <c r="P15" s="66"/>
+      <c r="Q15" s="66"/>
+      <c r="R15" s="66"/>
+      <c r="S15" s="66"/>
+      <c r="T15" s="66"/>
+      <c r="U15" s="66"/>
+      <c r="V15" s="66"/>
+      <c r="W15" s="66"/>
+      <c r="X15" s="66"/>
     </row>
     <row r="16" spans="7:24">
       <c r="G16" s="44"/>
       <c r="H16" s="44"/>
       <c r="I16" s="44"/>
       <c r="J16" s="44"/>
       <c r="K16" s="44"/>
       <c r="L16" s="44"/>
       <c r="M16" s="44"/>
       <c r="N16" s="44"/>
       <c r="O16" s="44"/>
       <c r="P16" s="44"/>
       <c r="Q16" s="44"/>
       <c r="R16" s="44"/>
       <c r="S16" s="44"/>
       <c r="T16" s="44"/>
       <c r="U16" s="44"/>
       <c r="V16" s="44"/>
       <c r="W16" s="44"/>
       <c r="X16" s="44"/>
     </row>
     <row r="17" spans="7:24" ht="51.75" customHeight="1">
-      <c r="G17" s="51" t="s">
+      <c r="G17" s="67" t="s">
         <v>562</v>
       </c>
-      <c r="H17" s="51"/>
-[...15 lines deleted...]
-      <c r="X17" s="51"/>
+      <c r="H17" s="67"/>
+      <c r="I17" s="67"/>
+      <c r="J17" s="67"/>
+      <c r="K17" s="67"/>
+      <c r="L17" s="67"/>
+      <c r="M17" s="67"/>
+      <c r="N17" s="67"/>
+      <c r="O17" s="67"/>
+      <c r="P17" s="67"/>
+      <c r="Q17" s="67"/>
+      <c r="R17" s="67"/>
+      <c r="S17" s="67"/>
+      <c r="T17" s="67"/>
+      <c r="U17" s="67"/>
+      <c r="V17" s="67"/>
+      <c r="W17" s="67"/>
+      <c r="X17" s="67"/>
     </row>
     <row r="18" spans="7:24">
       <c r="G18" s="44"/>
       <c r="H18" s="44"/>
       <c r="I18" s="44"/>
       <c r="J18" s="44"/>
       <c r="K18" s="44"/>
       <c r="L18" s="44"/>
       <c r="M18" s="44"/>
       <c r="N18" s="44"/>
       <c r="O18" s="44"/>
       <c r="P18" s="44"/>
       <c r="Q18" s="44"/>
       <c r="R18" s="44"/>
       <c r="S18" s="44"/>
       <c r="T18" s="44"/>
       <c r="U18" s="44"/>
       <c r="V18" s="44"/>
       <c r="W18" s="44"/>
       <c r="X18" s="44"/>
     </row>
     <row r="19" spans="7:24">
-      <c r="G19" s="48" t="s">
-[...18 lines deleted...]
-      <c r="X19" s="48"/>
+      <c r="G19" s="64" t="s">
+        <v>1088</v>
+      </c>
+      <c r="H19" s="64"/>
+      <c r="I19" s="64"/>
+      <c r="J19" s="64"/>
+      <c r="K19" s="64"/>
+      <c r="L19" s="64"/>
+      <c r="M19" s="64"/>
+      <c r="N19" s="64"/>
+      <c r="O19" s="64"/>
+      <c r="P19" s="64"/>
+      <c r="Q19" s="64"/>
+      <c r="R19" s="64"/>
+      <c r="S19" s="64"/>
+      <c r="T19" s="64"/>
+      <c r="U19" s="64"/>
+      <c r="V19" s="64"/>
+      <c r="W19" s="64"/>
+      <c r="X19" s="64"/>
     </row>
     <row r="20" spans="7:24">
       <c r="G20" s="44"/>
       <c r="H20" s="44"/>
       <c r="I20" s="44"/>
       <c r="J20" s="44"/>
       <c r="K20" s="44"/>
       <c r="L20" s="44"/>
       <c r="M20" s="44"/>
       <c r="N20" s="44"/>
       <c r="O20" s="44"/>
       <c r="P20" s="44"/>
       <c r="Q20" s="44"/>
       <c r="R20" s="44"/>
       <c r="S20" s="44"/>
       <c r="T20" s="44"/>
       <c r="U20" s="44"/>
       <c r="V20" s="44"/>
       <c r="W20" s="44"/>
       <c r="X20" s="44"/>
     </row>
     <row r="21" spans="7:24">
-      <c r="G21" s="48" t="s">
+      <c r="G21" s="64" t="s">
         <v>563</v>
       </c>
-      <c r="H21" s="48"/>
-[...15 lines deleted...]
-      <c r="X21" s="48"/>
+      <c r="H21" s="64"/>
+      <c r="I21" s="64"/>
+      <c r="J21" s="64"/>
+      <c r="K21" s="64"/>
+      <c r="L21" s="64"/>
+      <c r="M21" s="64"/>
+      <c r="N21" s="64"/>
+      <c r="O21" s="64"/>
+      <c r="P21" s="64"/>
+      <c r="Q21" s="64"/>
+      <c r="R21" s="64"/>
+      <c r="S21" s="64"/>
+      <c r="T21" s="64"/>
+      <c r="U21" s="64"/>
+      <c r="V21" s="64"/>
+      <c r="W21" s="64"/>
+      <c r="X21" s="64"/>
     </row>
     <row r="22" spans="7:24">
       <c r="G22" s="44"/>
       <c r="H22" s="44"/>
       <c r="I22" s="44"/>
       <c r="J22" s="44"/>
       <c r="K22" s="44"/>
       <c r="L22" s="44"/>
       <c r="M22" s="44"/>
       <c r="N22" s="44"/>
       <c r="O22" s="44"/>
       <c r="P22" s="44"/>
       <c r="Q22" s="44"/>
       <c r="R22" s="44"/>
       <c r="S22" s="44"/>
       <c r="T22" s="44"/>
       <c r="U22" s="44"/>
       <c r="V22" s="44"/>
       <c r="W22" s="44"/>
       <c r="X22" s="44"/>
     </row>
     <row r="23" spans="7:24">
-      <c r="G23" s="47" t="s">
+      <c r="G23" s="63" t="s">
         <v>1082</v>
       </c>
-      <c r="H23" s="47"/>
-[...15 lines deleted...]
-      <c r="X23" s="47"/>
+      <c r="H23" s="63"/>
+      <c r="I23" s="63"/>
+      <c r="J23" s="63"/>
+      <c r="K23" s="63"/>
+      <c r="L23" s="63"/>
+      <c r="M23" s="63"/>
+      <c r="N23" s="63"/>
+      <c r="O23" s="63"/>
+      <c r="P23" s="63"/>
+      <c r="Q23" s="63"/>
+      <c r="R23" s="63"/>
+      <c r="S23" s="63"/>
+      <c r="T23" s="63"/>
+      <c r="U23" s="63"/>
+      <c r="V23" s="63"/>
+      <c r="W23" s="63"/>
+      <c r="X23" s="63"/>
     </row>
     <row r="24" spans="7:24">
       <c r="G24" s="44"/>
       <c r="H24" s="44"/>
       <c r="I24" s="44"/>
       <c r="J24" s="44"/>
       <c r="K24" s="44"/>
       <c r="L24" s="44"/>
       <c r="M24" s="44"/>
       <c r="N24" s="44"/>
       <c r="O24" s="44"/>
       <c r="P24" s="44"/>
       <c r="Q24" s="44"/>
       <c r="R24" s="44"/>
       <c r="S24" s="44"/>
       <c r="T24" s="44"/>
       <c r="U24" s="44"/>
       <c r="V24" s="44"/>
       <c r="W24" s="44"/>
       <c r="X24" s="44"/>
     </row>
     <row r="25" spans="7:24">
       <c r="G25" s="44"/>
       <c r="H25" s="44"/>
       <c r="I25" s="44"/>
@@ -5602,464 +6558,464 @@
     <mergeCell ref="G14:X14"/>
     <mergeCell ref="G15:X15"/>
     <mergeCell ref="G17:X17"/>
     <mergeCell ref="G19:X19"/>
     <mergeCell ref="G21:X21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CCFEA6D8-8358-4A0A-B6A5-6EF068AEC260}">
   <dimension ref="A1:O7"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B6" sqref="B6:G6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="296.25" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="13.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="26.25" customHeight="1">
-      <c r="A1" s="52" t="s">
+      <c r="A1" s="68" t="s">
         <v>567</v>
       </c>
-      <c r="B1" s="53"/>
-[...12 lines deleted...]
-      <c r="O1" s="54"/>
+      <c r="B1" s="69"/>
+      <c r="C1" s="69"/>
+      <c r="D1" s="69"/>
+      <c r="E1" s="69"/>
+      <c r="F1" s="69"/>
+      <c r="G1" s="69"/>
+      <c r="H1" s="69"/>
+      <c r="I1" s="69"/>
+      <c r="J1" s="69"/>
+      <c r="K1" s="69"/>
+      <c r="L1" s="69"/>
+      <c r="M1" s="69"/>
+      <c r="N1" s="69"/>
+      <c r="O1" s="70"/>
     </row>
     <row r="2" spans="1:15" ht="14">
       <c r="A2" s="25" t="s">
         <v>568</v>
       </c>
-      <c r="B2" s="55" t="s">
+      <c r="B2" s="71" t="s">
         <v>569</v>
       </c>
-      <c r="C2" s="55"/>
-[...4 lines deleted...]
-      <c r="H2" s="55" t="s">
+      <c r="C2" s="71"/>
+      <c r="D2" s="71"/>
+      <c r="E2" s="71"/>
+      <c r="F2" s="71"/>
+      <c r="G2" s="71"/>
+      <c r="H2" s="71" t="s">
         <v>570</v>
       </c>
-      <c r="I2" s="55"/>
-[...2 lines deleted...]
-      <c r="L2" s="55" t="s">
+      <c r="I2" s="71"/>
+      <c r="J2" s="71"/>
+      <c r="K2" s="71"/>
+      <c r="L2" s="71" t="s">
         <v>571</v>
       </c>
-      <c r="M2" s="55"/>
-[...1 lines deleted...]
-      <c r="O2" s="55"/>
+      <c r="M2" s="71"/>
+      <c r="N2" s="71"/>
+      <c r="O2" s="71"/>
     </row>
     <row r="3" spans="1:15" ht="118.5" customHeight="1">
       <c r="A3" s="26" t="s">
         <v>572</v>
       </c>
-      <c r="B3" s="56" t="s">
+      <c r="B3" s="72" t="s">
         <v>573</v>
       </c>
-      <c r="C3" s="56"/>
-[...4 lines deleted...]
-      <c r="H3" s="56" t="s">
+      <c r="C3" s="72"/>
+      <c r="D3" s="72"/>
+      <c r="E3" s="72"/>
+      <c r="F3" s="72"/>
+      <c r="G3" s="72"/>
+      <c r="H3" s="72" t="s">
         <v>574</v>
       </c>
-      <c r="I3" s="56"/>
-[...2 lines deleted...]
-      <c r="L3" s="56" t="s">
+      <c r="I3" s="72"/>
+      <c r="J3" s="72"/>
+      <c r="K3" s="72"/>
+      <c r="L3" s="72" t="s">
         <v>575</v>
       </c>
-      <c r="M3" s="56"/>
-[...1 lines deleted...]
-      <c r="O3" s="56"/>
+      <c r="M3" s="72"/>
+      <c r="N3" s="72"/>
+      <c r="O3" s="72"/>
     </row>
     <row r="4" spans="1:15" ht="77.25" customHeight="1">
       <c r="A4" s="27" t="s">
         <v>576</v>
       </c>
-      <c r="B4" s="57" t="s">
+      <c r="B4" s="73" t="s">
         <v>1080</v>
       </c>
-      <c r="C4" s="57"/>
-[...4 lines deleted...]
-      <c r="H4" s="57" t="s">
+      <c r="C4" s="73"/>
+      <c r="D4" s="73"/>
+      <c r="E4" s="73"/>
+      <c r="F4" s="73"/>
+      <c r="G4" s="73"/>
+      <c r="H4" s="73" t="s">
         <v>577</v>
       </c>
-      <c r="I4" s="57"/>
-[...2 lines deleted...]
-      <c r="L4" s="57" t="s">
+      <c r="I4" s="73"/>
+      <c r="J4" s="73"/>
+      <c r="K4" s="73"/>
+      <c r="L4" s="73" t="s">
         <v>578</v>
       </c>
-      <c r="M4" s="57"/>
-[...1 lines deleted...]
-      <c r="O4" s="57"/>
+      <c r="M4" s="73"/>
+      <c r="N4" s="73"/>
+      <c r="O4" s="73"/>
     </row>
     <row r="5" spans="1:15" ht="52.5" customHeight="1">
       <c r="A5" s="28" t="s">
         <v>12</v>
       </c>
-      <c r="B5" s="58" t="s">
+      <c r="B5" s="74" t="s">
         <v>579</v>
       </c>
-      <c r="C5" s="58"/>
-[...4 lines deleted...]
-      <c r="H5" s="58" t="s">
+      <c r="C5" s="74"/>
+      <c r="D5" s="74"/>
+      <c r="E5" s="74"/>
+      <c r="F5" s="74"/>
+      <c r="G5" s="74"/>
+      <c r="H5" s="74" t="s">
         <v>580</v>
       </c>
-      <c r="I5" s="58"/>
-[...2 lines deleted...]
-      <c r="L5" s="58" t="s">
+      <c r="I5" s="74"/>
+      <c r="J5" s="74"/>
+      <c r="K5" s="74"/>
+      <c r="L5" s="74" t="s">
         <v>581</v>
       </c>
-      <c r="M5" s="58"/>
-[...1 lines deleted...]
-      <c r="O5" s="58"/>
+      <c r="M5" s="74"/>
+      <c r="N5" s="74"/>
+      <c r="O5" s="74"/>
     </row>
     <row r="6" spans="1:15" ht="137.25" customHeight="1">
       <c r="A6" s="29" t="s">
         <v>582</v>
       </c>
-      <c r="B6" s="59" t="s">
+      <c r="B6" s="75" t="s">
         <v>583</v>
       </c>
-      <c r="C6" s="59"/>
-[...4 lines deleted...]
-      <c r="H6" s="59" t="s">
+      <c r="C6" s="75"/>
+      <c r="D6" s="75"/>
+      <c r="E6" s="75"/>
+      <c r="F6" s="75"/>
+      <c r="G6" s="75"/>
+      <c r="H6" s="75" t="s">
         <v>584</v>
       </c>
-      <c r="I6" s="59"/>
-[...2 lines deleted...]
-      <c r="L6" s="59" t="s">
+      <c r="I6" s="75"/>
+      <c r="J6" s="75"/>
+      <c r="K6" s="75"/>
+      <c r="L6" s="75" t="s">
         <v>585</v>
       </c>
-      <c r="M6" s="59"/>
-[...1 lines deleted...]
-      <c r="O6" s="59"/>
+      <c r="M6" s="75"/>
+      <c r="N6" s="75"/>
+      <c r="O6" s="75"/>
     </row>
     <row r="7" spans="1:15" ht="156.75" customHeight="1">
       <c r="A7" s="30" t="s">
         <v>586</v>
       </c>
-      <c r="B7" s="60" t="s">
+      <c r="B7" s="76" t="s">
         <v>587</v>
       </c>
-      <c r="C7" s="60"/>
-[...4 lines deleted...]
-      <c r="H7" s="60" t="s">
+      <c r="C7" s="76"/>
+      <c r="D7" s="76"/>
+      <c r="E7" s="76"/>
+      <c r="F7" s="76"/>
+      <c r="G7" s="76"/>
+      <c r="H7" s="76" t="s">
         <v>588</v>
       </c>
-      <c r="I7" s="60"/>
-[...2 lines deleted...]
-      <c r="L7" s="60" t="s">
+      <c r="I7" s="76"/>
+      <c r="J7" s="76"/>
+      <c r="K7" s="76"/>
+      <c r="L7" s="76" t="s">
         <v>589</v>
       </c>
-      <c r="M7" s="60"/>
-[...1 lines deleted...]
-      <c r="O7" s="60"/>
+      <c r="M7" s="76"/>
+      <c r="N7" s="76"/>
+      <c r="O7" s="76"/>
     </row>
   </sheetData>
   <mergeCells count="19">
     <mergeCell ref="B6:G6"/>
     <mergeCell ref="H6:K6"/>
     <mergeCell ref="L6:O6"/>
     <mergeCell ref="B7:G7"/>
     <mergeCell ref="H7:K7"/>
     <mergeCell ref="L7:O7"/>
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="H4:K4"/>
     <mergeCell ref="L4:O4"/>
     <mergeCell ref="B5:G5"/>
     <mergeCell ref="H5:K5"/>
     <mergeCell ref="L5:O5"/>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="B2:G2"/>
     <mergeCell ref="H2:K2"/>
     <mergeCell ref="L2:O2"/>
     <mergeCell ref="B3:G3"/>
     <mergeCell ref="H3:K3"/>
     <mergeCell ref="L3:O3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2020C662-267D-4E8B-B3E8-276931B2988D}">
   <dimension ref="A1:O7"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection sqref="A1:O1"/>
+      <selection activeCell="H7" sqref="H7:K7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="296.25" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="25">
-      <c r="A1" s="52" t="s">
+      <c r="A1" s="68" t="s">
         <v>427</v>
       </c>
-      <c r="B1" s="53"/>
-[...12 lines deleted...]
-      <c r="O1" s="54"/>
+      <c r="B1" s="69"/>
+      <c r="C1" s="69"/>
+      <c r="D1" s="69"/>
+      <c r="E1" s="69"/>
+      <c r="F1" s="69"/>
+      <c r="G1" s="69"/>
+      <c r="H1" s="69"/>
+      <c r="I1" s="69"/>
+      <c r="J1" s="69"/>
+      <c r="K1" s="69"/>
+      <c r="L1" s="69"/>
+      <c r="M1" s="69"/>
+      <c r="N1" s="69"/>
+      <c r="O1" s="70"/>
     </row>
     <row r="2" spans="1:15" ht="14">
       <c r="A2" s="25" t="s">
         <v>428</v>
       </c>
-      <c r="B2" s="55" t="s">
+      <c r="B2" s="71" t="s">
         <v>429</v>
       </c>
-      <c r="C2" s="55"/>
-[...4 lines deleted...]
-      <c r="H2" s="55" t="s">
+      <c r="C2" s="71"/>
+      <c r="D2" s="71"/>
+      <c r="E2" s="71"/>
+      <c r="F2" s="71"/>
+      <c r="G2" s="71"/>
+      <c r="H2" s="71" t="s">
         <v>430</v>
       </c>
-      <c r="I2" s="55"/>
-[...2 lines deleted...]
-      <c r="L2" s="55" t="s">
+      <c r="I2" s="71"/>
+      <c r="J2" s="71"/>
+      <c r="K2" s="71"/>
+      <c r="L2" s="71" t="s">
         <v>431</v>
       </c>
-      <c r="M2" s="55"/>
-[...1 lines deleted...]
-      <c r="O2" s="55"/>
+      <c r="M2" s="71"/>
+      <c r="N2" s="71"/>
+      <c r="O2" s="71"/>
     </row>
     <row r="3" spans="1:15" ht="118.5" customHeight="1">
       <c r="A3" s="26" t="s">
         <v>10</v>
       </c>
-      <c r="B3" s="56" t="s">
+      <c r="B3" s="72" t="s">
         <v>432</v>
       </c>
-      <c r="C3" s="56"/>
-[...4 lines deleted...]
-      <c r="H3" s="56" t="s">
+      <c r="C3" s="72"/>
+      <c r="D3" s="72"/>
+      <c r="E3" s="72"/>
+      <c r="F3" s="72"/>
+      <c r="G3" s="72"/>
+      <c r="H3" s="72" t="s">
         <v>433</v>
       </c>
-      <c r="I3" s="56"/>
-[...2 lines deleted...]
-      <c r="L3" s="56" t="s">
+      <c r="I3" s="72"/>
+      <c r="J3" s="72"/>
+      <c r="K3" s="72"/>
+      <c r="L3" s="72" t="s">
         <v>434</v>
       </c>
-      <c r="M3" s="56"/>
-[...1 lines deleted...]
-      <c r="O3" s="56"/>
+      <c r="M3" s="72"/>
+      <c r="N3" s="72"/>
+      <c r="O3" s="72"/>
     </row>
     <row r="4" spans="1:15" ht="89.25" customHeight="1">
       <c r="A4" s="27" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="57" t="s">
+      <c r="B4" s="73" t="s">
         <v>435</v>
       </c>
-      <c r="C4" s="57"/>
-[...4 lines deleted...]
-      <c r="H4" s="57" t="s">
+      <c r="C4" s="73"/>
+      <c r="D4" s="73"/>
+      <c r="E4" s="73"/>
+      <c r="F4" s="73"/>
+      <c r="G4" s="73"/>
+      <c r="H4" s="73" t="s">
         <v>436</v>
       </c>
-      <c r="I4" s="57"/>
-[...2 lines deleted...]
-      <c r="L4" s="57" t="s">
+      <c r="I4" s="73"/>
+      <c r="J4" s="73"/>
+      <c r="K4" s="73"/>
+      <c r="L4" s="73" t="s">
         <v>437</v>
       </c>
-      <c r="M4" s="57"/>
-[...1 lines deleted...]
-      <c r="O4" s="57"/>
+      <c r="M4" s="73"/>
+      <c r="N4" s="73"/>
+      <c r="O4" s="73"/>
     </row>
     <row r="5" spans="1:15" ht="60.75" customHeight="1">
       <c r="A5" s="28" t="s">
         <v>12</v>
       </c>
-      <c r="B5" s="58" t="s">
+      <c r="B5" s="74" t="s">
         <v>438</v>
       </c>
-      <c r="C5" s="58"/>
-[...4 lines deleted...]
-      <c r="H5" s="58" t="s">
+      <c r="C5" s="74"/>
+      <c r="D5" s="74"/>
+      <c r="E5" s="74"/>
+      <c r="F5" s="74"/>
+      <c r="G5" s="74"/>
+      <c r="H5" s="74" t="s">
         <v>439</v>
       </c>
-      <c r="I5" s="58"/>
-[...2 lines deleted...]
-      <c r="L5" s="58" t="s">
+      <c r="I5" s="74"/>
+      <c r="J5" s="74"/>
+      <c r="K5" s="74"/>
+      <c r="L5" s="74" t="s">
         <v>440</v>
       </c>
-      <c r="M5" s="58"/>
-[...1 lines deleted...]
-      <c r="O5" s="58"/>
+      <c r="M5" s="74"/>
+      <c r="N5" s="74"/>
+      <c r="O5" s="74"/>
     </row>
     <row r="6" spans="1:15" ht="150" customHeight="1">
       <c r="A6" s="29" t="s">
         <v>15</v>
       </c>
-      <c r="B6" s="59" t="s">
+      <c r="B6" s="75" t="s">
         <v>441</v>
       </c>
-      <c r="C6" s="59"/>
-[...4 lines deleted...]
-      <c r="H6" s="59" t="s">
+      <c r="C6" s="75"/>
+      <c r="D6" s="75"/>
+      <c r="E6" s="75"/>
+      <c r="F6" s="75"/>
+      <c r="G6" s="75"/>
+      <c r="H6" s="75" t="s">
         <v>442</v>
       </c>
-      <c r="I6" s="59"/>
-[...2 lines deleted...]
-      <c r="L6" s="59" t="s">
+      <c r="I6" s="75"/>
+      <c r="J6" s="75"/>
+      <c r="K6" s="75"/>
+      <c r="L6" s="75" t="s">
         <v>443</v>
       </c>
-      <c r="M6" s="59"/>
-[...1 lines deleted...]
-      <c r="O6" s="59"/>
+      <c r="M6" s="75"/>
+      <c r="N6" s="75"/>
+      <c r="O6" s="75"/>
     </row>
     <row r="7" spans="1:15" ht="176.25" customHeight="1">
       <c r="A7" s="30" t="s">
         <v>16</v>
       </c>
-      <c r="B7" s="60" t="s">
+      <c r="B7" s="76" t="s">
         <v>444</v>
       </c>
-      <c r="C7" s="60"/>
-[...4 lines deleted...]
-      <c r="H7" s="60" t="s">
+      <c r="C7" s="76"/>
+      <c r="D7" s="76"/>
+      <c r="E7" s="76"/>
+      <c r="F7" s="76"/>
+      <c r="G7" s="76"/>
+      <c r="H7" s="76" t="s">
         <v>445</v>
       </c>
-      <c r="I7" s="60"/>
-[...2 lines deleted...]
-      <c r="L7" s="60" t="s">
+      <c r="I7" s="76"/>
+      <c r="J7" s="76"/>
+      <c r="K7" s="76"/>
+      <c r="L7" s="76" t="s">
         <v>446</v>
       </c>
-      <c r="M7" s="60"/>
-[...1 lines deleted...]
-      <c r="O7" s="60"/>
+      <c r="M7" s="76"/>
+      <c r="N7" s="76"/>
+      <c r="O7" s="76"/>
     </row>
   </sheetData>
   <mergeCells count="19">
     <mergeCell ref="B6:G6"/>
     <mergeCell ref="H6:K6"/>
     <mergeCell ref="L6:O6"/>
     <mergeCell ref="B7:G7"/>
     <mergeCell ref="H7:K7"/>
     <mergeCell ref="L7:O7"/>
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="H4:K4"/>
     <mergeCell ref="L4:O4"/>
     <mergeCell ref="B5:G5"/>
     <mergeCell ref="H5:K5"/>
     <mergeCell ref="L5:O5"/>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="B2:G2"/>
     <mergeCell ref="H2:K2"/>
     <mergeCell ref="L2:O2"/>
     <mergeCell ref="B3:G3"/>
     <mergeCell ref="H3:K3"/>
     <mergeCell ref="L3:O3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EC18940A-710E-419D-93DF-E5D18FAB5AEE}">
-  <dimension ref="A1:OY17"/>
+  <dimension ref="A1:PA25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="20.83203125" defaultRowHeight="12.5"/>
   <cols>
     <col min="1" max="16384" width="20.83203125" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:415" ht="96">
+    <row r="1" spans="1:417" ht="96">
       <c r="A1" s="1" t="s">
         <v>672</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>673</v>
       </c>
       <c r="C1" s="23" t="s">
         <v>674</v>
       </c>
       <c r="D1" s="23" t="s">
         <v>675</v>
       </c>
       <c r="E1" s="24" t="s">
         <v>676</v>
       </c>
       <c r="F1" s="24" t="s">
         <v>677</v>
       </c>
       <c r="G1" s="24" t="s">
         <v>678</v>
       </c>
       <c r="H1" s="24" t="s">
         <v>679</v>
       </c>
       <c r="I1" s="24" t="s">
@@ -6587,726 +7543,732 @@
       <c r="GA1" s="24" t="s">
         <v>847</v>
       </c>
       <c r="GB1" s="24" t="s">
         <v>848</v>
       </c>
       <c r="GC1" s="24" t="s">
         <v>849</v>
       </c>
       <c r="GD1" s="24" t="s">
         <v>850</v>
       </c>
       <c r="GE1" s="24" t="s">
         <v>851</v>
       </c>
       <c r="GF1" s="24" t="s">
         <v>852</v>
       </c>
       <c r="GG1" s="24" t="s">
         <v>853</v>
       </c>
       <c r="GH1" s="24" t="s">
         <v>854</v>
       </c>
       <c r="GI1" s="24" t="s">
+        <v>1093</v>
+      </c>
+      <c r="GJ1" s="24" t="s">
         <v>855</v>
       </c>
-      <c r="GJ1" s="24" t="s">
+      <c r="GK1" s="24" t="s">
         <v>856</v>
       </c>
-      <c r="GK1" s="24" t="s">
+      <c r="GL1" s="24" t="s">
         <v>857</v>
       </c>
-      <c r="GL1" s="24" t="s">
+      <c r="GM1" s="24" t="s">
         <v>858</v>
       </c>
-      <c r="GM1" s="24" t="s">
+      <c r="GN1" s="24" t="s">
         <v>859</v>
       </c>
-      <c r="GN1" s="24" t="s">
+      <c r="GO1" s="24" t="s">
         <v>860</v>
       </c>
-      <c r="GO1" s="24" t="s">
+      <c r="GP1" s="24" t="s">
         <v>861</v>
       </c>
-      <c r="GP1" s="24" t="s">
+      <c r="GQ1" s="24" t="s">
         <v>862</v>
       </c>
-      <c r="GQ1" s="24" t="s">
+      <c r="GR1" s="24" t="s">
         <v>863</v>
       </c>
-      <c r="GR1" s="24" t="s">
+      <c r="GS1" s="24" t="s">
         <v>864</v>
       </c>
-      <c r="GS1" s="24" t="s">
+      <c r="GT1" s="24" t="s">
         <v>865</v>
       </c>
-      <c r="GT1" s="24" t="s">
+      <c r="GU1" s="24" t="s">
         <v>866</v>
       </c>
-      <c r="GU1" s="24" t="s">
+      <c r="GV1" s="24" t="s">
         <v>867</v>
       </c>
-      <c r="GV1" s="24" t="s">
+      <c r="GW1" s="24" t="s">
         <v>868</v>
       </c>
-      <c r="GW1" s="24" t="s">
+      <c r="GX1" s="24" t="s">
         <v>869</v>
       </c>
-      <c r="GX1" s="24" t="s">
+      <c r="GY1" s="24" t="s">
         <v>870</v>
       </c>
-      <c r="GY1" s="24" t="s">
+      <c r="GZ1" s="24" t="s">
         <v>871</v>
       </c>
-      <c r="GZ1" s="24" t="s">
+      <c r="HA1" s="24" t="s">
         <v>872</v>
       </c>
-      <c r="HA1" s="24" t="s">
+      <c r="HB1" s="24" t="s">
         <v>873</v>
       </c>
-      <c r="HB1" s="24" t="s">
+      <c r="HC1" s="24" t="s">
         <v>874</v>
       </c>
-      <c r="HC1" s="24" t="s">
+      <c r="HD1" s="24" t="s">
         <v>875</v>
       </c>
-      <c r="HD1" s="24" t="s">
+      <c r="HE1" s="24" t="s">
         <v>876</v>
       </c>
-      <c r="HE1" s="24" t="s">
+      <c r="HF1" s="24" t="s">
         <v>877</v>
       </c>
-      <c r="HF1" s="24" t="s">
+      <c r="HG1" s="24" t="s">
         <v>878</v>
       </c>
-      <c r="HG1" s="24" t="s">
+      <c r="HH1" s="24" t="s">
         <v>879</v>
       </c>
-      <c r="HH1" s="24" t="s">
+      <c r="HI1" s="24" t="s">
         <v>880</v>
       </c>
-      <c r="HI1" s="24" t="s">
+      <c r="HJ1" s="24" t="s">
         <v>881</v>
       </c>
-      <c r="HJ1" s="24" t="s">
+      <c r="HK1" s="24" t="s">
         <v>882</v>
       </c>
-      <c r="HK1" s="24" t="s">
+      <c r="HL1" s="24" t="s">
         <v>883</v>
       </c>
-      <c r="HL1" s="24" t="s">
+      <c r="HM1" s="24" t="s">
         <v>884</v>
       </c>
-      <c r="HM1" s="24" t="s">
+      <c r="HN1" s="24" t="s">
         <v>885</v>
       </c>
-      <c r="HN1" s="24" t="s">
+      <c r="HO1" s="24" t="s">
         <v>886</v>
       </c>
-      <c r="HO1" s="24" t="s">
+      <c r="HP1" s="24" t="s">
         <v>887</v>
       </c>
-      <c r="HP1" s="24" t="s">
+      <c r="HQ1" s="24" t="s">
         <v>888</v>
       </c>
-      <c r="HQ1" s="24" t="s">
+      <c r="HR1" s="24" t="s">
         <v>889</v>
       </c>
-      <c r="HR1" s="24" t="s">
+      <c r="HS1" s="24" t="s">
         <v>890</v>
       </c>
-      <c r="HS1" s="24" t="s">
+      <c r="HT1" s="24" t="s">
         <v>891</v>
       </c>
-      <c r="HT1" s="24" t="s">
+      <c r="HU1" s="24" t="s">
         <v>892</v>
       </c>
-      <c r="HU1" s="24" t="s">
+      <c r="HV1" s="24" t="s">
         <v>893</v>
       </c>
-      <c r="HV1" s="24" t="s">
+      <c r="HW1" s="24" t="s">
         <v>894</v>
       </c>
-      <c r="HW1" s="24" t="s">
+      <c r="HX1" s="24" t="s">
         <v>895</v>
       </c>
-      <c r="HX1" s="24" t="s">
+      <c r="HY1" s="24" t="s">
         <v>896</v>
       </c>
-      <c r="HY1" s="24" t="s">
+      <c r="HZ1" s="24" t="s">
         <v>897</v>
       </c>
-      <c r="HZ1" s="24" t="s">
+      <c r="IA1" s="24" t="s">
         <v>898</v>
       </c>
-      <c r="IA1" s="24" t="s">
+      <c r="IB1" s="24" t="s">
         <v>899</v>
       </c>
-      <c r="IB1" s="24" t="s">
+      <c r="IC1" s="24" t="s">
         <v>900</v>
       </c>
-      <c r="IC1" s="24" t="s">
+      <c r="ID1" s="24" t="s">
         <v>901</v>
       </c>
-      <c r="ID1" s="24" t="s">
+      <c r="IE1" s="24" t="s">
         <v>902</v>
       </c>
-      <c r="IE1" s="24" t="s">
+      <c r="IF1" s="24" t="s">
         <v>903</v>
       </c>
-      <c r="IF1" s="24" t="s">
+      <c r="IG1" s="24" t="s">
         <v>904</v>
       </c>
-      <c r="IG1" s="24" t="s">
+      <c r="IH1" s="24" t="s">
         <v>905</v>
       </c>
-      <c r="IH1" s="24" t="s">
+      <c r="II1" s="24" t="s">
         <v>906</v>
       </c>
-      <c r="II1" s="24" t="s">
+      <c r="IJ1" s="24" t="s">
         <v>907</v>
       </c>
-      <c r="IJ1" s="24" t="s">
+      <c r="IK1" s="24" t="s">
         <v>908</v>
       </c>
-      <c r="IK1" s="24" t="s">
+      <c r="IL1" s="24" t="s">
         <v>909</v>
       </c>
-      <c r="IL1" s="24" t="s">
+      <c r="IM1" s="24" t="s">
+        <v>1092</v>
+      </c>
+      <c r="IN1" s="24" t="s">
         <v>910</v>
       </c>
-      <c r="IM1" s="24" t="s">
+      <c r="IO1" s="24" t="s">
         <v>911</v>
       </c>
-      <c r="IN1" s="24" t="s">
+      <c r="IP1" s="24" t="s">
         <v>912</v>
       </c>
-      <c r="IO1" s="24" t="s">
+      <c r="IQ1" s="24" t="s">
         <v>913</v>
       </c>
-      <c r="IP1" s="24" t="s">
+      <c r="IR1" s="24" t="s">
         <v>914</v>
       </c>
-      <c r="IQ1" s="24" t="s">
+      <c r="IS1" s="24" t="s">
         <v>915</v>
       </c>
-      <c r="IR1" s="23" t="s">
+      <c r="IT1" s="23" t="s">
         <v>916</v>
       </c>
-      <c r="IS1" s="23" t="s">
+      <c r="IU1" s="23" t="s">
         <v>917</v>
       </c>
-      <c r="IT1" s="23" t="s">
+      <c r="IV1" s="23" t="s">
         <v>918</v>
       </c>
-      <c r="IU1" s="23" t="s">
+      <c r="IW1" s="23" t="s">
         <v>919</v>
       </c>
-      <c r="IV1" s="23" t="s">
+      <c r="IX1" s="23" t="s">
         <v>920</v>
       </c>
-      <c r="IW1" s="23" t="s">
+      <c r="IY1" s="23" t="s">
         <v>921</v>
       </c>
-      <c r="IX1" s="23" t="s">
+      <c r="IZ1" s="23" t="s">
         <v>922</v>
       </c>
-      <c r="IY1" s="24" t="s">
+      <c r="JA1" s="24" t="s">
         <v>923</v>
       </c>
-      <c r="IZ1" s="24" t="s">
+      <c r="JB1" s="24" t="s">
         <v>924</v>
       </c>
-      <c r="JA1" s="23" t="s">
+      <c r="JC1" s="23" t="s">
         <v>925</v>
       </c>
-      <c r="JB1" s="23" t="s">
+      <c r="JD1" s="23" t="s">
         <v>926</v>
       </c>
-      <c r="JC1" s="24" t="s">
+      <c r="JE1" s="24" t="s">
         <v>927</v>
       </c>
-      <c r="JD1" s="23" t="s">
+      <c r="JF1" s="23" t="s">
         <v>928</v>
       </c>
-      <c r="JE1" s="23" t="s">
+      <c r="JG1" s="23" t="s">
         <v>929</v>
       </c>
-      <c r="JF1" s="23" t="s">
+      <c r="JH1" s="23" t="s">
         <v>930</v>
       </c>
-      <c r="JG1" s="24" t="s">
+      <c r="JI1" s="24" t="s">
         <v>931</v>
       </c>
-      <c r="JH1" s="23" t="s">
+      <c r="JJ1" s="23" t="s">
         <v>932</v>
       </c>
-      <c r="JI1" s="24" t="s">
+      <c r="JK1" s="24" t="s">
         <v>933</v>
       </c>
-      <c r="JJ1" s="24" t="s">
+      <c r="JL1" s="24" t="s">
         <v>934</v>
       </c>
-      <c r="JK1" s="24" t="s">
+      <c r="JM1" s="24" t="s">
         <v>935</v>
       </c>
-      <c r="JL1" s="23" t="s">
+      <c r="JN1" s="23" t="s">
         <v>936</v>
       </c>
-      <c r="JM1" s="24" t="s">
+      <c r="JO1" s="24" t="s">
         <v>937</v>
       </c>
-      <c r="JN1" s="24" t="s">
+      <c r="JP1" s="24" t="s">
         <v>938</v>
       </c>
-      <c r="JO1" s="23" t="s">
+      <c r="JQ1" s="23" t="s">
         <v>939</v>
       </c>
-      <c r="JP1" s="24" t="s">
+      <c r="JR1" s="24" t="s">
         <v>940</v>
       </c>
-      <c r="JQ1" s="24" t="s">
+      <c r="JS1" s="24" t="s">
         <v>941</v>
       </c>
-      <c r="JR1" s="24" t="s">
+      <c r="JT1" s="24" t="s">
         <v>942</v>
       </c>
-      <c r="JS1" s="23" t="s">
+      <c r="JU1" s="23" t="s">
         <v>943</v>
       </c>
-      <c r="JT1" s="24" t="s">
+      <c r="JV1" s="24" t="s">
         <v>944</v>
       </c>
-      <c r="JU1" s="24" t="s">
+      <c r="JW1" s="24" t="s">
         <v>945</v>
       </c>
-      <c r="JV1" s="24" t="s">
+      <c r="JX1" s="24" t="s">
         <v>946</v>
       </c>
-      <c r="JW1" s="23" t="s">
+      <c r="JY1" s="23" t="s">
         <v>947</v>
       </c>
-      <c r="JX1" s="24" t="s">
+      <c r="JZ1" s="24" t="s">
         <v>948</v>
       </c>
-      <c r="JY1" s="24" t="s">
+      <c r="KA1" s="24" t="s">
         <v>949</v>
       </c>
-      <c r="JZ1" s="24" t="s">
+      <c r="KB1" s="24" t="s">
         <v>950</v>
       </c>
-      <c r="KA1" s="23" t="s">
+      <c r="KC1" s="23" t="s">
         <v>951</v>
       </c>
-      <c r="KB1" s="24" t="s">
+      <c r="KD1" s="24" t="s">
         <v>952</v>
       </c>
-      <c r="KC1" s="24" t="s">
+      <c r="KE1" s="24" t="s">
         <v>953</v>
       </c>
-      <c r="KD1" s="24" t="s">
+      <c r="KF1" s="24" t="s">
         <v>954</v>
       </c>
-      <c r="KE1" s="24" t="s">
+      <c r="KG1" s="24" t="s">
         <v>955</v>
       </c>
-      <c r="KF1" s="23" t="s">
+      <c r="KH1" s="23" t="s">
         <v>956</v>
       </c>
-      <c r="KG1" s="24" t="s">
+      <c r="KI1" s="24" t="s">
         <v>957</v>
       </c>
-      <c r="KH1" s="24" t="s">
+      <c r="KJ1" s="24" t="s">
         <v>958</v>
       </c>
-      <c r="KI1" s="24" t="s">
+      <c r="KK1" s="24" t="s">
         <v>340</v>
       </c>
-      <c r="KJ1" s="24" t="s">
+      <c r="KL1" s="24" t="s">
         <v>959</v>
       </c>
-      <c r="KK1" s="24" t="s">
+      <c r="KM1" s="24" t="s">
         <v>960</v>
       </c>
-      <c r="KL1" s="24" t="s">
+      <c r="KN1" s="24" t="s">
         <v>961</v>
       </c>
-      <c r="KM1" s="24" t="s">
+      <c r="KO1" s="24" t="s">
         <v>962</v>
       </c>
-      <c r="KN1" s="24" t="s">
+      <c r="KP1" s="24" t="s">
         <v>963</v>
       </c>
-      <c r="KO1" s="23" t="s">
+      <c r="KQ1" s="23" t="s">
         <v>964</v>
       </c>
-      <c r="KP1" s="24" t="s">
+      <c r="KR1" s="24" t="s">
         <v>965</v>
       </c>
-      <c r="KQ1" s="24" t="s">
+      <c r="KS1" s="24" t="s">
         <v>966</v>
       </c>
-      <c r="KR1" s="23" t="s">
+      <c r="KT1" s="23" t="s">
         <v>967</v>
       </c>
-      <c r="KS1" s="24" t="s">
+      <c r="KU1" s="24" t="s">
         <v>968</v>
       </c>
-      <c r="KT1" s="24" t="s">
+      <c r="KV1" s="24" t="s">
         <v>969</v>
       </c>
-      <c r="KU1" s="23" t="s">
+      <c r="KW1" s="23" t="s">
         <v>970</v>
       </c>
-      <c r="KV1" s="24" t="s">
+      <c r="KX1" s="24" t="s">
         <v>971</v>
       </c>
-      <c r="KW1" s="24" t="s">
+      <c r="KY1" s="24" t="s">
         <v>972</v>
       </c>
-      <c r="KX1" s="23" t="s">
+      <c r="KZ1" s="23" t="s">
         <v>973</v>
       </c>
-      <c r="KY1" s="24" t="s">
+      <c r="LA1" s="24" t="s">
         <v>974</v>
       </c>
-      <c r="KZ1" s="23" t="s">
+      <c r="LB1" s="23" t="s">
         <v>975</v>
       </c>
-      <c r="LA1" s="24" t="s">
+      <c r="LC1" s="24" t="s">
         <v>976</v>
       </c>
-      <c r="LB1" s="24" t="s">
+      <c r="LD1" s="24" t="s">
         <v>977</v>
       </c>
-      <c r="LC1" s="23" t="s">
+      <c r="LE1" s="23" t="s">
         <v>978</v>
       </c>
-      <c r="LD1" s="24" t="s">
+      <c r="LF1" s="24" t="s">
         <v>979</v>
       </c>
-      <c r="LE1" s="24" t="s">
+      <c r="LG1" s="24" t="s">
         <v>980</v>
       </c>
-      <c r="LF1" s="23" t="s">
+      <c r="LH1" s="23" t="s">
         <v>981</v>
       </c>
-      <c r="LG1" s="24" t="s">
+      <c r="LI1" s="24" t="s">
         <v>982</v>
       </c>
-      <c r="LH1" s="24" t="s">
+      <c r="LJ1" s="24" t="s">
         <v>983</v>
       </c>
-      <c r="LI1" s="23" t="s">
+      <c r="LK1" s="23" t="s">
         <v>984</v>
       </c>
-      <c r="LJ1" s="24" t="s">
+      <c r="LL1" s="24" t="s">
         <v>985</v>
       </c>
-      <c r="LK1" s="24" t="s">
+      <c r="LM1" s="24" t="s">
         <v>986</v>
       </c>
-      <c r="LL1" s="23" t="s">
+      <c r="LN1" s="23" t="s">
         <v>987</v>
       </c>
-      <c r="LM1" s="24" t="s">
+      <c r="LO1" s="24" t="s">
         <v>988</v>
       </c>
-      <c r="LN1" s="24" t="s">
+      <c r="LP1" s="24" t="s">
         <v>989</v>
       </c>
-      <c r="LO1" s="23" t="s">
+      <c r="LQ1" s="23" t="s">
         <v>372</v>
       </c>
-      <c r="LP1" s="24" t="s">
+      <c r="LR1" s="24" t="s">
         <v>990</v>
       </c>
-      <c r="LQ1" s="24" t="s">
+      <c r="LS1" s="24" t="s">
         <v>991</v>
       </c>
-      <c r="LR1" s="24" t="s">
+      <c r="LT1" s="24" t="s">
         <v>992</v>
       </c>
-      <c r="LS1" s="24" t="s">
+      <c r="LU1" s="24" t="s">
         <v>993</v>
       </c>
-      <c r="LT1" s="24" t="s">
+      <c r="LV1" s="24" t="s">
         <v>994</v>
       </c>
-      <c r="LU1" s="23" t="s">
+      <c r="LW1" s="23" t="s">
         <v>378</v>
       </c>
-      <c r="LV1" s="24" t="s">
+      <c r="LX1" s="24" t="s">
         <v>995</v>
       </c>
-      <c r="LW1" s="24" t="s">
+      <c r="LY1" s="24" t="s">
         <v>996</v>
       </c>
-      <c r="LX1" s="24" t="s">
+      <c r="LZ1" s="24" t="s">
         <v>997</v>
       </c>
-      <c r="LY1" s="24" t="s">
+      <c r="MA1" s="24" t="s">
         <v>998</v>
       </c>
-      <c r="LZ1" s="24" t="s">
+      <c r="MB1" s="24" t="s">
         <v>999</v>
       </c>
-      <c r="MA1" s="23" t="s">
+      <c r="MC1" s="23" t="s">
         <v>1000</v>
       </c>
-      <c r="MB1" s="24" t="s">
+      <c r="MD1" s="24" t="s">
         <v>1001</v>
       </c>
-      <c r="MC1" s="24" t="s">
+      <c r="ME1" s="24" t="s">
         <v>1002</v>
       </c>
-      <c r="MD1" s="24" t="s">
+      <c r="MF1" s="24" t="s">
         <v>1003</v>
       </c>
-      <c r="ME1" s="24" t="s">
+      <c r="MG1" s="24" t="s">
         <v>1004</v>
       </c>
-      <c r="MF1" s="24" t="s">
+      <c r="MH1" s="24" t="s">
         <v>1005</v>
       </c>
-      <c r="MG1" s="23" t="s">
+      <c r="MI1" s="23" t="s">
         <v>1006</v>
       </c>
-      <c r="MH1" s="24" t="s">
+      <c r="MJ1" s="24" t="s">
         <v>1007</v>
       </c>
-      <c r="MI1" s="24" t="s">
+      <c r="MK1" s="24" t="s">
         <v>1008</v>
       </c>
-      <c r="MJ1" s="24" t="s">
+      <c r="ML1" s="24" t="s">
         <v>1009</v>
       </c>
-      <c r="MK1" s="24" t="s">
+      <c r="MM1" s="24" t="s">
         <v>1010</v>
       </c>
-      <c r="ML1" s="24" t="s">
+      <c r="MN1" s="24" t="s">
         <v>1011</v>
       </c>
-      <c r="MM1" s="23" t="s">
+      <c r="MO1" s="23" t="s">
         <v>1012</v>
       </c>
-      <c r="MN1" s="24" t="s">
+      <c r="MP1" s="24" t="s">
         <v>1013</v>
       </c>
-      <c r="MO1" s="24" t="s">
+      <c r="MQ1" s="24" t="s">
         <v>1014</v>
       </c>
-      <c r="MP1" s="24" t="s">
+      <c r="MR1" s="24" t="s">
         <v>1015</v>
       </c>
-      <c r="MQ1" s="24" t="s">
+      <c r="MS1" s="24" t="s">
         <v>1016</v>
       </c>
-      <c r="MR1" s="24" t="s">
+      <c r="MT1" s="24" t="s">
         <v>1017</v>
       </c>
-      <c r="MS1" s="23" t="s">
+      <c r="MU1" s="23" t="s">
         <v>1018</v>
       </c>
-      <c r="MT1" s="24" t="s">
+      <c r="MV1" s="24" t="s">
         <v>1013</v>
       </c>
-      <c r="MU1" s="24" t="s">
+      <c r="MW1" s="24" t="s">
         <v>1014</v>
       </c>
-      <c r="MV1" s="24" t="s">
+      <c r="MX1" s="24" t="s">
         <v>1015</v>
       </c>
-      <c r="MW1" s="24" t="s">
+      <c r="MY1" s="24" t="s">
         <v>1016</v>
       </c>
-      <c r="MX1" s="24" t="s">
+      <c r="MZ1" s="24" t="s">
         <v>1017</v>
       </c>
-      <c r="MY1" s="23" t="s">
+      <c r="NA1" s="23" t="s">
         <v>1019</v>
       </c>
-      <c r="MZ1" s="24" t="s">
+      <c r="NB1" s="24" t="s">
         <v>1020</v>
       </c>
-      <c r="NA1" s="24" t="s">
+      <c r="NC1" s="24" t="s">
         <v>1021</v>
       </c>
-      <c r="NB1" s="24" t="s">
+      <c r="ND1" s="24" t="s">
         <v>1022</v>
       </c>
-      <c r="NC1" s="24" t="s">
+      <c r="NE1" s="24" t="s">
         <v>1023</v>
       </c>
-      <c r="ND1" s="24" t="s">
+      <c r="NF1" s="24" t="s">
         <v>1024</v>
       </c>
-      <c r="NE1" s="24" t="s">
+      <c r="NG1" s="24" t="s">
         <v>1025</v>
       </c>
-      <c r="NF1" s="24" t="s">
+      <c r="NH1" s="24" t="s">
         <v>1026</v>
       </c>
-      <c r="NG1" s="23" t="s">
+      <c r="NI1" s="23" t="s">
         <v>1027</v>
       </c>
-      <c r="NH1" s="24" t="s">
+      <c r="NJ1" s="24" t="s">
         <v>1028</v>
       </c>
-      <c r="NI1" s="24" t="s">
+      <c r="NK1" s="24" t="s">
         <v>1029</v>
       </c>
-      <c r="NJ1" s="23" t="s">
+      <c r="NL1" s="23" t="s">
         <v>1030</v>
       </c>
-      <c r="NK1" s="24" t="s">
+      <c r="NM1" s="24" t="s">
         <v>1031</v>
       </c>
-      <c r="NL1" s="24" t="s">
+      <c r="NN1" s="24" t="s">
         <v>1032</v>
       </c>
-      <c r="NM1" s="24" t="s">
+      <c r="NO1" s="24" t="s">
         <v>1033</v>
       </c>
-      <c r="NN1" s="24" t="s">
+      <c r="NP1" s="24" t="s">
         <v>1034</v>
       </c>
-      <c r="NO1" s="24" t="s">
+      <c r="NQ1" s="24" t="s">
         <v>1035</v>
       </c>
-      <c r="NP1" s="24" t="s">
+      <c r="NR1" s="24" t="s">
         <v>1036</v>
       </c>
-      <c r="NQ1" s="24" t="s">
+      <c r="NS1" s="24" t="s">
         <v>1037</v>
       </c>
-      <c r="NR1" s="24" t="s">
+      <c r="NT1" s="24" t="s">
         <v>1038</v>
       </c>
-      <c r="NS1" s="24" t="s">
+      <c r="NU1" s="24" t="s">
         <v>1039</v>
       </c>
-      <c r="NT1" s="24" t="s">
+      <c r="NV1" s="24" t="s">
         <v>1040</v>
       </c>
-      <c r="NU1" s="24" t="s">
+      <c r="NW1" s="24" t="s">
         <v>1041</v>
       </c>
-      <c r="NV1" s="24" t="s">
+      <c r="NX1" s="24" t="s">
         <v>1042</v>
       </c>
-      <c r="NW1" s="23" t="s">
+      <c r="NY1" s="23" t="s">
         <v>1043</v>
       </c>
-      <c r="NX1" s="24" t="s">
+      <c r="NZ1" s="24" t="s">
         <v>1044</v>
       </c>
-      <c r="NY1" s="24" t="s">
+      <c r="OA1" s="24" t="s">
         <v>1045</v>
       </c>
-      <c r="NZ1" s="24" t="s">
+      <c r="OB1" s="24" t="s">
         <v>1046</v>
       </c>
-      <c r="OA1" s="24" t="s">
+      <c r="OC1" s="24" t="s">
         <v>1047</v>
       </c>
-      <c r="OB1" s="23" t="s">
+      <c r="OD1" s="23" t="s">
         <v>1048</v>
       </c>
-      <c r="OC1" s="24" t="s">
+      <c r="OE1" s="24" t="s">
         <v>1049</v>
       </c>
-      <c r="OD1" s="24" t="s">
+      <c r="OF1" s="24" t="s">
         <v>1050</v>
       </c>
-      <c r="OE1" s="23" t="s">
+      <c r="OG1" s="23" t="s">
         <v>1051</v>
       </c>
-      <c r="OF1" s="24" t="s">
+      <c r="OH1" s="24" t="s">
         <v>1052</v>
       </c>
-      <c r="OG1" s="24" t="s">
+      <c r="OI1" s="24" t="s">
         <v>1053</v>
       </c>
-      <c r="OH1" s="24" t="s">
+      <c r="OJ1" s="24" t="s">
         <v>1054</v>
       </c>
-      <c r="OI1" s="24" t="s">
+      <c r="OK1" s="24" t="s">
         <v>1055</v>
       </c>
-      <c r="OJ1" s="24" t="s">
+      <c r="OL1" s="24" t="s">
         <v>1056</v>
       </c>
-      <c r="OK1" s="24" t="s">
+      <c r="OM1" s="24" t="s">
         <v>1057</v>
       </c>
-      <c r="OL1" s="24" t="s">
+      <c r="ON1" s="24" t="s">
         <v>1058</v>
       </c>
-      <c r="OM1" s="24" t="s">
+      <c r="OO1" s="24" t="s">
         <v>1059</v>
       </c>
-      <c r="ON1" s="24" t="s">
+      <c r="OP1" s="24" t="s">
         <v>1060</v>
       </c>
-      <c r="OO1" s="24" t="s">
+      <c r="OQ1" s="24" t="s">
         <v>1061</v>
       </c>
-      <c r="OP1" s="24" t="s">
+      <c r="OR1" s="24" t="s">
         <v>1062</v>
       </c>
-      <c r="OQ1" s="24" t="s">
+      <c r="OS1" s="24" t="s">
         <v>1063</v>
       </c>
-      <c r="OR1" s="23" t="s">
+      <c r="OT1" s="23" t="s">
         <v>1064</v>
       </c>
-      <c r="OS1" s="23" t="s">
+      <c r="OU1" s="23" t="s">
         <v>1065</v>
       </c>
-      <c r="OT1" s="24" t="s">
+      <c r="OV1" s="24" t="s">
         <v>1066</v>
       </c>
-      <c r="OU1" s="23" t="s">
+      <c r="OW1" s="23" t="s">
         <v>1067</v>
       </c>
-      <c r="OV1" s="24" t="s">
+      <c r="OX1" s="24" t="s">
         <v>1068</v>
       </c>
-      <c r="OW1" s="24" t="s">
+      <c r="OY1" s="24" t="s">
         <v>1069</v>
       </c>
-      <c r="OX1" s="24" t="s">
+      <c r="OZ1" s="24" t="s">
         <v>1070</v>
       </c>
-      <c r="OY1" s="24" t="s">
+      <c r="PA1" s="24" t="s">
         <v>1071</v>
       </c>
     </row>
-    <row r="2" spans="1:415" ht="14">
+    <row r="2" spans="1:417" ht="14">
       <c r="A2" s="3">
         <v>45839</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>1072</v>
       </c>
       <c r="C2" s="4">
         <v>402365</v>
       </c>
       <c r="D2" s="4"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
       <c r="H2" s="5"/>
       <c r="I2" s="5"/>
       <c r="J2" s="5"/>
       <c r="K2" s="5"/>
       <c r="L2" s="5"/>
       <c r="M2" s="5"/>
       <c r="N2" s="5"/>
       <c r="O2" s="5"/>
       <c r="P2" s="5"/>
       <c r="Q2" s="5"/>
       <c r="R2" s="5"/>
       <c r="S2" s="5"/>
@@ -7571,605 +8533,607 @@
       </c>
       <c r="GA2" s="4">
         <v>960</v>
       </c>
       <c r="GB2" s="4">
         <v>1691</v>
       </c>
       <c r="GC2" s="4">
         <v>750</v>
       </c>
       <c r="GD2" s="4">
         <v>941</v>
       </c>
       <c r="GE2" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="GF2" s="4">
         <v>882</v>
       </c>
       <c r="GG2" s="4">
         <v>241</v>
       </c>
       <c r="GH2" s="4">
         <v>13</v>
       </c>
-      <c r="GI2" s="4">
+      <c r="GI2" s="4"/>
+      <c r="GJ2" s="4">
         <v>15</v>
       </c>
-      <c r="GJ2" s="4"/>
       <c r="GK2" s="4"/>
       <c r="GL2" s="4"/>
-      <c r="GM2" s="4">
+      <c r="GM2" s="4"/>
+      <c r="GN2" s="4">
         <v>9</v>
       </c>
-      <c r="GN2" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GO2" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="GP2" s="4"/>
-[...4 lines deleted...]
-      <c r="GS2" s="4">
+      <c r="GP2" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GQ2" s="4"/>
+      <c r="GR2" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GS2" s="4"/>
+      <c r="GT2" s="4">
         <v>28</v>
       </c>
-      <c r="GT2" s="4">
+      <c r="GU2" s="4">
         <v>7</v>
       </c>
-      <c r="GU2" s="4" t="s">
-[...2 lines deleted...]
-      <c r="GV2" s="4">
+      <c r="GV2" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GW2" s="4">
         <v>42</v>
       </c>
-      <c r="GW2" s="4" t="s">
-[...2 lines deleted...]
-      <c r="GX2" s="4"/>
+      <c r="GX2" s="4" t="s">
+        <v>1081</v>
+      </c>
       <c r="GY2" s="4"/>
-      <c r="GZ2" s="4" t="s">
-[...2 lines deleted...]
-      <c r="HA2" s="4"/>
+      <c r="GZ2" s="4"/>
+      <c r="HA2" s="4" t="s">
+        <v>1081</v>
+      </c>
       <c r="HB2" s="4"/>
       <c r="HC2" s="4"/>
-      <c r="HD2" s="4" t="s">
-[...2 lines deleted...]
-      <c r="HE2" s="4"/>
+      <c r="HD2" s="4"/>
+      <c r="HE2" s="4" t="s">
+        <v>1081</v>
+      </c>
       <c r="HF2" s="4"/>
       <c r="HG2" s="4"/>
       <c r="HH2" s="4"/>
-      <c r="HI2" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="HI2" s="4"/>
       <c r="HJ2" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="HK2" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="HL2" s="4"/>
+      <c r="HL2" s="4" t="s">
+        <v>1081</v>
+      </c>
       <c r="HM2" s="4"/>
       <c r="HN2" s="4"/>
-      <c r="HO2" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="HO2" s="4"/>
       <c r="HP2" s="4">
         <v>29</v>
       </c>
-      <c r="HQ2" s="4" t="s">
-[...2 lines deleted...]
-      <c r="HR2" s="4">
+      <c r="HQ2" s="4">
+        <v>29</v>
+      </c>
+      <c r="HR2" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HS2" s="4">
         <v>12</v>
       </c>
-      <c r="HS2" s="4">
+      <c r="HT2" s="4">
         <v>20</v>
       </c>
-      <c r="HT2" s="4">
+      <c r="HU2" s="4">
         <v>8</v>
       </c>
-      <c r="HU2" s="4" t="s">
-[...3 lines deleted...]
-      <c r="HW2" s="4">
+      <c r="HV2" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HW2" s="4"/>
+      <c r="HX2" s="4">
         <v>858</v>
       </c>
-      <c r="HX2" s="4">
+      <c r="HY2" s="4">
         <v>293</v>
       </c>
-      <c r="HY2" s="4">
+      <c r="HZ2" s="4">
         <v>23</v>
       </c>
-      <c r="HZ2" s="4" t="s">
-[...3 lines deleted...]
-      <c r="IB2" s="4">
+      <c r="IA2" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IB2" s="4"/>
+      <c r="IC2" s="4">
         <v>79</v>
       </c>
-      <c r="IC2" s="4"/>
-[...3 lines deleted...]
-      <c r="IE2" s="4"/>
+      <c r="ID2" s="4"/>
+      <c r="IE2" s="4" t="s">
+        <v>1081</v>
+      </c>
       <c r="IF2" s="4"/>
       <c r="IG2" s="4"/>
       <c r="IH2" s="4"/>
       <c r="II2" s="4"/>
       <c r="IJ2" s="4"/>
-      <c r="IK2" s="4" t="s">
-[...2 lines deleted...]
-      <c r="IL2" s="4">
+      <c r="IK2" s="4"/>
+      <c r="IL2" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM2" s="4"/>
+      <c r="IN2" s="4">
         <v>1192</v>
       </c>
-      <c r="IM2" s="4">
+      <c r="IO2" s="4">
         <v>280</v>
       </c>
-      <c r="IN2" s="4">
+      <c r="IP2" s="4">
         <v>192</v>
       </c>
-      <c r="IO2" s="4">
+      <c r="IQ2" s="4">
         <v>38</v>
       </c>
-      <c r="IP2" s="4">
+      <c r="IR2" s="4">
         <v>94</v>
       </c>
-      <c r="IQ2" s="4">
+      <c r="IS2" s="4">
         <v>68</v>
       </c>
-      <c r="IR2" s="4">
+      <c r="IT2" s="4">
         <v>814</v>
       </c>
-      <c r="IS2" s="10">
+      <c r="IU2" s="10">
         <v>1.6377314814814815E-3</v>
       </c>
-      <c r="IT2" s="11">
+      <c r="IV2" s="11">
         <v>2.8472222222222223E-3</v>
       </c>
-      <c r="IU2" s="4">
+      <c r="IW2" s="4">
         <v>1547</v>
       </c>
-      <c r="IV2" s="10">
+      <c r="IX2" s="10">
         <v>3.5879629629629629E-4</v>
       </c>
-      <c r="IW2" s="11">
+      <c r="IY2" s="11">
         <v>2.7777777777777779E-3</v>
       </c>
-      <c r="IX2" s="6">
+      <c r="IZ2" s="6">
         <v>6672</v>
       </c>
-      <c r="IY2" s="12">
+      <c r="JA2" s="12">
         <v>0.18890147225368065</v>
       </c>
-      <c r="IZ2" s="13"/>
-[...6 lines deleted...]
-      <c r="JE2" s="6">
+      <c r="JB2" s="13"/>
+      <c r="JC2" s="6"/>
+      <c r="JD2" s="6"/>
+      <c r="JE2" s="12">
+        <v>0</v>
+      </c>
+      <c r="JF2" s="13"/>
+      <c r="JG2" s="6">
         <v>16</v>
       </c>
-      <c r="JF2" s="6">
+      <c r="JH2" s="6">
         <v>2581</v>
       </c>
-      <c r="JG2" s="12">
+      <c r="JI2" s="12">
         <v>6.1991476172026348E-3</v>
       </c>
-      <c r="JH2" s="4">
+      <c r="JJ2" s="4">
         <v>814</v>
       </c>
-      <c r="JI2" s="11">
+      <c r="JK2" s="11">
         <v>3.8773148148148148E-3</v>
       </c>
-      <c r="JJ2" s="11">
+      <c r="JL2" s="11">
         <v>5.2659722222222222E-3</v>
       </c>
-      <c r="JK2" s="11">
+      <c r="JM2" s="11">
         <v>1.2354236111111111E-2</v>
       </c>
-      <c r="JL2" s="6">
+      <c r="JN2" s="6">
         <v>4449</v>
       </c>
-      <c r="JM2" s="11">
+      <c r="JO2" s="11">
         <v>6.0993055555555549E-3</v>
       </c>
-      <c r="JN2" s="11">
+      <c r="JP2" s="11">
         <v>1.4406180555555556E-2</v>
       </c>
-      <c r="JO2" s="6"/>
-[...1 lines deleted...]
-      <c r="JQ2" s="11"/>
+      <c r="JQ2" s="6"/>
       <c r="JR2" s="11"/>
-      <c r="JS2" s="6">
+      <c r="JS2" s="11"/>
+      <c r="JT2" s="11"/>
+      <c r="JU2" s="6">
         <v>15180</v>
       </c>
-      <c r="JT2" s="11">
+      <c r="JV2" s="11">
         <v>5.7638888888888892E-2</v>
       </c>
-      <c r="JU2" s="11">
+      <c r="JW2" s="11">
         <v>8.487268518518519E-2</v>
       </c>
-      <c r="JV2" s="11">
+      <c r="JX2" s="11">
         <v>0.23616898148148149</v>
       </c>
-      <c r="JW2" s="6">
+      <c r="JY2" s="6">
         <v>888</v>
       </c>
-      <c r="JX2" s="11">
+      <c r="JZ2" s="11">
         <v>5.9826388888888887E-2</v>
       </c>
-      <c r="JY2" s="11">
+      <c r="KA2" s="11">
         <v>9.3518518518518515E-2</v>
       </c>
-      <c r="JZ2" s="11">
+      <c r="KB2" s="11">
         <v>0.4785300925925926</v>
       </c>
-      <c r="KA2" s="6">
+      <c r="KC2" s="6">
         <v>13743</v>
       </c>
-      <c r="KB2" s="14">
+      <c r="KD2" s="14">
         <v>0.84413883431565162</v>
       </c>
-      <c r="KC2" s="14">
+      <c r="KE2" s="14">
         <v>0.13301317034126464</v>
       </c>
-      <c r="KD2" s="14">
+      <c r="KF2" s="14">
         <v>1.7972786145674161E-2</v>
       </c>
-      <c r="KE2" s="14">
+      <c r="KG2" s="14">
         <v>4.8752091974095906E-3</v>
       </c>
-      <c r="KF2" s="6">
+      <c r="KH2" s="6">
         <v>654</v>
       </c>
-      <c r="KG2" s="6">
+      <c r="KI2" s="6">
         <v>70</v>
       </c>
-      <c r="KH2" s="6">
+      <c r="KJ2" s="6">
         <v>165</v>
       </c>
-      <c r="KI2" s="6"/>
-[...3 lines deleted...]
-      <c r="KK2" s="6">
+      <c r="KK2" s="6"/>
+      <c r="KL2" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KM2" s="6">
         <v>401</v>
       </c>
-      <c r="KL2" s="6">
+      <c r="KN2" s="6">
         <v>16</v>
       </c>
-      <c r="KM2" s="6">
+      <c r="KO2" s="6">
         <v>557</v>
       </c>
-      <c r="KN2" s="14">
+      <c r="KP2" s="14">
         <v>0.85168195718654438</v>
       </c>
-      <c r="KO2" s="15">
+      <c r="KQ2" s="15">
         <v>0.21428571428571427</v>
       </c>
-      <c r="KP2" s="8">
+      <c r="KR2" s="8">
         <v>45</v>
       </c>
-      <c r="KQ2" s="8">
+      <c r="KS2" s="8">
         <v>210</v>
       </c>
-      <c r="KR2" s="15">
+      <c r="KT2" s="15">
         <v>0.87755102040816324</v>
       </c>
-      <c r="KS2" s="8">
+      <c r="KU2" s="8">
         <v>430</v>
       </c>
-      <c r="KT2" s="8">
+      <c r="KV2" s="8">
         <v>490</v>
       </c>
-      <c r="KU2" s="15">
+      <c r="KW2" s="15">
         <v>0.90109890109890112</v>
       </c>
-      <c r="KV2" s="8">
+      <c r="KX2" s="8">
         <v>246</v>
       </c>
-      <c r="KW2" s="8">
+      <c r="KY2" s="8">
         <v>273</v>
       </c>
-      <c r="KX2" s="15">
+      <c r="KZ2" s="15">
         <v>0.98168498168498164</v>
       </c>
-      <c r="KY2" s="8">
+      <c r="LA2" s="8">
         <v>268</v>
       </c>
-      <c r="KZ2" s="15">
+      <c r="LB2" s="15">
         <v>0.76595744680851063</v>
       </c>
-      <c r="LA2" s="8">
+      <c r="LC2" s="8">
         <v>72</v>
       </c>
-      <c r="LB2" s="8">
+      <c r="LD2" s="8">
         <v>94</v>
       </c>
-      <c r="LC2" s="15"/>
-[...2 lines deleted...]
-      <c r="LF2" s="15"/>
+      <c r="LE2" s="15"/>
+      <c r="LF2" s="8"/>
       <c r="LG2" s="8"/>
-      <c r="LH2" s="8"/>
-      <c r="LI2" s="15">
+      <c r="LH2" s="15"/>
+      <c r="LI2" s="8"/>
+      <c r="LJ2" s="8"/>
+      <c r="LK2" s="15">
         <v>0.68918918918918914</v>
       </c>
-      <c r="LJ2" s="8">
+      <c r="LL2" s="8">
         <v>153</v>
       </c>
-      <c r="LK2" s="8">
+      <c r="LM2" s="8">
         <v>222</v>
       </c>
-      <c r="LL2" s="6">
+      <c r="LN2" s="6">
         <v>3728</v>
       </c>
-      <c r="LM2" s="6">
+      <c r="LO2" s="6">
         <v>2594</v>
       </c>
-      <c r="LN2" s="6">
+      <c r="LP2" s="6">
         <v>1134</v>
       </c>
-      <c r="LO2" s="16"/>
-      <c r="LP2" s="6">
+      <c r="LQ2" s="16"/>
+      <c r="LR2" s="6">
         <v>11584</v>
       </c>
-      <c r="LQ2" s="6">
+      <c r="LS2" s="6">
         <v>331</v>
       </c>
-      <c r="LR2" s="17">
+      <c r="LT2" s="17">
         <v>2.8573895027624311E-2</v>
       </c>
-      <c r="LS2" s="6">
+      <c r="LU2" s="6">
         <v>34</v>
       </c>
-      <c r="LT2" s="17">
+      <c r="LV2" s="17">
         <v>2.9350828729281767E-3</v>
       </c>
-      <c r="LU2" s="16"/>
-      <c r="LV2" s="6">
+      <c r="LW2" s="16"/>
+      <c r="LX2" s="6">
         <v>3598</v>
       </c>
-      <c r="LW2" s="6">
+      <c r="LY2" s="6">
         <v>121</v>
       </c>
-      <c r="LX2" s="17">
+      <c r="LZ2" s="17">
         <v>3.3629794330183434E-2</v>
       </c>
-      <c r="LY2" s="6" t="s">
-[...2 lines deleted...]
-      <c r="LZ2" s="17">
+      <c r="MA2" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB2" s="17">
         <v>8.3379655364091158E-4</v>
       </c>
-      <c r="MA2" s="16"/>
-      <c r="MB2" s="6">
+      <c r="MC2" s="16"/>
+      <c r="MD2" s="6">
         <v>15182</v>
       </c>
-      <c r="MC2" s="6">
+      <c r="ME2" s="6">
         <v>452</v>
       </c>
-      <c r="MD2" s="17">
+      <c r="MF2" s="17">
         <v>2.9772098537742063E-2</v>
       </c>
-      <c r="ME2" s="6">
+      <c r="MG2" s="6">
         <v>37</v>
       </c>
-      <c r="MF2" s="17">
+      <c r="MH2" s="17">
         <v>2.4370965617178239E-3</v>
       </c>
-      <c r="MG2" s="16"/>
-      <c r="MH2" s="6">
+      <c r="MI2" s="16"/>
+      <c r="MJ2" s="6">
         <v>562</v>
       </c>
-      <c r="MI2" s="6">
+      <c r="MK2" s="6">
         <v>6</v>
       </c>
-      <c r="MJ2" s="17">
+      <c r="ML2" s="17">
         <v>1.0676156583629894E-2</v>
       </c>
-      <c r="MK2" s="6"/>
-[...4 lines deleted...]
-      <c r="MN2" s="6">
+      <c r="MM2" s="6"/>
+      <c r="MN2" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO2" s="16"/>
+      <c r="MP2" s="6">
         <v>331</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MQ2" s="6"/>
       <c r="MR2" s="17">
         <v>0</v>
       </c>
-      <c r="MS2" s="16"/>
-      <c r="MT2" s="6">
+      <c r="MS2" s="6"/>
+      <c r="MT2" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU2" s="16"/>
+      <c r="MV2" s="6">
         <v>922</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MW2" s="6"/>
       <c r="MX2" s="17">
         <v>0</v>
       </c>
-      <c r="MY2" s="6">
+      <c r="MY2" s="6"/>
+      <c r="MZ2" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA2" s="6">
         <v>12967</v>
       </c>
-      <c r="MZ2" s="6">
+      <c r="NB2" s="6">
         <v>20281</v>
       </c>
-      <c r="NA2" s="18">
+      <c r="NC2" s="18">
         <v>0.63936689512351463</v>
       </c>
-      <c r="NB2" s="6">
+      <c r="ND2" s="6">
         <v>14818</v>
       </c>
-      <c r="NC2" s="6">
+      <c r="NE2" s="6">
         <v>13399</v>
       </c>
-      <c r="ND2" s="6">
+      <c r="NF2" s="6">
         <v>757</v>
       </c>
-      <c r="NE2" s="6">
+      <c r="NG2" s="6">
         <v>433</v>
       </c>
-      <c r="NF2" s="6">
+      <c r="NH2" s="6">
         <v>229</v>
       </c>
-      <c r="NG2" s="18">
+      <c r="NI2" s="18">
         <v>0.25169753086419755</v>
       </c>
-      <c r="NH2" s="6">
+      <c r="NJ2" s="6">
         <v>3262</v>
       </c>
-      <c r="NI2" s="6">
+      <c r="NK2" s="6">
         <v>12960</v>
       </c>
-      <c r="NJ2" s="13"/>
-      <c r="NK2" s="18">
+      <c r="NL2" s="13"/>
+      <c r="NM2" s="18">
         <v>0.25145508887840179</v>
       </c>
-      <c r="NL2" s="6">
+      <c r="NN2" s="6">
         <v>3197</v>
       </c>
-      <c r="NM2" s="6">
+      <c r="NO2" s="6">
         <v>12714</v>
       </c>
-      <c r="NN2" s="18">
+      <c r="NP2" s="18">
         <v>0.15384615384615385</v>
       </c>
-      <c r="NO2" s="6" t="s">
-[...2 lines deleted...]
-      <c r="NP2" s="6">
+      <c r="NQ2" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NR2" s="6">
         <v>13</v>
       </c>
-      <c r="NQ2" s="18">
+      <c r="NS2" s="18">
         <v>0.27038626609442062</v>
       </c>
-      <c r="NR2" s="6">
+      <c r="NT2" s="6">
         <v>63</v>
       </c>
-      <c r="NS2" s="6">
+      <c r="NU2" s="6">
         <v>233</v>
       </c>
-      <c r="NT2" s="18">
-[...4 lines deleted...]
-      <c r="NW2" s="6">
+      <c r="NV2" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW2" s="6"/>
+      <c r="NX2" s="6"/>
+      <c r="NY2" s="6">
         <v>12560.419656</v>
       </c>
-      <c r="NX2" s="6">
+      <c r="NZ2" s="6">
         <v>12346.716613999999</v>
       </c>
-      <c r="NY2" s="6">
+      <c r="OA2" s="6">
         <v>6.9402749999999997</v>
       </c>
-      <c r="NZ2" s="6">
+      <c r="OB2" s="6">
         <v>206.76276700000003</v>
       </c>
-      <c r="OA2" s="6"/>
-      <c r="OB2" s="18">
+      <c r="OC2" s="6"/>
+      <c r="OD2" s="18">
         <v>0.77631172839506168</v>
       </c>
-      <c r="OC2" s="6">
+      <c r="OE2" s="6">
         <v>10061</v>
       </c>
-      <c r="OD2" s="6">
+      <c r="OF2" s="6">
         <v>12960</v>
       </c>
-      <c r="OE2" s="16"/>
-      <c r="OF2" s="18">
+      <c r="OG2" s="16"/>
+      <c r="OH2" s="18">
         <v>0.77599496617901531</v>
       </c>
-      <c r="OG2" s="6">
+      <c r="OI2" s="6">
         <v>9866</v>
       </c>
-      <c r="OH2" s="6">
+      <c r="OJ2" s="6">
         <v>12714</v>
       </c>
-      <c r="OI2" s="18">
+      <c r="OK2" s="18">
         <v>1</v>
       </c>
-      <c r="OJ2" s="6">
+      <c r="OL2" s="6">
         <v>13</v>
       </c>
-      <c r="OK2" s="6">
+      <c r="OM2" s="6">
         <v>13</v>
       </c>
-      <c r="OL2" s="18">
+      <c r="ON2" s="18">
         <v>0.7811158798283262</v>
       </c>
-      <c r="OM2" s="6">
+      <c r="OO2" s="6">
         <v>182</v>
       </c>
-      <c r="ON2" s="6">
+      <c r="OP2" s="6">
         <v>233</v>
       </c>
-      <c r="OO2" s="18">
-[...4 lines deleted...]
-      <c r="OR2" s="6">
+      <c r="OQ2" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR2" s="6"/>
+      <c r="OS2" s="6"/>
+      <c r="OT2" s="6">
         <v>1227</v>
       </c>
-      <c r="OS2" s="6">
+      <c r="OU2" s="6">
         <v>14818</v>
       </c>
-      <c r="OT2" s="12">
+      <c r="OV2" s="12">
         <v>8.2804696990147114E-2</v>
       </c>
-      <c r="OU2" s="6">
+      <c r="OW2" s="6">
         <v>422.73696499999994</v>
       </c>
-      <c r="OV2" s="6">
+      <c r="OX2" s="6">
         <v>417.31725599999993</v>
       </c>
-      <c r="OW2" s="6"/>
-[...2 lines deleted...]
-      </c>
       <c r="OY2" s="6"/>
+      <c r="OZ2" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="PA2" s="6"/>
     </row>
-    <row r="3" spans="1:415" ht="14">
+    <row r="3" spans="1:417" ht="14">
       <c r="A3" s="3">
         <v>45839</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="19"/>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="4"/>
       <c r="O3" s="4"/>
       <c r="P3" s="4"/>
       <c r="Q3" s="4"/>
       <c r="R3" s="4"/>
       <c r="S3" s="4"/>
       <c r="T3" s="4"/>
       <c r="U3" s="4"/>
@@ -8416,581 +9380,583 @@
       <c r="FZ3" s="4">
         <v>82</v>
       </c>
       <c r="GA3" s="4">
         <v>143</v>
       </c>
       <c r="GB3" s="4">
         <v>315</v>
       </c>
       <c r="GC3" s="4">
         <v>168</v>
       </c>
       <c r="GD3" s="4">
         <v>292</v>
       </c>
       <c r="GE3" s="4"/>
       <c r="GF3" s="4">
         <v>102</v>
       </c>
       <c r="GG3" s="4">
         <v>70</v>
       </c>
       <c r="GH3" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="GI3" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="GI3" s="4"/>
       <c r="GJ3" s="4" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="GK3" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="GL3" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="GM3" s="4" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
       <c r="GN3" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="GO3" s="4"/>
-      <c r="GP3" s="4" t="s">
+      <c r="GO3" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GP3" s="4"/>
+      <c r="GQ3" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GQ3" s="4"/>
-      <c r="GR3" s="4" t="s">
+      <c r="GR3" s="4"/>
+      <c r="GS3" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GS3" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GT3" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="GU3" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="GV3" s="4">
+      <c r="GV3" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GW3" s="4">
         <v>8</v>
       </c>
-      <c r="GW3" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="GX3" s="4"/>
       <c r="GY3" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GZ3" s="4"/>
-      <c r="HA3" s="4" t="s">
+      <c r="GZ3" s="4" t="s">
         <v>1076</v>
       </c>
+      <c r="HA3" s="4"/>
       <c r="HB3" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HC3" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HD3" s="4"/>
-      <c r="HE3" s="4" t="s">
+      <c r="HD3" s="4" t="s">
         <v>1076</v>
       </c>
+      <c r="HE3" s="4"/>
       <c r="HF3" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HG3" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HH3" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HI3" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="HI3" s="4" t="s">
+        <v>1076</v>
+      </c>
+      <c r="HJ3" s="4"/>
       <c r="HK3" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="HL3" s="4"/>
+      <c r="HL3" s="4" t="s">
+        <v>1081</v>
+      </c>
       <c r="HM3" s="4"/>
       <c r="HN3" s="4"/>
-      <c r="HO3" s="4">
+      <c r="HO3" s="4"/>
+      <c r="HP3" s="4">
         <v>7</v>
       </c>
-      <c r="HP3" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HQ3" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="HR3" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="HS3" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="HT3" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="HU3" s="4"/>
-      <c r="HV3" s="4" t="s">
+      <c r="HU3" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HV3" s="4"/>
+      <c r="HW3" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HW3" s="4">
+      <c r="HX3" s="4">
         <v>169</v>
       </c>
-      <c r="HX3" s="4">
+      <c r="HY3" s="4">
         <v>58</v>
       </c>
-      <c r="HY3" s="4">
+      <c r="HZ3" s="4">
         <v>7</v>
       </c>
-      <c r="HZ3" s="4"/>
-      <c r="IA3" s="4" t="s">
+      <c r="IA3" s="4"/>
+      <c r="IB3" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="IB3" s="4">
+      <c r="IC3" s="4">
         <v>6</v>
       </c>
-      <c r="IC3" s="4" t="s">
+      <c r="ID3" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="ID3" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="IE3" s="4" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="IF3" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IG3" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IH3" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="II3" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IJ3" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IK3" s="4" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="IL3" s="4">
+        <v>1076</v>
+      </c>
+      <c r="IL3" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM3" s="4"/>
+      <c r="IN3" s="4">
         <v>214</v>
       </c>
-      <c r="IM3" s="4">
+      <c r="IO3" s="4">
         <v>51</v>
       </c>
-      <c r="IN3" s="4">
+      <c r="IP3" s="4">
         <v>39</v>
       </c>
-      <c r="IO3" s="4">
+      <c r="IQ3" s="4">
         <v>11</v>
       </c>
-      <c r="IP3" s="4">
+      <c r="IR3" s="4">
         <v>12</v>
       </c>
-      <c r="IQ3" s="4">
+      <c r="IS3" s="4">
         <v>14</v>
       </c>
-      <c r="IR3" s="4">
+      <c r="IT3" s="4">
         <v>151</v>
       </c>
-      <c r="IS3" s="20">
+      <c r="IU3" s="20">
         <v>1.5509259259259259E-3</v>
       </c>
-      <c r="IT3" s="10">
+      <c r="IV3" s="10">
         <v>3.414351851851852E-3</v>
       </c>
-      <c r="IU3" s="4">
+      <c r="IW3" s="4">
         <v>304</v>
       </c>
-      <c r="IV3" s="20">
+      <c r="IX3" s="20">
         <v>3.7037037037037035E-4</v>
       </c>
-      <c r="IW3" s="10">
+      <c r="IY3" s="10">
         <v>2.8009259259259259E-3</v>
       </c>
-      <c r="IX3" s="4">
+      <c r="IZ3" s="4">
         <v>1266</v>
       </c>
-      <c r="IY3" s="12">
+      <c r="JA3" s="12">
         <v>0.19097903152813395</v>
       </c>
-      <c r="IZ3" s="13"/>
-[...6 lines deleted...]
-      <c r="JE3" s="6">
+      <c r="JB3" s="13"/>
+      <c r="JC3" s="6"/>
+      <c r="JD3" s="8"/>
+      <c r="JE3" s="12">
+        <v>0</v>
+      </c>
+      <c r="JF3" s="13"/>
+      <c r="JG3" s="6">
         <v>6</v>
       </c>
-      <c r="JF3" s="6">
+      <c r="JH3" s="6">
         <v>541</v>
       </c>
-      <c r="JG3" s="12">
+      <c r="JI3" s="12">
         <v>1.1090573012939002E-2</v>
       </c>
-      <c r="JH3" s="4">
+      <c r="JJ3" s="4">
         <v>151</v>
       </c>
-      <c r="JI3" s="11">
+      <c r="JK3" s="11">
         <v>4.0625000000000001E-3</v>
       </c>
-      <c r="JJ3" s="11">
+      <c r="JL3" s="11">
         <v>4.8263888888888887E-3</v>
       </c>
-      <c r="JK3" s="11">
+      <c r="JM3" s="11">
         <v>9.5604166666666667E-3</v>
       </c>
-      <c r="JL3" s="4">
+      <c r="JN3" s="4">
         <v>813</v>
       </c>
-      <c r="JM3" s="11">
+      <c r="JO3" s="11">
         <v>5.7756944444444444E-3</v>
       </c>
-      <c r="JN3" s="11">
+      <c r="JP3" s="11">
         <v>1.219236111111111E-2</v>
       </c>
-      <c r="JO3" s="4"/>
-[...1 lines deleted...]
-      <c r="JQ3" s="11"/>
+      <c r="JQ3" s="4"/>
       <c r="JR3" s="11"/>
-      <c r="JS3" s="4">
+      <c r="JS3" s="11"/>
+      <c r="JT3" s="11"/>
+      <c r="JU3" s="4">
         <v>2805</v>
       </c>
-      <c r="JT3" s="11">
+      <c r="JV3" s="11">
         <v>6.4004629629629634E-2</v>
       </c>
-      <c r="JU3" s="11">
+      <c r="JW3" s="11">
         <v>9.3379629629629632E-2</v>
       </c>
-      <c r="JV3" s="11">
+      <c r="JX3" s="11">
         <v>0.23820601851851853</v>
       </c>
-      <c r="JW3" s="4">
+      <c r="JY3" s="4">
         <v>152</v>
       </c>
-      <c r="JX3" s="11">
+      <c r="JZ3" s="11">
         <v>7.1099537037037031E-2</v>
       </c>
-      <c r="JY3" s="11">
+      <c r="KA3" s="11">
         <v>0.12782407407407406</v>
       </c>
-      <c r="JZ3" s="11">
+      <c r="KB3" s="11">
         <v>0.66131944444444446</v>
       </c>
-      <c r="KA3" s="6">
+      <c r="KC3" s="6">
         <v>2698</v>
       </c>
-      <c r="KB3" s="14">
+      <c r="KD3" s="14">
         <v>0.83617494440326168</v>
       </c>
-      <c r="KC3" s="14">
+      <c r="KE3" s="14">
         <v>0.14232765011119347</v>
       </c>
-      <c r="KD3" s="14">
+      <c r="KF3" s="14">
         <v>1.8902891030392884E-2</v>
       </c>
-      <c r="KE3" s="14">
+      <c r="KG3" s="14">
         <v>2.5945144551519643E-3</v>
       </c>
-      <c r="KF3" s="8">
+      <c r="KH3" s="8">
         <v>62</v>
       </c>
-      <c r="KG3" s="6" t="s">
-[...2 lines deleted...]
-      <c r="KH3" s="6">
+      <c r="KI3" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KJ3" s="6">
         <v>22</v>
       </c>
-      <c r="KI3" s="6"/>
-[...1 lines deleted...]
-      <c r="KK3" s="6">
+      <c r="KK3" s="6"/>
+      <c r="KL3" s="6"/>
+      <c r="KM3" s="6">
         <v>38</v>
       </c>
-      <c r="KL3" s="6" t="s">
-[...2 lines deleted...]
-      <c r="KM3" s="6">
+      <c r="KN3" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KO3" s="6">
         <v>54</v>
       </c>
-      <c r="KN3" s="18">
+      <c r="KP3" s="18">
         <v>0.87096774193548387</v>
       </c>
-      <c r="KO3" s="21"/>
-      <c r="KP3" s="21"/>
       <c r="KQ3" s="21"/>
       <c r="KR3" s="21"/>
       <c r="KS3" s="21"/>
       <c r="KT3" s="21"/>
       <c r="KU3" s="21"/>
       <c r="KV3" s="21"/>
       <c r="KW3" s="21"/>
       <c r="KX3" s="21"/>
       <c r="KY3" s="21"/>
       <c r="KZ3" s="21"/>
       <c r="LA3" s="21"/>
       <c r="LB3" s="21"/>
       <c r="LC3" s="21"/>
       <c r="LD3" s="21"/>
       <c r="LE3" s="21"/>
       <c r="LF3" s="21"/>
       <c r="LG3" s="21"/>
       <c r="LH3" s="21"/>
       <c r="LI3" s="21"/>
       <c r="LJ3" s="21"/>
       <c r="LK3" s="21"/>
-      <c r="LL3" s="6">
+      <c r="LL3" s="21"/>
+      <c r="LM3" s="21"/>
+      <c r="LN3" s="6">
         <v>789</v>
       </c>
-      <c r="LM3" s="6">
+      <c r="LO3" s="6">
         <v>543</v>
       </c>
-      <c r="LN3" s="6">
+      <c r="LP3" s="6">
         <v>246</v>
       </c>
-      <c r="LO3" s="16"/>
-      <c r="LP3" s="6">
+      <c r="LQ3" s="16"/>
+      <c r="LR3" s="6">
         <v>2123</v>
       </c>
-      <c r="LQ3" s="6">
+      <c r="LS3" s="6">
         <v>47</v>
       </c>
-      <c r="LR3" s="17">
+      <c r="LT3" s="17">
         <v>2.2138483278379653E-2</v>
       </c>
-      <c r="LS3" s="6" t="s">
-[...2 lines deleted...]
-      <c r="LT3" s="17">
+      <c r="LU3" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="LV3" s="17">
         <v>4.7103155911446069E-4</v>
       </c>
-      <c r="LU3" s="16"/>
-      <c r="LV3" s="6">
+      <c r="LW3" s="16"/>
+      <c r="LX3" s="6">
         <v>682</v>
       </c>
-      <c r="LW3" s="6">
+      <c r="LY3" s="6">
         <v>15</v>
       </c>
-      <c r="LX3" s="17">
+      <c r="LZ3" s="17">
         <v>2.1994134897360705E-2</v>
       </c>
-      <c r="LY3" s="6"/>
-[...4 lines deleted...]
-      <c r="MB3" s="6">
+      <c r="MA3" s="6"/>
+      <c r="MB3" s="17">
+        <v>0</v>
+      </c>
+      <c r="MC3" s="16"/>
+      <c r="MD3" s="6">
         <v>2805</v>
       </c>
-      <c r="MC3" s="6">
+      <c r="ME3" s="6">
         <v>62</v>
       </c>
-      <c r="MD3" s="17">
+      <c r="MF3" s="17">
         <v>2.2103386809269161E-2</v>
       </c>
-      <c r="ME3" s="6" t="s">
-[...2 lines deleted...]
-      <c r="MF3" s="17">
+      <c r="MG3" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MH3" s="17">
         <v>3.5650623885918003E-4</v>
       </c>
-      <c r="MG3" s="16"/>
-      <c r="MH3" s="6">
+      <c r="MI3" s="16"/>
+      <c r="MJ3" s="6">
         <v>99</v>
       </c>
-      <c r="MI3" s="6" t="s">
-[...2 lines deleted...]
-      <c r="MJ3" s="17">
+      <c r="MK3" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ML3" s="17">
         <v>1.0101010101010102E-2</v>
       </c>
-      <c r="MK3" s="6"/>
-[...4 lines deleted...]
-      <c r="MN3" s="6">
+      <c r="MM3" s="6"/>
+      <c r="MN3" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO3" s="16"/>
+      <c r="MP3" s="6">
         <v>53</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MQ3" s="6"/>
       <c r="MR3" s="17">
         <v>0</v>
       </c>
-      <c r="MS3" s="16"/>
-      <c r="MT3" s="6">
+      <c r="MS3" s="6"/>
+      <c r="MT3" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU3" s="16"/>
+      <c r="MV3" s="6">
         <v>294</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MW3" s="6"/>
       <c r="MX3" s="17">
         <v>0</v>
       </c>
-      <c r="MY3" s="6">
+      <c r="MY3" s="6"/>
+      <c r="MZ3" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA3" s="6">
         <v>2335</v>
       </c>
-      <c r="MZ3" s="6">
+      <c r="NB3" s="6">
         <v>3797</v>
       </c>
-      <c r="NA3" s="18">
+      <c r="NC3" s="18">
         <v>0.61495917829865687</v>
       </c>
-      <c r="NB3" s="6">
+      <c r="ND3" s="6">
         <v>2727</v>
       </c>
-      <c r="NC3" s="6">
+      <c r="NE3" s="6">
         <v>2022</v>
       </c>
-      <c r="ND3" s="6">
+      <c r="NF3" s="6">
         <v>675</v>
       </c>
-      <c r="NE3" s="6"/>
-      <c r="NF3" s="6">
+      <c r="NG3" s="6"/>
+      <c r="NH3" s="6">
         <v>30</v>
       </c>
-      <c r="NG3" s="18">
+      <c r="NI3" s="18">
         <v>0.22320899940793368</v>
       </c>
-      <c r="NH3" s="6">
+      <c r="NJ3" s="6">
         <v>377</v>
       </c>
-      <c r="NI3" s="6">
+      <c r="NK3" s="6">
         <v>1689</v>
       </c>
-      <c r="NJ3" s="13"/>
-      <c r="NK3" s="18">
+      <c r="NL3" s="13"/>
+      <c r="NM3" s="18">
         <v>0.22347362181387079</v>
       </c>
-      <c r="NL3" s="6">
+      <c r="NN3" s="6">
         <v>377</v>
       </c>
-      <c r="NM3" s="6">
+      <c r="NO3" s="6">
         <v>1687</v>
       </c>
-      <c r="NN3" s="18">
-[...13 lines deleted...]
-      </c>
+      <c r="NP3" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ3" s="6"/>
+      <c r="NR3" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NS3" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT3" s="6"/>
       <c r="NU3" s="6"/>
-      <c r="NV3" s="6"/>
-      <c r="NW3" s="6">
+      <c r="NV3" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW3" s="6"/>
+      <c r="NX3" s="6"/>
+      <c r="NY3" s="6">
         <v>2092.5571870000003</v>
       </c>
-      <c r="NX3" s="6">
+      <c r="NZ3" s="6">
         <v>2088.8199650000001</v>
       </c>
-      <c r="NY3" s="6" t="s">
-[...4 lines deleted...]
-      <c r="OB3" s="18">
+      <c r="OA3" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OB3" s="6"/>
+      <c r="OC3" s="6"/>
+      <c r="OD3" s="18">
         <v>0.69923031379514511</v>
       </c>
-      <c r="OC3" s="6">
+      <c r="OE3" s="6">
         <v>1181</v>
       </c>
-      <c r="OD3" s="6">
+      <c r="OF3" s="6">
         <v>1689</v>
       </c>
-      <c r="OE3" s="16"/>
-      <c r="OF3" s="18">
+      <c r="OG3" s="16"/>
+      <c r="OH3" s="18">
         <v>0.69887374036751626</v>
       </c>
-      <c r="OG3" s="6">
+      <c r="OI3" s="6">
         <v>1179</v>
       </c>
-      <c r="OH3" s="6">
+      <c r="OJ3" s="6">
         <v>1687</v>
       </c>
-      <c r="OI3" s="18">
+      <c r="OK3" s="18">
         <v>1</v>
       </c>
-      <c r="OJ3" s="6" t="s">
-[...12 lines deleted...]
-      </c>
+      <c r="OL3" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OM3" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ON3" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO3" s="6"/>
       <c r="OP3" s="6"/>
-      <c r="OQ3" s="8"/>
-      <c r="OR3" s="6">
+      <c r="OQ3" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR3" s="6"/>
+      <c r="OS3" s="8"/>
+      <c r="OT3" s="6">
         <v>263</v>
       </c>
-      <c r="OS3" s="6">
+      <c r="OU3" s="6">
         <v>2727</v>
       </c>
-      <c r="OT3" s="12">
+      <c r="OV3" s="12">
         <v>9.6442977631096438E-2</v>
       </c>
-      <c r="OU3" s="6">
+      <c r="OW3" s="6">
         <v>90.84552699999999</v>
       </c>
-      <c r="OV3" s="6">
+      <c r="OX3" s="6">
         <v>90.84552699999999</v>
       </c>
-      <c r="OW3" s="6"/>
-      <c r="OX3" s="6"/>
       <c r="OY3" s="6"/>
+      <c r="OZ3" s="6"/>
+      <c r="PA3" s="6"/>
     </row>
-    <row r="4" spans="1:415" ht="14">
+    <row r="4" spans="1:417" ht="14">
       <c r="A4" s="3">
         <v>45839</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="19"/>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="4"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
       <c r="P4" s="4"/>
       <c r="Q4" s="4"/>
       <c r="R4" s="4"/>
       <c r="S4" s="4"/>
       <c r="T4" s="4"/>
       <c r="U4" s="4"/>
@@ -9243,571 +10209,573 @@
       </c>
       <c r="GA4" s="4">
         <v>262</v>
       </c>
       <c r="GB4" s="4">
         <v>416</v>
       </c>
       <c r="GC4" s="4">
         <v>250</v>
       </c>
       <c r="GD4" s="4">
         <v>161</v>
       </c>
       <c r="GE4" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="GF4" s="4">
         <v>226</v>
       </c>
       <c r="GG4" s="4">
         <v>32</v>
       </c>
       <c r="GH4" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="GI4" s="4">
+      <c r="GI4" s="4"/>
+      <c r="GJ4" s="4">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>1076</v>
       </c>
       <c r="GK4" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="GL4" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="GM4" s="4" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="GN4" s="4"/>
+        <v>1076</v>
+      </c>
+      <c r="GN4" s="4" t="s">
+        <v>1081</v>
+      </c>
       <c r="GO4" s="4"/>
-      <c r="GP4" s="4" t="s">
+      <c r="GP4" s="4"/>
+      <c r="GQ4" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GQ4" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GR4" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GS4" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GS4" s="4">
+      <c r="GT4" s="4">
         <v>10</v>
       </c>
-      <c r="GT4" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GU4" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="GV4" s="4">
+      <c r="GV4" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GW4" s="4">
         <v>8</v>
       </c>
-      <c r="GW4" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GX4" s="4" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="GY4" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="GZ4" s="4" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
       <c r="HA4" s="4" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="HB4" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HC4" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HD4" s="4" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
       <c r="HE4" s="4" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="HF4" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HG4" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HH4" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HI4" s="4"/>
+      <c r="HI4" s="4" t="s">
+        <v>1076</v>
+      </c>
       <c r="HJ4" s="4"/>
-      <c r="HK4" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="HK4" s="4"/>
       <c r="HL4" s="4" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="HM4" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HN4" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HO4" s="4">
+      <c r="HO4" s="4" t="s">
+        <v>1076</v>
+      </c>
+      <c r="HP4" s="4">
         <v>12</v>
       </c>
-      <c r="HP4" s="4">
+      <c r="HQ4" s="4">
         <v>10</v>
       </c>
-      <c r="HQ4" s="4"/>
       <c r="HR4" s="4"/>
       <c r="HS4" s="4"/>
       <c r="HT4" s="4"/>
       <c r="HU4" s="4"/>
-      <c r="HV4" s="4" t="s">
+      <c r="HV4" s="4"/>
+      <c r="HW4" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HW4" s="4">
+      <c r="HX4" s="4">
         <v>208</v>
       </c>
-      <c r="HX4" s="4">
+      <c r="HY4" s="4">
         <v>117</v>
       </c>
-      <c r="HY4" s="4" t="s">
-[...3 lines deleted...]
-      <c r="IA4" s="4" t="s">
+      <c r="HZ4" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IA4" s="4"/>
+      <c r="IB4" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="IB4" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="IC4" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ID4" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="ID4" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="IE4" s="4"/>
       <c r="IF4" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IG4" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IH4" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="II4" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IJ4" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="IK4" s="4"/>
-      <c r="IL4" s="4">
+      <c r="IK4" s="4" t="s">
+        <v>1076</v>
+      </c>
+      <c r="IL4" s="4"/>
+      <c r="IM4" s="4"/>
+      <c r="IN4" s="4">
         <v>278</v>
       </c>
-      <c r="IM4" s="4">
+      <c r="IO4" s="4">
         <v>63</v>
       </c>
-      <c r="IN4" s="4">
+      <c r="IP4" s="4">
         <v>45</v>
       </c>
-      <c r="IO4" s="4">
+      <c r="IQ4" s="4">
         <v>10</v>
       </c>
-      <c r="IP4" s="4">
+      <c r="IR4" s="4">
         <v>27</v>
       </c>
-      <c r="IQ4" s="4" t="s">
-[...2 lines deleted...]
-      <c r="IR4" s="4">
+      <c r="IS4" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IT4" s="4">
         <v>172</v>
       </c>
-      <c r="IS4" s="20">
+      <c r="IU4" s="20">
         <v>1.6319444444444445E-3</v>
       </c>
-      <c r="IT4" s="10">
+      <c r="IV4" s="10">
         <v>2.8472222222222223E-3</v>
       </c>
-      <c r="IU4" s="4">
+      <c r="IW4" s="4">
         <v>361</v>
       </c>
-      <c r="IV4" s="20">
+      <c r="IX4" s="20">
         <v>2.8935185185185184E-4</v>
       </c>
-      <c r="IW4" s="10">
+      <c r="IY4" s="10">
         <v>2.6967592592592594E-3</v>
       </c>
-      <c r="IX4" s="4">
+      <c r="IZ4" s="4">
         <v>1639</v>
       </c>
-      <c r="IY4" s="12">
+      <c r="JA4" s="12">
         <v>0.181888802574631</v>
       </c>
-      <c r="IZ4" s="13"/>
-[...9 lines deleted...]
-      <c r="JF4" s="6">
+      <c r="JB4" s="13"/>
+      <c r="JC4" s="6"/>
+      <c r="JD4" s="8"/>
+      <c r="JE4" s="12">
+        <v>0</v>
+      </c>
+      <c r="JF4" s="13"/>
+      <c r="JG4" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH4" s="6">
         <v>760</v>
       </c>
-      <c r="JG4" s="12">
+      <c r="JI4" s="12">
         <v>2.631578947368421E-3</v>
       </c>
-      <c r="JH4" s="4">
+      <c r="JJ4" s="4">
         <v>172</v>
       </c>
-      <c r="JI4" s="11">
+      <c r="JK4" s="11">
         <v>3.1828703703703702E-3</v>
       </c>
-      <c r="JJ4" s="11">
+      <c r="JL4" s="11">
         <v>5.2548611111111112E-3</v>
       </c>
-      <c r="JK4" s="11">
+      <c r="JM4" s="11">
         <v>1.3090138888888887E-2</v>
       </c>
-      <c r="JL4" s="4">
+      <c r="JN4" s="4">
         <v>1056</v>
       </c>
-      <c r="JM4" s="11">
+      <c r="JO4" s="11">
         <v>6.0881944444444438E-3</v>
       </c>
-      <c r="JN4" s="11">
+      <c r="JP4" s="11">
         <v>1.5631805555555555E-2</v>
       </c>
-      <c r="JO4" s="4"/>
-[...1 lines deleted...]
-      <c r="JQ4" s="11"/>
+      <c r="JQ4" s="4"/>
       <c r="JR4" s="11"/>
-      <c r="JS4" s="4">
+      <c r="JS4" s="11"/>
+      <c r="JT4" s="11"/>
+      <c r="JU4" s="4">
         <v>4050</v>
       </c>
-      <c r="JT4" s="11">
+      <c r="JV4" s="11">
         <v>5.289351851851852E-2</v>
       </c>
-      <c r="JU4" s="11">
+      <c r="JW4" s="11">
         <v>7.8472222222222221E-2</v>
       </c>
-      <c r="JV4" s="11">
+      <c r="JX4" s="11">
         <v>0.23386574074074074</v>
       </c>
-      <c r="JW4" s="4">
+      <c r="JY4" s="4">
         <v>244</v>
       </c>
-      <c r="JX4" s="11">
+      <c r="JZ4" s="11">
         <v>5.0381944444444444E-2</v>
       </c>
-      <c r="JY4" s="11">
+      <c r="KA4" s="11">
         <v>8.5347222222222227E-2</v>
       </c>
-      <c r="JZ4" s="11">
+      <c r="KB4" s="11">
         <v>0.40704861111111112</v>
       </c>
-      <c r="KA4" s="6">
+      <c r="KC4" s="6">
         <v>3526</v>
       </c>
-      <c r="KB4" s="14">
+      <c r="KD4" s="14">
         <v>0.82586500283607489</v>
       </c>
-      <c r="KC4" s="14">
+      <c r="KE4" s="14">
         <v>0.14237095859330687</v>
       </c>
-      <c r="KD4" s="14">
+      <c r="KF4" s="14">
         <v>2.4957458876914352E-2</v>
       </c>
-      <c r="KE4" s="14">
+      <c r="KG4" s="14">
         <v>6.8065796937039139E-3</v>
       </c>
-      <c r="KF4" s="8">
+      <c r="KH4" s="8">
         <v>212</v>
       </c>
-      <c r="KG4" s="6">
+      <c r="KI4" s="6">
         <v>8</v>
       </c>
-      <c r="KH4" s="6">
+      <c r="KJ4" s="6">
         <v>30</v>
       </c>
-      <c r="KI4" s="6"/>
-[...1 lines deleted...]
-      <c r="KK4" s="6">
+      <c r="KK4" s="6"/>
+      <c r="KL4" s="6"/>
+      <c r="KM4" s="6">
         <v>166</v>
       </c>
-      <c r="KL4" s="6">
+      <c r="KN4" s="6">
         <v>8</v>
       </c>
-      <c r="KM4" s="6">
+      <c r="KO4" s="6">
         <v>194</v>
       </c>
-      <c r="KN4" s="18">
+      <c r="KP4" s="18">
         <v>0.91509433962264153</v>
       </c>
-      <c r="KO4" s="21"/>
-      <c r="KP4" s="21"/>
       <c r="KQ4" s="21"/>
       <c r="KR4" s="21"/>
       <c r="KS4" s="21"/>
       <c r="KT4" s="21"/>
       <c r="KU4" s="21"/>
       <c r="KV4" s="21"/>
       <c r="KW4" s="21"/>
       <c r="KX4" s="21"/>
       <c r="KY4" s="21"/>
       <c r="KZ4" s="21"/>
       <c r="LA4" s="21"/>
       <c r="LB4" s="21"/>
       <c r="LC4" s="21"/>
       <c r="LD4" s="21"/>
       <c r="LE4" s="21"/>
       <c r="LF4" s="21"/>
       <c r="LG4" s="21"/>
       <c r="LH4" s="21"/>
       <c r="LI4" s="21"/>
       <c r="LJ4" s="21"/>
       <c r="LK4" s="21"/>
-      <c r="LL4" s="6">
+      <c r="LL4" s="21"/>
+      <c r="LM4" s="21"/>
+      <c r="LN4" s="6">
         <v>1042</v>
       </c>
-      <c r="LM4" s="6">
+      <c r="LO4" s="6">
         <v>767</v>
       </c>
-      <c r="LN4" s="6">
+      <c r="LP4" s="6">
         <v>275</v>
       </c>
-      <c r="LO4" s="16"/>
-      <c r="LP4" s="6">
+      <c r="LQ4" s="16"/>
+      <c r="LR4" s="6">
         <v>3031</v>
       </c>
-      <c r="LQ4" s="6">
+      <c r="LS4" s="6">
         <v>127</v>
       </c>
-      <c r="LR4" s="17">
+      <c r="LT4" s="17">
         <v>4.1900362916529196E-2</v>
       </c>
-      <c r="LS4" s="6">
+      <c r="LU4" s="6">
         <v>7</v>
       </c>
-      <c r="LT4" s="17">
+      <c r="LV4" s="17">
         <v>2.3094688221709007E-3</v>
       </c>
-      <c r="LU4" s="16"/>
-      <c r="LV4" s="6">
+      <c r="LW4" s="16"/>
+      <c r="LX4" s="6">
         <v>1019</v>
       </c>
-      <c r="LW4" s="6">
+      <c r="LY4" s="6">
         <v>54</v>
       </c>
-      <c r="LX4" s="17">
+      <c r="LZ4" s="17">
         <v>5.2993130520117761E-2</v>
       </c>
-      <c r="LY4" s="6"/>
-[...4 lines deleted...]
-      <c r="MB4" s="6">
+      <c r="MA4" s="6"/>
+      <c r="MB4" s="17">
+        <v>0</v>
+      </c>
+      <c r="MC4" s="16"/>
+      <c r="MD4" s="6">
         <v>4050</v>
       </c>
-      <c r="MC4" s="6">
+      <c r="ME4" s="6">
         <v>181</v>
       </c>
-      <c r="MD4" s="17">
+      <c r="MF4" s="17">
         <v>4.4691358024691361E-2</v>
       </c>
-      <c r="ME4" s="6">
+      <c r="MG4" s="6">
         <v>7</v>
       </c>
-      <c r="MF4" s="17">
+      <c r="MH4" s="17">
         <v>1.7283950617283952E-3</v>
       </c>
-      <c r="MG4" s="16"/>
-      <c r="MH4" s="6">
+      <c r="MI4" s="16"/>
+      <c r="MJ4" s="6">
         <v>164</v>
       </c>
-      <c r="MI4" s="6" t="s">
-[...2 lines deleted...]
-      <c r="MJ4" s="17">
+      <c r="MK4" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ML4" s="17">
         <v>1.8292682926829267E-2</v>
       </c>
-      <c r="MK4" s="6"/>
-[...4 lines deleted...]
-      <c r="MN4" s="6">
+      <c r="MM4" s="6"/>
+      <c r="MN4" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO4" s="16"/>
+      <c r="MP4" s="6">
         <v>82</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MQ4" s="6"/>
       <c r="MR4" s="17">
         <v>0</v>
       </c>
-      <c r="MS4" s="16"/>
-      <c r="MT4" s="6">
+      <c r="MS4" s="6"/>
+      <c r="MT4" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU4" s="16"/>
+      <c r="MV4" s="6">
         <v>122</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MW4" s="6"/>
       <c r="MX4" s="17">
         <v>0</v>
       </c>
-      <c r="MY4" s="6">
+      <c r="MY4" s="6"/>
+      <c r="MZ4" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA4" s="6">
         <v>3347</v>
       </c>
-      <c r="MZ4" s="6">
+      <c r="NB4" s="6">
         <v>5237</v>
       </c>
-      <c r="NA4" s="18">
+      <c r="NC4" s="18">
         <v>0.63910635860225318</v>
       </c>
-      <c r="NB4" s="6">
+      <c r="ND4" s="6">
         <v>3721</v>
       </c>
-      <c r="NC4" s="6">
+      <c r="NE4" s="6">
         <v>3618</v>
       </c>
-      <c r="ND4" s="6" t="s">
-[...3 lines deleted...]
-      <c r="NF4" s="6">
+      <c r="NF4" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NG4" s="6"/>
+      <c r="NH4" s="6">
         <v>98</v>
       </c>
-      <c r="NG4" s="18">
+      <c r="NI4" s="18">
         <v>0.11244877049180328</v>
       </c>
-      <c r="NH4" s="6">
+      <c r="NJ4" s="6">
         <v>439</v>
       </c>
-      <c r="NI4" s="6">
+      <c r="NK4" s="6">
         <v>3904</v>
       </c>
-      <c r="NJ4" s="13"/>
-      <c r="NK4" s="18">
+      <c r="NL4" s="13"/>
+      <c r="NM4" s="18">
         <v>0.11244877049180328</v>
       </c>
-      <c r="NL4" s="6">
+      <c r="NN4" s="6">
         <v>439</v>
       </c>
-      <c r="NM4" s="6">
+      <c r="NO4" s="6">
         <v>3904</v>
       </c>
-      <c r="NN4" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="NP4" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ4" s="6"/>
       <c r="NR4" s="6"/>
-      <c r="NS4" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="NS4" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT4" s="6"/>
       <c r="NU4" s="6"/>
-      <c r="NV4" s="6"/>
-      <c r="NW4" s="6">
+      <c r="NV4" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW4" s="6"/>
+      <c r="NX4" s="6"/>
+      <c r="NY4" s="6">
         <v>5365.6724289999993</v>
       </c>
-      <c r="NX4" s="6">
+      <c r="NZ4" s="6">
         <v>5365.6724289999993</v>
       </c>
-      <c r="NY4" s="6"/>
-      <c r="NZ4" s="6"/>
       <c r="OA4" s="6"/>
-      <c r="OB4" s="18">
+      <c r="OB4" s="6"/>
+      <c r="OC4" s="6"/>
+      <c r="OD4" s="18">
         <v>0.85860655737704916</v>
       </c>
-      <c r="OC4" s="6">
+      <c r="OE4" s="6">
         <v>3352</v>
       </c>
-      <c r="OD4" s="6">
+      <c r="OF4" s="6">
         <v>3904</v>
       </c>
-      <c r="OE4" s="16"/>
-      <c r="OF4" s="18">
+      <c r="OG4" s="16"/>
+      <c r="OH4" s="18">
         <v>0.85860655737704916</v>
       </c>
-      <c r="OG4" s="6">
+      <c r="OI4" s="6">
         <v>3352</v>
       </c>
-      <c r="OH4" s="6">
+      <c r="OJ4" s="6">
         <v>3904</v>
       </c>
-      <c r="OI4" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="OK4" s="18">
+        <v>0</v>
+      </c>
+      <c r="OL4" s="6"/>
       <c r="OM4" s="6"/>
-      <c r="ON4" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="ON4" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO4" s="6"/>
       <c r="OP4" s="6"/>
-      <c r="OQ4" s="8"/>
-      <c r="OR4" s="6">
+      <c r="OQ4" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR4" s="6"/>
+      <c r="OS4" s="8"/>
+      <c r="OT4" s="6">
         <v>172</v>
       </c>
-      <c r="OS4" s="6">
+      <c r="OU4" s="6">
         <v>3721</v>
       </c>
-      <c r="OT4" s="12">
+      <c r="OV4" s="12">
         <v>4.6224133297500671E-2</v>
       </c>
-      <c r="OU4" s="6">
+      <c r="OW4" s="6">
         <v>63.495787999999976</v>
       </c>
-      <c r="OV4" s="6">
+      <c r="OX4" s="6">
         <v>63.495787999999976</v>
       </c>
-      <c r="OW4" s="6"/>
-      <c r="OX4" s="6"/>
       <c r="OY4" s="6"/>
+      <c r="OZ4" s="6"/>
+      <c r="PA4" s="6"/>
     </row>
-    <row r="5" spans="1:415" ht="14">
+    <row r="5" spans="1:417" ht="14">
       <c r="A5" s="3">
         <v>45839</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>1073</v>
       </c>
       <c r="C5" s="19"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
       <c r="L5" s="4"/>
       <c r="M5" s="4"/>
       <c r="N5" s="4"/>
       <c r="O5" s="4"/>
       <c r="P5" s="4"/>
       <c r="Q5" s="4"/>
       <c r="R5" s="4"/>
       <c r="S5" s="4"/>
       <c r="T5" s="4"/>
       <c r="U5" s="4"/>
@@ -10055,568 +11023,570 @@
       </c>
       <c r="FZ5" s="4">
         <v>55</v>
       </c>
       <c r="GA5" s="4">
         <v>132</v>
       </c>
       <c r="GB5" s="4">
         <v>284</v>
       </c>
       <c r="GC5" s="4">
         <v>74</v>
       </c>
       <c r="GD5" s="4">
         <v>187</v>
       </c>
       <c r="GE5" s="4"/>
       <c r="GF5" s="4">
         <v>54</v>
       </c>
       <c r="GG5" s="4">
         <v>23</v>
       </c>
       <c r="GH5" s="4"/>
       <c r="GI5" s="4"/>
-      <c r="GJ5" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="GJ5" s="4"/>
       <c r="GK5" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="GL5" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="GM5" s="4" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
       <c r="GN5" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="GO5" s="4"/>
-      <c r="GP5" s="4" t="s">
+      <c r="GO5" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GP5" s="4"/>
+      <c r="GQ5" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GQ5" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GR5" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GS5" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GS5" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GT5" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="GU5" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="GV5" s="4">
+      <c r="GV5" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GW5" s="4">
         <v>14</v>
       </c>
-      <c r="GW5" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="GX5" s="4"/>
       <c r="GY5" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GZ5" s="4"/>
-      <c r="HA5" s="4" t="s">
+      <c r="GZ5" s="4" t="s">
         <v>1076</v>
       </c>
+      <c r="HA5" s="4"/>
       <c r="HB5" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HC5" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HD5" s="4"/>
-      <c r="HE5" s="4" t="s">
+      <c r="HD5" s="4" t="s">
         <v>1076</v>
       </c>
+      <c r="HE5" s="4"/>
       <c r="HF5" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HG5" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HH5" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HI5" s="4" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="HJ5" s="4"/>
+        <v>1076</v>
+      </c>
+      <c r="HJ5" s="4" t="s">
+        <v>1081</v>
+      </c>
       <c r="HK5" s="4"/>
-      <c r="HL5" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="HL5" s="4"/>
       <c r="HM5" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HN5" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HO5" s="4" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="HP5" s="4">
+        <v>1076</v>
+      </c>
+      <c r="HP5" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HQ5" s="4">
         <v>6</v>
       </c>
-      <c r="HQ5" s="4"/>
-[...8 lines deleted...]
-      <c r="HV5" s="4" t="s">
+      <c r="HR5" s="4"/>
+      <c r="HS5" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HT5" s="4"/>
+      <c r="HU5" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HV5" s="4"/>
+      <c r="HW5" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HW5" s="4">
+      <c r="HX5" s="4">
         <v>106</v>
       </c>
-      <c r="HX5" s="4">
+      <c r="HY5" s="4">
         <v>39</v>
       </c>
-      <c r="HY5" s="4">
+      <c r="HZ5" s="4">
         <v>9</v>
       </c>
-      <c r="HZ5" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="IA5" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IB5" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="IB5" s="4">
+      <c r="IC5" s="4">
         <v>36</v>
       </c>
-      <c r="IC5" s="4" t="s">
+      <c r="ID5" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="ID5" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="IE5" s="4"/>
       <c r="IF5" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IG5" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IH5" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="II5" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IJ5" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IK5" s="4" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="IL5" s="4">
+        <v>1076</v>
+      </c>
+      <c r="IL5" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM5" s="4"/>
+      <c r="IN5" s="4">
         <v>142</v>
       </c>
-      <c r="IM5" s="4">
+      <c r="IO5" s="4">
         <v>41</v>
       </c>
-      <c r="IN5" s="4">
+      <c r="IP5" s="4">
         <v>34</v>
       </c>
-      <c r="IO5" s="4" t="s">
-[...2 lines deleted...]
-      <c r="IP5" s="4">
+      <c r="IQ5" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IR5" s="4">
         <v>16</v>
       </c>
-      <c r="IQ5" s="4">
+      <c r="IS5" s="4">
         <v>7</v>
       </c>
-      <c r="IR5" s="4">
+      <c r="IT5" s="4">
         <v>111</v>
       </c>
-      <c r="IS5" s="20">
+      <c r="IU5" s="20">
         <v>1.4930555555555556E-3</v>
       </c>
-      <c r="IT5" s="10">
+      <c r="IV5" s="10">
         <v>2.9861111111111113E-3</v>
       </c>
-      <c r="IU5" s="4">
+      <c r="IW5" s="4">
         <v>230</v>
       </c>
-      <c r="IV5" s="20">
+      <c r="IX5" s="20">
         <v>3.8194444444444446E-4</v>
       </c>
-      <c r="IW5" s="10">
+      <c r="IY5" s="10">
         <v>2.8009259259259259E-3</v>
       </c>
-      <c r="IX5" s="4">
+      <c r="IZ5" s="4">
         <v>979</v>
       </c>
-      <c r="IY5" s="12">
+      <c r="JA5" s="12">
         <v>0.19733924611973391</v>
       </c>
-      <c r="IZ5" s="16"/>
-[...9 lines deleted...]
-      <c r="JF5" s="6">
+      <c r="JB5" s="16"/>
+      <c r="JC5" s="6"/>
+      <c r="JD5" s="8"/>
+      <c r="JE5" s="12">
+        <v>0</v>
+      </c>
+      <c r="JF5" s="16"/>
+      <c r="JG5" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH5" s="6">
         <v>380</v>
       </c>
-      <c r="JG5" s="12">
+      <c r="JI5" s="12">
         <v>5.263157894736842E-3</v>
       </c>
-      <c r="JH5" s="4">
+      <c r="JJ5" s="4">
         <v>111</v>
       </c>
-      <c r="JI5" s="11">
+      <c r="JK5" s="11">
         <v>5.5497685185185181E-3</v>
       </c>
-      <c r="JJ5" s="11">
+      <c r="JL5" s="11">
         <v>5.5614583333333332E-3</v>
       </c>
-      <c r="JK5" s="11">
+      <c r="JM5" s="11">
         <v>1.0773333333333333E-2</v>
       </c>
-      <c r="JL5" s="4">
+      <c r="JN5" s="4">
         <v>681</v>
       </c>
-      <c r="JM5" s="11">
+      <c r="JO5" s="11">
         <v>5.6715277777777779E-3</v>
       </c>
-      <c r="JN5" s="11">
+      <c r="JP5" s="11">
         <v>1.2020833333333333E-2</v>
       </c>
-      <c r="JO5" s="4"/>
-[...1 lines deleted...]
-      <c r="JQ5" s="11"/>
+      <c r="JQ5" s="4"/>
       <c r="JR5" s="11"/>
-      <c r="JS5" s="4">
+      <c r="JS5" s="11"/>
+      <c r="JT5" s="11"/>
+      <c r="JU5" s="4">
         <v>1872</v>
       </c>
-      <c r="JT5" s="11">
+      <c r="JV5" s="11">
         <v>6.0810185185185182E-2</v>
       </c>
-      <c r="JU5" s="11">
+      <c r="JW5" s="11">
         <v>8.6886574074074074E-2</v>
       </c>
-      <c r="JV5" s="11">
+      <c r="JX5" s="11">
         <v>0.22577546296296297</v>
       </c>
-      <c r="JW5" s="4">
+      <c r="JY5" s="4">
         <v>93</v>
       </c>
-      <c r="JX5" s="11">
+      <c r="JZ5" s="11">
         <v>7.4768518518518512E-2</v>
       </c>
-      <c r="JY5" s="11">
+      <c r="KA5" s="11">
         <v>0.11623842592592593</v>
       </c>
-      <c r="JZ5" s="11">
+      <c r="KB5" s="11">
         <v>0.55641203703703701</v>
       </c>
-      <c r="KA5" s="6">
+      <c r="KC5" s="6">
         <v>1783</v>
       </c>
-      <c r="KB5" s="14">
+      <c r="KD5" s="14">
         <v>0.84352215367358385</v>
       </c>
-      <c r="KC5" s="14">
+      <c r="KE5" s="14">
         <v>0.13853056646102074</v>
       </c>
-      <c r="KD5" s="14">
+      <c r="KF5" s="14">
         <v>1.2899607403252944E-2</v>
       </c>
-      <c r="KE5" s="14">
+      <c r="KG5" s="14">
         <v>5.0476724621424567E-3</v>
       </c>
-      <c r="KF5" s="8">
+      <c r="KH5" s="8">
         <v>48</v>
       </c>
-      <c r="KG5" s="6" t="s">
-[...2 lines deleted...]
-      <c r="KH5" s="6">
+      <c r="KI5" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KJ5" s="6">
         <v>16</v>
       </c>
-      <c r="KI5" s="6"/>
-[...3 lines deleted...]
-      </c>
+      <c r="KK5" s="6"/>
       <c r="KL5" s="6"/>
       <c r="KM5" s="6">
+        <v>30</v>
+      </c>
+      <c r="KN5" s="6"/>
+      <c r="KO5" s="6">
         <v>41</v>
       </c>
-      <c r="KN5" s="18">
+      <c r="KP5" s="18">
         <v>0.85416666666666663</v>
       </c>
-      <c r="KO5" s="21"/>
-      <c r="KP5" s="21"/>
       <c r="KQ5" s="21"/>
       <c r="KR5" s="21"/>
       <c r="KS5" s="21"/>
       <c r="KT5" s="21"/>
       <c r="KU5" s="21"/>
       <c r="KV5" s="21"/>
       <c r="KW5" s="21"/>
       <c r="KX5" s="21"/>
       <c r="KY5" s="21"/>
       <c r="KZ5" s="21"/>
       <c r="LA5" s="21"/>
       <c r="LB5" s="21"/>
       <c r="LC5" s="21"/>
       <c r="LD5" s="21"/>
       <c r="LE5" s="21"/>
       <c r="LF5" s="21"/>
       <c r="LG5" s="21"/>
       <c r="LH5" s="21"/>
       <c r="LI5" s="21"/>
       <c r="LJ5" s="21"/>
       <c r="LK5" s="21"/>
-      <c r="LL5" s="6">
+      <c r="LL5" s="21"/>
+      <c r="LM5" s="21"/>
+      <c r="LN5" s="6">
         <v>517</v>
       </c>
-      <c r="LM5" s="6">
+      <c r="LO5" s="6">
         <v>380</v>
       </c>
-      <c r="LN5" s="6">
+      <c r="LP5" s="6">
         <v>137</v>
       </c>
-      <c r="LO5" s="16"/>
-      <c r="LP5" s="6">
+      <c r="LQ5" s="16"/>
+      <c r="LR5" s="6">
         <v>1446</v>
       </c>
-      <c r="LQ5" s="6">
+      <c r="LS5" s="6">
         <v>32</v>
       </c>
-      <c r="LR5" s="17">
+      <c r="LT5" s="17">
         <v>2.2130013831258646E-2</v>
       </c>
-      <c r="LS5" s="6">
+      <c r="LU5" s="6">
         <v>7</v>
       </c>
-      <c r="LT5" s="17">
+      <c r="LV5" s="17">
         <v>4.8409405255878286E-3</v>
       </c>
-      <c r="LU5" s="16"/>
-      <c r="LV5" s="6">
+      <c r="LW5" s="16"/>
+      <c r="LX5" s="6">
         <v>426</v>
       </c>
-      <c r="LW5" s="6">
+      <c r="LY5" s="6">
         <v>6</v>
       </c>
-      <c r="LX5" s="17">
+      <c r="LZ5" s="17">
         <v>1.4084507042253521E-2</v>
       </c>
-      <c r="LY5" s="6"/>
-[...4 lines deleted...]
-      <c r="MB5" s="6">
+      <c r="MA5" s="6"/>
+      <c r="MB5" s="17">
+        <v>0</v>
+      </c>
+      <c r="MC5" s="16"/>
+      <c r="MD5" s="6">
         <v>1872</v>
       </c>
-      <c r="MC5" s="6">
+      <c r="ME5" s="6">
         <v>38</v>
       </c>
-      <c r="MD5" s="17">
+      <c r="MF5" s="17">
         <v>2.02991452991453E-2</v>
       </c>
-      <c r="ME5" s="6">
+      <c r="MG5" s="6">
         <v>7</v>
       </c>
-      <c r="MF5" s="17">
+      <c r="MH5" s="17">
         <v>3.7393162393162395E-3</v>
       </c>
-      <c r="MG5" s="16"/>
-      <c r="MH5" s="6">
+      <c r="MI5" s="16"/>
+      <c r="MJ5" s="6">
         <v>57</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MK5" s="6"/>
       <c r="ML5" s="17">
         <v>0</v>
       </c>
-      <c r="MM5" s="16"/>
-      <c r="MN5" s="6">
+      <c r="MM5" s="6"/>
+      <c r="MN5" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO5" s="16"/>
+      <c r="MP5" s="6">
         <v>36</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MQ5" s="6"/>
       <c r="MR5" s="17">
         <v>0</v>
       </c>
-      <c r="MS5" s="16"/>
-      <c r="MT5" s="6">
+      <c r="MS5" s="6"/>
+      <c r="MT5" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU5" s="16"/>
+      <c r="MV5" s="6">
         <v>180</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MW5" s="6"/>
       <c r="MX5" s="17">
         <v>0</v>
       </c>
-      <c r="MY5" s="6">
+      <c r="MY5" s="6"/>
+      <c r="MZ5" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA5" s="6">
         <v>1643</v>
       </c>
-      <c r="MZ5" s="6">
+      <c r="NB5" s="6">
         <v>2682</v>
       </c>
-      <c r="NA5" s="18">
+      <c r="NC5" s="18">
         <v>0.61260253542132737</v>
       </c>
-      <c r="NB5" s="6">
+      <c r="ND5" s="6">
         <v>1886</v>
       </c>
-      <c r="NC5" s="6">
+      <c r="NE5" s="6">
         <v>1657</v>
       </c>
-      <c r="ND5" s="6"/>
-      <c r="NE5" s="6">
+      <c r="NF5" s="6"/>
+      <c r="NG5" s="6">
         <v>205</v>
       </c>
-      <c r="NF5" s="6">
+      <c r="NH5" s="6">
         <v>24</v>
       </c>
-      <c r="NG5" s="18">
+      <c r="NI5" s="18">
         <v>0.11925383077948035</v>
       </c>
-      <c r="NH5" s="6">
+      <c r="NJ5" s="6">
         <v>179</v>
       </c>
-      <c r="NI5" s="6">
+      <c r="NK5" s="6">
         <v>1501</v>
       </c>
-      <c r="NJ5" s="16"/>
-      <c r="NK5" s="18">
+      <c r="NL5" s="16"/>
+      <c r="NM5" s="18">
         <v>0.11925383077948035</v>
       </c>
-      <c r="NL5" s="6">
+      <c r="NN5" s="6">
         <v>179</v>
       </c>
-      <c r="NM5" s="6">
+      <c r="NO5" s="6">
         <v>1501</v>
       </c>
-      <c r="NN5" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="NP5" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ5" s="6"/>
       <c r="NR5" s="6"/>
-      <c r="NS5" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="NS5" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT5" s="6"/>
       <c r="NU5" s="6"/>
-      <c r="NV5" s="6"/>
-      <c r="NW5" s="6">
+      <c r="NV5" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW5" s="6"/>
+      <c r="NX5" s="6"/>
+      <c r="NY5" s="6">
         <v>744.28580199999999</v>
       </c>
-      <c r="NX5" s="6">
+      <c r="NZ5" s="6">
         <v>744.28580199999999</v>
       </c>
-      <c r="NY5" s="6"/>
-      <c r="NZ5" s="6"/>
       <c r="OA5" s="6"/>
-      <c r="OB5" s="18">
+      <c r="OB5" s="6"/>
+      <c r="OC5" s="6"/>
+      <c r="OD5" s="18">
         <v>0.71285809460359761</v>
       </c>
-      <c r="OC5" s="6">
+      <c r="OE5" s="6">
         <v>1070</v>
       </c>
-      <c r="OD5" s="6">
+      <c r="OF5" s="6">
         <v>1501</v>
       </c>
-      <c r="OE5" s="16"/>
-      <c r="OF5" s="18">
+      <c r="OG5" s="16"/>
+      <c r="OH5" s="18">
         <v>0.71285809460359761</v>
       </c>
-      <c r="OG5" s="6">
+      <c r="OI5" s="6">
         <v>1070</v>
       </c>
-      <c r="OH5" s="6">
+      <c r="OJ5" s="6">
         <v>1501</v>
       </c>
-      <c r="OI5" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="OK5" s="18">
+        <v>0</v>
+      </c>
+      <c r="OL5" s="6"/>
       <c r="OM5" s="6"/>
-      <c r="ON5" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="ON5" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO5" s="6"/>
       <c r="OP5" s="6"/>
-      <c r="OQ5" s="8"/>
-      <c r="OR5" s="6">
+      <c r="OQ5" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR5" s="6"/>
+      <c r="OS5" s="8"/>
+      <c r="OT5" s="6">
         <v>88</v>
       </c>
-      <c r="OS5" s="6">
+      <c r="OU5" s="6">
         <v>1886</v>
       </c>
-      <c r="OT5" s="12">
+      <c r="OV5" s="12">
         <v>4.6659597030752918E-2</v>
       </c>
-      <c r="OU5" s="6">
+      <c r="OW5" s="6">
         <v>59.373584999999999</v>
       </c>
-      <c r="OV5" s="6">
+      <c r="OX5" s="6">
         <v>59.373584999999999</v>
       </c>
-      <c r="OW5" s="6"/>
-      <c r="OX5" s="6"/>
       <c r="OY5" s="6"/>
+      <c r="OZ5" s="6"/>
+      <c r="PA5" s="6"/>
     </row>
-    <row r="6" spans="1:415" ht="14">
+    <row r="6" spans="1:417" ht="14">
       <c r="A6" s="3">
         <v>45839</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>1074</v>
       </c>
       <c r="C6" s="19"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="4"/>
       <c r="L6" s="4"/>
       <c r="M6" s="4"/>
       <c r="N6" s="4"/>
       <c r="O6" s="4"/>
       <c r="P6" s="4"/>
       <c r="Q6" s="4"/>
       <c r="R6" s="4"/>
       <c r="S6" s="4"/>
       <c r="T6" s="4"/>
       <c r="U6" s="4"/>
@@ -10861,567 +11831,569 @@
         <v>175</v>
       </c>
       <c r="FZ6" s="4">
         <v>50</v>
       </c>
       <c r="GA6" s="4">
         <v>108</v>
       </c>
       <c r="GB6" s="4">
         <v>207</v>
       </c>
       <c r="GC6" s="4">
         <v>59</v>
       </c>
       <c r="GD6" s="4">
         <v>103</v>
       </c>
       <c r="GE6" s="4"/>
       <c r="GF6" s="4">
         <v>167</v>
       </c>
       <c r="GG6" s="4">
         <v>52</v>
       </c>
       <c r="GH6" s="4"/>
-      <c r="GI6" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="GI6" s="4"/>
       <c r="GJ6" s="4" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="GK6" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="GL6" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="GM6" s="4" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="GN6" s="4"/>
+        <v>1076</v>
+      </c>
+      <c r="GN6" s="4" t="s">
+        <v>1081</v>
+      </c>
       <c r="GO6" s="4"/>
-      <c r="GP6" s="4" t="s">
+      <c r="GP6" s="4"/>
+      <c r="GQ6" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GQ6" s="4"/>
-      <c r="GR6" s="4" t="s">
+      <c r="GR6" s="4"/>
+      <c r="GS6" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GS6" s="4" t="s">
-[...2 lines deleted...]
-      <c r="GT6" s="4"/>
+      <c r="GT6" s="4" t="s">
+        <v>1081</v>
+      </c>
       <c r="GU6" s="4"/>
-      <c r="GV6" s="4" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="GV6" s="4"/>
+      <c r="GW6" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GX6" s="4"/>
       <c r="GY6" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GZ6" s="4"/>
-      <c r="HA6" s="4" t="s">
+      <c r="GZ6" s="4" t="s">
         <v>1076</v>
       </c>
+      <c r="HA6" s="4"/>
       <c r="HB6" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HC6" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HD6" s="4"/>
-      <c r="HE6" s="4" t="s">
+      <c r="HD6" s="4" t="s">
         <v>1076</v>
       </c>
+      <c r="HE6" s="4"/>
       <c r="HF6" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HG6" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HH6" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HI6" s="4"/>
+      <c r="HI6" s="4" t="s">
+        <v>1076</v>
+      </c>
       <c r="HJ6" s="4"/>
       <c r="HK6" s="4"/>
-      <c r="HL6" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="HL6" s="4"/>
       <c r="HM6" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HN6" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HO6" s="4" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
       <c r="HP6" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="HQ6" s="4"/>
-      <c r="HR6" s="4">
+      <c r="HQ6" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HR6" s="4"/>
+      <c r="HS6" s="4">
         <v>6</v>
       </c>
-      <c r="HS6" s="4">
+      <c r="HT6" s="4">
         <v>7</v>
       </c>
-      <c r="HT6" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HU6" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="HV6" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HW6" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HW6" s="4">
+      <c r="HX6" s="4">
         <v>118</v>
       </c>
-      <c r="HX6" s="4">
+      <c r="HY6" s="4">
         <v>14</v>
       </c>
-      <c r="HY6" s="4" t="s">
-[...3 lines deleted...]
-      <c r="IA6" s="4" t="s">
+      <c r="HZ6" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IA6" s="4"/>
+      <c r="IB6" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="IB6" s="4">
+      <c r="IC6" s="4">
         <v>14</v>
       </c>
-      <c r="IC6" s="4" t="s">
+      <c r="ID6" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="ID6" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="IE6" s="4"/>
       <c r="IF6" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IG6" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IH6" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="II6" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IJ6" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="IK6" s="4"/>
-      <c r="IL6" s="4">
+      <c r="IK6" s="4" t="s">
+        <v>1076</v>
+      </c>
+      <c r="IL6" s="4"/>
+      <c r="IM6" s="4"/>
+      <c r="IN6" s="4">
         <v>130</v>
       </c>
-      <c r="IM6" s="4">
+      <c r="IO6" s="4">
         <v>42</v>
       </c>
-      <c r="IN6" s="4">
+      <c r="IP6" s="4">
         <v>21</v>
       </c>
-      <c r="IO6" s="4" t="s">
-[...2 lines deleted...]
-      <c r="IP6" s="4">
+      <c r="IQ6" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IR6" s="4">
         <v>7</v>
       </c>
-      <c r="IQ6" s="4">
+      <c r="IS6" s="4">
         <v>21</v>
       </c>
-      <c r="IR6" s="4">
+      <c r="IT6" s="4">
         <v>99</v>
       </c>
-      <c r="IS6" s="20">
+      <c r="IU6" s="20">
         <v>2.1122685185185185E-3</v>
       </c>
-      <c r="IT6" s="10">
+      <c r="IV6" s="10">
         <v>2.3611111111111111E-3</v>
       </c>
-      <c r="IU6" s="4">
+      <c r="IW6" s="4">
         <v>184</v>
       </c>
-      <c r="IV6" s="20">
+      <c r="IX6" s="20">
         <v>3.4722222222222224E-4</v>
       </c>
-      <c r="IW6" s="10">
+      <c r="IY6" s="10">
         <v>2.7719907407407407E-3</v>
       </c>
-      <c r="IX6" s="4">
+      <c r="IZ6" s="4">
         <v>872</v>
       </c>
-      <c r="IY6" s="12">
+      <c r="JA6" s="12">
         <v>0.19160624038672819</v>
       </c>
-      <c r="IZ6" s="16"/>
-[...9 lines deleted...]
-      <c r="JF6" s="6">
+      <c r="JB6" s="16"/>
+      <c r="JC6" s="6"/>
+      <c r="JD6" s="8"/>
+      <c r="JE6" s="12">
+        <v>0</v>
+      </c>
+      <c r="JF6" s="16"/>
+      <c r="JG6" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH6" s="6">
         <v>231</v>
       </c>
-      <c r="JG6" s="12">
+      <c r="JI6" s="12">
         <v>4.329004329004329E-3</v>
       </c>
-      <c r="JH6" s="4">
+      <c r="JJ6" s="4">
         <v>99</v>
       </c>
-      <c r="JI6" s="11">
+      <c r="JK6" s="11">
         <v>3.7152777777777778E-3</v>
       </c>
-      <c r="JJ6" s="11">
+      <c r="JL6" s="11">
         <v>5.0579861111111112E-3</v>
       </c>
-      <c r="JK6" s="11">
+      <c r="JM6" s="11">
         <v>9.7881944444444448E-3</v>
       </c>
-      <c r="JL6" s="4">
+      <c r="JN6" s="4">
         <v>617</v>
       </c>
-      <c r="JM6" s="11">
+      <c r="JO6" s="11">
         <v>6.8631944444444435E-3</v>
       </c>
-      <c r="JN6" s="11">
+      <c r="JP6" s="11">
         <v>1.4722083333333334E-2</v>
       </c>
-      <c r="JO6" s="4"/>
-[...1 lines deleted...]
-      <c r="JQ6" s="11"/>
+      <c r="JQ6" s="4"/>
       <c r="JR6" s="11"/>
-      <c r="JS6" s="4">
+      <c r="JS6" s="11"/>
+      <c r="JT6" s="11"/>
+      <c r="JU6" s="4">
         <v>1946</v>
       </c>
-      <c r="JT6" s="11">
+      <c r="JV6" s="11">
         <v>6.1064814814814815E-2</v>
       </c>
-      <c r="JU6" s="11">
+      <c r="JW6" s="11">
         <v>9.133101851851852E-2</v>
       </c>
-      <c r="JV6" s="11">
+      <c r="JX6" s="11">
         <v>0.26609953703703704</v>
       </c>
-      <c r="JW6" s="4">
+      <c r="JY6" s="4">
         <v>97</v>
       </c>
-      <c r="JX6" s="11">
+      <c r="JZ6" s="11">
         <v>5.9120370370370372E-2</v>
       </c>
-      <c r="JY6" s="11">
+      <c r="KA6" s="11">
         <v>0.10862268518518518</v>
       </c>
-      <c r="JZ6" s="11">
+      <c r="KB6" s="11">
         <v>0.42092592592592593</v>
       </c>
-      <c r="KA6" s="6">
+      <c r="KC6" s="6">
         <v>1749</v>
       </c>
-      <c r="KB6" s="14">
+      <c r="KD6" s="14">
         <v>0.87764436821040592</v>
       </c>
-      <c r="KC6" s="14">
+      <c r="KE6" s="14">
         <v>0.10863350485991996</v>
       </c>
-      <c r="KD6" s="14">
+      <c r="KF6" s="14">
         <v>8.5763293310463125E-3</v>
       </c>
-      <c r="KE6" s="14">
+      <c r="KG6" s="14">
         <v>5.1457975986277877E-3</v>
       </c>
-      <c r="KF6" s="8">
+      <c r="KH6" s="8">
         <v>74</v>
       </c>
-      <c r="KG6" s="6">
+      <c r="KI6" s="6">
         <v>6</v>
       </c>
-      <c r="KH6" s="6">
+      <c r="KJ6" s="6">
         <v>18</v>
       </c>
-      <c r="KI6" s="6"/>
-[...1 lines deleted...]
-      <c r="KK6" s="6">
+      <c r="KK6" s="6"/>
+      <c r="KL6" s="6"/>
+      <c r="KM6" s="6">
         <v>48</v>
       </c>
-      <c r="KL6" s="6" t="s">
-[...2 lines deleted...]
-      <c r="KM6" s="6">
+      <c r="KN6" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KO6" s="6">
         <v>65</v>
       </c>
-      <c r="KN6" s="18">
+      <c r="KP6" s="18">
         <v>0.8783783783783784</v>
       </c>
-      <c r="KO6" s="21"/>
-      <c r="KP6" s="21"/>
       <c r="KQ6" s="21"/>
       <c r="KR6" s="21"/>
       <c r="KS6" s="21"/>
       <c r="KT6" s="21"/>
       <c r="KU6" s="21"/>
       <c r="KV6" s="21"/>
       <c r="KW6" s="21"/>
       <c r="KX6" s="21"/>
       <c r="KY6" s="21"/>
       <c r="KZ6" s="21"/>
       <c r="LA6" s="21"/>
       <c r="LB6" s="21"/>
       <c r="LC6" s="21"/>
       <c r="LD6" s="21"/>
       <c r="LE6" s="21"/>
       <c r="LF6" s="21"/>
       <c r="LG6" s="21"/>
       <c r="LH6" s="21"/>
       <c r="LI6" s="21"/>
       <c r="LJ6" s="21"/>
       <c r="LK6" s="21"/>
-      <c r="LL6" s="6">
+      <c r="LL6" s="21"/>
+      <c r="LM6" s="21"/>
+      <c r="LN6" s="6">
         <v>334</v>
       </c>
-      <c r="LM6" s="6">
+      <c r="LO6" s="6">
         <v>231</v>
       </c>
-      <c r="LN6" s="6">
+      <c r="LP6" s="6">
         <v>103</v>
       </c>
-      <c r="LO6" s="16"/>
-      <c r="LP6" s="6">
+      <c r="LQ6" s="16"/>
+      <c r="LR6" s="6">
         <v>1505</v>
       </c>
-      <c r="LQ6" s="6">
+      <c r="LS6" s="6">
         <v>39</v>
       </c>
-      <c r="LR6" s="17">
+      <c r="LT6" s="17">
         <v>2.5913621262458473E-2</v>
       </c>
-      <c r="LS6" s="6" t="s">
-[...2 lines deleted...]
-      <c r="LT6" s="17">
+      <c r="LU6" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="LV6" s="17">
         <v>3.3222591362126247E-3</v>
       </c>
-      <c r="LU6" s="16"/>
-      <c r="LV6" s="6">
+      <c r="LW6" s="16"/>
+      <c r="LX6" s="6">
         <v>442</v>
       </c>
-      <c r="LW6" s="6">
+      <c r="LY6" s="6">
         <v>14</v>
       </c>
-      <c r="LX6" s="17">
+      <c r="LZ6" s="17">
         <v>3.1674208144796379E-2</v>
       </c>
-      <c r="LY6" s="6" t="s">
-[...2 lines deleted...]
-      <c r="LZ6" s="17">
+      <c r="MA6" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB6" s="17">
         <v>2.2624434389140274E-3</v>
       </c>
-      <c r="MA6" s="16"/>
-      <c r="MB6" s="6">
+      <c r="MC6" s="16"/>
+      <c r="MD6" s="6">
         <v>1947</v>
       </c>
-      <c r="MC6" s="6">
+      <c r="ME6" s="6">
         <v>53</v>
       </c>
-      <c r="MD6" s="17">
+      <c r="MF6" s="17">
         <v>2.7221366204417053E-2</v>
       </c>
-      <c r="ME6" s="6">
+      <c r="MG6" s="6">
         <v>6</v>
       </c>
-      <c r="MF6" s="17">
+      <c r="MH6" s="17">
         <v>3.0816640986132513E-3</v>
       </c>
-      <c r="MG6" s="16"/>
-      <c r="MH6" s="6">
+      <c r="MI6" s="16"/>
+      <c r="MJ6" s="6">
         <v>65</v>
       </c>
-      <c r="MI6" s="6" t="s">
-[...2 lines deleted...]
-      <c r="MJ6" s="17">
+      <c r="MK6" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ML6" s="17">
         <v>1.5384615384615385E-2</v>
       </c>
-      <c r="MK6" s="6"/>
-[...4 lines deleted...]
-      <c r="MN6" s="6">
+      <c r="MM6" s="6"/>
+      <c r="MN6" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO6" s="16"/>
+      <c r="MP6" s="6">
         <v>33</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MQ6" s="6"/>
       <c r="MR6" s="17">
         <v>0</v>
       </c>
-      <c r="MS6" s="16"/>
-      <c r="MT6" s="6">
+      <c r="MS6" s="6"/>
+      <c r="MT6" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU6" s="16"/>
+      <c r="MV6" s="6">
         <v>121</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MW6" s="6"/>
       <c r="MX6" s="17">
         <v>0</v>
       </c>
-      <c r="MY6" s="6">
+      <c r="MY6" s="6"/>
+      <c r="MZ6" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA6" s="6">
         <v>1782</v>
       </c>
-      <c r="MZ6" s="6">
+      <c r="NB6" s="6">
         <v>2560</v>
       </c>
-      <c r="NA6" s="18">
+      <c r="NC6" s="18">
         <v>0.69609374999999996</v>
       </c>
-      <c r="NB6" s="6">
+      <c r="ND6" s="6">
         <v>2084</v>
       </c>
-      <c r="NC6" s="6">
+      <c r="NE6" s="6">
         <v>2065</v>
       </c>
-      <c r="ND6" s="6">
+      <c r="NF6" s="6">
         <v>9</v>
       </c>
-      <c r="NE6" s="6"/>
-      <c r="NF6" s="6">
+      <c r="NG6" s="6"/>
+      <c r="NH6" s="6">
         <v>10</v>
       </c>
-      <c r="NG6" s="18">
+      <c r="NI6" s="18">
         <v>0.56354786371011356</v>
       </c>
-      <c r="NH6" s="6">
+      <c r="NJ6" s="6">
         <v>1042</v>
       </c>
-      <c r="NI6" s="6">
+      <c r="NK6" s="6">
         <v>1849</v>
       </c>
-      <c r="NJ6" s="16"/>
-      <c r="NK6" s="18">
+      <c r="NL6" s="16"/>
+      <c r="NM6" s="18">
         <v>0.56354786371011356</v>
       </c>
-      <c r="NL6" s="6">
+      <c r="NN6" s="6">
         <v>1042</v>
       </c>
-      <c r="NM6" s="6">
+      <c r="NO6" s="6">
         <v>1849</v>
       </c>
-      <c r="NN6" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="NP6" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ6" s="6"/>
       <c r="NR6" s="6"/>
-      <c r="NS6" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="NS6" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT6" s="6"/>
       <c r="NU6" s="6"/>
-      <c r="NV6" s="6"/>
-      <c r="NW6" s="6">
+      <c r="NV6" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW6" s="6"/>
+      <c r="NX6" s="6"/>
+      <c r="NY6" s="6">
         <v>480.06078100000013</v>
       </c>
-      <c r="NX6" s="6">
+      <c r="NZ6" s="6">
         <v>480.06078100000013</v>
       </c>
-      <c r="NY6" s="6"/>
-      <c r="NZ6" s="6"/>
       <c r="OA6" s="6"/>
-      <c r="OB6" s="18">
+      <c r="OB6" s="6"/>
+      <c r="OC6" s="6"/>
+      <c r="OD6" s="18">
         <v>0.73661438615467822</v>
       </c>
-      <c r="OC6" s="6">
+      <c r="OE6" s="6">
         <v>1362</v>
       </c>
-      <c r="OD6" s="6">
+      <c r="OF6" s="6">
         <v>1849</v>
       </c>
-      <c r="OE6" s="16"/>
-      <c r="OF6" s="18">
+      <c r="OG6" s="16"/>
+      <c r="OH6" s="18">
         <v>0.73661438615467822</v>
       </c>
-      <c r="OG6" s="6">
+      <c r="OI6" s="6">
         <v>1362</v>
       </c>
-      <c r="OH6" s="6">
+      <c r="OJ6" s="6">
         <v>1849</v>
       </c>
-      <c r="OI6" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="OK6" s="18">
+        <v>0</v>
+      </c>
+      <c r="OL6" s="6"/>
       <c r="OM6" s="6"/>
-      <c r="ON6" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="ON6" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO6" s="6"/>
       <c r="OP6" s="6"/>
-      <c r="OQ6" s="8"/>
-      <c r="OR6" s="6">
+      <c r="OQ6" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR6" s="6"/>
+      <c r="OS6" s="8"/>
+      <c r="OT6" s="6">
         <v>144</v>
       </c>
-      <c r="OS6" s="6">
+      <c r="OU6" s="6">
         <v>2084</v>
       </c>
-      <c r="OT6" s="12">
+      <c r="OV6" s="12">
         <v>6.9097888675623803E-2</v>
       </c>
-      <c r="OU6" s="6">
+      <c r="OW6" s="6">
         <v>58.018563</v>
       </c>
-      <c r="OV6" s="6">
+      <c r="OX6" s="6">
         <v>58.018563</v>
       </c>
-      <c r="OW6" s="6"/>
-      <c r="OX6" s="6"/>
       <c r="OY6" s="6"/>
+      <c r="OZ6" s="6"/>
+      <c r="PA6" s="6"/>
     </row>
-    <row r="7" spans="1:415" ht="14">
+    <row r="7" spans="1:417" ht="14">
       <c r="A7" s="3">
         <v>45839</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>6</v>
       </c>
       <c r="C7" s="19"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
       <c r="K7" s="4"/>
       <c r="L7" s="4"/>
       <c r="M7" s="4"/>
       <c r="N7" s="4"/>
       <c r="O7" s="4"/>
       <c r="P7" s="4"/>
       <c r="Q7" s="4"/>
       <c r="R7" s="4"/>
       <c r="S7" s="4"/>
       <c r="T7" s="4"/>
       <c r="U7" s="4"/>
@@ -11668,595 +12640,597 @@
       <c r="FZ7" s="4">
         <v>59</v>
       </c>
       <c r="GA7" s="4">
         <v>119</v>
       </c>
       <c r="GB7" s="4">
         <v>207</v>
       </c>
       <c r="GC7" s="4">
         <v>75</v>
       </c>
       <c r="GD7" s="4">
         <v>104</v>
       </c>
       <c r="GE7" s="4"/>
       <c r="GF7" s="4">
         <v>199</v>
       </c>
       <c r="GG7" s="4">
         <v>47</v>
       </c>
       <c r="GH7" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="GI7" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="GI7" s="4"/>
       <c r="GJ7" s="4" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="GK7" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="GL7" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GM7" s="4"/>
+      <c r="GM7" s="4" t="s">
+        <v>1076</v>
+      </c>
       <c r="GN7" s="4"/>
-      <c r="GO7" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="GO7" s="4"/>
       <c r="GP7" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GQ7" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GQ7" s="4"/>
-      <c r="GR7" s="4" t="s">
+      <c r="GR7" s="4"/>
+      <c r="GS7" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GS7" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GT7" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="GU7" s="4"/>
-[...6 lines deleted...]
-      </c>
+      <c r="GU7" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GV7" s="4"/>
+      <c r="GW7" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GX7" s="4"/>
       <c r="GY7" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="GZ7" s="4" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
       <c r="HA7" s="4" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="HB7" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HC7" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HD7" s="4"/>
-      <c r="HE7" s="4" t="s">
+      <c r="HD7" s="4" t="s">
         <v>1076</v>
       </c>
+      <c r="HE7" s="4"/>
       <c r="HF7" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HG7" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HH7" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HI7" s="4"/>
-[...4 lines deleted...]
-      <c r="HL7" s="4" t="s">
+      <c r="HI7" s="4" t="s">
         <v>1076</v>
       </c>
+      <c r="HJ7" s="4"/>
+      <c r="HK7" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HL7" s="4"/>
       <c r="HM7" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HN7" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HO7" s="4"/>
-[...7 lines deleted...]
-      <c r="HS7" s="4">
+      <c r="HO7" s="4" t="s">
+        <v>1076</v>
+      </c>
+      <c r="HP7" s="4"/>
+      <c r="HQ7" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HR7" s="4"/>
+      <c r="HS7" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HT7" s="4">
         <v>6</v>
       </c>
-      <c r="HT7" s="4" t="s">
-[...3 lines deleted...]
-      <c r="HV7" s="4" t="s">
+      <c r="HU7" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HV7" s="4"/>
+      <c r="HW7" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HW7" s="4">
+      <c r="HX7" s="4">
         <v>127</v>
       </c>
-      <c r="HX7" s="4">
+      <c r="HY7" s="4">
         <v>20</v>
       </c>
-      <c r="HY7" s="4"/>
       <c r="HZ7" s="4"/>
-      <c r="IA7" s="4" t="s">
+      <c r="IA7" s="4"/>
+      <c r="IB7" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="IB7" s="4">
+      <c r="IC7" s="4">
         <v>8</v>
       </c>
-      <c r="IC7" s="4" t="s">
+      <c r="ID7" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="ID7" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="IE7" s="4"/>
       <c r="IF7" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IG7" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IH7" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="II7" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IJ7" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IK7" s="4" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="IL7" s="4">
+        <v>1076</v>
+      </c>
+      <c r="IL7" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM7" s="4"/>
+      <c r="IN7" s="4">
         <v>167</v>
       </c>
-      <c r="IM7" s="4">
+      <c r="IO7" s="4">
         <v>38</v>
       </c>
-      <c r="IN7" s="4">
+      <c r="IP7" s="4">
         <v>23</v>
       </c>
-      <c r="IO7" s="4" t="s">
-[...2 lines deleted...]
-      <c r="IP7" s="4">
+      <c r="IQ7" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IR7" s="4">
         <v>12</v>
       </c>
-      <c r="IQ7" s="4" t="s">
-[...2 lines deleted...]
-      <c r="IR7" s="4">
+      <c r="IS7" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IT7" s="4">
         <v>121</v>
       </c>
-      <c r="IS7" s="20">
+      <c r="IU7" s="20">
         <v>2.2395833333333334E-3</v>
       </c>
-      <c r="IT7" s="10">
+      <c r="IV7" s="10">
         <v>2.5810185185185185E-3</v>
       </c>
-      <c r="IU7" s="4">
+      <c r="IW7" s="4">
         <v>186</v>
       </c>
-      <c r="IV7" s="20">
+      <c r="IX7" s="20">
         <v>3.2407407407407406E-4</v>
       </c>
-      <c r="IW7" s="10">
+      <c r="IY7" s="10">
         <v>2.9282407407407408E-3</v>
       </c>
-      <c r="IX7" s="4">
+      <c r="IZ7" s="4">
         <v>788</v>
       </c>
-      <c r="IY7" s="12">
+      <c r="JA7" s="12">
         <v>0.1784824462061155</v>
       </c>
-      <c r="IZ7" s="16"/>
-[...9 lines deleted...]
-      <c r="JF7" s="6">
+      <c r="JB7" s="16"/>
+      <c r="JC7" s="6"/>
+      <c r="JD7" s="8"/>
+      <c r="JE7" s="12">
+        <v>0</v>
+      </c>
+      <c r="JF7" s="16"/>
+      <c r="JG7" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH7" s="6">
         <v>302</v>
       </c>
-      <c r="JG7" s="12">
+      <c r="JI7" s="12">
         <v>9.9337748344370865E-3</v>
       </c>
-      <c r="JH7" s="4">
+      <c r="JJ7" s="4">
         <v>121</v>
       </c>
-      <c r="JI7" s="11">
+      <c r="JK7" s="11">
         <v>9.5833333333333326E-3</v>
       </c>
-      <c r="JJ7" s="11">
+      <c r="JL7" s="11">
         <v>6.609027777777777E-3</v>
       </c>
-      <c r="JK7" s="11">
+      <c r="JM7" s="11">
         <v>1.7546527777777779E-2</v>
       </c>
-      <c r="JL7" s="4">
+      <c r="JN7" s="4">
         <v>540</v>
       </c>
-      <c r="JM7" s="11">
+      <c r="JO7" s="11">
         <v>6.371527777777778E-3</v>
       </c>
-      <c r="JN7" s="11">
+      <c r="JP7" s="11">
         <v>1.7592361111111111E-2</v>
       </c>
-      <c r="JO7" s="4"/>
-[...1 lines deleted...]
-      <c r="JQ7" s="11"/>
+      <c r="JQ7" s="4"/>
       <c r="JR7" s="11"/>
-      <c r="JS7" s="4">
+      <c r="JS7" s="11"/>
+      <c r="JT7" s="11"/>
+      <c r="JU7" s="4">
         <v>1993</v>
       </c>
-      <c r="JT7" s="11">
+      <c r="JV7" s="11">
         <v>5.9097222222222225E-2</v>
       </c>
-      <c r="JU7" s="11">
+      <c r="JW7" s="11">
         <v>8.5694444444444448E-2</v>
       </c>
-      <c r="JV7" s="11">
+      <c r="JX7" s="11">
         <v>0.2349074074074074</v>
       </c>
-      <c r="JW7" s="4">
+      <c r="JY7" s="4">
         <v>134</v>
       </c>
-      <c r="JX7" s="11">
+      <c r="JZ7" s="11">
         <v>5.2800925925925925E-2</v>
       </c>
-      <c r="JY7" s="11">
+      <c r="KA7" s="11">
         <v>7.4340277777777783E-2</v>
       </c>
-      <c r="JZ7" s="11">
+      <c r="KB7" s="11">
         <v>0.48223379629629631</v>
       </c>
-      <c r="KA7" s="6">
+      <c r="KC7" s="6">
         <v>1732</v>
       </c>
-      <c r="KB7" s="14">
+      <c r="KD7" s="14">
         <v>0.83602771362586603</v>
       </c>
-      <c r="KC7" s="14">
+      <c r="KE7" s="14">
         <v>0.13106235565819863</v>
       </c>
-      <c r="KD7" s="14">
+      <c r="KF7" s="14">
         <v>2.7136258660508082E-2</v>
       </c>
-      <c r="KE7" s="14">
+      <c r="KG7" s="14">
         <v>5.7736720554272519E-3</v>
       </c>
-      <c r="KF7" s="8">
+      <c r="KH7" s="8">
         <v>156</v>
       </c>
-      <c r="KG7" s="6">
+      <c r="KI7" s="6">
         <v>34</v>
       </c>
-      <c r="KH7" s="6">
+      <c r="KJ7" s="6">
         <v>38</v>
       </c>
-      <c r="KI7" s="6"/>
-[...3 lines deleted...]
-      <c r="KK7" s="6">
+      <c r="KK7" s="6"/>
+      <c r="KL7" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KM7" s="6">
         <v>77</v>
       </c>
-      <c r="KL7" s="6" t="s">
-[...2 lines deleted...]
-      <c r="KM7" s="6">
+      <c r="KN7" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KO7" s="6">
         <v>123</v>
       </c>
-      <c r="KN7" s="18">
+      <c r="KP7" s="18">
         <v>0.78846153846153844</v>
       </c>
-      <c r="KO7" s="21"/>
-      <c r="KP7" s="21"/>
       <c r="KQ7" s="21"/>
       <c r="KR7" s="21"/>
       <c r="KS7" s="21"/>
       <c r="KT7" s="21"/>
       <c r="KU7" s="21"/>
       <c r="KV7" s="21"/>
       <c r="KW7" s="21"/>
       <c r="KX7" s="21"/>
       <c r="KY7" s="21"/>
       <c r="KZ7" s="21"/>
       <c r="LA7" s="21"/>
       <c r="LB7" s="21"/>
       <c r="LC7" s="21"/>
       <c r="LD7" s="21"/>
       <c r="LE7" s="21"/>
       <c r="LF7" s="21"/>
       <c r="LG7" s="21"/>
       <c r="LH7" s="21"/>
       <c r="LI7" s="21"/>
       <c r="LJ7" s="21"/>
       <c r="LK7" s="21"/>
-      <c r="LL7" s="6">
+      <c r="LL7" s="21"/>
+      <c r="LM7" s="21"/>
+      <c r="LN7" s="6">
         <v>464</v>
       </c>
-      <c r="LM7" s="6">
+      <c r="LO7" s="6">
         <v>303</v>
       </c>
-      <c r="LN7" s="6">
+      <c r="LP7" s="6">
         <v>161</v>
       </c>
-      <c r="LO7" s="16"/>
-      <c r="LP7" s="6">
+      <c r="LQ7" s="16"/>
+      <c r="LR7" s="6">
         <v>1514</v>
       </c>
-      <c r="LQ7" s="6">
+      <c r="LS7" s="6">
         <v>57</v>
       </c>
-      <c r="LR7" s="17">
+      <c r="LT7" s="17">
         <v>3.7648612945838836E-2</v>
       </c>
-      <c r="LS7" s="6">
+      <c r="LU7" s="6">
         <v>6</v>
       </c>
-      <c r="LT7" s="17">
+      <c r="LV7" s="17">
         <v>3.9630118890356669E-3</v>
       </c>
-      <c r="LU7" s="16"/>
-      <c r="LV7" s="6">
+      <c r="LW7" s="16"/>
+      <c r="LX7" s="6">
         <v>479</v>
       </c>
-      <c r="LW7" s="6">
+      <c r="LY7" s="6">
         <v>22</v>
       </c>
-      <c r="LX7" s="17">
+      <c r="LZ7" s="17">
         <v>4.5929018789144051E-2</v>
       </c>
-      <c r="LY7" s="6" t="s">
-[...2 lines deleted...]
-      <c r="LZ7" s="17">
+      <c r="MA7" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB7" s="17">
         <v>2.0876826722338203E-3</v>
       </c>
-      <c r="MA7" s="16"/>
-      <c r="MB7" s="6">
+      <c r="MC7" s="16"/>
+      <c r="MD7" s="6">
         <v>1993</v>
       </c>
-      <c r="MC7" s="6">
+      <c r="ME7" s="6">
         <v>79</v>
       </c>
-      <c r="MD7" s="17">
+      <c r="MF7" s="17">
         <v>3.9638735574510787E-2</v>
       </c>
-      <c r="ME7" s="6">
+      <c r="MG7" s="6">
         <v>7</v>
       </c>
-      <c r="MF7" s="17">
+      <c r="MH7" s="17">
         <v>3.5122930255895636E-3</v>
       </c>
-      <c r="MG7" s="16"/>
-      <c r="MH7" s="6">
+      <c r="MI7" s="16"/>
+      <c r="MJ7" s="6">
         <v>79</v>
       </c>
-      <c r="MI7" s="6" t="s">
-[...2 lines deleted...]
-      <c r="MJ7" s="17">
+      <c r="MK7" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ML7" s="17">
         <v>1.2658227848101266E-2</v>
       </c>
-      <c r="MK7" s="6"/>
-[...4 lines deleted...]
-      <c r="MN7" s="6">
+      <c r="MM7" s="6"/>
+      <c r="MN7" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO7" s="16"/>
+      <c r="MP7" s="6">
         <v>55</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MQ7" s="6"/>
       <c r="MR7" s="17">
         <v>0</v>
       </c>
-      <c r="MS7" s="16"/>
-      <c r="MT7" s="6">
+      <c r="MS7" s="6"/>
+      <c r="MT7" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU7" s="16"/>
+      <c r="MV7" s="6">
         <v>115</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MW7" s="6"/>
       <c r="MX7" s="17">
         <v>0</v>
       </c>
-      <c r="MY7" s="6">
+      <c r="MY7" s="6"/>
+      <c r="MZ7" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA7" s="6">
         <v>1662</v>
       </c>
-      <c r="MZ7" s="6">
+      <c r="NB7" s="6">
         <v>2567</v>
       </c>
-      <c r="NA7" s="18">
+      <c r="NC7" s="18">
         <v>0.64744838332684063</v>
       </c>
-      <c r="NB7" s="6">
+      <c r="ND7" s="6">
         <v>1976</v>
       </c>
-      <c r="NC7" s="6">
+      <c r="NE7" s="6">
         <v>1737</v>
       </c>
-      <c r="ND7" s="6">
+      <c r="NF7" s="6">
         <v>8</v>
       </c>
-      <c r="NE7" s="6">
+      <c r="NG7" s="6">
         <v>224</v>
       </c>
-      <c r="NF7" s="6">
+      <c r="NH7" s="6">
         <v>7</v>
       </c>
-      <c r="NG7" s="18">
+      <c r="NI7" s="18">
         <v>0.24616122840690979</v>
       </c>
-      <c r="NH7" s="6">
+      <c r="NJ7" s="6">
         <v>513</v>
       </c>
-      <c r="NI7" s="6">
+      <c r="NK7" s="6">
         <v>2084</v>
       </c>
-      <c r="NJ7" s="16"/>
-      <c r="NK7" s="18">
+      <c r="NL7" s="16"/>
+      <c r="NM7" s="18">
         <v>0.24365207995678012</v>
       </c>
-      <c r="NL7" s="6">
+      <c r="NN7" s="6">
         <v>451</v>
       </c>
-      <c r="NM7" s="6">
+      <c r="NO7" s="6">
         <v>1851</v>
       </c>
-      <c r="NN7" s="18">
+      <c r="NP7" s="18">
         <v>0.33333333333333331</v>
       </c>
-      <c r="NO7" s="6" t="s">
-[...5 lines deleted...]
-      <c r="NQ7" s="18">
+      <c r="NQ7" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NR7" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NS7" s="18">
         <v>0.26521739130434785</v>
       </c>
-      <c r="NR7" s="6">
+      <c r="NT7" s="6">
         <v>61</v>
       </c>
-      <c r="NS7" s="6">
+      <c r="NU7" s="6">
         <v>230</v>
       </c>
-      <c r="NT7" s="18">
-[...4 lines deleted...]
-      <c r="NW7" s="6">
+      <c r="NV7" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW7" s="6"/>
+      <c r="NX7" s="6"/>
+      <c r="NY7" s="6">
         <v>2986.9802209999989</v>
       </c>
-      <c r="NX7" s="6">
+      <c r="NZ7" s="6">
         <v>2779.3446769999987</v>
       </c>
-      <c r="NY7" s="6" t="s">
-[...2 lines deleted...]
-      <c r="NZ7" s="6">
+      <c r="OA7" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OB7" s="6">
         <v>206.40193400000001</v>
       </c>
-      <c r="OA7" s="6"/>
-      <c r="OB7" s="18">
+      <c r="OC7" s="6"/>
+      <c r="OD7" s="18">
         <v>0.79558541266794625</v>
       </c>
-      <c r="OC7" s="6">
+      <c r="OE7" s="6">
         <v>1658</v>
       </c>
-      <c r="OD7" s="6">
+      <c r="OF7" s="6">
         <v>2084</v>
       </c>
-      <c r="OE7" s="16"/>
-      <c r="OF7" s="18">
+      <c r="OG7" s="16"/>
+      <c r="OH7" s="18">
         <v>0.79632631010264721</v>
       </c>
-      <c r="OG7" s="6">
+      <c r="OI7" s="6">
         <v>1474</v>
       </c>
-      <c r="OH7" s="6">
+      <c r="OJ7" s="6">
         <v>1851</v>
       </c>
-      <c r="OI7" s="18">
+      <c r="OK7" s="18">
         <v>1</v>
       </c>
-      <c r="OJ7" s="6" t="s">
-[...5 lines deleted...]
-      <c r="OL7" s="18">
+      <c r="OL7" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OM7" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ON7" s="18">
         <v>0.78695652173913044</v>
       </c>
-      <c r="OM7" s="6">
+      <c r="OO7" s="6">
         <v>181</v>
       </c>
-      <c r="ON7" s="6">
+      <c r="OP7" s="6">
         <v>230</v>
       </c>
-      <c r="OO7" s="18">
-[...4 lines deleted...]
-      <c r="OR7" s="6">
+      <c r="OQ7" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR7" s="6"/>
+      <c r="OS7" s="8"/>
+      <c r="OT7" s="6">
         <v>147</v>
       </c>
-      <c r="OS7" s="6">
+      <c r="OU7" s="6">
         <v>1976</v>
       </c>
-      <c r="OT7" s="12">
+      <c r="OV7" s="12">
         <v>7.4392712550607282E-2</v>
       </c>
-      <c r="OU7" s="6">
+      <c r="OW7" s="6">
         <v>92.482446999999979</v>
       </c>
-      <c r="OV7" s="6">
+      <c r="OX7" s="6">
         <v>87.087180999999987</v>
       </c>
-      <c r="OW7" s="6"/>
-[...2 lines deleted...]
-      </c>
       <c r="OY7" s="6"/>
+      <c r="OZ7" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="PA7" s="6"/>
     </row>
-    <row r="8" spans="1:415" ht="14">
+    <row r="8" spans="1:417" ht="14">
       <c r="A8" s="3">
         <v>45839</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C8" s="19"/>
       <c r="D8" s="4"/>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
       <c r="I8" s="4"/>
       <c r="J8" s="4"/>
       <c r="K8" s="4"/>
       <c r="L8" s="4"/>
       <c r="M8" s="4"/>
       <c r="N8" s="4"/>
       <c r="O8" s="4"/>
       <c r="P8" s="4"/>
       <c r="Q8" s="4"/>
       <c r="R8" s="4"/>
       <c r="S8" s="4"/>
       <c r="T8" s="4"/>
       <c r="U8" s="4"/>
@@ -12495,549 +13469,551 @@
         <v>51</v>
       </c>
       <c r="FZ8" s="4">
         <v>29</v>
       </c>
       <c r="GA8" s="4">
         <v>69</v>
       </c>
       <c r="GB8" s="4">
         <v>60</v>
       </c>
       <c r="GC8" s="4">
         <v>30</v>
       </c>
       <c r="GD8" s="4">
         <v>51</v>
       </c>
       <c r="GE8" s="4"/>
       <c r="GF8" s="4">
         <v>35</v>
       </c>
       <c r="GG8" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="GH8" s="4"/>
-      <c r="GI8" s="4">
+      <c r="GI8" s="4"/>
+      <c r="GJ8" s="4">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>1076</v>
       </c>
       <c r="GK8" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="GL8" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GM8" s="4"/>
+      <c r="GM8" s="4" t="s">
+        <v>1076</v>
+      </c>
       <c r="GN8" s="4"/>
       <c r="GO8" s="4"/>
-      <c r="GP8" s="4" t="s">
+      <c r="GP8" s="4"/>
+      <c r="GQ8" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GQ8" s="4"/>
-      <c r="GR8" s="4" t="s">
+      <c r="GR8" s="4"/>
+      <c r="GS8" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GS8" s="4"/>
-[...4 lines deleted...]
-      <c r="GV8" s="4">
+      <c r="GT8" s="4"/>
+      <c r="GU8" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GV8" s="4"/>
+      <c r="GW8" s="4">
         <v>7</v>
       </c>
-      <c r="GW8" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="GX8" s="4"/>
       <c r="GY8" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GZ8" s="4"/>
-      <c r="HA8" s="4" t="s">
+      <c r="GZ8" s="4" t="s">
         <v>1076</v>
       </c>
+      <c r="HA8" s="4"/>
       <c r="HB8" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HC8" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HD8" s="4"/>
-      <c r="HE8" s="4" t="s">
+      <c r="HD8" s="4" t="s">
         <v>1076</v>
       </c>
+      <c r="HE8" s="4"/>
       <c r="HF8" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HG8" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HH8" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HI8" s="4"/>
+      <c r="HI8" s="4" t="s">
+        <v>1076</v>
+      </c>
       <c r="HJ8" s="4"/>
       <c r="HK8" s="4"/>
-      <c r="HL8" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="HL8" s="4"/>
       <c r="HM8" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HN8" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HO8" s="4" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
       <c r="HP8" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="HQ8" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="HR8" s="4"/>
+      <c r="HR8" s="4" t="s">
+        <v>1081</v>
+      </c>
       <c r="HS8" s="4"/>
       <c r="HT8" s="4"/>
       <c r="HU8" s="4"/>
-      <c r="HV8" s="4" t="s">
+      <c r="HV8" s="4"/>
+      <c r="HW8" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HW8" s="4">
+      <c r="HX8" s="4">
         <v>32</v>
       </c>
-      <c r="HX8" s="4">
+      <c r="HY8" s="4">
         <v>30</v>
       </c>
-      <c r="HY8" s="4" t="s">
-[...3 lines deleted...]
-      <c r="IA8" s="4" t="s">
+      <c r="HZ8" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IA8" s="4"/>
+      <c r="IB8" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="IB8" s="4">
+      <c r="IC8" s="4">
         <v>7</v>
       </c>
-      <c r="IC8" s="4" t="s">
+      <c r="ID8" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="ID8" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="IE8" s="4"/>
       <c r="IF8" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IG8" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IH8" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="II8" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IJ8" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="IK8" s="4"/>
-      <c r="IL8" s="4">
+      <c r="IK8" s="4" t="s">
+        <v>1076</v>
+      </c>
+      <c r="IL8" s="4"/>
+      <c r="IM8" s="4"/>
+      <c r="IN8" s="4">
         <v>90</v>
       </c>
-      <c r="IM8" s="4">
+      <c r="IO8" s="4">
         <v>14</v>
       </c>
-      <c r="IN8" s="4">
+      <c r="IP8" s="4">
         <v>7</v>
       </c>
-      <c r="IO8" s="4" t="s">
-[...2 lines deleted...]
-      <c r="IP8" s="4">
+      <c r="IQ8" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IR8" s="4">
         <v>8</v>
       </c>
-      <c r="IQ8" s="4"/>
-      <c r="IR8" s="4">
+      <c r="IS8" s="4"/>
+      <c r="IT8" s="4">
         <v>30</v>
       </c>
-      <c r="IS8" s="20">
+      <c r="IU8" s="20">
         <v>2.1990740740740742E-3</v>
       </c>
-      <c r="IT8" s="10">
+      <c r="IV8" s="10">
         <v>3.0671296296296297E-3</v>
       </c>
-      <c r="IU8" s="4">
+      <c r="IW8" s="4">
         <v>71</v>
       </c>
-      <c r="IV8" s="20">
+      <c r="IX8" s="20">
         <v>4.3981481481481481E-4</v>
       </c>
-      <c r="IW8" s="10">
+      <c r="IY8" s="10">
         <v>2.7777777777777779E-3</v>
       </c>
-      <c r="IX8" s="4">
+      <c r="IZ8" s="4">
         <v>257</v>
       </c>
-      <c r="IY8" s="12">
+      <c r="JA8" s="12">
         <v>0.15883807169344871</v>
       </c>
-      <c r="IZ8" s="16"/>
-[...7 lines deleted...]
-      <c r="JF8" s="6">
+      <c r="JB8" s="16"/>
+      <c r="JC8" s="6"/>
+      <c r="JD8" s="8"/>
+      <c r="JE8" s="12">
+        <v>0</v>
+      </c>
+      <c r="JF8" s="16"/>
+      <c r="JG8" s="6"/>
+      <c r="JH8" s="6">
         <v>107</v>
       </c>
-      <c r="JG8" s="12">
-[...2 lines deleted...]
-      <c r="JH8" s="4">
+      <c r="JI8" s="12">
+        <v>0</v>
+      </c>
+      <c r="JJ8" s="4">
         <v>30</v>
       </c>
-      <c r="JI8" s="11">
+      <c r="JK8" s="11">
         <v>2.2743055555555555E-3</v>
       </c>
-      <c r="JJ8" s="11">
+      <c r="JL8" s="11">
         <v>5.1100694444444449E-3</v>
       </c>
-      <c r="JK8" s="11">
+      <c r="JM8" s="11">
         <v>1.8292847222222221E-2</v>
       </c>
-      <c r="JL8" s="4">
+      <c r="JN8" s="4">
         <v>161</v>
       </c>
-      <c r="JM8" s="11">
+      <c r="JO8" s="11">
         <v>7.9395833333333332E-3</v>
       </c>
-      <c r="JN8" s="11">
+      <c r="JP8" s="11">
         <v>2.2983611111111114E-2</v>
       </c>
-      <c r="JO8" s="4"/>
-[...1 lines deleted...]
-      <c r="JQ8" s="11"/>
+      <c r="JQ8" s="4"/>
       <c r="JR8" s="11"/>
-      <c r="JS8" s="4">
+      <c r="JS8" s="11"/>
+      <c r="JT8" s="11"/>
+      <c r="JU8" s="4">
         <v>783</v>
       </c>
-      <c r="JT8" s="11">
+      <c r="JV8" s="11">
         <v>4.0312500000000001E-2</v>
       </c>
-      <c r="JU8" s="11">
+      <c r="JW8" s="11">
         <v>6.7407407407407402E-2</v>
       </c>
-      <c r="JV8" s="11">
+      <c r="JX8" s="11">
         <v>0.21958333333333332</v>
       </c>
-      <c r="JW8" s="4">
+      <c r="JY8" s="4">
         <v>55</v>
       </c>
-      <c r="JX8" s="11">
+      <c r="JZ8" s="11">
         <v>3.681712962962963E-2</v>
       </c>
-      <c r="JY8" s="11">
+      <c r="KA8" s="11">
         <v>5.8657407407407408E-2</v>
       </c>
-      <c r="JZ8" s="11">
+      <c r="KB8" s="11">
         <v>0.1799074074074074</v>
       </c>
-      <c r="KA8" s="6">
+      <c r="KC8" s="6">
         <v>725</v>
       </c>
-      <c r="KB8" s="14">
+      <c r="KD8" s="14">
         <v>0.87448275862068969</v>
       </c>
-      <c r="KC8" s="14">
+      <c r="KE8" s="14">
         <v>0.10896551724137932</v>
       </c>
-      <c r="KD8" s="14">
+      <c r="KF8" s="14">
         <v>1.1034482758620689E-2</v>
       </c>
-      <c r="KE8" s="14">
+      <c r="KG8" s="14">
         <v>5.5172413793103444E-3</v>
       </c>
-      <c r="KF8" s="8">
+      <c r="KH8" s="8">
         <v>25</v>
       </c>
-      <c r="KG8" s="6">
+      <c r="KI8" s="6">
         <v>9</v>
       </c>
-      <c r="KH8" s="6">
+      <c r="KJ8" s="6">
         <v>7</v>
       </c>
-      <c r="KI8" s="6"/>
-[...3 lines deleted...]
-      </c>
+      <c r="KK8" s="6"/>
       <c r="KL8" s="6"/>
       <c r="KM8" s="6">
+        <v>9</v>
+      </c>
+      <c r="KN8" s="6"/>
+      <c r="KO8" s="6">
         <v>22</v>
       </c>
-      <c r="KN8" s="18">
+      <c r="KP8" s="18">
         <v>0.88</v>
       </c>
-      <c r="KO8" s="21"/>
-      <c r="KP8" s="21"/>
       <c r="KQ8" s="21"/>
       <c r="KR8" s="21"/>
       <c r="KS8" s="21"/>
       <c r="KT8" s="21"/>
       <c r="KU8" s="21"/>
       <c r="KV8" s="21"/>
       <c r="KW8" s="21"/>
       <c r="KX8" s="21"/>
       <c r="KY8" s="21"/>
       <c r="KZ8" s="21"/>
       <c r="LA8" s="21"/>
       <c r="LB8" s="21"/>
       <c r="LC8" s="21"/>
       <c r="LD8" s="21"/>
       <c r="LE8" s="21"/>
       <c r="LF8" s="21"/>
       <c r="LG8" s="21"/>
       <c r="LH8" s="21"/>
       <c r="LI8" s="21"/>
       <c r="LJ8" s="21"/>
       <c r="LK8" s="21"/>
-      <c r="LL8" s="6">
+      <c r="LL8" s="21"/>
+      <c r="LM8" s="21"/>
+      <c r="LN8" s="6">
         <v>178</v>
       </c>
-      <c r="LM8" s="6">
+      <c r="LO8" s="6">
         <v>107</v>
       </c>
-      <c r="LN8" s="6">
+      <c r="LP8" s="6">
         <v>71</v>
       </c>
-      <c r="LO8" s="16"/>
-      <c r="LP8" s="6">
+      <c r="LQ8" s="16"/>
+      <c r="LR8" s="6">
         <v>598</v>
       </c>
-      <c r="LQ8" s="6" t="s">
-[...2 lines deleted...]
-      <c r="LR8" s="17">
+      <c r="LS8" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="LT8" s="17">
         <v>6.688963210702341E-3</v>
       </c>
-      <c r="LS8" s="6" t="s">
-[...2 lines deleted...]
-      <c r="LT8" s="17">
+      <c r="LU8" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="LV8" s="17">
         <v>8.3612040133779261E-3</v>
       </c>
-      <c r="LU8" s="16"/>
-      <c r="LV8" s="6">
+      <c r="LW8" s="16"/>
+      <c r="LX8" s="6">
         <v>185</v>
       </c>
-      <c r="LW8" s="6" t="s">
-[...2 lines deleted...]
-      <c r="LX8" s="17">
+      <c r="LY8" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="LZ8" s="17">
         <v>5.4054054054054057E-3</v>
       </c>
-      <c r="LY8" s="6"/>
-[...4 lines deleted...]
-      <c r="MB8" s="6">
+      <c r="MA8" s="6"/>
+      <c r="MB8" s="17">
+        <v>0</v>
+      </c>
+      <c r="MC8" s="16"/>
+      <c r="MD8" s="6">
         <v>783</v>
-      </c>
-[...4 lines deleted...]
-        <v>6.3856960408684551E-3</v>
       </c>
       <c r="ME8" s="6" t="s">
         <v>1081</v>
       </c>
       <c r="MF8" s="17">
         <v>6.3856960408684551E-3</v>
       </c>
-      <c r="MG8" s="16"/>
-      <c r="MH8" s="6">
+      <c r="MG8" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MH8" s="17">
+        <v>6.3856960408684551E-3</v>
+      </c>
+      <c r="MI8" s="16"/>
+      <c r="MJ8" s="6">
         <v>34</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MK8" s="6"/>
       <c r="ML8" s="17">
         <v>0</v>
       </c>
-      <c r="MM8" s="16"/>
-      <c r="MN8" s="6">
+      <c r="MM8" s="6"/>
+      <c r="MN8" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO8" s="16"/>
+      <c r="MP8" s="6">
         <v>23</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MQ8" s="6"/>
       <c r="MR8" s="17">
         <v>0</v>
       </c>
-      <c r="MS8" s="16"/>
-      <c r="MT8" s="6">
+      <c r="MS8" s="6"/>
+      <c r="MT8" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU8" s="16"/>
+      <c r="MV8" s="6">
         <v>37</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MW8" s="6"/>
       <c r="MX8" s="17">
         <v>0</v>
       </c>
-      <c r="MY8" s="6">
+      <c r="MY8" s="6"/>
+      <c r="MZ8" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA8" s="6">
         <v>661</v>
       </c>
-      <c r="MZ8" s="6">
+      <c r="NB8" s="6">
         <v>991</v>
       </c>
-      <c r="NA8" s="18">
+      <c r="NC8" s="18">
         <v>0.66700302724520688</v>
       </c>
-      <c r="NB8" s="6">
+      <c r="ND8" s="6">
         <v>742</v>
       </c>
-      <c r="NC8" s="6">
+      <c r="NE8" s="6">
         <v>680</v>
       </c>
-      <c r="ND8" s="6">
+      <c r="NF8" s="6">
         <v>14</v>
       </c>
-      <c r="NE8" s="6"/>
-      <c r="NF8" s="6">
+      <c r="NG8" s="6"/>
+      <c r="NH8" s="6">
         <v>48</v>
       </c>
-      <c r="NG8" s="18">
+      <c r="NI8" s="18">
         <v>0.22238586156111928</v>
       </c>
-      <c r="NH8" s="6">
+      <c r="NJ8" s="6">
         <v>151</v>
       </c>
-      <c r="NI8" s="6">
+      <c r="NK8" s="6">
         <v>679</v>
       </c>
-      <c r="NJ8" s="16"/>
-      <c r="NK8" s="18">
+      <c r="NL8" s="16"/>
+      <c r="NM8" s="18">
         <v>0.22238586156111928</v>
       </c>
-      <c r="NL8" s="6">
+      <c r="NN8" s="6">
         <v>151</v>
       </c>
-      <c r="NM8" s="6">
+      <c r="NO8" s="6">
         <v>679</v>
       </c>
-      <c r="NN8" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="NP8" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ8" s="6"/>
       <c r="NR8" s="6"/>
-      <c r="NS8" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="NS8" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT8" s="6"/>
       <c r="NU8" s="6"/>
-      <c r="NV8" s="6"/>
-      <c r="NW8" s="6">
+      <c r="NV8" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW8" s="6"/>
+      <c r="NX8" s="6"/>
+      <c r="NY8" s="6">
         <v>393.19132599999978</v>
       </c>
-      <c r="NX8" s="6">
+      <c r="NZ8" s="6">
         <v>393.19132599999978</v>
       </c>
-      <c r="NY8" s="6"/>
-      <c r="NZ8" s="6"/>
       <c r="OA8" s="6"/>
-      <c r="OB8" s="18">
+      <c r="OB8" s="6"/>
+      <c r="OC8" s="6"/>
+      <c r="OD8" s="18">
         <v>0.80412371134020622</v>
       </c>
-      <c r="OC8" s="6">
+      <c r="OE8" s="6">
         <v>546</v>
       </c>
-      <c r="OD8" s="6">
+      <c r="OF8" s="6">
         <v>679</v>
       </c>
-      <c r="OE8" s="16"/>
-      <c r="OF8" s="18">
+      <c r="OG8" s="16"/>
+      <c r="OH8" s="18">
         <v>0.80412371134020622</v>
       </c>
-      <c r="OG8" s="6">
+      <c r="OI8" s="6">
         <v>546</v>
       </c>
-      <c r="OH8" s="6">
+      <c r="OJ8" s="6">
         <v>679</v>
       </c>
-      <c r="OI8" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="OK8" s="18">
+        <v>0</v>
+      </c>
+      <c r="OL8" s="6"/>
       <c r="OM8" s="6"/>
-      <c r="ON8" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="ON8" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO8" s="6"/>
       <c r="OP8" s="6"/>
-      <c r="OQ8" s="8"/>
-      <c r="OR8" s="6">
+      <c r="OQ8" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR8" s="6"/>
+      <c r="OS8" s="8"/>
+      <c r="OT8" s="6">
         <v>335</v>
       </c>
-      <c r="OS8" s="6">
+      <c r="OU8" s="6">
         <v>742</v>
       </c>
-      <c r="OT8" s="12">
+      <c r="OV8" s="12">
         <v>0.45148247978436656</v>
       </c>
-      <c r="OU8" s="6">
+      <c r="OW8" s="6">
         <v>16.547187000000001</v>
       </c>
-      <c r="OV8" s="6">
+      <c r="OX8" s="6">
         <v>16.547187000000001</v>
       </c>
-      <c r="OW8" s="6"/>
-      <c r="OX8" s="6"/>
       <c r="OY8" s="6"/>
+      <c r="OZ8" s="6"/>
+      <c r="PA8" s="6"/>
     </row>
-    <row r="9" spans="1:415" ht="14">
+    <row r="9" spans="1:417" ht="14">
       <c r="A9" s="3">
         <v>45839</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>1075</v>
       </c>
       <c r="C9" s="22"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="P9" s="4"/>
       <c r="Q9" s="4"/>
       <c r="R9" s="4"/>
       <c r="S9" s="4"/>
       <c r="T9" s="4"/>
       <c r="U9" s="4"/>
@@ -13287,586 +14263,588 @@
         <v>36</v>
       </c>
       <c r="GA9" s="4">
         <v>127</v>
       </c>
       <c r="GB9" s="4">
         <v>202</v>
       </c>
       <c r="GC9" s="4">
         <v>94</v>
       </c>
       <c r="GD9" s="4">
         <v>43</v>
       </c>
       <c r="GE9" s="4"/>
       <c r="GF9" s="4">
         <v>99</v>
       </c>
       <c r="GG9" s="4">
         <v>16</v>
       </c>
       <c r="GH9" s="4">
         <v>9</v>
       </c>
       <c r="GI9" s="4"/>
-      <c r="GJ9" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="GJ9" s="4"/>
       <c r="GK9" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="GL9" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GM9" s="4"/>
+      <c r="GM9" s="4" t="s">
+        <v>1076</v>
+      </c>
       <c r="GN9" s="4"/>
       <c r="GO9" s="4"/>
-      <c r="GP9" s="4" t="s">
+      <c r="GP9" s="4"/>
+      <c r="GQ9" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GQ9" s="4"/>
-      <c r="GR9" s="4" t="s">
+      <c r="GR9" s="4"/>
+      <c r="GS9" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GS9" s="4" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="GT9" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GU9" s="4"/>
       <c r="GV9" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="GW9" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="GW9" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GX9" s="4"/>
       <c r="GY9" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GZ9" s="4"/>
-      <c r="HA9" s="4" t="s">
+      <c r="GZ9" s="4" t="s">
         <v>1076</v>
       </c>
+      <c r="HA9" s="4"/>
       <c r="HB9" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HC9" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HD9" s="4"/>
-      <c r="HE9" s="4" t="s">
+      <c r="HD9" s="4" t="s">
         <v>1076</v>
       </c>
+      <c r="HE9" s="4"/>
       <c r="HF9" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HG9" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HH9" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HI9" s="4"/>
+      <c r="HI9" s="4" t="s">
+        <v>1076</v>
+      </c>
       <c r="HJ9" s="4"/>
       <c r="HK9" s="4"/>
-      <c r="HL9" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="HL9" s="4"/>
       <c r="HM9" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HN9" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HO9" s="4" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
       <c r="HP9" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="HQ9" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="HR9" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="HR9" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HS9" s="4"/>
       <c r="HT9" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="HU9" s="4"/>
-      <c r="HV9" s="4" t="s">
+      <c r="HU9" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HV9" s="4"/>
+      <c r="HW9" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HW9" s="4">
+      <c r="HX9" s="4">
         <v>98</v>
       </c>
-      <c r="HX9" s="4">
+      <c r="HY9" s="4">
         <v>15</v>
       </c>
-      <c r="HY9" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HZ9" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="IA9" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IB9" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="IB9" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="IC9" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ID9" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="ID9" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="IE9" s="4"/>
       <c r="IF9" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IG9" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IH9" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="II9" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IJ9" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IK9" s="4" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="IL9" s="4">
+        <v>1076</v>
+      </c>
+      <c r="IL9" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM9" s="4"/>
+      <c r="IN9" s="4">
         <v>171</v>
       </c>
-      <c r="IM9" s="4">
+      <c r="IO9" s="4">
         <v>31</v>
       </c>
-      <c r="IN9" s="4">
+      <c r="IP9" s="4">
         <v>23</v>
       </c>
-      <c r="IO9" s="4" t="s">
-[...2 lines deleted...]
-      <c r="IP9" s="4">
+      <c r="IQ9" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IR9" s="4">
         <v>12</v>
       </c>
-      <c r="IQ9" s="4">
+      <c r="IS9" s="4">
         <v>19</v>
       </c>
-      <c r="IR9" s="4">
+      <c r="IT9" s="4">
         <v>130</v>
       </c>
-      <c r="IS9" s="20">
+      <c r="IU9" s="20">
         <v>1.2268518518518518E-3</v>
       </c>
-      <c r="IT9" s="10">
+      <c r="IV9" s="10">
         <v>2.685185185185185E-3</v>
       </c>
-      <c r="IU9" s="4">
+      <c r="IW9" s="4">
         <v>211</v>
       </c>
-      <c r="IV9" s="20">
+      <c r="IX9" s="20">
         <v>4.5138888888888887E-4</v>
       </c>
-      <c r="IW9" s="10">
+      <c r="IY9" s="10">
         <v>2.7488425925925927E-3</v>
       </c>
-      <c r="IX9" s="4">
+      <c r="IZ9" s="4">
         <v>871</v>
       </c>
-      <c r="IY9" s="12">
+      <c r="JA9" s="12">
         <v>0.21064087061668682</v>
       </c>
-      <c r="IZ9" s="16"/>
-[...9 lines deleted...]
-      <c r="JF9" s="6">
+      <c r="JB9" s="16"/>
+      <c r="JC9" s="6"/>
+      <c r="JD9" s="8"/>
+      <c r="JE9" s="12">
+        <v>0</v>
+      </c>
+      <c r="JF9" s="16"/>
+      <c r="JG9" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH9" s="6">
         <v>260</v>
       </c>
-      <c r="JG9" s="12">
+      <c r="JI9" s="12">
         <v>7.6923076923076927E-3</v>
       </c>
-      <c r="JH9" s="4">
+      <c r="JJ9" s="4">
         <v>130</v>
       </c>
-      <c r="JI9" s="11">
+      <c r="JK9" s="11">
         <v>3.449074074074074E-3</v>
       </c>
-      <c r="JJ9" s="11">
+      <c r="JL9" s="11">
         <v>4.8840277777777779E-3</v>
       </c>
-      <c r="JK9" s="11">
+      <c r="JM9" s="11">
         <v>1.137013888888889E-2</v>
       </c>
-      <c r="JL9" s="4">
+      <c r="JN9" s="4">
         <v>581</v>
       </c>
-      <c r="JM9" s="11">
+      <c r="JO9" s="11">
         <v>6.1517361111111104E-3</v>
       </c>
-      <c r="JN9" s="11">
+      <c r="JP9" s="11">
         <v>1.2642361111111109E-2</v>
       </c>
-      <c r="JO9" s="4"/>
-[...1 lines deleted...]
-      <c r="JQ9" s="11"/>
+      <c r="JQ9" s="4"/>
       <c r="JR9" s="11"/>
-      <c r="JS9" s="4">
+      <c r="JS9" s="11"/>
+      <c r="JT9" s="11"/>
+      <c r="JU9" s="4">
         <v>1731</v>
       </c>
-      <c r="JT9" s="11">
+      <c r="JV9" s="11">
         <v>5.7881944444444444E-2</v>
       </c>
-      <c r="JU9" s="11">
+      <c r="JW9" s="11">
         <v>8.4432870370370366E-2</v>
       </c>
-      <c r="JV9" s="11">
+      <c r="JX9" s="11">
         <v>0.22480324074074073</v>
       </c>
-      <c r="JW9" s="4">
+      <c r="JY9" s="4">
         <v>113</v>
       </c>
-      <c r="JX9" s="11">
+      <c r="JZ9" s="11">
         <v>6.9953703703703699E-2</v>
       </c>
-      <c r="JY9" s="11">
+      <c r="KA9" s="11">
         <v>0.10284722222222223</v>
       </c>
-      <c r="JZ9" s="11">
+      <c r="KB9" s="11">
         <v>0.26666666666666666</v>
       </c>
-      <c r="KA9" s="6">
+      <c r="KC9" s="6">
         <v>1530</v>
       </c>
-      <c r="KB9" s="14">
+      <c r="KD9" s="14">
         <v>0.857516339869281</v>
       </c>
-      <c r="KC9" s="14">
+      <c r="KE9" s="14">
         <v>0.13006535947712419</v>
       </c>
-      <c r="KD9" s="14">
+      <c r="KF9" s="14">
         <v>9.8039215686274508E-3</v>
       </c>
-      <c r="KE9" s="14">
+      <c r="KG9" s="14">
         <v>2.6143790849673201E-3</v>
       </c>
-      <c r="KF9" s="8">
+      <c r="KH9" s="8">
         <v>77</v>
       </c>
-      <c r="KG9" s="6">
+      <c r="KI9" s="6">
         <v>10</v>
       </c>
-      <c r="KH9" s="6">
+      <c r="KJ9" s="6">
         <v>34</v>
       </c>
-      <c r="KI9" s="6"/>
-[...3 lines deleted...]
-      </c>
+      <c r="KK9" s="6"/>
       <c r="KL9" s="6"/>
       <c r="KM9" s="6">
+        <v>33</v>
+      </c>
+      <c r="KN9" s="6"/>
+      <c r="KO9" s="6">
         <v>58</v>
       </c>
-      <c r="KN9" s="14">
+      <c r="KP9" s="14">
         <v>0.75324675324675328</v>
       </c>
-      <c r="KO9" s="21"/>
-      <c r="KP9" s="21"/>
       <c r="KQ9" s="21"/>
       <c r="KR9" s="21"/>
       <c r="KS9" s="21"/>
       <c r="KT9" s="21"/>
       <c r="KU9" s="21"/>
       <c r="KV9" s="21"/>
       <c r="KW9" s="21"/>
       <c r="KX9" s="21"/>
       <c r="KY9" s="21"/>
       <c r="KZ9" s="21"/>
       <c r="LA9" s="21"/>
       <c r="LB9" s="21"/>
       <c r="LC9" s="21"/>
       <c r="LD9" s="21"/>
       <c r="LE9" s="21"/>
       <c r="LF9" s="21"/>
       <c r="LG9" s="21"/>
       <c r="LH9" s="21"/>
       <c r="LI9" s="21"/>
       <c r="LJ9" s="21"/>
       <c r="LK9" s="21"/>
-      <c r="LL9" s="6">
+      <c r="LL9" s="21"/>
+      <c r="LM9" s="21"/>
+      <c r="LN9" s="6">
         <v>404</v>
       </c>
-      <c r="LM9" s="6">
+      <c r="LO9" s="6">
         <v>263</v>
       </c>
-      <c r="LN9" s="6">
+      <c r="LP9" s="6">
         <v>141</v>
       </c>
-      <c r="LO9" s="16"/>
-      <c r="LP9" s="6">
+      <c r="LQ9" s="16"/>
+      <c r="LR9" s="6">
         <v>1367</v>
       </c>
-      <c r="LQ9" s="6">
+      <c r="LS9" s="6">
         <v>25</v>
       </c>
-      <c r="LR9" s="17">
+      <c r="LT9" s="17">
         <v>1.8288222384784197E-2</v>
       </c>
-      <c r="LS9" s="6" t="s">
-[...2 lines deleted...]
-      <c r="LT9" s="17">
+      <c r="LU9" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="LV9" s="17">
         <v>2.1945866861741038E-3</v>
       </c>
-      <c r="LU9" s="16"/>
-      <c r="LV9" s="6">
+      <c r="LW9" s="16"/>
+      <c r="LX9" s="6">
         <v>365</v>
       </c>
-      <c r="LW9" s="6">
+      <c r="LY9" s="6">
         <v>9</v>
       </c>
-      <c r="LX9" s="17">
+      <c r="LZ9" s="17">
         <v>2.4657534246575342E-2</v>
       </c>
-      <c r="LY9" s="6" t="s">
-[...2 lines deleted...]
-      <c r="LZ9" s="17">
+      <c r="MA9" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB9" s="17">
         <v>2.7397260273972603E-3</v>
       </c>
-      <c r="MA9" s="16"/>
-      <c r="MB9" s="6">
+      <c r="MC9" s="16"/>
+      <c r="MD9" s="6">
         <v>1732</v>
       </c>
-      <c r="MC9" s="6">
+      <c r="ME9" s="6">
         <v>34</v>
       </c>
-      <c r="MD9" s="17">
+      <c r="MF9" s="17">
         <v>1.9630484988452657E-2</v>
       </c>
-      <c r="ME9" s="6" t="s">
-[...2 lines deleted...]
-      <c r="MF9" s="17">
+      <c r="MG9" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MH9" s="17">
         <v>2.3094688221709007E-3</v>
       </c>
-      <c r="MG9" s="16"/>
-      <c r="MH9" s="6">
+      <c r="MI9" s="16"/>
+      <c r="MJ9" s="6">
         <v>64</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MK9" s="6"/>
       <c r="ML9" s="17">
         <v>0</v>
       </c>
-      <c r="MM9" s="16"/>
-      <c r="MN9" s="6">
+      <c r="MM9" s="6"/>
+      <c r="MN9" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO9" s="16"/>
+      <c r="MP9" s="6">
         <v>49</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MQ9" s="6"/>
       <c r="MR9" s="17">
         <v>0</v>
       </c>
-      <c r="MS9" s="16"/>
-      <c r="MT9" s="6">
+      <c r="MS9" s="6"/>
+      <c r="MT9" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU9" s="16"/>
+      <c r="MV9" s="6">
         <v>53</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MW9" s="6"/>
       <c r="MX9" s="17">
         <v>0</v>
       </c>
-      <c r="MY9" s="6">
+      <c r="MY9" s="6"/>
+      <c r="MZ9" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA9" s="6">
         <v>1537</v>
       </c>
-      <c r="MZ9" s="6">
+      <c r="NB9" s="6">
         <v>2447</v>
       </c>
-      <c r="NA9" s="18">
+      <c r="NC9" s="18">
         <v>0.62811606048222313</v>
       </c>
-      <c r="NB9" s="6">
+      <c r="ND9" s="6">
         <v>1682</v>
       </c>
-      <c r="NC9" s="6">
+      <c r="NE9" s="6">
         <v>1620</v>
       </c>
-      <c r="ND9" s="6">
+      <c r="NF9" s="6">
         <v>46</v>
       </c>
-      <c r="NE9" s="6" t="s">
-[...2 lines deleted...]
-      <c r="NF9" s="6">
+      <c r="NG9" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NH9" s="6">
         <v>12</v>
       </c>
-      <c r="NG9" s="18">
+      <c r="NI9" s="18">
         <v>0.44736842105263158</v>
       </c>
-      <c r="NH9" s="6">
+      <c r="NJ9" s="6">
         <v>561</v>
       </c>
-      <c r="NI9" s="6">
+      <c r="NK9" s="6">
         <v>1254</v>
       </c>
-      <c r="NJ9" s="16"/>
-      <c r="NK9" s="18">
+      <c r="NL9" s="16"/>
+      <c r="NM9" s="18">
         <v>0.44891391794046659</v>
       </c>
-      <c r="NL9" s="6">
+      <c r="NN9" s="6">
         <v>558</v>
       </c>
-      <c r="NM9" s="6">
+      <c r="NO9" s="6">
         <v>1243</v>
       </c>
-      <c r="NN9" s="18">
+      <c r="NP9" s="18">
         <v>0.125</v>
       </c>
-      <c r="NO9" s="6" t="s">
-[...2 lines deleted...]
-      <c r="NP9" s="6">
+      <c r="NQ9" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NR9" s="6">
         <v>8</v>
       </c>
-      <c r="NQ9" s="18">
+      <c r="NS9" s="18">
         <v>0.66666666666666663</v>
       </c>
-      <c r="NR9" s="6" t="s">
-[...10 lines deleted...]
-      <c r="NW9" s="6">
+      <c r="NT9" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NU9" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NV9" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW9" s="6"/>
+      <c r="NX9" s="6"/>
+      <c r="NY9" s="6">
         <v>497.67191000000014</v>
       </c>
-      <c r="NX9" s="6">
+      <c r="NZ9" s="6">
         <v>495.34163400000011</v>
       </c>
-      <c r="NY9" s="6" t="s">
-[...4 lines deleted...]
-      <c r="OB9" s="18">
+      <c r="OA9" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OB9" s="6"/>
+      <c r="OC9" s="6"/>
+      <c r="OD9" s="18">
         <v>0.71132376395534291</v>
       </c>
-      <c r="OC9" s="6">
+      <c r="OE9" s="6">
         <v>892</v>
       </c>
-      <c r="OD9" s="6">
+      <c r="OF9" s="6">
         <v>1254</v>
       </c>
-      <c r="OE9" s="16"/>
-      <c r="OF9" s="18">
+      <c r="OG9" s="16"/>
+      <c r="OH9" s="18">
         <v>0.71037811745776347</v>
       </c>
-      <c r="OG9" s="6">
+      <c r="OI9" s="6">
         <v>883</v>
       </c>
-      <c r="OH9" s="6">
+      <c r="OJ9" s="6">
         <v>1243</v>
       </c>
-      <c r="OI9" s="18">
+      <c r="OK9" s="18">
         <v>1</v>
       </c>
-      <c r="OJ9" s="6">
+      <c r="OL9" s="6">
         <v>8</v>
       </c>
-      <c r="OK9" s="6">
+      <c r="OM9" s="6">
         <v>8</v>
       </c>
-      <c r="OL9" s="18">
+      <c r="ON9" s="18">
         <v>0.33333333333333331</v>
       </c>
-      <c r="OM9" s="6" t="s">
-[...10 lines deleted...]
-      <c r="OR9" s="6">
+      <c r="OO9" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OP9" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OQ9" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR9" s="6"/>
+      <c r="OS9" s="8"/>
+      <c r="OT9" s="6">
         <v>78</v>
       </c>
-      <c r="OS9" s="6">
+      <c r="OU9" s="6">
         <v>1682</v>
       </c>
-      <c r="OT9" s="12">
+      <c r="OV9" s="12">
         <v>4.6373365041617119E-2</v>
       </c>
-      <c r="OU9" s="6">
+      <c r="OW9" s="6">
         <v>41.973867999999996</v>
       </c>
-      <c r="OV9" s="6">
+      <c r="OX9" s="6">
         <v>41.949424999999998</v>
       </c>
-      <c r="OW9" s="6"/>
-      <c r="OX9" s="6"/>
       <c r="OY9" s="6"/>
+      <c r="OZ9" s="6"/>
+      <c r="PA9" s="6"/>
     </row>
-    <row r="10" spans="1:415" ht="14">
-      <c r="A10" s="61">
+    <row r="10" spans="1:417" ht="14">
+      <c r="A10" s="47">
         <v>45870</v>
       </c>
-      <c r="B10" s="62" t="s">
+      <c r="B10" s="48" t="s">
         <v>1077</v>
       </c>
       <c r="C10" s="4">
         <v>400084</v>
       </c>
       <c r="D10" s="4"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
       <c r="G10" s="5"/>
       <c r="H10" s="5"/>
       <c r="I10" s="5"/>
       <c r="J10" s="5"/>
       <c r="K10" s="5"/>
       <c r="L10" s="5"/>
       <c r="M10" s="5"/>
       <c r="N10" s="5"/>
       <c r="O10" s="5"/>
       <c r="P10" s="5"/>
       <c r="Q10" s="5"/>
       <c r="R10" s="5"/>
       <c r="S10" s="5"/>
       <c r="T10" s="5"/>
       <c r="U10" s="5"/>
       <c r="V10" s="5"/>
       <c r="W10" s="5"/>
@@ -14125,677 +15103,679 @@
       </c>
       <c r="GA10" s="4">
         <v>1040</v>
       </c>
       <c r="GB10" s="4">
         <v>1603</v>
       </c>
       <c r="GC10" s="4">
         <v>618</v>
       </c>
       <c r="GD10" s="4">
         <v>878</v>
       </c>
       <c r="GE10" s="4">
         <v>0</v>
       </c>
       <c r="GF10" s="4">
         <v>908</v>
       </c>
       <c r="GG10" s="4">
         <v>310</v>
       </c>
       <c r="GH10" s="4">
         <v>17</v>
       </c>
-      <c r="GI10" s="4">
+      <c r="GI10" s="4"/>
+      <c r="GJ10" s="4">
         <v>7</v>
       </c>
-      <c r="GJ10" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="GK10" s="4">
         <v>0</v>
       </c>
       <c r="GL10" s="4">
         <v>0</v>
       </c>
       <c r="GM10" s="4">
+        <v>0</v>
+      </c>
+      <c r="GN10" s="4">
         <v>7</v>
       </c>
-      <c r="GN10" s="4">
+      <c r="GO10" s="4">
         <v>6</v>
       </c>
-      <c r="GO10" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="GP10" s="4">
         <v>0</v>
       </c>
       <c r="GQ10" s="4">
+        <v>0</v>
+      </c>
+      <c r="GR10" s="4">
         <v>3</v>
       </c>
-      <c r="GR10" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="GS10" s="4">
+        <v>0</v>
+      </c>
+      <c r="GT10" s="4">
         <v>28</v>
       </c>
-      <c r="GT10" s="4">
-[...5 lines deleted...]
-      <c r="GV10" s="4">
+      <c r="GU10" s="4">
+        <v>0</v>
+      </c>
+      <c r="GV10" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GW10" s="4">
         <v>37</v>
       </c>
-      <c r="GW10" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="GX10" s="4">
         <v>0</v>
       </c>
-      <c r="GY10" s="4" t="s">
-        <v>1081</v>
+      <c r="GY10" s="4">
+        <v>0</v>
       </c>
       <c r="GZ10" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="HA10" s="4"/>
-[...10 lines deleted...]
-        <v>0</v>
+      <c r="HA10" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HB10" s="4"/>
+      <c r="HC10" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HD10" s="4">
+        <v>0</v>
+      </c>
+      <c r="HE10" s="4" t="s">
+        <v>1081</v>
       </c>
       <c r="HF10" s="4">
         <v>0</v>
       </c>
       <c r="HG10" s="4">
         <v>0</v>
       </c>
       <c r="HH10" s="4">
         <v>0</v>
       </c>
       <c r="HI10" s="4">
         <v>0</v>
       </c>
-      <c r="HJ10" s="4" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="HJ10" s="4">
+        <v>0</v>
+      </c>
+      <c r="HK10" s="4" t="s">
+        <v>1081</v>
       </c>
       <c r="HL10" s="4">
         <v>0</v>
       </c>
       <c r="HM10" s="4">
         <v>0</v>
       </c>
       <c r="HN10" s="4">
         <v>0</v>
       </c>
       <c r="HO10" s="4">
+        <v>0</v>
+      </c>
+      <c r="HP10" s="4">
         <v>16</v>
       </c>
-      <c r="HP10" s="4">
+      <c r="HQ10" s="4">
         <v>21</v>
       </c>
-      <c r="HQ10" s="4" t="s">
-[...2 lines deleted...]
-      <c r="HR10" s="4">
+      <c r="HR10" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HS10" s="4">
         <v>6</v>
       </c>
-      <c r="HS10" s="4">
+      <c r="HT10" s="4">
         <v>16</v>
       </c>
-      <c r="HT10" s="4">
+      <c r="HU10" s="4">
         <v>9</v>
       </c>
-      <c r="HU10" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HV10" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="HW10" s="4">
+      <c r="HW10" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HX10" s="4">
         <v>887</v>
       </c>
-      <c r="HX10" s="4">
+      <c r="HY10" s="4">
         <v>332</v>
       </c>
-      <c r="HY10" s="4">
+      <c r="HZ10" s="4">
         <v>21</v>
       </c>
-      <c r="HZ10" s="4" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="IA10" s="4" t="s">
+        <v>1081</v>
       </c>
       <c r="IB10" s="4">
+        <v>0</v>
+      </c>
+      <c r="IC10" s="4">
         <v>72</v>
       </c>
-      <c r="IC10" s="4" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="ID10" s="4" t="s">
+        <v>1081</v>
       </c>
       <c r="IE10" s="4">
         <v>0</v>
       </c>
       <c r="IF10" s="4">
         <v>0</v>
       </c>
       <c r="IG10" s="4">
         <v>0</v>
       </c>
       <c r="IH10" s="4">
         <v>0</v>
       </c>
       <c r="II10" s="4">
         <v>0</v>
       </c>
-      <c r="IJ10" s="4" t="s">
-[...2 lines deleted...]
-      <c r="IK10" s="4">
+      <c r="IJ10" s="4">
+        <v>0</v>
+      </c>
+      <c r="IK10" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IL10" s="4">
         <v>11</v>
       </c>
-      <c r="IL10" s="4">
+      <c r="IM10" s="4"/>
+      <c r="IN10" s="4">
         <v>1241</v>
       </c>
-      <c r="IM10" s="4">
+      <c r="IO10" s="4">
         <v>279</v>
       </c>
-      <c r="IN10" s="4">
+      <c r="IP10" s="4">
         <v>289</v>
       </c>
-      <c r="IO10" s="4">
+      <c r="IQ10" s="4">
         <v>29</v>
       </c>
-      <c r="IP10" s="4">
-[...2 lines deleted...]
-      <c r="IQ10" s="4">
+      <c r="IR10" s="4">
+        <v>0</v>
+      </c>
+      <c r="IS10" s="4">
         <v>37</v>
       </c>
-      <c r="IR10" s="4">
+      <c r="IT10" s="4">
         <v>802</v>
       </c>
-      <c r="IS10" s="10">
+      <c r="IU10" s="10">
         <v>1.6724537037037038E-3</v>
       </c>
-      <c r="IT10" s="11">
+      <c r="IV10" s="11">
         <v>2.9745370370370373E-3</v>
       </c>
-      <c r="IU10" s="4">
+      <c r="IW10" s="4">
         <v>1451</v>
       </c>
-      <c r="IV10" s="10">
+      <c r="IX10" s="10">
         <v>3.1250000000000001E-4</v>
       </c>
-      <c r="IW10" s="11">
+      <c r="IY10" s="11">
         <v>2.5694444444444445E-3</v>
       </c>
-      <c r="IX10" s="6">
+      <c r="IZ10" s="6">
         <v>6754</v>
       </c>
-      <c r="IY10" s="12">
+      <c r="JA10" s="12">
         <v>0.1917878237164925</v>
       </c>
-      <c r="IZ10" s="13"/>
-      <c r="JA10" s="6">
+      <c r="JB10" s="13"/>
+      <c r="JC10" s="6">
         <v>1251</v>
       </c>
-      <c r="JB10" s="6">
+      <c r="JD10" s="6">
         <v>6754</v>
       </c>
-      <c r="JC10" s="12">
+      <c r="JE10" s="12">
         <v>0.18522357121705657</v>
       </c>
-      <c r="JD10" s="13"/>
-      <c r="JE10" s="6">
+      <c r="JF10" s="13"/>
+      <c r="JG10" s="6">
         <v>12</v>
       </c>
-      <c r="JF10" s="6">
+      <c r="JH10" s="6">
         <v>2534</v>
       </c>
-      <c r="JG10" s="12">
+      <c r="JI10" s="12">
         <v>4.7355958958168907E-3</v>
       </c>
-      <c r="JH10" s="4">
+      <c r="JJ10" s="4">
         <v>802</v>
       </c>
-      <c r="JI10" s="11">
+      <c r="JK10" s="11">
         <v>3.1886574074074074E-3</v>
       </c>
-      <c r="JJ10" s="11">
+      <c r="JL10" s="11">
         <v>5.0347222222222225E-3</v>
       </c>
-      <c r="JK10" s="11">
+      <c r="JM10" s="11">
         <v>1.2372916666666667E-2</v>
       </c>
-      <c r="JL10" s="6">
+      <c r="JN10" s="6">
         <v>4380</v>
       </c>
-      <c r="JM10" s="11">
+      <c r="JO10" s="11">
         <v>6.4236111111111108E-3</v>
       </c>
-      <c r="JN10" s="11">
+      <c r="JP10" s="11">
         <v>1.5509027777777776E-2</v>
       </c>
-      <c r="JO10" s="63"/>
-[...3 lines deleted...]
-      <c r="JS10" s="6">
+      <c r="JQ10" s="49"/>
+      <c r="JR10" s="49"/>
+      <c r="JS10" s="49"/>
+      <c r="JT10" s="49"/>
+      <c r="JU10" s="6">
         <v>14940</v>
       </c>
-      <c r="JT10" s="11">
+      <c r="JV10" s="11">
         <v>6.0173611111111115E-2</v>
       </c>
-      <c r="JU10" s="11">
+      <c r="JW10" s="11">
         <v>9.0278935185185427E-2</v>
       </c>
-      <c r="JV10" s="11">
+      <c r="JX10" s="11">
         <v>0.264103009259259</v>
       </c>
-      <c r="JW10" s="6">
+      <c r="JY10" s="6">
         <v>859</v>
       </c>
-      <c r="JX10" s="11">
+      <c r="JZ10" s="11">
         <v>6.4826388888888892E-2</v>
       </c>
-      <c r="JY10" s="11">
+      <c r="KA10" s="11">
         <v>0.10264120370370347</v>
       </c>
-      <c r="JZ10" s="11">
+      <c r="KB10" s="11">
         <v>0.50095833333333328</v>
       </c>
-      <c r="KA10" s="6">
+      <c r="KC10" s="6">
         <v>13586</v>
       </c>
-      <c r="KB10" s="14">
+      <c r="KD10" s="14">
         <v>0.84189606948329165</v>
       </c>
-      <c r="KC10" s="14">
+      <c r="KE10" s="14">
         <v>0.12954511997644635</v>
       </c>
-      <c r="KD10" s="14">
+      <c r="KF10" s="14">
         <v>2.2302370086854116E-2</v>
       </c>
-      <c r="KE10" s="14">
+      <c r="KG10" s="14">
         <v>6.25644045340792E-3</v>
       </c>
-      <c r="KF10" s="6">
+      <c r="KH10" s="6">
         <v>674</v>
       </c>
-      <c r="KG10" s="6">
+      <c r="KI10" s="6">
         <v>87</v>
       </c>
-      <c r="KH10" s="6">
+      <c r="KJ10" s="6">
         <v>175</v>
       </c>
-      <c r="KI10" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="KK10" s="6">
+        <v>0</v>
+      </c>
+      <c r="KL10" s="6">
+        <v>0</v>
+      </c>
+      <c r="KM10" s="6">
         <v>387</v>
       </c>
-      <c r="KL10" s="6">
+      <c r="KN10" s="6">
         <v>25</v>
       </c>
-      <c r="KM10" s="6">
+      <c r="KO10" s="6">
         <v>548</v>
       </c>
-      <c r="KN10" s="14">
+      <c r="KP10" s="14">
         <v>0.81305637982195844</v>
       </c>
-      <c r="KO10" s="15">
+      <c r="KQ10" s="15">
         <v>0.27350427350427353</v>
       </c>
-      <c r="KP10" s="8">
+      <c r="KR10" s="8">
         <v>64</v>
       </c>
-      <c r="KQ10" s="8">
+      <c r="KS10" s="8">
         <v>234</v>
       </c>
-      <c r="KR10" s="15">
+      <c r="KT10" s="15">
         <v>0.90799031476997583</v>
       </c>
-      <c r="KS10" s="8">
+      <c r="KU10" s="8">
         <v>375</v>
       </c>
-      <c r="KT10" s="8">
+      <c r="KV10" s="8">
         <v>413</v>
       </c>
-      <c r="KU10" s="15">
+      <c r="KW10" s="15">
         <v>0.93090909090909091</v>
       </c>
-      <c r="KV10" s="8">
+      <c r="KX10" s="8">
         <v>256</v>
       </c>
-      <c r="KW10" s="8">
+      <c r="KY10" s="8">
         <v>275</v>
       </c>
-      <c r="KX10" s="15">
+      <c r="KZ10" s="15">
         <v>0.99272727272727268</v>
       </c>
-      <c r="KY10" s="8">
+      <c r="LA10" s="8">
         <v>273</v>
       </c>
-      <c r="KZ10" s="15">
+      <c r="LB10" s="15">
         <v>0.7589285714285714</v>
       </c>
-      <c r="LA10" s="8">
+      <c r="LC10" s="8">
         <v>85</v>
       </c>
-      <c r="LB10" s="8">
+      <c r="LD10" s="8">
         <v>112</v>
       </c>
-      <c r="LC10" s="15">
-[...6 lines deleted...]
-      </c>
+      <c r="LE10" s="15">
+        <v>0</v>
+      </c>
+      <c r="LF10" s="8"/>
       <c r="LG10" s="8"/>
-      <c r="LH10" s="8"/>
-      <c r="LI10" s="15">
+      <c r="LH10" s="15">
+        <v>0</v>
+      </c>
+      <c r="LI10" s="8"/>
+      <c r="LJ10" s="8"/>
+      <c r="LK10" s="15">
         <v>0.72489082969432317</v>
       </c>
-      <c r="LJ10" s="8">
+      <c r="LL10" s="8">
         <v>166</v>
       </c>
-      <c r="LK10" s="8">
+      <c r="LM10" s="8">
         <v>229</v>
       </c>
-      <c r="LL10" s="6">
+      <c r="LN10" s="6">
         <v>3704</v>
       </c>
-      <c r="LM10" s="6">
+      <c r="LO10" s="6">
         <v>2553</v>
       </c>
-      <c r="LN10" s="6">
+      <c r="LP10" s="6">
         <v>1151</v>
       </c>
-      <c r="LO10" s="16"/>
-      <c r="LP10" s="6">
+      <c r="LQ10" s="16"/>
+      <c r="LR10" s="6">
         <v>11653</v>
       </c>
-      <c r="LQ10" s="6">
+      <c r="LS10" s="6">
         <v>1618</v>
       </c>
-      <c r="LR10" s="17">
+      <c r="LT10" s="17">
         <v>0.13884836522783833</v>
       </c>
-      <c r="LS10" s="6">
+      <c r="LU10" s="6">
         <v>46</v>
       </c>
-      <c r="LT10" s="17">
+      <c r="LV10" s="17">
         <v>3.9474813352784691E-3</v>
       </c>
-      <c r="LU10" s="16"/>
-      <c r="LV10" s="6">
+      <c r="LW10" s="16"/>
+      <c r="LX10" s="6">
         <v>3288</v>
       </c>
-      <c r="LW10" s="6">
+      <c r="LY10" s="6">
         <v>195</v>
       </c>
-      <c r="LX10" s="17">
+      <c r="LZ10" s="17">
         <v>5.930656934306569E-2</v>
       </c>
-      <c r="LY10" s="6">
+      <c r="MA10" s="6">
         <v>10</v>
       </c>
-      <c r="LZ10" s="17">
+      <c r="MB10" s="17">
         <v>3.0413625304136255E-3</v>
       </c>
-      <c r="MA10" s="16"/>
-      <c r="MB10" s="6">
+      <c r="MC10" s="16"/>
+      <c r="MD10" s="6">
         <v>14941</v>
       </c>
-      <c r="MC10" s="6">
+      <c r="ME10" s="6">
         <v>1813</v>
       </c>
-      <c r="MD10" s="17">
+      <c r="MF10" s="17">
         <v>0.12134395288133325</v>
       </c>
-      <c r="ME10" s="6">
+      <c r="MG10" s="6">
         <v>56</v>
       </c>
-      <c r="MF10" s="17">
+      <c r="MH10" s="17">
         <v>3.7480757646743859E-3</v>
       </c>
-      <c r="MG10" s="16"/>
-      <c r="MH10" s="6">
+      <c r="MI10" s="16"/>
+      <c r="MJ10" s="6">
         <v>550</v>
       </c>
-      <c r="MI10" s="6">
+      <c r="MK10" s="6">
         <v>42</v>
       </c>
-      <c r="MJ10" s="17">
+      <c r="ML10" s="17">
         <v>7.636363636363637E-2</v>
       </c>
-      <c r="MK10" s="4" t="s">
-[...2 lines deleted...]
-      <c r="ML10" s="17">
+      <c r="MM10" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MN10" s="17">
         <v>3.6363636363636364E-3</v>
       </c>
-      <c r="MM10" s="16"/>
-      <c r="MN10" s="6">
+      <c r="MO10" s="16"/>
+      <c r="MP10" s="6">
         <v>311</v>
       </c>
-      <c r="MO10" s="6">
+      <c r="MQ10" s="6">
         <v>9</v>
       </c>
-      <c r="MP10" s="17">
+      <c r="MR10" s="17">
         <v>2.8938906752411574E-2</v>
       </c>
-      <c r="MQ10" s="6"/>
-[...4 lines deleted...]
-      <c r="MT10" s="6">
+      <c r="MS10" s="6"/>
+      <c r="MT10" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU10" s="16"/>
+      <c r="MV10" s="6">
         <v>987</v>
       </c>
-      <c r="MU10" s="6">
+      <c r="MW10" s="6">
         <v>52</v>
       </c>
-      <c r="MV10" s="17">
+      <c r="MX10" s="17">
         <v>5.2684903748733539E-2</v>
       </c>
-      <c r="MW10" s="6">
+      <c r="MY10" s="6">
         <v>10</v>
       </c>
-      <c r="MX10" s="17">
+      <c r="MZ10" s="17">
         <v>1.0131712259371834E-2</v>
       </c>
-      <c r="MY10" s="6">
+      <c r="NA10" s="6">
         <v>12645</v>
       </c>
-      <c r="MZ10" s="6">
+      <c r="NB10" s="6">
         <v>19924</v>
       </c>
-      <c r="NA10" s="18">
+      <c r="NC10" s="18">
         <v>0.63466171451515763</v>
       </c>
-      <c r="NB10" s="6">
+      <c r="ND10" s="6">
         <v>14528</v>
       </c>
-      <c r="NC10" s="6">
+      <c r="NE10" s="6">
         <v>13141</v>
       </c>
-      <c r="ND10" s="6">
+      <c r="NF10" s="6">
         <v>757</v>
       </c>
-      <c r="NE10" s="6">
+      <c r="NG10" s="6">
         <v>411</v>
       </c>
-      <c r="NF10" s="6">
+      <c r="NH10" s="6">
         <v>219</v>
       </c>
-      <c r="NG10" s="18">
+      <c r="NI10" s="18">
         <v>0.26975985078106784</v>
       </c>
-      <c r="NH10" s="6">
+      <c r="NJ10" s="6">
         <v>3471</v>
       </c>
-      <c r="NI10" s="6">
+      <c r="NK10" s="6">
         <v>12867</v>
       </c>
-      <c r="NJ10" s="13"/>
-      <c r="NK10" s="18">
+      <c r="NL10" s="13"/>
+      <c r="NM10" s="18">
         <v>0.26879162702188392</v>
       </c>
-      <c r="NL10" s="6">
+      <c r="NN10" s="6">
         <v>3390</v>
       </c>
-      <c r="NM10" s="6">
+      <c r="NO10" s="6">
         <v>12612</v>
       </c>
-      <c r="NN10" s="18">
+      <c r="NP10" s="18">
         <v>0.1</v>
       </c>
-      <c r="NO10" s="4" t="s">
-[...2 lines deleted...]
-      <c r="NP10" s="6">
+      <c r="NQ10" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NR10" s="6">
         <v>10</v>
       </c>
-      <c r="NQ10" s="18">
+      <c r="NS10" s="18">
         <v>0.32653061224489793</v>
       </c>
-      <c r="NR10" s="6">
+      <c r="NT10" s="6">
         <v>80</v>
       </c>
-      <c r="NS10" s="6">
+      <c r="NU10" s="6">
         <v>245</v>
       </c>
-      <c r="NT10" s="18">
-[...4 lines deleted...]
-      <c r="NW10" s="6">
+      <c r="NV10" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW10" s="6"/>
+      <c r="NX10" s="6"/>
+      <c r="NY10" s="6">
         <v>13136.258245999998</v>
       </c>
-      <c r="NX10" s="6">
+      <c r="NZ10" s="6">
         <v>12847.759652999997</v>
       </c>
-      <c r="NY10" s="4" t="s">
-[...2 lines deleted...]
-      <c r="NZ10" s="6">
+      <c r="OA10" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OB10" s="6">
         <v>284.28609799999987</v>
       </c>
-      <c r="OA10" s="6"/>
-      <c r="OB10" s="18">
+      <c r="OC10" s="6"/>
+      <c r="OD10" s="18">
         <v>0.76000621745550634</v>
       </c>
-      <c r="OC10" s="6">
+      <c r="OE10" s="6">
         <v>9779</v>
       </c>
-      <c r="OD10" s="6">
+      <c r="OF10" s="6">
         <v>12867</v>
       </c>
-      <c r="OE10" s="16"/>
-      <c r="OF10" s="18">
+      <c r="OG10" s="16"/>
+      <c r="OH10" s="18">
         <v>0.76014906438312713</v>
       </c>
-      <c r="OG10" s="6">
+      <c r="OI10" s="6">
         <v>9587</v>
       </c>
-      <c r="OH10" s="6">
+      <c r="OJ10" s="6">
         <v>12612</v>
       </c>
-      <c r="OI10" s="18">
+      <c r="OK10" s="18">
         <v>1</v>
       </c>
-      <c r="OJ10" s="6">
+      <c r="OL10" s="6">
         <v>10</v>
       </c>
-      <c r="OK10" s="6">
+      <c r="OM10" s="6">
         <v>10</v>
       </c>
-      <c r="OL10" s="18">
+      <c r="ON10" s="18">
         <v>0.74285714285714288</v>
       </c>
-      <c r="OM10" s="6">
+      <c r="OO10" s="6">
         <v>182</v>
       </c>
-      <c r="ON10" s="6">
+      <c r="OP10" s="6">
         <v>245</v>
       </c>
-      <c r="OO10" s="18">
-[...4 lines deleted...]
-      <c r="OR10" s="6">
+      <c r="OQ10" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR10" s="6"/>
+      <c r="OS10" s="6"/>
+      <c r="OT10" s="6">
         <v>1300</v>
       </c>
-      <c r="OS10" s="6">
+      <c r="OU10" s="6">
         <v>14528</v>
       </c>
-      <c r="OT10" s="12">
+      <c r="OV10" s="12">
         <v>8.9482378854625552E-2</v>
       </c>
-      <c r="OU10" s="6">
+      <c r="OW10" s="6">
         <v>507.246129</v>
       </c>
-      <c r="OV10" s="6">
+      <c r="OX10" s="6">
         <v>494.10280699999998</v>
       </c>
-      <c r="OW10" s="6"/>
-      <c r="OX10" s="6">
+      <c r="OY10" s="6"/>
+      <c r="OZ10" s="6">
         <v>13.143321999999998</v>
       </c>
-      <c r="OY10" s="6"/>
+      <c r="PA10" s="6"/>
     </row>
-    <row r="11" spans="1:415" ht="14">
-      <c r="A11" s="61">
+    <row r="11" spans="1:417" ht="14">
+      <c r="A11" s="47">
         <v>45870</v>
       </c>
-      <c r="B11" s="62" t="s">
+      <c r="B11" s="48" t="s">
         <v>3</v>
       </c>
       <c r="C11" s="19"/>
       <c r="D11" s="4"/>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
       <c r="J11" s="4"/>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
       <c r="M11" s="4"/>
       <c r="N11" s="4"/>
       <c r="O11" s="4"/>
       <c r="P11" s="4"/>
       <c r="Q11" s="4"/>
       <c r="R11" s="4"/>
       <c r="S11" s="4"/>
       <c r="T11" s="4"/>
       <c r="U11" s="4"/>
       <c r="V11" s="4"/>
       <c r="W11" s="4"/>
       <c r="X11" s="4"/>
       <c r="Y11" s="4"/>
@@ -14995,674 +15975,676 @@
       <c r="FK11" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FL11" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FM11" s="4">
         <v>6</v>
       </c>
       <c r="FN11" s="4">
         <v>919</v>
       </c>
       <c r="FO11" s="4">
         <v>38</v>
       </c>
       <c r="FP11" s="4">
         <v>59</v>
       </c>
       <c r="FQ11" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FR11" s="4">
         <v>237</v>
       </c>
       <c r="FS11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="FT11" s="4">
         <v>222</v>
       </c>
       <c r="FU11" s="4">
         <v>15</v>
       </c>
       <c r="FV11" s="4">
         <v>197</v>
       </c>
       <c r="FW11" s="4">
         <v>589</v>
       </c>
       <c r="FX11" s="4">
         <v>7</v>
       </c>
       <c r="FY11" s="4">
         <v>182</v>
       </c>
       <c r="FZ11" s="4">
         <v>76</v>
       </c>
       <c r="GA11" s="4">
         <v>159</v>
       </c>
       <c r="GB11" s="4">
         <v>273</v>
       </c>
       <c r="GC11" s="4">
         <v>156</v>
       </c>
       <c r="GD11" s="4">
         <v>261</v>
       </c>
       <c r="GE11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GF11" s="4">
         <v>108</v>
       </c>
       <c r="GG11" s="4">
         <v>85</v>
       </c>
       <c r="GH11" s="4">
         <v>8</v>
       </c>
-      <c r="GI11" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="GI11" s="4"/>
       <c r="GJ11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GK11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GL11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GM11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GN11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GO11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GP11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GQ11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GR11" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="GS11" s="4">
+        <v>1084</v>
+      </c>
+      <c r="GS11" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="GT11" s="4">
         <v>7</v>
       </c>
-      <c r="GT11" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GU11" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="GV11" s="4">
+        <v>1084</v>
+      </c>
+      <c r="GV11" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="GW11" s="4">
         <v>6</v>
       </c>
-      <c r="GW11" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GX11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GY11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GZ11" s="4" t="s">
-        <v>1088</v>
-[...4 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="HA11" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HB11" s="4"/>
       <c r="HC11" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="HD11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HE11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HF11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HG11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HH11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HI11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HJ11" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="HK11" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="HL11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HM11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HN11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HO11" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="HP11" s="4">
+        <v>1084</v>
+      </c>
+      <c r="HP11" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HQ11" s="4">
         <v>5</v>
       </c>
-      <c r="HQ11" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HR11" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="HS11" s="4">
+        <v>1084</v>
+      </c>
+      <c r="HS11" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HT11" s="4">
         <v>3</v>
       </c>
-      <c r="HT11" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HU11" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="HV11" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="HW11" s="4">
+        <v>1081</v>
+      </c>
+      <c r="HW11" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HX11" s="4">
         <v>148</v>
       </c>
-      <c r="HX11" s="4">
+      <c r="HY11" s="4">
         <v>70</v>
       </c>
-      <c r="HY11" s="4">
+      <c r="HZ11" s="4">
         <v>5</v>
       </c>
-      <c r="HZ11" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="IA11" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="IB11" s="4">
+        <v>1084</v>
+      </c>
+      <c r="IB11" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IC11" s="4">
         <v>9</v>
       </c>
-      <c r="IC11" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="ID11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IE11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IF11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IG11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IH11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="II11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IJ11" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="IK11" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="IL11" s="4">
+      <c r="IL11" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM11" s="4"/>
+      <c r="IN11" s="4">
         <v>235</v>
       </c>
-      <c r="IM11" s="4">
+      <c r="IO11" s="4">
         <v>44</v>
       </c>
-      <c r="IN11" s="4">
+      <c r="IP11" s="4">
         <v>51</v>
       </c>
-      <c r="IO11" s="4">
+      <c r="IQ11" s="4">
         <v>6</v>
       </c>
-      <c r="IP11" s="4" t="s">
-[...2 lines deleted...]
-      <c r="IQ11" s="4">
+      <c r="IR11" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IS11" s="4">
         <v>5</v>
       </c>
-      <c r="IR11" s="4">
+      <c r="IT11" s="4">
         <v>163</v>
       </c>
-      <c r="IS11" s="20">
+      <c r="IU11" s="20">
         <v>1.724537037037037E-3</v>
       </c>
-      <c r="IT11" s="10">
+      <c r="IV11" s="10">
         <v>2.673611111111111E-3</v>
       </c>
-      <c r="IU11" s="4">
+      <c r="IW11" s="4">
         <v>279</v>
       </c>
-      <c r="IV11" s="20">
+      <c r="IX11" s="20">
         <v>3.0092592592592595E-4</v>
       </c>
-      <c r="IW11" s="10">
+      <c r="IY11" s="10">
         <v>2.5578703703703705E-3</v>
       </c>
-      <c r="IX11" s="4">
+      <c r="IZ11" s="4">
         <v>1298</v>
       </c>
-      <c r="IY11" s="12">
+      <c r="JA11" s="12">
         <v>0.19984603541185528</v>
       </c>
-      <c r="IZ11" s="13"/>
-      <c r="JA11" s="6">
+      <c r="JB11" s="13"/>
+      <c r="JC11" s="6">
         <v>231</v>
       </c>
-      <c r="JB11" s="8">
+      <c r="JD11" s="8">
         <v>1298</v>
       </c>
-      <c r="JC11" s="12">
+      <c r="JE11" s="12">
         <v>0.17796610169491525</v>
       </c>
-      <c r="JD11" s="13"/>
-[...3 lines deleted...]
-      <c r="JF11" s="6">
+      <c r="JF11" s="13"/>
+      <c r="JG11" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH11" s="6">
         <v>516</v>
       </c>
-      <c r="JG11" s="12">
+      <c r="JI11" s="12">
         <v>5.8139534883720929E-3</v>
       </c>
-      <c r="JH11" s="4">
+      <c r="JJ11" s="4">
         <v>163</v>
       </c>
-      <c r="JI11" s="11">
+      <c r="JK11" s="11">
         <v>2.9340277777777776E-3</v>
       </c>
-      <c r="JJ11" s="11">
+      <c r="JL11" s="11">
         <v>4.2708333333333339E-3</v>
       </c>
-      <c r="JK11" s="11">
+      <c r="JM11" s="11">
         <v>1.0183055555555556E-2</v>
       </c>
-      <c r="JL11" s="4">
+      <c r="JN11" s="4">
         <v>774</v>
       </c>
-      <c r="JM11" s="11">
+      <c r="JO11" s="11">
         <v>5.7232638888888888E-3</v>
       </c>
-      <c r="JN11" s="11">
+      <c r="JP11" s="11">
         <v>1.2614583333333334E-2</v>
       </c>
-      <c r="JO11" s="63"/>
-[...3 lines deleted...]
-      <c r="JS11" s="4">
+      <c r="JQ11" s="49"/>
+      <c r="JR11" s="49"/>
+      <c r="JS11" s="49"/>
+      <c r="JT11" s="49"/>
+      <c r="JU11" s="4">
         <v>2640</v>
       </c>
-      <c r="JT11" s="11">
+      <c r="JV11" s="11">
         <v>7.0283564814814584E-2</v>
       </c>
-      <c r="JU11" s="11">
+      <c r="JW11" s="11">
         <v>0.10438078703703681</v>
       </c>
-      <c r="JV11" s="11">
+      <c r="JX11" s="11">
         <v>0.26191319444444444</v>
       </c>
-      <c r="JW11" s="4">
+      <c r="JY11" s="4">
         <v>170</v>
       </c>
-      <c r="JX11" s="11">
+      <c r="JZ11" s="11">
         <v>8.4149305555555554E-2</v>
       </c>
-      <c r="JY11" s="11">
+      <c r="KA11" s="11">
         <v>0.12713946759259237</v>
       </c>
-      <c r="JZ11" s="11">
+      <c r="KB11" s="11">
         <v>0.59506192129629654</v>
       </c>
-      <c r="KA11" s="6">
+      <c r="KC11" s="6">
         <v>2586</v>
       </c>
-      <c r="KB11" s="14">
+      <c r="KD11" s="14">
         <v>0.81863882443928848</v>
       </c>
-      <c r="KC11" s="14">
+      <c r="KE11" s="14">
         <v>0.15003866976024749</v>
       </c>
-      <c r="KD11" s="14">
+      <c r="KF11" s="14">
         <v>2.6295436968290797E-2</v>
       </c>
-      <c r="KE11" s="14">
+      <c r="KG11" s="14">
         <v>5.0270688321732409E-3</v>
       </c>
-      <c r="KF11" s="8">
+      <c r="KH11" s="8">
         <v>50</v>
       </c>
-      <c r="KG11" s="6">
+      <c r="KI11" s="6">
         <v>8</v>
       </c>
-      <c r="KH11" s="6">
+      <c r="KJ11" s="6">
         <v>14</v>
       </c>
-      <c r="KI11" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="KK11" s="6">
+        <v>0</v>
+      </c>
+      <c r="KL11" s="6">
+        <v>0</v>
+      </c>
+      <c r="KM11" s="6">
         <v>27</v>
       </c>
-      <c r="KL11" s="4" t="s">
-[...2 lines deleted...]
-      <c r="KM11" s="6">
+      <c r="KN11" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KO11" s="6">
         <v>41</v>
       </c>
-      <c r="KN11" s="18">
+      <c r="KP11" s="18">
         <v>0.82</v>
       </c>
-      <c r="KO11" s="21"/>
-      <c r="KP11" s="21"/>
       <c r="KQ11" s="21"/>
       <c r="KR11" s="21"/>
       <c r="KS11" s="21"/>
       <c r="KT11" s="21"/>
       <c r="KU11" s="21"/>
       <c r="KV11" s="21"/>
       <c r="KW11" s="21"/>
       <c r="KX11" s="21"/>
       <c r="KY11" s="21"/>
       <c r="KZ11" s="21"/>
       <c r="LA11" s="21"/>
       <c r="LB11" s="21"/>
       <c r="LC11" s="21"/>
       <c r="LD11" s="21"/>
       <c r="LE11" s="21"/>
       <c r="LF11" s="21"/>
       <c r="LG11" s="21"/>
       <c r="LH11" s="21"/>
       <c r="LI11" s="21"/>
       <c r="LJ11" s="21"/>
       <c r="LK11" s="21"/>
-      <c r="LL11" s="6">
+      <c r="LL11" s="21"/>
+      <c r="LM11" s="21"/>
+      <c r="LN11" s="6">
         <v>744</v>
       </c>
-      <c r="LM11" s="6">
+      <c r="LO11" s="6">
         <v>520</v>
       </c>
-      <c r="LN11" s="6">
+      <c r="LP11" s="6">
         <v>224</v>
       </c>
-      <c r="LO11" s="16"/>
-      <c r="LP11" s="6">
+      <c r="LQ11" s="16"/>
+      <c r="LR11" s="6">
         <v>2072</v>
       </c>
-      <c r="LQ11" s="6">
+      <c r="LS11" s="6">
         <v>241</v>
       </c>
-      <c r="LR11" s="17">
+      <c r="LT11" s="17">
         <v>0.11631274131274132</v>
       </c>
-      <c r="LS11" s="6">
+      <c r="LU11" s="6">
         <v>7</v>
       </c>
-      <c r="LT11" s="17">
+      <c r="LV11" s="17">
         <v>3.3783783783783786E-3</v>
       </c>
-      <c r="LU11" s="16"/>
-      <c r="LV11" s="6">
+      <c r="LW11" s="16"/>
+      <c r="LX11" s="6">
         <v>568</v>
       </c>
-      <c r="LW11" s="6">
+      <c r="LY11" s="6">
         <v>24</v>
       </c>
-      <c r="LX11" s="17">
+      <c r="LZ11" s="17">
         <v>4.2253521126760563E-2</v>
       </c>
-      <c r="LY11" s="4" t="s">
-[...2 lines deleted...]
-      <c r="LZ11" s="17">
+      <c r="MA11" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB11" s="17">
         <v>1.7605633802816902E-3</v>
       </c>
-      <c r="MA11" s="16"/>
-      <c r="MB11" s="6">
+      <c r="MC11" s="16"/>
+      <c r="MD11" s="6">
         <v>2640</v>
       </c>
-      <c r="MC11" s="6">
+      <c r="ME11" s="6">
         <v>265</v>
       </c>
-      <c r="MD11" s="17">
+      <c r="MF11" s="17">
         <v>0.10037878787878787</v>
       </c>
-      <c r="ME11" s="6">
+      <c r="MG11" s="6">
         <v>8</v>
       </c>
-      <c r="MF11" s="17">
+      <c r="MH11" s="17">
         <v>3.0303030303030303E-3</v>
       </c>
-      <c r="MG11" s="16"/>
-      <c r="MH11" s="6">
+      <c r="MI11" s="16"/>
+      <c r="MJ11" s="6">
         <v>116</v>
       </c>
-      <c r="MI11" s="6">
+      <c r="MK11" s="6">
         <v>5</v>
       </c>
-      <c r="MJ11" s="17">
+      <c r="ML11" s="17">
         <v>4.3103448275862072E-2</v>
       </c>
-      <c r="MK11" s="6">
-[...6 lines deleted...]
-      <c r="MN11" s="6">
+      <c r="MM11" s="6">
+        <v>0</v>
+      </c>
+      <c r="MN11" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO11" s="16"/>
+      <c r="MP11" s="6">
         <v>54</v>
       </c>
-      <c r="MO11" s="6">
+      <c r="MQ11" s="6">
         <v>6</v>
       </c>
-      <c r="MP11" s="17">
+      <c r="MR11" s="17">
         <v>0.1111111111111111</v>
       </c>
-      <c r="MQ11" s="6"/>
-[...4 lines deleted...]
-      <c r="MT11" s="6">
+      <c r="MS11" s="6"/>
+      <c r="MT11" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU11" s="16"/>
+      <c r="MV11" s="6">
         <v>284</v>
       </c>
-      <c r="MU11" s="6">
+      <c r="MW11" s="6">
         <v>9</v>
       </c>
-      <c r="MV11" s="17">
+      <c r="MX11" s="17">
         <v>3.1690140845070422E-2</v>
       </c>
-      <c r="MW11" s="6">
+      <c r="MY11" s="6">
         <v>6</v>
       </c>
-      <c r="MX11" s="17">
+      <c r="MZ11" s="17">
         <v>2.1126760563380281E-2</v>
       </c>
-      <c r="MY11" s="6">
+      <c r="NA11" s="6">
         <v>2260</v>
       </c>
-      <c r="MZ11" s="6">
+      <c r="NB11" s="6">
         <v>3604</v>
       </c>
-      <c r="NA11" s="18">
+      <c r="NC11" s="18">
         <v>0.62708102108768038</v>
       </c>
-      <c r="NB11" s="6">
+      <c r="ND11" s="6">
         <v>2652</v>
       </c>
-      <c r="NC11" s="6">
+      <c r="NE11" s="6">
         <v>1948</v>
       </c>
-      <c r="ND11" s="6">
+      <c r="NF11" s="6">
         <v>685</v>
       </c>
-      <c r="NE11" s="6">
-[...2 lines deleted...]
-      <c r="NF11" s="6">
+      <c r="NG11" s="6">
+        <v>0</v>
+      </c>
+      <c r="NH11" s="6">
         <v>19</v>
       </c>
-      <c r="NG11" s="18">
+      <c r="NI11" s="18">
         <v>0.18128310771041789</v>
       </c>
-      <c r="NH11" s="6">
+      <c r="NJ11" s="6">
         <v>308</v>
       </c>
-      <c r="NI11" s="6">
+      <c r="NK11" s="6">
         <v>1699</v>
       </c>
-      <c r="NJ11" s="13"/>
-      <c r="NK11" s="18">
+      <c r="NL11" s="13"/>
+      <c r="NM11" s="18">
         <v>0.18149675898644668</v>
       </c>
-      <c r="NL11" s="6">
+      <c r="NN11" s="6">
         <v>308</v>
       </c>
-      <c r="NM11" s="6">
+      <c r="NO11" s="6">
         <v>1697</v>
       </c>
-      <c r="NN11" s="18">
-[...13 lines deleted...]
-      </c>
+      <c r="NP11" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ11" s="6"/>
+      <c r="NR11" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NS11" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT11" s="6"/>
       <c r="NU11" s="6"/>
-      <c r="NV11" s="6"/>
-      <c r="NW11" s="6">
+      <c r="NV11" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW11" s="6"/>
+      <c r="NX11" s="6"/>
+      <c r="NY11" s="6">
         <v>2628.4410699999994</v>
       </c>
-      <c r="NX11" s="6">
+      <c r="NZ11" s="6">
         <v>2625.3244039999995</v>
       </c>
-      <c r="NY11" s="4" t="s">
-[...4 lines deleted...]
-      <c r="OB11" s="18">
+      <c r="OA11" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OB11" s="6"/>
+      <c r="OC11" s="6"/>
+      <c r="OD11" s="18">
         <v>0.72984108298999406</v>
       </c>
-      <c r="OC11" s="6">
+      <c r="OE11" s="6">
         <v>1240</v>
       </c>
-      <c r="OD11" s="6">
+      <c r="OF11" s="6">
         <v>1699</v>
       </c>
-      <c r="OE11" s="16"/>
-      <c r="OF11" s="18">
+      <c r="OG11" s="16"/>
+      <c r="OH11" s="18">
         <v>0.72952268709487333</v>
       </c>
-      <c r="OG11" s="6">
+      <c r="OI11" s="6">
         <v>1238</v>
       </c>
-      <c r="OH11" s="6">
+      <c r="OJ11" s="6">
         <v>1697</v>
       </c>
-      <c r="OI11" s="18">
+      <c r="OK11" s="18">
         <v>1</v>
       </c>
-      <c r="OJ11" s="4" t="s">
-[...17 lines deleted...]
-      <c r="OR11" s="6">
+      <c r="OL11" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OM11" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ON11" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO11" s="6"/>
+      <c r="OP11" s="6">
+        <v>0</v>
+      </c>
+      <c r="OQ11" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR11" s="6"/>
+      <c r="OS11" s="8"/>
+      <c r="OT11" s="6">
         <v>292</v>
       </c>
-      <c r="OS11" s="6">
+      <c r="OU11" s="6">
         <v>2652</v>
       </c>
-      <c r="OT11" s="12">
+      <c r="OV11" s="12">
         <v>0.11010558069381599</v>
       </c>
-      <c r="OU11" s="6">
+      <c r="OW11" s="6">
         <v>86.42635700000001</v>
       </c>
-      <c r="OV11" s="6">
+      <c r="OX11" s="6">
         <v>86.42635700000001</v>
       </c>
-      <c r="OW11" s="6"/>
-      <c r="OX11" s="6"/>
       <c r="OY11" s="6"/>
+      <c r="OZ11" s="6"/>
+      <c r="PA11" s="6"/>
     </row>
-    <row r="12" spans="1:415" ht="14">
-      <c r="A12" s="61">
+    <row r="12" spans="1:417" ht="14">
+      <c r="A12" s="47">
         <v>45870</v>
       </c>
-      <c r="B12" s="62" t="s">
+      <c r="B12" s="48" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="19"/>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
       <c r="J12" s="4"/>
       <c r="K12" s="4"/>
       <c r="L12" s="4"/>
       <c r="M12" s="4"/>
       <c r="N12" s="4"/>
       <c r="O12" s="4"/>
       <c r="P12" s="4"/>
       <c r="Q12" s="4"/>
       <c r="R12" s="4"/>
       <c r="S12" s="4"/>
       <c r="T12" s="4"/>
       <c r="U12" s="4"/>
       <c r="V12" s="4"/>
       <c r="W12" s="4"/>
       <c r="X12" s="4"/>
       <c r="Y12" s="4"/>
@@ -15898,630 +16880,632 @@
       <c r="FW12" s="4">
         <v>764</v>
       </c>
       <c r="FX12" s="4">
         <v>9</v>
       </c>
       <c r="FY12" s="4">
         <v>258</v>
       </c>
       <c r="FZ12" s="4">
         <v>100</v>
       </c>
       <c r="GA12" s="4">
         <v>265</v>
       </c>
       <c r="GB12" s="4">
         <v>404</v>
       </c>
       <c r="GC12" s="4">
         <v>196</v>
       </c>
       <c r="GD12" s="4">
         <v>152</v>
       </c>
       <c r="GE12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GF12" s="4">
         <v>265</v>
       </c>
       <c r="GG12" s="4">
         <v>47</v>
       </c>
       <c r="GH12" s="4" t="s">
-        <v>1088</v>
-[...3 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="GI12" s="4"/>
       <c r="GJ12" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GK12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GL12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GM12" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="GN12" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="GO12" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GP12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GQ12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GR12" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="GS12" s="4">
+        <v>1084</v>
+      </c>
+      <c r="GS12" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="GT12" s="4">
         <v>7</v>
       </c>
-      <c r="GT12" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GU12" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="GV12" s="4">
+        <v>1084</v>
+      </c>
+      <c r="GV12" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="GW12" s="4">
         <v>13</v>
       </c>
-      <c r="GW12" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GX12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GY12" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="GZ12" s="4" t="s">
-        <v>1088</v>
-[...4 lines deleted...]
-      </c>
+        <v>1081</v>
+      </c>
+      <c r="HA12" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HB12" s="4"/>
       <c r="HC12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HD12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HE12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HF12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HG12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HH12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HI12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HJ12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HK12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HL12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HM12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HN12" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="HO12" s="4">
+        <v>1084</v>
+      </c>
+      <c r="HO12" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HP12" s="4">
         <v>7</v>
       </c>
-      <c r="HP12" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HQ12" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="HR12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HS12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HT12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HU12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HV12" s="4" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="HW12" s="4">
+        <v>1084</v>
+      </c>
+      <c r="HW12" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HX12" s="4">
         <v>222</v>
       </c>
-      <c r="HX12" s="4">
+      <c r="HY12" s="4">
         <v>151</v>
       </c>
-      <c r="HY12" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HZ12" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="IA12" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="IB12" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="IC12" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="ID12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IE12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IF12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IG12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IH12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="II12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IJ12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IK12" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="IL12" s="4">
+        <v>1084</v>
+      </c>
+      <c r="IL12" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IM12" s="4"/>
+      <c r="IN12" s="4">
         <v>341</v>
       </c>
-      <c r="IM12" s="4">
+      <c r="IO12" s="4">
         <v>82</v>
       </c>
-      <c r="IN12" s="4">
+      <c r="IP12" s="4">
         <v>71</v>
       </c>
-      <c r="IO12" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="IQ12" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="IR12" s="4">
+      <c r="IR12" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IS12" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IT12" s="4">
         <v>191</v>
       </c>
-      <c r="IS12" s="20">
+      <c r="IU12" s="20">
         <v>1.261574074074074E-3</v>
       </c>
-      <c r="IT12" s="10">
+      <c r="IV12" s="10">
         <v>2.8124999999999999E-3</v>
       </c>
-      <c r="IU12" s="4">
+      <c r="IW12" s="4">
         <v>373</v>
       </c>
-      <c r="IV12" s="20">
+      <c r="IX12" s="20">
         <v>3.0092592592592595E-4</v>
       </c>
-      <c r="IW12" s="10">
+      <c r="IY12" s="10">
         <v>2.5636574074074073E-3</v>
       </c>
-      <c r="IX12" s="4">
+      <c r="IZ12" s="4">
         <v>1731</v>
       </c>
-      <c r="IY12" s="12">
+      <c r="JA12" s="12">
         <v>0.18739850600844429</v>
       </c>
-      <c r="IZ12" s="13"/>
-      <c r="JA12" s="6">
+      <c r="JB12" s="13"/>
+      <c r="JC12" s="6">
         <v>356</v>
       </c>
-      <c r="JB12" s="8">
+      <c r="JD12" s="8">
         <v>1731</v>
       </c>
-      <c r="JC12" s="12">
+      <c r="JE12" s="12">
         <v>0.20566146735990756</v>
       </c>
-      <c r="JD12" s="13"/>
-      <c r="JE12" s="6">
+      <c r="JF12" s="13"/>
+      <c r="JG12" s="6">
         <v>6</v>
       </c>
-      <c r="JF12" s="6">
+      <c r="JH12" s="6">
         <v>785</v>
       </c>
-      <c r="JG12" s="12">
+      <c r="JI12" s="12">
         <v>7.6433121019108281E-3</v>
       </c>
-      <c r="JH12" s="4">
+      <c r="JJ12" s="4">
         <v>191</v>
       </c>
-      <c r="JI12" s="11">
+      <c r="JK12" s="11">
         <v>3.9004629629629628E-3</v>
       </c>
-      <c r="JJ12" s="11">
+      <c r="JL12" s="11">
         <v>5.0347222222222225E-3</v>
       </c>
-      <c r="JK12" s="11">
+      <c r="JM12" s="11">
         <v>1.4226944444444443E-2</v>
       </c>
-      <c r="JL12" s="4">
+      <c r="JN12" s="4">
         <v>1038</v>
       </c>
-      <c r="JM12" s="11">
+      <c r="JO12" s="11">
         <v>7.1180555555555554E-3</v>
       </c>
-      <c r="JN12" s="11">
+      <c r="JP12" s="11">
         <v>1.7220833333333331E-2</v>
       </c>
-      <c r="JO12" s="63"/>
-[...3 lines deleted...]
-      <c r="JS12" s="4">
+      <c r="JQ12" s="49"/>
+      <c r="JR12" s="49"/>
+      <c r="JS12" s="49"/>
+      <c r="JT12" s="49"/>
+      <c r="JU12" s="4">
         <v>4116</v>
       </c>
-      <c r="JT12" s="11">
+      <c r="JV12" s="11">
         <v>6.0023148148148124E-2</v>
       </c>
-      <c r="JU12" s="11">
+      <c r="JW12" s="11">
         <v>9.4360532407407646E-2</v>
       </c>
-      <c r="JV12" s="11">
+      <c r="JX12" s="11">
         <v>0.29856192129629655</v>
       </c>
-      <c r="JW12" s="4">
+      <c r="JY12" s="4">
         <v>228</v>
       </c>
-      <c r="JX12" s="11">
+      <c r="JZ12" s="11">
         <v>6.0034722222222225E-2</v>
       </c>
-      <c r="JY12" s="11">
+      <c r="KA12" s="11">
         <v>9.8914930555555558E-2</v>
       </c>
-      <c r="JZ12" s="11">
+      <c r="KB12" s="11">
         <v>0.50311342592592567</v>
       </c>
-      <c r="KA12" s="6">
+      <c r="KC12" s="6">
         <v>3570</v>
       </c>
-      <c r="KB12" s="14">
+      <c r="KD12" s="14">
         <v>0.8134453781512605</v>
       </c>
-      <c r="KC12" s="14">
+      <c r="KE12" s="14">
         <v>0.14369747899159663</v>
       </c>
-      <c r="KD12" s="14">
+      <c r="KF12" s="14">
         <v>3.3333333333333333E-2</v>
       </c>
-      <c r="KE12" s="14">
+      <c r="KG12" s="14">
         <v>9.5238095238095247E-3</v>
       </c>
-      <c r="KF12" s="8">
+      <c r="KH12" s="8">
         <v>222</v>
       </c>
-      <c r="KG12" s="6">
+      <c r="KI12" s="6">
         <v>13</v>
       </c>
-      <c r="KH12" s="6">
+      <c r="KJ12" s="6">
         <v>48</v>
       </c>
-      <c r="KI12" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="KK12" s="6">
+        <v>0</v>
+      </c>
+      <c r="KL12" s="6">
+        <v>0</v>
+      </c>
+      <c r="KM12" s="6">
         <v>151</v>
       </c>
-      <c r="KL12" s="6">
+      <c r="KN12" s="6">
         <v>10</v>
       </c>
-      <c r="KM12" s="6">
+      <c r="KO12" s="6">
         <v>183</v>
       </c>
-      <c r="KN12" s="18">
+      <c r="KP12" s="18">
         <v>0.82432432432432434</v>
       </c>
-      <c r="KO12" s="21"/>
-      <c r="KP12" s="21"/>
       <c r="KQ12" s="21"/>
       <c r="KR12" s="21"/>
       <c r="KS12" s="21"/>
       <c r="KT12" s="21"/>
       <c r="KU12" s="21"/>
       <c r="KV12" s="21"/>
       <c r="KW12" s="21"/>
       <c r="KX12" s="21"/>
       <c r="KY12" s="21"/>
       <c r="KZ12" s="21"/>
       <c r="LA12" s="21"/>
       <c r="LB12" s="21"/>
       <c r="LC12" s="21"/>
       <c r="LD12" s="21"/>
       <c r="LE12" s="21"/>
       <c r="LF12" s="21"/>
       <c r="LG12" s="21"/>
       <c r="LH12" s="21"/>
       <c r="LI12" s="21"/>
       <c r="LJ12" s="21"/>
       <c r="LK12" s="21"/>
-      <c r="LL12" s="6">
+      <c r="LL12" s="21"/>
+      <c r="LM12" s="21"/>
+      <c r="LN12" s="6">
         <v>1105</v>
       </c>
-      <c r="LM12" s="6">
+      <c r="LO12" s="6">
         <v>792</v>
       </c>
-      <c r="LN12" s="6">
+      <c r="LP12" s="6">
         <v>313</v>
       </c>
-      <c r="LO12" s="16"/>
-      <c r="LP12" s="6">
+      <c r="LQ12" s="16"/>
+      <c r="LR12" s="6">
         <v>3167</v>
       </c>
-      <c r="LQ12" s="6">
+      <c r="LS12" s="6">
         <v>418</v>
       </c>
-      <c r="LR12" s="17">
+      <c r="LT12" s="17">
         <v>0.13198610672560784</v>
       </c>
-      <c r="LS12" s="6">
+      <c r="LU12" s="6">
         <v>18</v>
       </c>
-      <c r="LT12" s="17">
+      <c r="LV12" s="17">
         <v>5.6836122513419639E-3</v>
       </c>
-      <c r="LU12" s="16"/>
-      <c r="LV12" s="6">
+      <c r="LW12" s="16"/>
+      <c r="LX12" s="6">
         <v>949</v>
       </c>
-      <c r="LW12" s="6">
+      <c r="LY12" s="6">
         <v>68</v>
       </c>
-      <c r="LX12" s="17">
+      <c r="LZ12" s="17">
         <v>7.1654373024236037E-2</v>
       </c>
-      <c r="LY12" s="4" t="s">
-[...2 lines deleted...]
-      <c r="LZ12" s="17">
+      <c r="MA12" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB12" s="17">
         <v>2.1074815595363539E-3</v>
       </c>
-      <c r="MA12" s="16"/>
-      <c r="MB12" s="6">
+      <c r="MC12" s="16"/>
+      <c r="MD12" s="6">
         <v>4116</v>
       </c>
-      <c r="MC12" s="6">
+      <c r="ME12" s="6">
         <v>486</v>
       </c>
-      <c r="MD12" s="17">
+      <c r="MF12" s="17">
         <v>0.11807580174927114</v>
       </c>
-      <c r="ME12" s="6">
+      <c r="MG12" s="6">
         <v>20</v>
       </c>
-      <c r="MF12" s="17">
+      <c r="MH12" s="17">
         <v>4.859086491739553E-3</v>
       </c>
-      <c r="MG12" s="16"/>
-      <c r="MH12" s="6">
+      <c r="MI12" s="16"/>
+      <c r="MJ12" s="6">
         <v>150</v>
       </c>
-      <c r="MI12" s="6">
+      <c r="MK12" s="6">
         <v>14</v>
       </c>
-      <c r="MJ12" s="17">
+      <c r="ML12" s="17">
         <v>9.3333333333333338E-2</v>
       </c>
-      <c r="MK12" s="4" t="s">
-[...2 lines deleted...]
-      <c r="ML12" s="17">
+      <c r="MM12" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MN12" s="17">
         <v>6.6666666666666671E-3</v>
       </c>
-      <c r="MM12" s="16"/>
-      <c r="MN12" s="6">
+      <c r="MO12" s="16"/>
+      <c r="MP12" s="6">
         <v>79</v>
       </c>
-      <c r="MO12" s="6">
-[...5 lines deleted...]
-      <c r="MQ12" s="6"/>
+      <c r="MQ12" s="6">
+        <v>0</v>
+      </c>
       <c r="MR12" s="17">
         <v>0</v>
       </c>
-      <c r="MS12" s="16"/>
-      <c r="MT12" s="6">
+      <c r="MS12" s="6"/>
+      <c r="MT12" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU12" s="16"/>
+      <c r="MV12" s="6">
         <v>146</v>
       </c>
-      <c r="MU12" s="4" t="s">
-[...2 lines deleted...]
-      <c r="MV12" s="17">
+      <c r="MW12" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MX12" s="17">
         <v>2.0547945205479451E-2</v>
       </c>
-      <c r="MW12" s="4" t="s">
-[...2 lines deleted...]
-      <c r="MX12" s="17">
+      <c r="MY12" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MZ12" s="17">
         <v>1.3698630136986301E-2</v>
       </c>
-      <c r="MY12" s="6">
+      <c r="NA12" s="6">
         <v>3257</v>
       </c>
-      <c r="MZ12" s="6">
+      <c r="NB12" s="6">
         <v>5283</v>
       </c>
-      <c r="NA12" s="18">
+      <c r="NC12" s="18">
         <v>0.61650577323490441</v>
       </c>
-      <c r="NB12" s="6">
+      <c r="ND12" s="6">
         <v>3663</v>
       </c>
-      <c r="NC12" s="6">
+      <c r="NE12" s="6">
         <v>3555</v>
       </c>
-      <c r="ND12" s="6">
+      <c r="NF12" s="6">
         <v>8</v>
       </c>
-      <c r="NE12" s="6">
-[...2 lines deleted...]
-      <c r="NF12" s="6">
+      <c r="NG12" s="6">
+        <v>0</v>
+      </c>
+      <c r="NH12" s="6">
         <v>100</v>
       </c>
-      <c r="NG12" s="18">
+      <c r="NI12" s="18">
         <v>0.13155874072178142</v>
       </c>
-      <c r="NH12" s="6">
+      <c r="NJ12" s="6">
         <v>514</v>
       </c>
-      <c r="NI12" s="6">
+      <c r="NK12" s="6">
         <v>3907</v>
       </c>
-      <c r="NJ12" s="13"/>
-      <c r="NK12" s="18">
+      <c r="NL12" s="13"/>
+      <c r="NM12" s="18">
         <v>0.13155874072178142</v>
       </c>
-      <c r="NL12" s="6">
+      <c r="NN12" s="6">
         <v>514</v>
       </c>
-      <c r="NM12" s="6">
+      <c r="NO12" s="6">
         <v>3907</v>
       </c>
-      <c r="NN12" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="NP12" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ12" s="6"/>
       <c r="NR12" s="6"/>
-      <c r="NS12" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="NS12" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT12" s="6"/>
       <c r="NU12" s="6"/>
-      <c r="NV12" s="6"/>
-      <c r="NW12" s="6">
+      <c r="NV12" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW12" s="6"/>
+      <c r="NX12" s="6"/>
+      <c r="NY12" s="6">
         <v>6137.2691029999978</v>
       </c>
-      <c r="NX12" s="6">
+      <c r="NZ12" s="6">
         <v>6137.2691029999978</v>
       </c>
-      <c r="NY12" s="6"/>
-      <c r="NZ12" s="6"/>
       <c r="OA12" s="6"/>
-      <c r="OB12" s="18">
+      <c r="OB12" s="6"/>
+      <c r="OC12" s="6"/>
+      <c r="OD12" s="18">
         <v>0.82723317123112361</v>
       </c>
-      <c r="OC12" s="6">
+      <c r="OE12" s="6">
         <v>3232</v>
       </c>
-      <c r="OD12" s="6">
+      <c r="OF12" s="6">
         <v>3907</v>
       </c>
-      <c r="OE12" s="16"/>
-      <c r="OF12" s="18">
+      <c r="OG12" s="16"/>
+      <c r="OH12" s="18">
         <v>0.82723317123112361</v>
       </c>
-      <c r="OG12" s="6">
+      <c r="OI12" s="6">
         <v>3232</v>
       </c>
-      <c r="OH12" s="6">
+      <c r="OJ12" s="6">
         <v>3907</v>
       </c>
-      <c r="OI12" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="OK12" s="18">
+        <v>0</v>
+      </c>
+      <c r="OL12" s="6"/>
       <c r="OM12" s="6"/>
-      <c r="ON12" s="6">
-[...7 lines deleted...]
-      <c r="OR12" s="6">
+      <c r="ON12" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO12" s="6"/>
+      <c r="OP12" s="6">
+        <v>0</v>
+      </c>
+      <c r="OQ12" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR12" s="6"/>
+      <c r="OS12" s="8"/>
+      <c r="OT12" s="6">
         <v>185</v>
       </c>
-      <c r="OS12" s="6">
+      <c r="OU12" s="6">
         <v>3663</v>
       </c>
-      <c r="OT12" s="12">
+      <c r="OV12" s="12">
         <v>5.0505050505050504E-2</v>
       </c>
-      <c r="OU12" s="6">
+      <c r="OW12" s="6">
         <v>101.46662399999991</v>
       </c>
-      <c r="OV12" s="6">
+      <c r="OX12" s="6">
         <v>101.46662399999991</v>
       </c>
-      <c r="OW12" s="6"/>
-      <c r="OX12" s="6"/>
       <c r="OY12" s="6"/>
+      <c r="OZ12" s="6"/>
+      <c r="PA12" s="6"/>
     </row>
-    <row r="13" spans="1:415" ht="14">
-      <c r="A13" s="61">
+    <row r="13" spans="1:417" ht="14">
+      <c r="A13" s="47">
         <v>45870</v>
       </c>
-      <c r="B13" s="62" t="s">
+      <c r="B13" s="48" t="s">
         <v>1078</v>
       </c>
       <c r="C13" s="19"/>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
       <c r="J13" s="4"/>
       <c r="K13" s="4"/>
       <c r="L13" s="4"/>
       <c r="M13" s="4"/>
       <c r="N13" s="4"/>
       <c r="O13" s="4"/>
       <c r="P13" s="4"/>
       <c r="Q13" s="4"/>
       <c r="R13" s="4"/>
       <c r="S13" s="4"/>
       <c r="T13" s="4"/>
       <c r="U13" s="4"/>
       <c r="V13" s="4"/>
       <c r="W13" s="4"/>
       <c r="X13" s="4"/>
       <c r="Y13" s="4"/>
@@ -16664,51 +17648,51 @@
         <v>7</v>
       </c>
       <c r="ER13" s="4"/>
       <c r="ES13" s="4">
         <v>3210</v>
       </c>
       <c r="ET13" s="4">
         <v>761</v>
       </c>
       <c r="EU13" s="4">
         <v>4711</v>
       </c>
       <c r="EV13" s="4">
         <v>221</v>
       </c>
       <c r="EW13" s="4">
         <v>9</v>
       </c>
       <c r="EX13" s="4">
         <v>121</v>
       </c>
       <c r="EY13" s="4">
         <v>32</v>
       </c>
       <c r="EZ13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="FA13" s="4">
         <v>43</v>
       </c>
       <c r="FB13" s="4">
         <v>48</v>
       </c>
       <c r="FC13" s="4">
         <v>436</v>
       </c>
       <c r="FD13" s="4">
         <v>9</v>
       </c>
       <c r="FE13" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FF13" s="4">
         <v>76</v>
       </c>
       <c r="FG13" s="4">
         <v>416</v>
       </c>
       <c r="FH13" s="4">
         <v>12</v>
       </c>
@@ -16721,670 +17705,672 @@
       <c r="FK13" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FL13" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FM13" s="4">
         <v>9</v>
       </c>
       <c r="FN13" s="4">
         <v>634</v>
       </c>
       <c r="FO13" s="4">
         <v>20</v>
       </c>
       <c r="FP13" s="4">
         <v>54</v>
       </c>
       <c r="FQ13" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FR13" s="4">
         <v>181</v>
       </c>
       <c r="FS13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="FT13" s="4">
         <v>203</v>
       </c>
       <c r="FU13" s="4">
         <v>27</v>
       </c>
       <c r="FV13" s="4">
         <v>225</v>
       </c>
       <c r="FW13" s="4">
         <v>412</v>
       </c>
       <c r="FX13" s="4">
         <v>8</v>
       </c>
       <c r="FY13" s="4">
         <v>135</v>
       </c>
       <c r="FZ13" s="4">
         <v>51</v>
       </c>
       <c r="GA13" s="4">
         <v>128</v>
       </c>
       <c r="GB13" s="4">
         <v>257</v>
       </c>
       <c r="GC13" s="4">
         <v>47</v>
       </c>
       <c r="GD13" s="4">
         <v>162</v>
       </c>
       <c r="GE13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GF13" s="4">
         <v>57</v>
       </c>
       <c r="GG13" s="4">
         <v>28</v>
       </c>
       <c r="GH13" s="4" t="s">
-        <v>1088</v>
-[...3 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="GI13" s="4"/>
       <c r="GJ13" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GK13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GL13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GM13" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="GN13" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GO13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GP13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GQ13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GR13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GS13" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="GT13" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GU13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GV13" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="GW13" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GX13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GY13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GZ13" s="4" t="s">
-        <v>1081</v>
-[...4 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="HA13" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HB13" s="4"/>
       <c r="HC13" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="HD13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HE13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HF13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HG13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HH13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HI13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HJ13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HK13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HL13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HM13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HN13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HO13" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="HP13" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="HQ13" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="HR13" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="HS13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HT13" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="HU13" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="HV13" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="HW13" s="4">
+        <v>1084</v>
+      </c>
+      <c r="HW13" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HX13" s="4">
         <v>104</v>
       </c>
-      <c r="HX13" s="4">
+      <c r="HY13" s="4">
         <v>42</v>
       </c>
-      <c r="HY13" s="4">
+      <c r="HZ13" s="4">
         <v>5</v>
       </c>
-      <c r="HZ13" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="IA13" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="IB13" s="4">
+        <v>1081</v>
+      </c>
+      <c r="IB13" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IC13" s="4">
         <v>23</v>
       </c>
-      <c r="IC13" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="ID13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IE13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IF13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IG13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IH13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="II13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IJ13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IK13" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="IL13" s="4">
+        <v>1084</v>
+      </c>
+      <c r="IL13" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IM13" s="4"/>
+      <c r="IN13" s="4">
         <v>117</v>
       </c>
-      <c r="IM13" s="4">
+      <c r="IO13" s="4">
         <v>26</v>
       </c>
-      <c r="IN13" s="4">
+      <c r="IP13" s="4">
         <v>30</v>
       </c>
-      <c r="IO13" s="4" t="s">
-[...5 lines deleted...]
-      <c r="IQ13" s="4">
+      <c r="IQ13" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IR13" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IS13" s="4">
         <v>9</v>
       </c>
-      <c r="IR13" s="4">
+      <c r="IT13" s="4">
         <v>106</v>
       </c>
-      <c r="IS13" s="20">
+      <c r="IU13" s="20">
         <v>1.2847222222222223E-3</v>
       </c>
-      <c r="IT13" s="10">
+      <c r="IV13" s="10">
         <v>2.5462962962962965E-3</v>
       </c>
-      <c r="IU13" s="4">
+      <c r="IW13" s="4">
         <v>178</v>
       </c>
-      <c r="IV13" s="20">
+      <c r="IX13" s="20">
         <v>3.3564814814814812E-4</v>
       </c>
-      <c r="IW13" s="10">
+      <c r="IY13" s="10">
         <v>2.1064814814814813E-3</v>
       </c>
-      <c r="IX13" s="4">
+      <c r="IZ13" s="4">
         <v>961</v>
       </c>
-      <c r="IY13" s="12">
+      <c r="JA13" s="12">
         <v>0.20399066015707917</v>
       </c>
-      <c r="IZ13" s="16"/>
-      <c r="JA13" s="6">
+      <c r="JB13" s="16"/>
+      <c r="JC13" s="6">
         <v>125</v>
       </c>
-      <c r="JB13" s="8">
+      <c r="JD13" s="8">
         <v>961</v>
       </c>
-      <c r="JC13" s="12">
+      <c r="JE13" s="12">
         <v>0.13007284079084286</v>
       </c>
-      <c r="JD13" s="16"/>
-[...3 lines deleted...]
-      <c r="JF13" s="6">
+      <c r="JF13" s="16"/>
+      <c r="JG13" s="6">
+        <v>0</v>
+      </c>
+      <c r="JH13" s="6">
         <v>369</v>
       </c>
-      <c r="JG13" s="12">
-[...2 lines deleted...]
-      <c r="JH13" s="4">
+      <c r="JI13" s="12">
+        <v>0</v>
+      </c>
+      <c r="JJ13" s="4">
         <v>106</v>
       </c>
-      <c r="JI13" s="11">
+      <c r="JK13" s="11">
         <v>8.0439814814814816E-4</v>
       </c>
-      <c r="JJ13" s="11">
+      <c r="JL13" s="11">
         <v>4.3284722222222223E-3</v>
       </c>
-      <c r="JK13" s="11">
+      <c r="JM13" s="11">
         <v>8.8423611111111116E-3</v>
       </c>
-      <c r="JL13" s="4">
+      <c r="JN13" s="4">
         <v>625</v>
       </c>
-      <c r="JM13" s="11">
+      <c r="JO13" s="11">
         <v>5.8798611111111117E-3</v>
       </c>
-      <c r="JN13" s="11">
+      <c r="JP13" s="11">
         <v>1.2002222222222223E-2</v>
       </c>
-      <c r="JO13" s="63"/>
-[...3 lines deleted...]
-      <c r="JS13" s="4">
+      <c r="JQ13" s="49"/>
+      <c r="JR13" s="49"/>
+      <c r="JS13" s="49"/>
+      <c r="JT13" s="49"/>
+      <c r="JU13" s="4">
         <v>1833</v>
       </c>
-      <c r="JT13" s="11">
+      <c r="JV13" s="11">
         <v>5.9918981481481462E-2</v>
       </c>
-      <c r="JU13" s="11">
+      <c r="JW13" s="11">
         <v>8.3604166666666674E-2</v>
       </c>
-      <c r="JV13" s="11">
+      <c r="JX13" s="11">
         <v>0.2274201388888889</v>
       </c>
-      <c r="JW13" s="4">
+      <c r="JY13" s="4">
         <v>96</v>
       </c>
-      <c r="JX13" s="11">
+      <c r="JZ13" s="11">
         <v>6.9201388888888896E-2</v>
       </c>
-      <c r="JY13" s="11">
+      <c r="KA13" s="11">
         <v>0.13928240740740763</v>
       </c>
-      <c r="JZ13" s="11">
+      <c r="KB13" s="11">
         <v>0.45213831018518541</v>
       </c>
-      <c r="KA13" s="6">
+      <c r="KC13" s="6">
         <v>1721</v>
       </c>
-      <c r="KB13" s="14">
+      <c r="KD13" s="14">
         <v>0.87158628704241725</v>
       </c>
-      <c r="KC13" s="14">
+      <c r="KE13" s="14">
         <v>0.11330621731551424</v>
       </c>
-      <c r="KD13" s="14">
+      <c r="KF13" s="14">
         <v>1.3364323067983731E-2</v>
       </c>
-      <c r="KE13" s="14">
+      <c r="KG13" s="14">
         <v>1.7431725740848344E-3</v>
       </c>
-      <c r="KF13" s="8">
+      <c r="KH13" s="8">
         <v>47</v>
       </c>
-      <c r="KG13" s="6">
+      <c r="KI13" s="6">
         <v>5</v>
       </c>
-      <c r="KH13" s="6">
+      <c r="KJ13" s="6">
         <v>17</v>
       </c>
-      <c r="KI13" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="KK13" s="6">
+        <v>0</v>
+      </c>
+      <c r="KL13" s="6">
+        <v>0</v>
+      </c>
+      <c r="KM13" s="6">
         <v>25</v>
       </c>
-      <c r="KL13" s="6"/>
-      <c r="KM13" s="6">
+      <c r="KN13" s="6"/>
+      <c r="KO13" s="6">
         <v>35</v>
       </c>
-      <c r="KN13" s="18">
+      <c r="KP13" s="18">
         <v>0.74468085106382975</v>
       </c>
-      <c r="KO13" s="21"/>
-      <c r="KP13" s="21"/>
       <c r="KQ13" s="21"/>
       <c r="KR13" s="21"/>
       <c r="KS13" s="21"/>
       <c r="KT13" s="21"/>
       <c r="KU13" s="21"/>
       <c r="KV13" s="21"/>
       <c r="KW13" s="21"/>
       <c r="KX13" s="21"/>
       <c r="KY13" s="21"/>
       <c r="KZ13" s="21"/>
       <c r="LA13" s="21"/>
       <c r="LB13" s="21"/>
       <c r="LC13" s="21"/>
       <c r="LD13" s="21"/>
       <c r="LE13" s="21"/>
       <c r="LF13" s="21"/>
       <c r="LG13" s="21"/>
       <c r="LH13" s="21"/>
       <c r="LI13" s="21"/>
       <c r="LJ13" s="21"/>
       <c r="LK13" s="21"/>
-      <c r="LL13" s="6">
+      <c r="LL13" s="21"/>
+      <c r="LM13" s="21"/>
+      <c r="LN13" s="6">
         <v>523</v>
       </c>
-      <c r="LM13" s="6">
+      <c r="LO13" s="6">
         <v>370</v>
       </c>
-      <c r="LN13" s="6">
+      <c r="LP13" s="6">
         <v>153</v>
       </c>
-      <c r="LO13" s="16"/>
-      <c r="LP13" s="6">
+      <c r="LQ13" s="16"/>
+      <c r="LR13" s="6">
         <v>1416</v>
       </c>
-      <c r="LQ13" s="6">
+      <c r="LS13" s="6">
         <v>156</v>
       </c>
-      <c r="LR13" s="17">
+      <c r="LT13" s="17">
         <v>0.11016949152542373</v>
       </c>
-      <c r="LS13" s="6">
+      <c r="LU13" s="6">
         <v>6</v>
       </c>
-      <c r="LT13" s="17">
+      <c r="LV13" s="17">
         <v>4.2372881355932203E-3</v>
       </c>
-      <c r="LU13" s="16"/>
-      <c r="LV13" s="6">
+      <c r="LW13" s="16"/>
+      <c r="LX13" s="6">
         <v>417</v>
       </c>
-      <c r="LW13" s="6">
+      <c r="LY13" s="6">
         <v>14</v>
       </c>
-      <c r="LX13" s="17">
+      <c r="LZ13" s="17">
         <v>3.3573141486810551E-2</v>
       </c>
-      <c r="LY13" s="4" t="s">
-[...2 lines deleted...]
-      <c r="LZ13" s="17">
+      <c r="MA13" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB13" s="17">
         <v>2.3980815347721821E-3</v>
       </c>
-      <c r="MA13" s="16"/>
-      <c r="MB13" s="6">
+      <c r="MC13" s="16"/>
+      <c r="MD13" s="6">
         <v>1833</v>
       </c>
-      <c r="MC13" s="6">
+      <c r="ME13" s="6">
         <v>170</v>
       </c>
-      <c r="MD13" s="17">
+      <c r="MF13" s="17">
         <v>9.2744135297326794E-2</v>
       </c>
-      <c r="ME13" s="6">
+      <c r="MG13" s="6">
         <v>7</v>
       </c>
-      <c r="MF13" s="17">
+      <c r="MH13" s="17">
         <v>3.8188761593016913E-3</v>
       </c>
-      <c r="MG13" s="16"/>
-      <c r="MH13" s="6">
+      <c r="MI13" s="16"/>
+      <c r="MJ13" s="6">
         <v>51</v>
       </c>
-      <c r="MI13" s="4" t="s">
-[...2 lines deleted...]
-      <c r="MJ13" s="17">
+      <c r="MK13" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ML13" s="17">
         <v>5.8823529411764705E-2</v>
       </c>
-      <c r="MK13" s="6">
-[...6 lines deleted...]
-      <c r="MN13" s="6">
+      <c r="MM13" s="6">
+        <v>0</v>
+      </c>
+      <c r="MN13" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO13" s="16"/>
+      <c r="MP13" s="6">
         <v>45</v>
       </c>
-      <c r="MO13" s="4" t="s">
-[...2 lines deleted...]
-      <c r="MP13" s="17">
+      <c r="MQ13" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MR13" s="17">
         <v>2.2222222222222223E-2</v>
       </c>
-      <c r="MQ13" s="6"/>
-[...4 lines deleted...]
-      <c r="MT13" s="6">
+      <c r="MS13" s="6"/>
+      <c r="MT13" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU13" s="16"/>
+      <c r="MV13" s="6">
         <v>169</v>
       </c>
-      <c r="MU13" s="4" t="s">
-[...2 lines deleted...]
-      <c r="MV13" s="17">
+      <c r="MW13" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MX13" s="17">
         <v>2.3668639053254437E-2</v>
       </c>
-      <c r="MW13" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="MY13" s="6">
+        <v>0</v>
+      </c>
+      <c r="MZ13" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA13" s="6">
         <v>1530</v>
       </c>
-      <c r="MZ13" s="6">
+      <c r="NB13" s="6">
         <v>2579</v>
       </c>
-      <c r="NA13" s="18">
+      <c r="NC13" s="18">
         <v>0.59325319891430783</v>
       </c>
-      <c r="NB13" s="6">
+      <c r="ND13" s="6">
         <v>1752</v>
       </c>
-      <c r="NC13" s="6">
+      <c r="NE13" s="6">
         <v>1546</v>
       </c>
-      <c r="ND13" s="4" t="s">
-[...2 lines deleted...]
-      <c r="NE13" s="6">
+      <c r="NF13" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NG13" s="6">
         <v>179</v>
       </c>
-      <c r="NF13" s="6">
+      <c r="NH13" s="6">
         <v>26</v>
       </c>
-      <c r="NG13" s="18">
+      <c r="NI13" s="18">
         <v>0.1749819233550253</v>
       </c>
-      <c r="NH13" s="6">
+      <c r="NJ13" s="6">
         <v>242</v>
       </c>
-      <c r="NI13" s="6">
+      <c r="NK13" s="6">
         <v>1383</v>
       </c>
-      <c r="NJ13" s="16"/>
-      <c r="NK13" s="18">
+      <c r="NL13" s="16"/>
+      <c r="NM13" s="18">
         <v>0.17438494934876989</v>
       </c>
-      <c r="NL13" s="6">
+      <c r="NN13" s="6">
         <v>241</v>
       </c>
-      <c r="NM13" s="6">
+      <c r="NO13" s="6">
         <v>1382</v>
       </c>
-      <c r="NN13" s="18">
-[...4 lines deleted...]
-      <c r="NQ13" s="18">
+      <c r="NP13" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ13" s="6"/>
+      <c r="NR13" s="6"/>
+      <c r="NS13" s="18">
         <v>1</v>
       </c>
-      <c r="NR13" s="4" t="s">
-[...10 lines deleted...]
-      <c r="NW13" s="6">
+      <c r="NT13" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NU13" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NV13" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW13" s="6"/>
+      <c r="NX13" s="6"/>
+      <c r="NY13" s="6">
         <v>318.48718699999984</v>
       </c>
-      <c r="NX13" s="6">
+      <c r="NZ13" s="6">
         <v>318.48718699999984</v>
       </c>
-      <c r="NY13" s="6"/>
-      <c r="NZ13" s="6"/>
       <c r="OA13" s="6"/>
-      <c r="OB13" s="18">
+      <c r="OB13" s="6"/>
+      <c r="OC13" s="6"/>
+      <c r="OD13" s="18">
         <v>0.63557483731019526</v>
       </c>
-      <c r="OC13" s="6">
+      <c r="OE13" s="6">
         <v>879</v>
       </c>
-      <c r="OD13" s="6">
+      <c r="OF13" s="6">
         <v>1383</v>
       </c>
-      <c r="OE13" s="16"/>
-      <c r="OF13" s="18">
+      <c r="OG13" s="16"/>
+      <c r="OH13" s="18">
         <v>0.63531114327062232</v>
       </c>
-      <c r="OG13" s="6">
+      <c r="OI13" s="6">
         <v>878</v>
       </c>
-      <c r="OH13" s="6">
+      <c r="OJ13" s="6">
         <v>1382</v>
       </c>
-      <c r="OI13" s="18">
-[...4 lines deleted...]
-      <c r="OL13" s="18">
+      <c r="OK13" s="18">
+        <v>0</v>
+      </c>
+      <c r="OL13" s="6"/>
+      <c r="OM13" s="6"/>
+      <c r="ON13" s="18">
         <v>1</v>
       </c>
-      <c r="OM13" s="4" t="s">
-[...10 lines deleted...]
-      <c r="OR13" s="6">
+      <c r="OO13" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OP13" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OQ13" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR13" s="6"/>
+      <c r="OS13" s="8"/>
+      <c r="OT13" s="6">
         <v>115</v>
       </c>
-      <c r="OS13" s="6">
+      <c r="OU13" s="6">
         <v>1752</v>
       </c>
-      <c r="OT13" s="12">
+      <c r="OV13" s="12">
         <v>6.5639269406392697E-2</v>
       </c>
-      <c r="OU13" s="6">
+      <c r="OW13" s="6">
         <v>69.563307999999992</v>
       </c>
-      <c r="OV13" s="6">
+      <c r="OX13" s="6">
         <v>69.563307999999992</v>
       </c>
-      <c r="OW13" s="6"/>
-      <c r="OX13" s="6"/>
       <c r="OY13" s="6"/>
+      <c r="OZ13" s="6"/>
+      <c r="PA13" s="6"/>
     </row>
-    <row r="14" spans="1:415" ht="14">
-      <c r="A14" s="61">
+    <row r="14" spans="1:417" ht="14">
+      <c r="A14" s="47">
         <v>45870</v>
       </c>
-      <c r="B14" s="62" t="s">
+      <c r="B14" s="48" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="19"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
       <c r="J14" s="4"/>
       <c r="K14" s="4"/>
       <c r="L14" s="4"/>
       <c r="M14" s="4"/>
       <c r="N14" s="4"/>
       <c r="O14" s="4"/>
       <c r="P14" s="4"/>
       <c r="Q14" s="4"/>
       <c r="R14" s="4"/>
       <c r="S14" s="4"/>
       <c r="T14" s="4"/>
       <c r="U14" s="4"/>
       <c r="V14" s="4"/>
       <c r="W14" s="4"/>
       <c r="X14" s="4"/>
       <c r="Y14" s="4"/>
@@ -17578,672 +18564,674 @@
       <c r="FI14" s="4">
         <v>195</v>
       </c>
       <c r="FJ14" s="4">
         <v>54</v>
       </c>
       <c r="FK14" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FL14" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FM14" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FN14" s="4">
         <v>587</v>
       </c>
       <c r="FO14" s="4">
         <v>21</v>
       </c>
       <c r="FP14" s="4">
         <v>43</v>
       </c>
       <c r="FQ14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="FR14" s="4">
         <v>166</v>
       </c>
       <c r="FS14" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FT14" s="4">
         <v>167</v>
       </c>
       <c r="FU14" s="4">
         <v>21</v>
       </c>
       <c r="FV14" s="4">
         <v>203</v>
       </c>
       <c r="FW14" s="4">
         <v>343</v>
       </c>
       <c r="FX14" s="4">
         <v>8</v>
       </c>
       <c r="FY14" s="4">
         <v>152</v>
       </c>
       <c r="FZ14" s="4">
         <v>60</v>
       </c>
       <c r="GA14" s="4">
         <v>132</v>
       </c>
       <c r="GB14" s="4">
         <v>210</v>
       </c>
       <c r="GC14" s="4">
         <v>48</v>
       </c>
       <c r="GD14" s="4">
         <v>101</v>
       </c>
       <c r="GE14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GF14" s="4">
         <v>188</v>
       </c>
       <c r="GG14" s="4">
         <v>80</v>
       </c>
       <c r="GH14" s="4" t="s">
-        <v>1088</v>
-[...3 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="GI14" s="4"/>
       <c r="GJ14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GK14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GL14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GM14" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="GN14" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="GO14" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GP14" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="GQ14" s="4">
+        <v>1084</v>
+      </c>
+      <c r="GQ14" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="GR14" s="4">
         <v>1</v>
       </c>
-      <c r="GR14" s="4" t="s">
-[...2 lines deleted...]
-      <c r="GS14" s="4">
+      <c r="GS14" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="GT14" s="4">
         <v>5</v>
       </c>
-      <c r="GT14" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GU14" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="GV14" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="GW14" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GX14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GY14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GZ14" s="4" t="s">
-        <v>1088</v>
-[...4 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="HA14" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HB14" s="4"/>
       <c r="HC14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HD14" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="HE14" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="HF14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HG14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HH14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HI14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HJ14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HK14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HL14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HM14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HN14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HO14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HP14" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="HQ14" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="HR14" s="4">
+        <v>1081</v>
+      </c>
+      <c r="HR14" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HS14" s="4">
         <v>1</v>
       </c>
-      <c r="HS14" s="4">
+      <c r="HT14" s="4">
         <v>3</v>
       </c>
-      <c r="HT14" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HU14" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="HV14" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="HW14" s="4">
+        <v>1081</v>
+      </c>
+      <c r="HW14" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HX14" s="4">
         <v>116</v>
       </c>
-      <c r="HX14" s="4">
+      <c r="HY14" s="4">
         <v>12</v>
       </c>
-      <c r="HY14" s="4">
+      <c r="HZ14" s="4">
         <v>6</v>
       </c>
-      <c r="HZ14" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="IA14" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="IB14" s="4">
+        <v>1084</v>
+      </c>
+      <c r="IB14" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IC14" s="4">
         <v>16</v>
       </c>
-      <c r="IC14" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="ID14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IE14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IF14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IG14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IH14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="II14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IJ14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IK14" s="4" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="IL14" s="4">
+        <v>1084</v>
+      </c>
+      <c r="IL14" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM14" s="4"/>
+      <c r="IN14" s="4">
         <v>132</v>
       </c>
-      <c r="IM14" s="4">
+      <c r="IO14" s="4">
         <v>32</v>
       </c>
-      <c r="IN14" s="4">
+      <c r="IP14" s="4">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>1088</v>
       </c>
       <c r="IQ14" s="4">
         <v>7</v>
       </c>
-      <c r="IR14" s="4">
+      <c r="IR14" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IS14" s="4">
+        <v>7</v>
+      </c>
+      <c r="IT14" s="4">
         <v>97</v>
       </c>
-      <c r="IS14" s="20">
+      <c r="IU14" s="20">
         <v>1.6782407407407408E-3</v>
       </c>
-      <c r="IT14" s="10">
+      <c r="IV14" s="10">
         <v>2.7893518518518519E-3</v>
       </c>
-      <c r="IU14" s="4">
+      <c r="IW14" s="4">
         <v>206</v>
       </c>
-      <c r="IV14" s="20">
+      <c r="IX14" s="20">
         <v>3.3564814814814812E-4</v>
       </c>
-      <c r="IW14" s="10">
+      <c r="IY14" s="10">
         <v>2.673611111111111E-3</v>
       </c>
-      <c r="IX14" s="4">
+      <c r="IZ14" s="4">
         <v>844</v>
       </c>
-      <c r="IY14" s="12">
+      <c r="JA14" s="12">
         <v>0.18300086730268864</v>
       </c>
-      <c r="IZ14" s="16"/>
-      <c r="JA14" s="6">
+      <c r="JB14" s="16"/>
+      <c r="JC14" s="6">
         <v>140</v>
       </c>
-      <c r="JB14" s="8">
+      <c r="JD14" s="8">
         <v>844</v>
       </c>
-      <c r="JC14" s="12">
+      <c r="JE14" s="12">
         <v>0.16587677725118483</v>
       </c>
-      <c r="JD14" s="16"/>
-[...3 lines deleted...]
-      <c r="JF14" s="6">
+      <c r="JF14" s="16"/>
+      <c r="JG14" s="6">
+        <v>0</v>
+      </c>
+      <c r="JH14" s="6">
         <v>207</v>
       </c>
-      <c r="JG14" s="12">
-[...2 lines deleted...]
-      <c r="JH14" s="4">
+      <c r="JI14" s="12">
+        <v>0</v>
+      </c>
+      <c r="JJ14" s="4">
         <v>97</v>
       </c>
-      <c r="JI14" s="11">
+      <c r="JK14" s="11">
         <v>3.2175925925925926E-3</v>
       </c>
-      <c r="JJ14" s="11">
+      <c r="JL14" s="11">
         <v>5.4861111111111117E-3</v>
       </c>
-      <c r="JK14" s="11">
+      <c r="JM14" s="11">
         <v>1.0687638888888889E-2</v>
       </c>
-      <c r="JL14" s="4">
+      <c r="JN14" s="4">
         <v>682</v>
       </c>
-      <c r="JM14" s="11">
+      <c r="JO14" s="11">
         <v>6.7708333333333336E-3</v>
       </c>
-      <c r="JN14" s="11">
+      <c r="JP14" s="11">
         <v>1.5703472222222223E-2</v>
       </c>
-      <c r="JO14" s="63"/>
-[...3 lines deleted...]
-      <c r="JS14" s="4">
+      <c r="JQ14" s="49"/>
+      <c r="JR14" s="49"/>
+      <c r="JS14" s="49"/>
+      <c r="JT14" s="49"/>
+      <c r="JU14" s="4">
         <v>1882</v>
       </c>
-      <c r="JT14" s="11">
+      <c r="JV14" s="11">
         <v>5.6493055555555553E-2</v>
       </c>
-      <c r="JU14" s="11">
+      <c r="JW14" s="11">
         <v>8.6400462962963193E-2</v>
       </c>
-      <c r="JV14" s="11">
+      <c r="JX14" s="11">
         <v>0.25827083333333262</v>
       </c>
-      <c r="JW14" s="4">
+      <c r="JY14" s="4">
         <v>93</v>
       </c>
-      <c r="JX14" s="11">
+      <c r="JZ14" s="11">
         <v>6.4722222222222223E-2</v>
       </c>
-      <c r="JY14" s="11">
+      <c r="KA14" s="11">
         <v>0.10869212962962986</v>
       </c>
-      <c r="JZ14" s="11">
+      <c r="KB14" s="11">
         <v>0.386354166666666</v>
       </c>
-      <c r="KA14" s="6">
+      <c r="KC14" s="6">
         <v>1758</v>
       </c>
-      <c r="KB14" s="14">
+      <c r="KD14" s="14">
         <v>0.87883959044368598</v>
       </c>
-      <c r="KC14" s="14">
+      <c r="KE14" s="14">
         <v>9.4994311717861199E-2</v>
       </c>
-      <c r="KD14" s="14">
+      <c r="KF14" s="14">
         <v>1.5927189988623434E-2</v>
       </c>
-      <c r="KE14" s="14">
+      <c r="KG14" s="14">
         <v>1.0238907849829351E-2</v>
       </c>
-      <c r="KF14" s="8">
+      <c r="KH14" s="8">
         <v>92</v>
       </c>
-      <c r="KG14" s="6">
+      <c r="KI14" s="6">
         <v>11</v>
       </c>
-      <c r="KH14" s="6">
+      <c r="KJ14" s="6">
         <v>26</v>
       </c>
-      <c r="KI14" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="KK14" s="6">
+        <v>0</v>
+      </c>
+      <c r="KL14" s="6">
+        <v>0</v>
+      </c>
+      <c r="KM14" s="6">
         <v>53</v>
       </c>
-      <c r="KL14" s="4" t="s">
-[...2 lines deleted...]
-      <c r="KM14" s="6">
+      <c r="KN14" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KO14" s="6">
         <v>79</v>
       </c>
-      <c r="KN14" s="18">
+      <c r="KP14" s="18">
         <v>0.85869565217391308</v>
       </c>
-      <c r="KO14" s="21"/>
-      <c r="KP14" s="21"/>
       <c r="KQ14" s="21"/>
       <c r="KR14" s="21"/>
       <c r="KS14" s="21"/>
       <c r="KT14" s="21"/>
       <c r="KU14" s="21"/>
       <c r="KV14" s="21"/>
       <c r="KW14" s="21"/>
       <c r="KX14" s="21"/>
       <c r="KY14" s="21"/>
       <c r="KZ14" s="21"/>
       <c r="LA14" s="21"/>
       <c r="LB14" s="21"/>
       <c r="LC14" s="21"/>
       <c r="LD14" s="21"/>
       <c r="LE14" s="21"/>
       <c r="LF14" s="21"/>
       <c r="LG14" s="21"/>
       <c r="LH14" s="21"/>
       <c r="LI14" s="21"/>
       <c r="LJ14" s="21"/>
       <c r="LK14" s="21"/>
-      <c r="LL14" s="6">
+      <c r="LL14" s="21"/>
+      <c r="LM14" s="21"/>
+      <c r="LN14" s="6">
         <v>338</v>
       </c>
-      <c r="LM14" s="6">
+      <c r="LO14" s="6">
         <v>211</v>
       </c>
-      <c r="LN14" s="6">
+      <c r="LP14" s="6">
         <v>127</v>
       </c>
-      <c r="LO14" s="16"/>
-      <c r="LP14" s="6">
+      <c r="LQ14" s="16"/>
+      <c r="LR14" s="6">
         <v>1474</v>
       </c>
-      <c r="LQ14" s="6">
+      <c r="LS14" s="6">
         <v>226</v>
       </c>
-      <c r="LR14" s="17">
+      <c r="LT14" s="17">
         <v>0.15332428765264586</v>
       </c>
-      <c r="LS14" s="6">
+      <c r="LU14" s="6">
         <v>5</v>
       </c>
-      <c r="LT14" s="17">
+      <c r="LV14" s="17">
         <v>3.3921302578018998E-3</v>
       </c>
-      <c r="LU14" s="16"/>
-      <c r="LV14" s="6">
+      <c r="LW14" s="16"/>
+      <c r="LX14" s="6">
         <v>408</v>
       </c>
-      <c r="LW14" s="6">
+      <c r="LY14" s="6">
         <v>26</v>
       </c>
-      <c r="LX14" s="17">
+      <c r="LZ14" s="17">
         <v>6.3725490196078427E-2</v>
       </c>
-      <c r="LY14" s="4" t="s">
-[...2 lines deleted...]
-      <c r="LZ14" s="17">
+      <c r="MA14" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB14" s="17">
         <v>4.9019607843137254E-3</v>
       </c>
-      <c r="MA14" s="16"/>
-      <c r="MB14" s="6">
+      <c r="MC14" s="16"/>
+      <c r="MD14" s="6">
         <v>1882</v>
       </c>
-      <c r="MC14" s="6">
+      <c r="ME14" s="6">
         <v>252</v>
       </c>
-      <c r="MD14" s="17">
+      <c r="MF14" s="17">
         <v>0.1339001062699256</v>
       </c>
-      <c r="ME14" s="6">
+      <c r="MG14" s="6">
         <v>7</v>
       </c>
-      <c r="MF14" s="17">
+      <c r="MH14" s="17">
         <v>3.7194473963868225E-3</v>
       </c>
-      <c r="MG14" s="16"/>
-      <c r="MH14" s="6">
+      <c r="MI14" s="16"/>
+      <c r="MJ14" s="6">
         <v>55</v>
       </c>
-      <c r="MI14" s="4" t="s">
-[...2 lines deleted...]
-      <c r="MJ14" s="17">
+      <c r="MK14" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ML14" s="17">
         <v>3.6363636363636362E-2</v>
       </c>
-      <c r="MK14" s="6">
-[...6 lines deleted...]
-      <c r="MN14" s="6">
+      <c r="MM14" s="6">
+        <v>0</v>
+      </c>
+      <c r="MN14" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO14" s="16"/>
+      <c r="MP14" s="6">
         <v>38</v>
       </c>
-      <c r="MO14" s="4" t="s">
-[...2 lines deleted...]
-      <c r="MP14" s="17">
+      <c r="MQ14" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MR14" s="17">
         <v>5.2631578947368418E-2</v>
       </c>
-      <c r="MQ14" s="6"/>
-[...4 lines deleted...]
-      <c r="MT14" s="6">
+      <c r="MS14" s="6"/>
+      <c r="MT14" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU14" s="16"/>
+      <c r="MV14" s="6">
         <v>162</v>
       </c>
-      <c r="MU14" s="6">
+      <c r="MW14" s="6">
         <v>21</v>
       </c>
-      <c r="MV14" s="17">
+      <c r="MX14" s="17">
         <v>0.12962962962962962</v>
       </c>
-      <c r="MW14" s="4" t="s">
-[...2 lines deleted...]
-      <c r="MX14" s="17">
+      <c r="MY14" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MZ14" s="17">
         <v>6.1728395061728392E-3</v>
       </c>
-      <c r="MY14" s="6">
+      <c r="NA14" s="6">
         <v>1728</v>
       </c>
-      <c r="MZ14" s="6">
+      <c r="NB14" s="6">
         <v>2547</v>
       </c>
-      <c r="NA14" s="18">
+      <c r="NC14" s="18">
         <v>0.67844522968197885</v>
       </c>
-      <c r="NB14" s="6">
+      <c r="ND14" s="6">
         <v>2071</v>
       </c>
-      <c r="NC14" s="6">
+      <c r="NE14" s="6">
         <v>2050</v>
       </c>
-      <c r="ND14" s="4" t="s">
-[...5 lines deleted...]
-      <c r="NF14" s="6">
+      <c r="NF14" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NG14" s="6">
+        <v>0</v>
+      </c>
+      <c r="NH14" s="6">
         <v>17</v>
       </c>
-      <c r="NG14" s="18">
+      <c r="NI14" s="18">
         <v>0.54220085470085466</v>
       </c>
-      <c r="NH14" s="6">
+      <c r="NJ14" s="6">
         <v>1015</v>
       </c>
-      <c r="NI14" s="6">
+      <c r="NK14" s="6">
         <v>1872</v>
       </c>
-      <c r="NJ14" s="16"/>
-      <c r="NK14" s="18">
+      <c r="NL14" s="16"/>
+      <c r="NM14" s="18">
         <v>0.54220085470085466</v>
       </c>
-      <c r="NL14" s="6">
+      <c r="NN14" s="6">
         <v>1015</v>
       </c>
-      <c r="NM14" s="6">
+      <c r="NO14" s="6">
         <v>1872</v>
       </c>
-      <c r="NN14" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="NP14" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ14" s="6"/>
       <c r="NR14" s="6"/>
-      <c r="NS14" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="NS14" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT14" s="6"/>
       <c r="NU14" s="6"/>
-      <c r="NV14" s="6"/>
-      <c r="NW14" s="6">
+      <c r="NV14" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW14" s="6"/>
+      <c r="NX14" s="6"/>
+      <c r="NY14" s="6">
         <v>604.28939500000001</v>
       </c>
-      <c r="NX14" s="6">
+      <c r="NZ14" s="6">
         <v>604.28939500000001</v>
       </c>
-      <c r="NY14" s="6"/>
-      <c r="NZ14" s="6"/>
       <c r="OA14" s="6"/>
-      <c r="OB14" s="18">
+      <c r="OB14" s="6"/>
+      <c r="OC14" s="6"/>
+      <c r="OD14" s="18">
         <v>0.72115384615384615</v>
       </c>
-      <c r="OC14" s="6">
+      <c r="OE14" s="6">
         <v>1350</v>
       </c>
-      <c r="OD14" s="6">
+      <c r="OF14" s="6">
         <v>1872</v>
       </c>
-      <c r="OE14" s="16"/>
-      <c r="OF14" s="18">
+      <c r="OG14" s="16"/>
+      <c r="OH14" s="18">
         <v>0.72115384615384615</v>
       </c>
-      <c r="OG14" s="6">
+      <c r="OI14" s="6">
         <v>1350</v>
       </c>
-      <c r="OH14" s="6">
+      <c r="OJ14" s="6">
         <v>1872</v>
       </c>
-      <c r="OI14" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="OK14" s="18">
+        <v>0</v>
+      </c>
+      <c r="OL14" s="6"/>
       <c r="OM14" s="6"/>
-      <c r="ON14" s="6">
-[...7 lines deleted...]
-      <c r="OR14" s="6">
+      <c r="ON14" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO14" s="6"/>
+      <c r="OP14" s="6">
+        <v>0</v>
+      </c>
+      <c r="OQ14" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR14" s="6"/>
+      <c r="OS14" s="8"/>
+      <c r="OT14" s="6">
         <v>147</v>
       </c>
-      <c r="OS14" s="6">
+      <c r="OU14" s="6">
         <v>2071</v>
       </c>
-      <c r="OT14" s="12">
+      <c r="OV14" s="12">
         <v>7.0980202800579428E-2</v>
       </c>
-      <c r="OU14" s="6">
+      <c r="OW14" s="6">
         <v>61.419393999999997</v>
       </c>
-      <c r="OV14" s="6">
+      <c r="OX14" s="6">
         <v>61.419393999999997</v>
       </c>
-      <c r="OW14" s="6"/>
-      <c r="OX14" s="6"/>
       <c r="OY14" s="6"/>
+      <c r="OZ14" s="6"/>
+      <c r="PA14" s="6"/>
     </row>
-    <row r="15" spans="1:415" ht="14">
-      <c r="A15" s="61">
+    <row r="15" spans="1:417" ht="14">
+      <c r="A15" s="47">
         <v>45870</v>
       </c>
-      <c r="B15" s="62" t="s">
+      <c r="B15" s="48" t="s">
         <v>6</v>
       </c>
       <c r="C15" s="19"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
       <c r="I15" s="4"/>
       <c r="J15" s="4"/>
       <c r="K15" s="4"/>
       <c r="L15" s="4"/>
       <c r="M15" s="4"/>
       <c r="N15" s="4"/>
       <c r="O15" s="4"/>
       <c r="P15" s="4"/>
       <c r="Q15" s="4"/>
       <c r="R15" s="4"/>
       <c r="S15" s="4"/>
       <c r="T15" s="4"/>
       <c r="U15" s="4"/>
       <c r="V15" s="4"/>
       <c r="W15" s="4"/>
       <c r="X15" s="4"/>
       <c r="Y15" s="4"/>
@@ -18443,684 +19431,686 @@
       <c r="FK15" s="4">
         <v>7</v>
       </c>
       <c r="FL15" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FM15" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FN15" s="4">
         <v>627</v>
       </c>
       <c r="FO15" s="4">
         <v>11</v>
       </c>
       <c r="FP15" s="4">
         <v>36</v>
       </c>
       <c r="FQ15" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FR15" s="4">
         <v>174</v>
       </c>
       <c r="FS15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="FT15" s="4">
         <v>107</v>
       </c>
       <c r="FU15" s="4">
         <v>21</v>
       </c>
       <c r="FV15" s="4">
         <v>111</v>
       </c>
       <c r="FW15" s="4">
         <v>419</v>
       </c>
       <c r="FX15" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FY15" s="4">
         <v>143</v>
       </c>
       <c r="FZ15" s="4">
         <v>70</v>
       </c>
       <c r="GA15" s="4">
         <v>171</v>
       </c>
       <c r="GB15" s="4">
         <v>200</v>
       </c>
       <c r="GC15" s="4">
         <v>66</v>
       </c>
       <c r="GD15" s="4">
         <v>101</v>
       </c>
       <c r="GE15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GF15" s="4">
         <v>160</v>
       </c>
       <c r="GG15" s="4">
         <v>49</v>
       </c>
       <c r="GH15" s="4" t="s">
-        <v>1088</v>
-[...3 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="GI15" s="4"/>
       <c r="GJ15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GK15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GL15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GM15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GN15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GO15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GP15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GQ15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GR15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GS15" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="GT15" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GU15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GV15" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="GW15" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GX15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GY15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GZ15" s="4" t="s">
-        <v>1088</v>
-[...4 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="HA15" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HB15" s="4"/>
       <c r="HC15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HD15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HE15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HF15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HG15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HH15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HI15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HJ15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HK15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HL15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HM15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HN15" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="HO15" s="4">
+        <v>1084</v>
+      </c>
+      <c r="HO15" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HP15" s="4">
         <v>5</v>
       </c>
-      <c r="HP15" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HQ15" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="HR15" s="4">
+      <c r="HR15" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HS15" s="4">
         <v>3</v>
       </c>
-      <c r="HS15" s="4">
+      <c r="HT15" s="4">
         <v>7</v>
       </c>
-      <c r="HT15" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HU15" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="HV15" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="HW15" s="4">
+        <v>1081</v>
+      </c>
+      <c r="HW15" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HX15" s="4">
         <v>129</v>
       </c>
-      <c r="HX15" s="4">
+      <c r="HY15" s="4">
         <v>20</v>
       </c>
-      <c r="HY15" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HZ15" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="IA15" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="IB15" s="4">
+        <v>1084</v>
+      </c>
+      <c r="IB15" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IC15" s="4">
         <v>9</v>
       </c>
-      <c r="IC15" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="ID15" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="IE15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IF15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IG15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IH15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="II15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IJ15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IK15" s="4" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="IL15" s="4">
+        <v>1084</v>
+      </c>
+      <c r="IL15" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM15" s="4"/>
+      <c r="IN15" s="4">
         <v>203</v>
       </c>
-      <c r="IM15" s="4">
+      <c r="IO15" s="4">
         <v>44</v>
       </c>
-      <c r="IN15" s="4">
+      <c r="IP15" s="4">
         <v>48</v>
       </c>
-      <c r="IO15" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="IQ15" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="IR15" s="4">
+      <c r="IR15" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IS15" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IT15" s="4">
         <v>102</v>
       </c>
-      <c r="IS15" s="20">
+      <c r="IU15" s="20">
         <v>1.9907407407407408E-3</v>
       </c>
-      <c r="IT15" s="10">
+      <c r="IV15" s="10">
         <v>3.5879629629629629E-3</v>
       </c>
-      <c r="IU15" s="4">
+      <c r="IW15" s="4">
         <v>180</v>
       </c>
-      <c r="IV15" s="20">
+      <c r="IX15" s="20">
         <v>2.5462962962962961E-4</v>
       </c>
-      <c r="IW15" s="10">
+      <c r="IY15" s="10">
         <v>2.9282407407407408E-3</v>
       </c>
-      <c r="IX15" s="4">
+      <c r="IZ15" s="4">
         <v>765</v>
       </c>
-      <c r="IY15" s="12">
+      <c r="JA15" s="12">
         <v>0.17194875252865813</v>
       </c>
-      <c r="IZ15" s="16"/>
-      <c r="JA15" s="6">
+      <c r="JB15" s="16"/>
+      <c r="JC15" s="6">
         <v>144</v>
       </c>
-      <c r="JB15" s="8">
+      <c r="JD15" s="8">
         <v>765</v>
       </c>
-      <c r="JC15" s="12">
+      <c r="JE15" s="12">
         <v>0.18823529411764706</v>
       </c>
-      <c r="JD15" s="16"/>
-[...3 lines deleted...]
-      <c r="JF15" s="6">
+      <c r="JF15" s="16"/>
+      <c r="JG15" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH15" s="6">
         <v>243</v>
       </c>
-      <c r="JG15" s="12">
+      <c r="JI15" s="12">
         <v>4.11522633744856E-3</v>
       </c>
-      <c r="JH15" s="4">
+      <c r="JJ15" s="4">
         <v>102</v>
       </c>
-      <c r="JI15" s="11">
+      <c r="JK15" s="11">
         <v>5.4976851851851853E-3</v>
       </c>
-      <c r="JJ15" s="11">
+      <c r="JL15" s="11">
         <v>6.7822916666666674E-3</v>
       </c>
-      <c r="JK15" s="11">
+      <c r="JM15" s="11">
         <v>1.4851875E-2</v>
       </c>
-      <c r="JL15" s="4">
+      <c r="JN15" s="4">
         <v>549</v>
       </c>
-      <c r="JM15" s="11">
+      <c r="JO15" s="11">
         <v>7.7777777777777776E-3</v>
       </c>
-      <c r="JN15" s="11">
+      <c r="JP15" s="11">
         <v>1.7803194444444444E-2</v>
       </c>
-      <c r="JO15" s="63"/>
-[...3 lines deleted...]
-      <c r="JS15" s="4">
+      <c r="JQ15" s="49"/>
+      <c r="JR15" s="49"/>
+      <c r="JS15" s="49"/>
+      <c r="JT15" s="49"/>
+      <c r="JU15" s="4">
         <v>1954</v>
       </c>
-      <c r="JT15" s="11">
+      <c r="JV15" s="11">
         <v>5.7048611111111112E-2</v>
       </c>
-      <c r="JU15" s="11">
+      <c r="JW15" s="11">
         <v>8.4185185185185418E-2</v>
       </c>
-      <c r="JV15" s="11">
+      <c r="JX15" s="11">
         <v>0.25056134259259238</v>
       </c>
-      <c r="JW15" s="4">
+      <c r="JY15" s="4">
         <v>119</v>
       </c>
-      <c r="JX15" s="11">
+      <c r="JZ15" s="11">
         <v>5.6412037037037017E-2</v>
       </c>
-      <c r="JY15" s="11">
+      <c r="KA15" s="11">
         <v>8.0817129629629864E-2</v>
       </c>
-      <c r="JZ15" s="11">
+      <c r="KB15" s="11">
         <v>0.503866898148148</v>
       </c>
-      <c r="KA15" s="6">
+      <c r="KC15" s="6">
         <v>1732</v>
       </c>
-      <c r="KB15" s="14">
+      <c r="KD15" s="14">
         <v>0.83775981524249421</v>
       </c>
-      <c r="KC15" s="14">
+      <c r="KE15" s="14">
         <v>0.14087759815242495</v>
       </c>
-      <c r="KD15" s="14">
+      <c r="KF15" s="14">
         <v>1.7321016166281754E-2</v>
       </c>
-      <c r="KE15" s="14">
+      <c r="KG15" s="14">
         <v>4.0415704387990765E-3</v>
       </c>
-      <c r="KF15" s="8">
+      <c r="KH15" s="8">
         <v>144</v>
       </c>
-      <c r="KG15" s="6">
+      <c r="KI15" s="6">
         <v>25</v>
       </c>
-      <c r="KH15" s="6">
+      <c r="KJ15" s="6">
         <v>35</v>
       </c>
-      <c r="KI15" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="KK15" s="6">
+        <v>0</v>
+      </c>
+      <c r="KL15" s="6">
+        <v>0</v>
+      </c>
+      <c r="KM15" s="6">
         <v>79</v>
       </c>
-      <c r="KL15" s="6">
+      <c r="KN15" s="6">
         <v>5</v>
       </c>
-      <c r="KM15" s="6">
+      <c r="KO15" s="6">
         <v>118</v>
       </c>
-      <c r="KN15" s="18">
+      <c r="KP15" s="18">
         <v>0.81944444444444442</v>
       </c>
-      <c r="KO15" s="21"/>
-      <c r="KP15" s="21"/>
       <c r="KQ15" s="21"/>
       <c r="KR15" s="21"/>
       <c r="KS15" s="21"/>
       <c r="KT15" s="21"/>
       <c r="KU15" s="21"/>
       <c r="KV15" s="21"/>
       <c r="KW15" s="21"/>
       <c r="KX15" s="21"/>
       <c r="KY15" s="21"/>
       <c r="KZ15" s="21"/>
       <c r="LA15" s="21"/>
       <c r="LB15" s="21"/>
       <c r="LC15" s="21"/>
       <c r="LD15" s="21"/>
       <c r="LE15" s="21"/>
       <c r="LF15" s="21"/>
       <c r="LG15" s="21"/>
       <c r="LH15" s="21"/>
       <c r="LI15" s="21"/>
       <c r="LJ15" s="21"/>
       <c r="LK15" s="21"/>
-      <c r="LL15" s="6">
+      <c r="LL15" s="21"/>
+      <c r="LM15" s="21"/>
+      <c r="LN15" s="6">
         <v>381</v>
       </c>
-      <c r="LM15" s="6">
+      <c r="LO15" s="6">
         <v>243</v>
       </c>
-      <c r="LN15" s="6">
+      <c r="LP15" s="6">
         <v>138</v>
       </c>
-      <c r="LO15" s="16"/>
-      <c r="LP15" s="6">
+      <c r="LQ15" s="16"/>
+      <c r="LR15" s="6">
         <v>1555</v>
       </c>
-      <c r="LQ15" s="6">
+      <c r="LS15" s="6">
         <v>279</v>
       </c>
-      <c r="LR15" s="17">
+      <c r="LT15" s="17">
         <v>0.17942122186495177</v>
       </c>
-      <c r="LS15" s="6">
+      <c r="LU15" s="6">
         <v>7</v>
       </c>
-      <c r="LT15" s="17">
+      <c r="LV15" s="17">
         <v>4.5016077170418004E-3</v>
       </c>
-      <c r="LU15" s="16"/>
-      <c r="LV15" s="6">
+      <c r="LW15" s="16"/>
+      <c r="LX15" s="6">
         <v>399</v>
       </c>
-      <c r="LW15" s="6">
+      <c r="LY15" s="6">
         <v>38</v>
       </c>
-      <c r="LX15" s="17">
+      <c r="LZ15" s="17">
         <v>9.5238095238095233E-2</v>
       </c>
-      <c r="LY15" s="6">
-[...6 lines deleted...]
-      <c r="MB15" s="6">
+      <c r="MA15" s="6">
+        <v>0</v>
+      </c>
+      <c r="MB15" s="17">
+        <v>0</v>
+      </c>
+      <c r="MC15" s="16"/>
+      <c r="MD15" s="6">
         <v>1954</v>
       </c>
-      <c r="MC15" s="6">
+      <c r="ME15" s="6">
         <v>317</v>
       </c>
-      <c r="MD15" s="17">
+      <c r="MF15" s="17">
         <v>0.16223132036847493</v>
       </c>
-      <c r="ME15" s="6">
+      <c r="MG15" s="6">
         <v>7</v>
       </c>
-      <c r="MF15" s="17">
+      <c r="MH15" s="17">
         <v>3.5823950870010235E-3</v>
       </c>
-      <c r="MG15" s="16"/>
-      <c r="MH15" s="6">
+      <c r="MI15" s="16"/>
+      <c r="MJ15" s="6">
         <v>72</v>
       </c>
-      <c r="MI15" s="6">
+      <c r="MK15" s="6">
         <v>9</v>
       </c>
-      <c r="MJ15" s="17">
+      <c r="ML15" s="17">
         <v>0.125</v>
       </c>
-      <c r="MK15" s="6">
-[...6 lines deleted...]
-      <c r="MN15" s="6">
+      <c r="MM15" s="6">
+        <v>0</v>
+      </c>
+      <c r="MN15" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO15" s="16"/>
+      <c r="MP15" s="6">
         <v>48</v>
       </c>
-      <c r="MO15" s="6">
-[...5 lines deleted...]
-      <c r="MQ15" s="6"/>
+      <c r="MQ15" s="6">
+        <v>0</v>
+      </c>
       <c r="MR15" s="17">
         <v>0</v>
       </c>
-      <c r="MS15" s="16"/>
-      <c r="MT15" s="6">
+      <c r="MS15" s="6"/>
+      <c r="MT15" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU15" s="16"/>
+      <c r="MV15" s="6">
         <v>124</v>
       </c>
-      <c r="MU15" s="6">
+      <c r="MW15" s="6">
         <v>7</v>
       </c>
-      <c r="MV15" s="17">
+      <c r="MX15" s="17">
         <v>5.6451612903225805E-2</v>
       </c>
-      <c r="MW15" s="4" t="s">
-[...2 lines deleted...]
-      <c r="MX15" s="17">
+      <c r="MY15" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MZ15" s="17">
         <v>8.0645161290322578E-3</v>
       </c>
-      <c r="MY15" s="6">
+      <c r="NA15" s="6">
         <v>1763</v>
       </c>
-      <c r="MZ15" s="6">
+      <c r="NB15" s="6">
         <v>2546</v>
       </c>
-      <c r="NA15" s="18">
+      <c r="NC15" s="18">
         <v>0.69245875883739194</v>
       </c>
-      <c r="NB15" s="6">
+      <c r="ND15" s="6">
         <v>2050</v>
       </c>
-      <c r="NC15" s="6">
+      <c r="NE15" s="6">
         <v>1812</v>
       </c>
-      <c r="ND15" s="4" t="s">
-[...2 lines deleted...]
-      <c r="NE15" s="6">
+      <c r="NF15" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NG15" s="6">
         <v>226</v>
       </c>
-      <c r="NF15" s="6">
+      <c r="NH15" s="6">
         <v>9</v>
       </c>
-      <c r="NG15" s="18">
+      <c r="NI15" s="18">
         <v>0.27255550307038262</v>
       </c>
-      <c r="NH15" s="6">
+      <c r="NJ15" s="6">
         <v>577</v>
       </c>
-      <c r="NI15" s="6">
+      <c r="NK15" s="6">
         <v>2117</v>
       </c>
-      <c r="NJ15" s="16"/>
-      <c r="NK15" s="18">
+      <c r="NL15" s="16"/>
+      <c r="NM15" s="18">
         <v>0.26584976025572721</v>
       </c>
-      <c r="NL15" s="6">
+      <c r="NN15" s="6">
         <v>499</v>
       </c>
-      <c r="NM15" s="6">
+      <c r="NO15" s="6">
         <v>1877</v>
       </c>
-      <c r="NN15" s="18">
-[...6 lines deleted...]
-      <c r="NQ15" s="18">
+      <c r="NP15" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ15" s="6"/>
+      <c r="NR15" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NS15" s="18">
         <v>0.32773109243697479</v>
       </c>
-      <c r="NR15" s="6">
+      <c r="NT15" s="6">
         <v>78</v>
       </c>
-      <c r="NS15" s="6">
+      <c r="NU15" s="6">
         <v>238</v>
       </c>
-      <c r="NT15" s="18">
-[...4 lines deleted...]
-      <c r="NW15" s="6">
+      <c r="NV15" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW15" s="6"/>
+      <c r="NX15" s="6"/>
+      <c r="NY15" s="6">
         <v>2616.5493649999994</v>
       </c>
-      <c r="NX15" s="6">
+      <c r="NZ15" s="6">
         <v>2341.4763229999994</v>
       </c>
-      <c r="NY15" s="6">
+      <c r="OA15" s="6">
         <v>0.26055400000000001</v>
       </c>
-      <c r="NZ15" s="6">
+      <c r="OB15" s="6">
         <v>274.81248799999986</v>
       </c>
-      <c r="OA15" s="6"/>
-      <c r="OB15" s="18">
+      <c r="OC15" s="6"/>
+      <c r="OD15" s="18">
         <v>0.79026924893717521</v>
       </c>
-      <c r="OC15" s="6">
+      <c r="OE15" s="6">
         <v>1673</v>
       </c>
-      <c r="OD15" s="6">
+      <c r="OF15" s="6">
         <v>2117</v>
       </c>
-      <c r="OE15" s="16"/>
-      <c r="OF15" s="18">
+      <c r="OG15" s="16"/>
+      <c r="OH15" s="18">
         <v>0.79541822056473099</v>
       </c>
-      <c r="OG15" s="6">
+      <c r="OI15" s="6">
         <v>1493</v>
       </c>
-      <c r="OH15" s="6">
+      <c r="OJ15" s="6">
         <v>1877</v>
       </c>
-      <c r="OI15" s="18">
+      <c r="OK15" s="18">
         <v>1</v>
       </c>
-      <c r="OJ15" s="4" t="s">
-[...5 lines deleted...]
-      <c r="OL15" s="18">
+      <c r="OL15" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OM15" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ON15" s="18">
         <v>0.74789915966386555</v>
       </c>
-      <c r="OM15" s="6">
+      <c r="OO15" s="6">
         <v>178</v>
       </c>
-      <c r="ON15" s="6">
+      <c r="OP15" s="6">
         <v>238</v>
       </c>
-      <c r="OO15" s="18">
-[...4 lines deleted...]
-      <c r="OR15" s="6">
+      <c r="OQ15" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR15" s="6"/>
+      <c r="OS15" s="8"/>
+      <c r="OT15" s="6">
         <v>164</v>
       </c>
-      <c r="OS15" s="6">
+      <c r="OU15" s="6">
         <v>2050</v>
       </c>
-      <c r="OT15" s="12">
+      <c r="OV15" s="12">
         <v>0.08</v>
       </c>
-      <c r="OU15" s="6">
+      <c r="OW15" s="6">
         <v>115.243279</v>
       </c>
-      <c r="OV15" s="6">
+      <c r="OX15" s="6">
         <v>104.442734</v>
       </c>
-      <c r="OW15" s="6"/>
-      <c r="OX15" s="6">
+      <c r="OY15" s="6"/>
+      <c r="OZ15" s="6">
         <v>10.800544999999998</v>
       </c>
-      <c r="OY15" s="6"/>
+      <c r="PA15" s="6"/>
     </row>
-    <row r="16" spans="1:415" ht="14">
-      <c r="A16" s="61">
+    <row r="16" spans="1:417" ht="14">
+      <c r="A16" s="47">
         <v>45870</v>
       </c>
-      <c r="B16" s="62" t="s">
+      <c r="B16" s="48" t="s">
         <v>7</v>
       </c>
       <c r="C16" s="19"/>
       <c r="D16" s="4"/>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
       <c r="I16" s="4"/>
       <c r="J16" s="4"/>
       <c r="K16" s="4"/>
       <c r="L16" s="4"/>
       <c r="M16" s="4"/>
       <c r="N16" s="4"/>
       <c r="O16" s="4"/>
       <c r="P16" s="4"/>
       <c r="Q16" s="4"/>
       <c r="R16" s="4"/>
       <c r="S16" s="4"/>
       <c r="T16" s="4"/>
       <c r="U16" s="4"/>
       <c r="V16" s="4"/>
       <c r="W16" s="4"/>
       <c r="X16" s="4"/>
       <c r="Y16" s="4"/>
@@ -19299,687 +20289,689 @@
       <c r="FD16" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FE16" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FF16" s="4">
         <v>15</v>
       </c>
       <c r="FG16" s="4">
         <v>151</v>
       </c>
       <c r="FH16" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FI16" s="4">
         <v>46</v>
       </c>
       <c r="FJ16" s="4">
         <v>15</v>
       </c>
       <c r="FK16" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FL16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="FM16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="FN16" s="4">
         <v>220</v>
       </c>
       <c r="FO16" s="4">
         <v>7</v>
       </c>
       <c r="FP16" s="4">
         <v>13</v>
       </c>
       <c r="FQ16" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FR16" s="4">
         <v>58</v>
       </c>
       <c r="FS16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="FT16" s="4">
         <v>38</v>
       </c>
       <c r="FU16" s="4">
         <v>8</v>
       </c>
       <c r="FV16" s="4">
         <v>31</v>
       </c>
       <c r="FW16" s="4">
         <v>137</v>
       </c>
       <c r="FX16" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FY16" s="4">
         <v>45</v>
       </c>
       <c r="FZ16" s="4">
         <v>35</v>
       </c>
       <c r="GA16" s="4">
         <v>61</v>
       </c>
       <c r="GB16" s="4">
         <v>58</v>
       </c>
       <c r="GC16" s="4">
         <v>22</v>
       </c>
       <c r="GD16" s="4">
         <v>44</v>
       </c>
       <c r="GE16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GF16" s="4">
         <v>35</v>
       </c>
       <c r="GG16" s="4">
         <v>6</v>
       </c>
       <c r="GH16" s="4" t="s">
-        <v>1088</v>
-[...3 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="GI16" s="4"/>
       <c r="GJ16" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GK16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GL16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GM16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GN16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GO16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GP16" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="GQ16" s="4">
+        <v>1084</v>
+      </c>
+      <c r="GQ16" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="GR16" s="4">
         <v>1</v>
       </c>
-      <c r="GR16" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GS16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GT16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GU16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GV16" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="GW16" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GX16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GY16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GZ16" s="4" t="s">
-        <v>1088</v>
-[...4 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="HA16" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HB16" s="4"/>
       <c r="HC16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HD16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HE16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HF16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HG16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HH16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HI16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HJ16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HK16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HL16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HM16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HN16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HO16" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="HP16" s="4">
+        <v>1084</v>
+      </c>
+      <c r="HP16" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HQ16" s="4">
         <v>5</v>
       </c>
-      <c r="HQ16" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HR16" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="HS16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HT16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HU16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HV16" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="HW16" s="4">
+        <v>1084</v>
+      </c>
+      <c r="HW16" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HX16" s="4">
         <v>51</v>
       </c>
-      <c r="HX16" s="4">
+      <c r="HY16" s="4">
         <v>20</v>
       </c>
-      <c r="HY16" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HZ16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IA16" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="IB16" s="4">
+        <v>1084</v>
+      </c>
+      <c r="IB16" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IC16" s="4">
         <v>8</v>
       </c>
-      <c r="IC16" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="ID16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IE16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IF16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IG16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IH16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="II16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IJ16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IK16" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="IL16" s="4">
+        <v>1084</v>
+      </c>
+      <c r="IL16" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IM16" s="4"/>
+      <c r="IN16" s="4">
         <v>83</v>
       </c>
-      <c r="IM16" s="4">
+      <c r="IO16" s="4">
         <v>20</v>
       </c>
-      <c r="IN16" s="4">
+      <c r="IP16" s="4">
         <v>12</v>
       </c>
-      <c r="IO16" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="IQ16" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="IR16" s="4">
+      <c r="IR16" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IS16" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IT16" s="4">
         <v>27</v>
       </c>
-      <c r="IS16" s="20">
+      <c r="IU16" s="20">
         <v>3.9236111111111112E-3</v>
       </c>
-      <c r="IT16" s="10">
+      <c r="IV16" s="10">
         <v>2.7546296296296294E-3</v>
       </c>
-      <c r="IU16" s="4">
+      <c r="IW16" s="4">
         <v>41</v>
       </c>
-      <c r="IV16" s="20">
+      <c r="IX16" s="20">
         <v>2.4305555555555555E-4</v>
       </c>
-      <c r="IW16" s="10">
+      <c r="IY16" s="10">
         <v>2.2974537037037039E-3</v>
       </c>
-      <c r="IX16" s="4">
+      <c r="IZ16" s="4">
         <v>228</v>
       </c>
-      <c r="IY16" s="12">
+      <c r="JA16" s="12">
         <v>0.14709677419354839</v>
       </c>
-      <c r="IZ16" s="16"/>
-      <c r="JA16" s="6">
+      <c r="JB16" s="16"/>
+      <c r="JC16" s="6">
         <v>51</v>
       </c>
-      <c r="JB16" s="8">
+      <c r="JD16" s="8">
         <v>228</v>
       </c>
-      <c r="JC16" s="12">
+      <c r="JE16" s="12">
         <v>0.22368421052631579</v>
       </c>
-      <c r="JD16" s="16"/>
-[...3 lines deleted...]
-      <c r="JF16" s="6">
+      <c r="JF16" s="16"/>
+      <c r="JG16" s="6">
+        <v>0</v>
+      </c>
+      <c r="JH16" s="6">
         <v>126</v>
       </c>
-      <c r="JG16" s="12">
-[...2 lines deleted...]
-      <c r="JH16" s="4">
+      <c r="JI16" s="12">
+        <v>0</v>
+      </c>
+      <c r="JJ16" s="4">
         <v>27</v>
       </c>
-      <c r="JI16" s="11">
+      <c r="JK16" s="11">
         <v>5.6828703703703702E-3</v>
       </c>
-      <c r="JJ16" s="11">
+      <c r="JL16" s="11">
         <v>6.3312500000000009E-3</v>
       </c>
-      <c r="JK16" s="11">
+      <c r="JM16" s="11">
         <v>1.8317083333333335E-2</v>
       </c>
-      <c r="JL16" s="4">
+      <c r="JN16" s="4">
         <v>151</v>
       </c>
-      <c r="JM16" s="11">
+      <c r="JO16" s="11">
         <v>7.9979166666666671E-3</v>
       </c>
-      <c r="JN16" s="11">
+      <c r="JP16" s="11">
         <v>2.2516250000000002E-2</v>
       </c>
-      <c r="JO16" s="63"/>
-[...3 lines deleted...]
-      <c r="JS16" s="4">
+      <c r="JQ16" s="49"/>
+      <c r="JR16" s="49"/>
+      <c r="JS16" s="49"/>
+      <c r="JT16" s="49"/>
+      <c r="JU16" s="4">
         <v>768</v>
       </c>
-      <c r="JT16" s="11">
+      <c r="JV16" s="11">
         <v>4.6516203703703685E-2</v>
       </c>
-      <c r="JU16" s="11">
+      <c r="JW16" s="11">
         <v>6.9351851851851873E-2</v>
       </c>
-      <c r="JV16" s="11">
+      <c r="JX16" s="11">
         <v>0.23624652777777777</v>
       </c>
-      <c r="JW16" s="4">
+      <c r="JY16" s="4">
         <v>49</v>
       </c>
-      <c r="JX16" s="11">
+      <c r="JZ16" s="11">
         <v>4.182870370370368E-2</v>
       </c>
-      <c r="JY16" s="11">
+      <c r="KA16" s="11">
         <v>5.9855902777777775E-2</v>
       </c>
-      <c r="JZ16" s="11">
+      <c r="KB16" s="11">
         <v>0.24710879629629651</v>
       </c>
-      <c r="KA16" s="6">
+      <c r="KC16" s="6">
         <v>676</v>
       </c>
-      <c r="KB16" s="14">
+      <c r="KD16" s="14">
         <v>0.85059171597633132</v>
       </c>
-      <c r="KC16" s="14">
+      <c r="KE16" s="14">
         <v>0.1257396449704142</v>
       </c>
-      <c r="KD16" s="14">
+      <c r="KF16" s="14">
         <v>1.7751479289940829E-2</v>
       </c>
-      <c r="KE16" s="14">
+      <c r="KG16" s="14">
         <v>5.9171597633136093E-3</v>
       </c>
-      <c r="KF16" s="8">
+      <c r="KH16" s="8">
         <v>24</v>
       </c>
-      <c r="KG16" s="6">
+      <c r="KI16" s="6">
         <v>10</v>
       </c>
-      <c r="KH16" s="4" t="s">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="KJ16" s="4" t="s">
+        <v>1081</v>
       </c>
       <c r="KK16" s="6">
+        <v>0</v>
+      </c>
+      <c r="KL16" s="6">
+        <v>0</v>
+      </c>
+      <c r="KM16" s="6">
         <v>5</v>
       </c>
-      <c r="KL16" s="6">
+      <c r="KN16" s="6">
         <v>5</v>
       </c>
-      <c r="KM16" s="6">
+      <c r="KO16" s="6">
         <v>18</v>
       </c>
-      <c r="KN16" s="18">
+      <c r="KP16" s="18">
         <v>0.75</v>
       </c>
-      <c r="KO16" s="21"/>
-      <c r="KP16" s="21"/>
       <c r="KQ16" s="21"/>
       <c r="KR16" s="21"/>
       <c r="KS16" s="21"/>
       <c r="KT16" s="21"/>
       <c r="KU16" s="21"/>
       <c r="KV16" s="21"/>
       <c r="KW16" s="21"/>
       <c r="KX16" s="21"/>
       <c r="KY16" s="21"/>
       <c r="KZ16" s="21"/>
       <c r="LA16" s="21"/>
       <c r="LB16" s="21"/>
       <c r="LC16" s="21"/>
       <c r="LD16" s="21"/>
       <c r="LE16" s="21"/>
       <c r="LF16" s="21"/>
       <c r="LG16" s="21"/>
       <c r="LH16" s="21"/>
       <c r="LI16" s="21"/>
       <c r="LJ16" s="21"/>
       <c r="LK16" s="21"/>
-      <c r="LL16" s="6">
+      <c r="LL16" s="21"/>
+      <c r="LM16" s="21"/>
+      <c r="LN16" s="6">
         <v>177</v>
       </c>
-      <c r="LM16" s="6">
+      <c r="LO16" s="6">
         <v>127</v>
       </c>
-      <c r="LN16" s="6">
+      <c r="LP16" s="6">
         <v>50</v>
       </c>
-      <c r="LO16" s="16"/>
-      <c r="LP16" s="6">
+      <c r="LQ16" s="16"/>
+      <c r="LR16" s="6">
         <v>598</v>
       </c>
-      <c r="LQ16" s="6">
+      <c r="LS16" s="6">
         <v>101</v>
       </c>
-      <c r="LR16" s="17">
+      <c r="LT16" s="17">
         <v>0.16889632107023411</v>
       </c>
-      <c r="LS16" s="4" t="s">
-[...2 lines deleted...]
-      <c r="LT16" s="17">
+      <c r="LU16" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="LV16" s="17">
         <v>1.6722408026755853E-3</v>
       </c>
-      <c r="LU16" s="16"/>
-      <c r="LV16" s="6">
+      <c r="LW16" s="16"/>
+      <c r="LX16" s="6">
         <v>170</v>
       </c>
-      <c r="LW16" s="6">
+      <c r="LY16" s="6">
         <v>7</v>
       </c>
-      <c r="LX16" s="17">
+      <c r="LZ16" s="17">
         <v>4.1176470588235294E-2</v>
       </c>
-      <c r="LY16" s="4" t="s">
-[...2 lines deleted...]
-      <c r="LZ16" s="17">
+      <c r="MA16" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB16" s="17">
         <v>5.8823529411764705E-3</v>
       </c>
-      <c r="MA16" s="16"/>
-      <c r="MB16" s="6">
+      <c r="MC16" s="16"/>
+      <c r="MD16" s="6">
         <v>768</v>
       </c>
-      <c r="MC16" s="6">
+      <c r="ME16" s="6">
         <v>108</v>
       </c>
-      <c r="MD16" s="17">
+      <c r="MF16" s="17">
         <v>0.140625</v>
       </c>
-      <c r="ME16" s="4" t="s">
-[...2 lines deleted...]
-      <c r="MF16" s="17">
+      <c r="MG16" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MH16" s="17">
         <v>2.6041666666666665E-3</v>
       </c>
-      <c r="MG16" s="16"/>
-      <c r="MH16" s="6">
+      <c r="MI16" s="16"/>
+      <c r="MJ16" s="6">
         <v>27</v>
       </c>
-      <c r="MI16" s="4" t="s">
-[...2 lines deleted...]
-      <c r="MJ16" s="17">
+      <c r="MK16" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ML16" s="17">
         <v>7.407407407407407E-2</v>
       </c>
-      <c r="MK16" s="6">
-[...6 lines deleted...]
-      <c r="MN16" s="6">
+      <c r="MM16" s="6">
+        <v>0</v>
+      </c>
+      <c r="MN16" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO16" s="16"/>
+      <c r="MP16" s="6">
         <v>22</v>
       </c>
-      <c r="MO16" s="6">
-[...5 lines deleted...]
-      <c r="MQ16" s="6"/>
+      <c r="MQ16" s="6">
+        <v>0</v>
+      </c>
       <c r="MR16" s="17">
         <v>0</v>
       </c>
-      <c r="MS16" s="16"/>
-      <c r="MT16" s="6">
+      <c r="MS16" s="6"/>
+      <c r="MT16" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU16" s="16"/>
+      <c r="MV16" s="6">
         <v>31</v>
       </c>
-      <c r="MU16" s="4" t="s">
-[...2 lines deleted...]
-      <c r="MV16" s="17">
+      <c r="MW16" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MX16" s="17">
         <v>9.6774193548387094E-2</v>
       </c>
-      <c r="MW16" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="MY16" s="6">
+        <v>0</v>
+      </c>
+      <c r="MZ16" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA16" s="6">
         <v>620</v>
       </c>
-      <c r="MZ16" s="6">
+      <c r="NB16" s="6">
         <v>944</v>
       </c>
-      <c r="NA16" s="18">
+      <c r="NC16" s="18">
         <v>0.65677966101694918</v>
       </c>
-      <c r="NB16" s="6">
+      <c r="ND16" s="6">
         <v>697</v>
       </c>
-      <c r="NC16" s="6">
+      <c r="NE16" s="6">
         <v>646</v>
       </c>
-      <c r="ND16" s="6">
+      <c r="NF16" s="6">
         <v>14</v>
       </c>
-      <c r="NE16" s="6">
-[...2 lines deleted...]
-      <c r="NF16" s="6">
+      <c r="NG16" s="6">
+        <v>0</v>
+      </c>
+      <c r="NH16" s="6">
         <v>37</v>
       </c>
-      <c r="NG16" s="18">
+      <c r="NI16" s="18">
         <v>0.21450617283950618</v>
       </c>
-      <c r="NH16" s="6">
+      <c r="NJ16" s="6">
         <v>139</v>
       </c>
-      <c r="NI16" s="6">
+      <c r="NK16" s="6">
         <v>648</v>
       </c>
-      <c r="NJ16" s="16"/>
-      <c r="NK16" s="18">
+      <c r="NL16" s="16"/>
+      <c r="NM16" s="18">
         <v>0.21450617283950618</v>
       </c>
-      <c r="NL16" s="6">
+      <c r="NN16" s="6">
         <v>139</v>
       </c>
-      <c r="NM16" s="6">
+      <c r="NO16" s="6">
         <v>648</v>
       </c>
-      <c r="NN16" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="NP16" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ16" s="6"/>
       <c r="NR16" s="6"/>
-      <c r="NS16" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="NS16" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT16" s="6"/>
       <c r="NU16" s="6"/>
-      <c r="NV16" s="6"/>
-      <c r="NW16" s="6">
+      <c r="NV16" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW16" s="6"/>
+      <c r="NX16" s="6"/>
+      <c r="NY16" s="6">
         <v>432.12549300000012</v>
       </c>
-      <c r="NX16" s="6">
+      <c r="NZ16" s="6">
         <v>432.12549300000012</v>
       </c>
-      <c r="NY16" s="64"/>
-[...2 lines deleted...]
-      <c r="OB16" s="18">
+      <c r="OA16" s="50"/>
+      <c r="OB16" s="50"/>
+      <c r="OC16" s="6"/>
+      <c r="OD16" s="18">
         <v>0.83950617283950613</v>
       </c>
-      <c r="OC16" s="6">
+      <c r="OE16" s="6">
         <v>544</v>
       </c>
-      <c r="OD16" s="6">
+      <c r="OF16" s="6">
         <v>648</v>
       </c>
-      <c r="OE16" s="16"/>
-      <c r="OF16" s="18">
+      <c r="OG16" s="16"/>
+      <c r="OH16" s="18">
         <v>0.83950617283950613</v>
       </c>
-      <c r="OG16" s="6">
+      <c r="OI16" s="6">
         <v>544</v>
       </c>
-      <c r="OH16" s="6">
+      <c r="OJ16" s="6">
         <v>648</v>
       </c>
-      <c r="OI16" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="OK16" s="18">
+        <v>0</v>
+      </c>
+      <c r="OL16" s="6"/>
       <c r="OM16" s="6"/>
-      <c r="ON16" s="6">
-[...7 lines deleted...]
-      <c r="OR16" s="6">
+      <c r="ON16" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO16" s="6"/>
+      <c r="OP16" s="6">
+        <v>0</v>
+      </c>
+      <c r="OQ16" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR16" s="6"/>
+      <c r="OS16" s="8"/>
+      <c r="OT16" s="6">
         <v>304</v>
       </c>
-      <c r="OS16" s="6">
+      <c r="OU16" s="6">
         <v>697</v>
       </c>
-      <c r="OT16" s="12">
+      <c r="OV16" s="12">
         <v>0.43615494978479197</v>
       </c>
-      <c r="OU16" s="6">
+      <c r="OW16" s="6">
         <v>14.785798000000002</v>
       </c>
-      <c r="OV16" s="6">
+      <c r="OX16" s="6">
         <v>14.785798000000002</v>
       </c>
-      <c r="OW16" s="6"/>
-      <c r="OX16" s="6"/>
       <c r="OY16" s="6"/>
+      <c r="OZ16" s="6"/>
+      <c r="PA16" s="6"/>
     </row>
-    <row r="17" spans="1:415" ht="14">
-      <c r="A17" s="61">
+    <row r="17" spans="1:417" ht="14">
+      <c r="A17" s="47">
         <v>45870</v>
       </c>
-      <c r="B17" s="62" t="s">
+      <c r="B17" s="48" t="s">
         <v>1079</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="4"/>
       <c r="H17" s="4"/>
       <c r="I17" s="4"/>
       <c r="J17" s="4"/>
       <c r="K17" s="4"/>
       <c r="L17" s="4"/>
       <c r="M17" s="4"/>
       <c r="N17" s="4"/>
       <c r="O17" s="4"/>
       <c r="P17" s="4"/>
       <c r="Q17" s="4"/>
       <c r="R17" s="4"/>
       <c r="S17" s="4"/>
       <c r="T17" s="4"/>
       <c r="U17" s="4"/>
       <c r="V17" s="4"/>
       <c r="W17" s="4"/>
       <c r="X17" s="4"/>
       <c r="Y17" s="4"/>
@@ -20113,766 +21105,8354 @@
         <v>4162</v>
       </c>
       <c r="EO17" s="4">
         <v>118</v>
       </c>
       <c r="EP17" s="4">
         <v>564</v>
       </c>
       <c r="EQ17" s="4">
         <v>7</v>
       </c>
       <c r="ER17" s="4"/>
       <c r="ES17" s="4">
         <v>2875</v>
       </c>
       <c r="ET17" s="4">
         <v>598</v>
       </c>
       <c r="EU17" s="4">
         <v>4162</v>
       </c>
       <c r="EV17" s="4">
         <v>184</v>
       </c>
       <c r="EW17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="EX17" s="4">
         <v>129</v>
       </c>
       <c r="EY17" s="4">
         <v>24</v>
       </c>
       <c r="EZ17" s="4">
         <v>6</v>
       </c>
       <c r="FA17" s="4">
         <v>32</v>
       </c>
       <c r="FB17" s="4">
         <v>50</v>
       </c>
       <c r="FC17" s="4">
         <v>463</v>
       </c>
       <c r="FD17" s="4">
         <v>7</v>
       </c>
       <c r="FE17" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FF17" s="4">
         <v>86</v>
       </c>
       <c r="FG17" s="4">
         <v>375</v>
       </c>
       <c r="FH17" s="4">
         <v>17</v>
       </c>
       <c r="FI17" s="4">
         <v>160</v>
       </c>
       <c r="FJ17" s="4">
         <v>39</v>
       </c>
       <c r="FK17" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FL17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="FM17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="FN17" s="4">
         <v>545</v>
       </c>
       <c r="FO17" s="4">
         <v>14</v>
       </c>
       <c r="FP17" s="4">
         <v>42</v>
       </c>
       <c r="FQ17" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FR17" s="4">
         <v>168</v>
       </c>
       <c r="FS17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="FT17" s="4">
         <v>128</v>
       </c>
       <c r="FU17" s="4">
         <v>25</v>
       </c>
       <c r="FV17" s="4">
         <v>172</v>
       </c>
       <c r="FW17" s="4">
         <v>349</v>
       </c>
       <c r="FX17" s="4">
         <v>9</v>
       </c>
       <c r="FY17" s="4">
         <v>116</v>
       </c>
       <c r="FZ17" s="4">
         <v>50</v>
       </c>
       <c r="GA17" s="4">
         <v>124</v>
       </c>
       <c r="GB17" s="4">
         <v>201</v>
       </c>
       <c r="GC17" s="4">
         <v>83</v>
       </c>
       <c r="GD17" s="4">
         <v>57</v>
       </c>
       <c r="GE17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GF17" s="4">
         <v>95</v>
       </c>
       <c r="GG17" s="4">
         <v>15</v>
       </c>
       <c r="GH17" s="4">
         <v>9</v>
       </c>
-      <c r="GI17" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="GI17" s="4"/>
       <c r="GJ17" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GK17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GL17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GM17" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="GN17" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="GO17" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GP17" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="GQ17" s="4">
+        <v>1084</v>
+      </c>
+      <c r="GQ17" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="GR17" s="4">
         <v>1</v>
       </c>
-      <c r="GR17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="GS17" s="4">
+      <c r="GS17" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="GT17" s="4">
         <v>5</v>
       </c>
-      <c r="GT17" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GU17" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="GV17" s="4">
+        <v>1084</v>
+      </c>
+      <c r="GV17" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="GW17" s="4">
         <v>6</v>
       </c>
-      <c r="GW17" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GX17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GY17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GZ17" s="4" t="s">
-        <v>1088</v>
-[...4 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="HA17" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HB17" s="4"/>
       <c r="HC17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HD17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HE17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HF17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HG17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HH17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HI17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HJ17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HK17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HL17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HM17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HN17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HO17" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="HP17" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="HQ17" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="HR17" s="4">
+        <v>1081</v>
+      </c>
+      <c r="HR17" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HS17" s="4">
         <v>2</v>
       </c>
-      <c r="HS17" s="4">
+      <c r="HT17" s="4">
         <v>3</v>
       </c>
-      <c r="HT17" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HU17" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="HV17" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="HW17" s="4">
+        <v>1084</v>
+      </c>
+      <c r="HW17" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HX17" s="4">
         <v>117</v>
       </c>
-      <c r="HX17" s="4">
+      <c r="HY17" s="4">
         <v>17</v>
       </c>
-      <c r="HY17" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HZ17" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="IA17" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="IB17" s="4">
+        <v>1084</v>
+      </c>
+      <c r="IB17" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IC17" s="4">
         <v>6</v>
       </c>
-      <c r="IC17" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="ID17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IE17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IF17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IG17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IH17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="II17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IJ17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IK17" s="4" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="IL17" s="4">
+        <v>1084</v>
+      </c>
+      <c r="IL17" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM17" s="4"/>
+      <c r="IN17" s="4">
         <v>130</v>
       </c>
-      <c r="IM17" s="4">
+      <c r="IO17" s="4">
         <v>31</v>
       </c>
-      <c r="IN17" s="4">
+      <c r="IP17" s="4">
         <v>34</v>
       </c>
-      <c r="IO17" s="4" t="s">
-[...5 lines deleted...]
-      <c r="IQ17" s="4">
+      <c r="IQ17" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IR17" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IS17" s="4">
         <v>10</v>
       </c>
-      <c r="IR17" s="4">
+      <c r="IT17" s="4">
         <v>116</v>
       </c>
-      <c r="IS17" s="20">
+      <c r="IU17" s="20">
         <v>1.7592592592592592E-3</v>
       </c>
-      <c r="IT17" s="10">
+      <c r="IV17" s="10">
         <v>3.8657407407407408E-3</v>
       </c>
-      <c r="IU17" s="4">
+      <c r="IW17" s="4">
         <v>194</v>
       </c>
-      <c r="IV17" s="20">
+      <c r="IX17" s="20">
         <v>3.3564814814814812E-4</v>
       </c>
-      <c r="IW17" s="10">
+      <c r="IY17" s="10">
         <v>2.685185185185185E-3</v>
       </c>
-      <c r="IX17" s="4">
+      <c r="IZ17" s="4">
         <v>927</v>
       </c>
-      <c r="IY17" s="12">
+      <c r="JA17" s="12">
         <v>0.22272945699183086</v>
       </c>
-      <c r="IZ17" s="16"/>
-      <c r="JA17" s="6">
+      <c r="JB17" s="16"/>
+      <c r="JC17" s="6">
         <v>204</v>
       </c>
-      <c r="JB17" s="8">
+      <c r="JD17" s="8">
         <v>927</v>
       </c>
-      <c r="JC17" s="12">
+      <c r="JE17" s="12">
         <v>0.22006472491909385</v>
       </c>
-      <c r="JD17" s="16"/>
-[...3 lines deleted...]
-      <c r="JF17" s="6">
+      <c r="JF17" s="16"/>
+      <c r="JG17" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH17" s="6">
         <v>288</v>
       </c>
-      <c r="JG17" s="12">
+      <c r="JI17" s="12">
         <v>6.9444444444444441E-3</v>
       </c>
-      <c r="JH17" s="4">
+      <c r="JJ17" s="4">
         <v>116</v>
       </c>
-      <c r="JI17" s="11">
+      <c r="JK17" s="11">
         <v>3.8194444444444446E-4</v>
       </c>
-      <c r="JJ17" s="11">
+      <c r="JL17" s="11">
         <v>5.0000000000000001E-3</v>
       </c>
-      <c r="JK17" s="11">
+      <c r="JM17" s="11">
         <v>1.0419166666666667E-2</v>
       </c>
-      <c r="JL17" s="4">
+      <c r="JN17" s="4">
         <v>561</v>
       </c>
-      <c r="JM17" s="11">
+      <c r="JO17" s="11">
         <v>5.9951388888888884E-3</v>
       </c>
-      <c r="JN17" s="11">
+      <c r="JP17" s="11">
         <v>1.4154861111111111E-2</v>
       </c>
-      <c r="JO17" s="63"/>
-[...3 lines deleted...]
-      <c r="JS17" s="4">
+      <c r="JQ17" s="49"/>
+      <c r="JR17" s="49"/>
+      <c r="JS17" s="49"/>
+      <c r="JT17" s="49"/>
+      <c r="JU17" s="4">
         <v>1747</v>
       </c>
-      <c r="JT17" s="11">
+      <c r="JV17" s="11">
         <v>5.9942129629629658E-2</v>
       </c>
-      <c r="JU17" s="11">
+      <c r="JW17" s="11">
         <v>9.0815972222222222E-2</v>
       </c>
-      <c r="JV17" s="11">
+      <c r="JX17" s="11">
         <v>0.24403240740740761</v>
       </c>
-      <c r="JW17" s="4">
+      <c r="JY17" s="4">
         <v>104</v>
       </c>
-      <c r="JX17" s="11">
+      <c r="JZ17" s="11">
         <v>6.4826388888888892E-2</v>
       </c>
-      <c r="JY17" s="11">
+      <c r="KA17" s="11">
         <v>0.10346875</v>
       </c>
-      <c r="JZ17" s="11">
+      <c r="KB17" s="11">
         <v>0.49269560185185141</v>
       </c>
-      <c r="KA17" s="6">
+      <c r="KC17" s="6">
         <v>1543</v>
       </c>
-      <c r="KB17" s="14">
+      <c r="KD17" s="14">
         <v>0.87232663642255348</v>
       </c>
-      <c r="KC17" s="14">
+      <c r="KE17" s="14">
         <v>0.10887880751782242</v>
       </c>
-      <c r="KD17" s="14">
+      <c r="KF17" s="14">
         <v>1.4906027219701879E-2</v>
       </c>
-      <c r="KE17" s="14">
+      <c r="KG17" s="14">
         <v>3.8885288399222295E-3</v>
       </c>
-      <c r="KF17" s="8">
+      <c r="KH17" s="8">
         <v>95</v>
       </c>
-      <c r="KG17" s="6">
+      <c r="KI17" s="6">
         <v>15</v>
       </c>
-      <c r="KH17" s="6">
+      <c r="KJ17" s="6">
         <v>31</v>
       </c>
-      <c r="KI17" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="KK17" s="6">
+        <v>0</v>
+      </c>
+      <c r="KL17" s="6">
+        <v>0</v>
+      </c>
+      <c r="KM17" s="6">
         <v>47</v>
       </c>
-      <c r="KL17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="KM17" s="6">
+      <c r="KN17" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KO17" s="6">
         <v>74</v>
       </c>
-      <c r="KN17" s="14">
+      <c r="KP17" s="14">
         <v>0.77894736842105261</v>
       </c>
-      <c r="KO17" s="21"/>
-      <c r="KP17" s="21"/>
       <c r="KQ17" s="21"/>
       <c r="KR17" s="21"/>
       <c r="KS17" s="21"/>
       <c r="KT17" s="21"/>
       <c r="KU17" s="21"/>
       <c r="KV17" s="21"/>
       <c r="KW17" s="21"/>
       <c r="KX17" s="21"/>
       <c r="KY17" s="21"/>
       <c r="KZ17" s="21"/>
       <c r="LA17" s="21"/>
       <c r="LB17" s="21"/>
       <c r="LC17" s="21"/>
       <c r="LD17" s="21"/>
       <c r="LE17" s="21"/>
       <c r="LF17" s="21"/>
       <c r="LG17" s="21"/>
       <c r="LH17" s="21"/>
       <c r="LI17" s="21"/>
       <c r="LJ17" s="21"/>
       <c r="LK17" s="21"/>
-      <c r="LL17" s="6">
+      <c r="LL17" s="21"/>
+      <c r="LM17" s="21"/>
+      <c r="LN17" s="6">
         <v>436</v>
       </c>
-      <c r="LM17" s="6">
+      <c r="LO17" s="6">
         <v>290</v>
       </c>
-      <c r="LN17" s="6">
+      <c r="LP17" s="6">
         <v>146</v>
       </c>
-      <c r="LO17" s="16"/>
-      <c r="LP17" s="6">
+      <c r="LQ17" s="16"/>
+      <c r="LR17" s="6">
         <v>1371</v>
       </c>
-      <c r="LQ17" s="6">
+      <c r="LS17" s="6">
         <v>197</v>
       </c>
-      <c r="LR17" s="17">
+      <c r="LT17" s="17">
         <v>0.14369073668854851</v>
       </c>
-      <c r="LS17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="LT17" s="17">
+      <c r="LU17" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="LV17" s="17">
         <v>1.4587892049598833E-3</v>
       </c>
-      <c r="LU17" s="16"/>
-      <c r="LV17" s="6">
+      <c r="LW17" s="16"/>
+      <c r="LX17" s="6">
         <v>377</v>
       </c>
-      <c r="LW17" s="6">
+      <c r="LY17" s="6">
         <v>18</v>
       </c>
-      <c r="LX17" s="17">
+      <c r="LZ17" s="17">
         <v>4.7745358090185673E-2</v>
       </c>
-      <c r="LY17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="LZ17" s="17">
+      <c r="MA17" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB17" s="17">
         <v>7.9575596816976128E-3</v>
       </c>
-      <c r="MA17" s="16"/>
-      <c r="MB17" s="6">
+      <c r="MC17" s="16"/>
+      <c r="MD17" s="6">
         <v>1748</v>
       </c>
-      <c r="MC17" s="6">
+      <c r="ME17" s="6">
         <v>215</v>
       </c>
-      <c r="MD17" s="17">
+      <c r="MF17" s="17">
         <v>0.12299771167048056</v>
       </c>
-      <c r="ME17" s="6">
+      <c r="MG17" s="6">
         <v>5</v>
       </c>
-      <c r="MF17" s="17">
+      <c r="MH17" s="17">
         <v>2.860411899313501E-3</v>
       </c>
-      <c r="MG17" s="16"/>
-      <c r="MH17" s="6">
+      <c r="MI17" s="16"/>
+      <c r="MJ17" s="6">
         <v>79</v>
       </c>
-      <c r="MI17" s="6">
+      <c r="MK17" s="6">
         <v>7</v>
       </c>
-      <c r="MJ17" s="17">
+      <c r="ML17" s="17">
         <v>8.8607594936708861E-2</v>
       </c>
-      <c r="MK17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="ML17" s="17">
+      <c r="MM17" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MN17" s="17">
         <v>1.2658227848101266E-2</v>
       </c>
-      <c r="MM17" s="16"/>
-      <c r="MN17" s="6">
+      <c r="MO17" s="16"/>
+      <c r="MP17" s="6">
         <v>25</v>
       </c>
-      <c r="MO17" s="6">
-[...5 lines deleted...]
-      <c r="MQ17" s="6"/>
+      <c r="MQ17" s="6">
+        <v>0</v>
+      </c>
       <c r="MR17" s="17">
         <v>0</v>
       </c>
-      <c r="MS17" s="16"/>
-      <c r="MT17" s="6">
+      <c r="MS17" s="6"/>
+      <c r="MT17" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU17" s="16"/>
+      <c r="MV17" s="6">
         <v>71</v>
       </c>
-      <c r="MU17" s="6">
+      <c r="MW17" s="6">
         <v>5</v>
       </c>
-      <c r="MV17" s="17">
+      <c r="MX17" s="17">
         <v>7.0422535211267609E-2</v>
       </c>
-      <c r="MW17" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="MY17" s="6">
+        <v>0</v>
+      </c>
+      <c r="MZ17" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA17" s="6">
         <v>1487</v>
       </c>
-      <c r="MZ17" s="6">
+      <c r="NB17" s="6">
         <v>2421</v>
       </c>
-      <c r="NA17" s="18">
+      <c r="NC17" s="18">
         <v>0.61420900454357708</v>
       </c>
-      <c r="NB17" s="6">
+      <c r="ND17" s="6">
         <v>1643</v>
       </c>
-      <c r="NC17" s="6">
+      <c r="NE17" s="6">
         <v>1584</v>
       </c>
-      <c r="ND17" s="6">
+      <c r="NF17" s="6">
         <v>42</v>
       </c>
-      <c r="NE17" s="6">
+      <c r="NG17" s="6">
         <v>6</v>
       </c>
-      <c r="NF17" s="6">
+      <c r="NH17" s="6">
         <v>11</v>
       </c>
-      <c r="NG17" s="18">
+      <c r="NI17" s="18">
         <v>0.54472199838839641</v>
       </c>
-      <c r="NH17" s="6">
+      <c r="NJ17" s="6">
         <v>676</v>
       </c>
-      <c r="NI17" s="6">
+      <c r="NK17" s="6">
         <v>1241</v>
       </c>
-      <c r="NJ17" s="16"/>
-      <c r="NK17" s="18">
+      <c r="NL17" s="16"/>
+      <c r="NM17" s="18">
         <v>0.54841334418226195</v>
       </c>
-      <c r="NL17" s="6">
+      <c r="NN17" s="6">
         <v>674</v>
       </c>
-      <c r="NM17" s="6">
+      <c r="NO17" s="6">
         <v>1229</v>
       </c>
-      <c r="NN17" s="18">
+      <c r="NP17" s="18">
         <v>0.16666666666666666</v>
       </c>
-      <c r="NO17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="NP17" s="6">
+      <c r="NQ17" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NR17" s="6">
         <v>6</v>
       </c>
-      <c r="NQ17" s="18">
+      <c r="NS17" s="18">
         <v>0.16666666666666666</v>
       </c>
-      <c r="NR17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="NS17" s="6">
+      <c r="NT17" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NU17" s="6">
         <v>6</v>
       </c>
-      <c r="NT17" s="18">
-[...4 lines deleted...]
-      <c r="NW17" s="6">
+      <c r="NV17" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW17" s="6"/>
+      <c r="NX17" s="6"/>
+      <c r="NY17" s="6">
         <v>399.09663299999994</v>
       </c>
-      <c r="NX17" s="6">
+      <c r="NZ17" s="6">
         <v>388.78774799999991</v>
       </c>
-      <c r="NY17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="NZ17" s="6">
+      <c r="OA17" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OB17" s="6">
         <v>9.473609999999999</v>
       </c>
-      <c r="OA17" s="6"/>
-      <c r="OB17" s="18">
+      <c r="OC17" s="6"/>
+      <c r="OD17" s="18">
         <v>0.69379532634971797</v>
       </c>
-      <c r="OC17" s="6">
+      <c r="OE17" s="6">
         <v>861</v>
       </c>
-      <c r="OD17" s="6">
+      <c r="OF17" s="6">
         <v>1241</v>
       </c>
-      <c r="OE17" s="16"/>
-      <c r="OF17" s="18">
+      <c r="OG17" s="16"/>
+      <c r="OH17" s="18">
         <v>0.69324654190398693</v>
       </c>
-      <c r="OG17" s="6">
+      <c r="OI17" s="6">
         <v>852</v>
       </c>
-      <c r="OH17" s="6">
+      <c r="OJ17" s="6">
         <v>1229</v>
       </c>
-      <c r="OI17" s="18">
+      <c r="OK17" s="18">
         <v>1</v>
       </c>
-      <c r="OJ17" s="6">
+      <c r="OL17" s="6">
         <v>6</v>
       </c>
-      <c r="OK17" s="6">
+      <c r="OM17" s="6">
         <v>6</v>
       </c>
-      <c r="OL17" s="18">
+      <c r="ON17" s="18">
         <v>0.5</v>
       </c>
-      <c r="OM17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="ON17" s="6">
+      <c r="OO17" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OP17" s="6">
         <v>6</v>
       </c>
-      <c r="OO17" s="18">
-[...4 lines deleted...]
-      <c r="OR17" s="6">
+      <c r="OQ17" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR17" s="6"/>
+      <c r="OS17" s="8"/>
+      <c r="OT17" s="6">
         <v>93</v>
       </c>
-      <c r="OS17" s="6">
+      <c r="OU17" s="6">
         <v>1643</v>
       </c>
-      <c r="OT17" s="12">
+      <c r="OV17" s="12">
         <v>5.6603773584905662E-2</v>
       </c>
-      <c r="OU17" s="6">
+      <c r="OW17" s="6">
         <v>58.341369000000007</v>
       </c>
-      <c r="OV17" s="6">
+      <c r="OX17" s="6">
         <v>55.998592000000009</v>
       </c>
-      <c r="OW17" s="6"/>
-[...2 lines deleted...]
-      </c>
       <c r="OY17" s="6"/>
+      <c r="OZ17" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="PA17" s="6"/>
+    </row>
+    <row r="18" spans="1:417" ht="14">
+      <c r="A18" s="47">
+        <v>45901</v>
+      </c>
+      <c r="B18" s="48" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C18" s="22">
+        <v>398445</v>
+      </c>
+      <c r="D18" s="4"/>
+      <c r="E18" s="4"/>
+      <c r="F18" s="4"/>
+      <c r="G18" s="4"/>
+      <c r="H18" s="4"/>
+      <c r="I18" s="4"/>
+      <c r="J18" s="4"/>
+      <c r="K18" s="4"/>
+      <c r="L18" s="4"/>
+      <c r="M18" s="4"/>
+      <c r="N18" s="4"/>
+      <c r="O18" s="4"/>
+      <c r="P18" s="4"/>
+      <c r="Q18" s="4"/>
+      <c r="R18" s="4"/>
+      <c r="S18" s="4"/>
+      <c r="T18" s="4"/>
+      <c r="U18" s="4"/>
+      <c r="V18" s="4"/>
+      <c r="W18" s="4"/>
+      <c r="X18" s="4"/>
+      <c r="Y18" s="4"/>
+      <c r="Z18" s="4"/>
+      <c r="AA18" s="4"/>
+      <c r="AB18" s="4"/>
+      <c r="AC18" s="4"/>
+      <c r="AD18" s="4"/>
+      <c r="AE18" s="4"/>
+      <c r="AF18" s="4"/>
+      <c r="AG18" s="4"/>
+      <c r="AH18" s="4"/>
+      <c r="AI18" s="4"/>
+      <c r="AJ18" s="4"/>
+      <c r="AK18" s="4"/>
+      <c r="AL18" s="4"/>
+      <c r="AM18" s="4"/>
+      <c r="AN18" s="4"/>
+      <c r="AO18" s="4"/>
+      <c r="AP18" s="4"/>
+      <c r="AQ18" s="4"/>
+      <c r="AR18" s="4"/>
+      <c r="AS18" s="4"/>
+      <c r="AT18" s="4"/>
+      <c r="AU18" s="4"/>
+      <c r="AV18" s="4"/>
+      <c r="AW18" s="4"/>
+      <c r="AX18" s="4"/>
+      <c r="AY18" s="4"/>
+      <c r="AZ18" s="4"/>
+      <c r="BA18" s="4"/>
+      <c r="BB18" s="4"/>
+      <c r="BC18" s="4"/>
+      <c r="BD18" s="4"/>
+      <c r="BE18" s="4"/>
+      <c r="BF18" s="4"/>
+      <c r="BG18" s="4"/>
+      <c r="BH18" s="4"/>
+      <c r="BI18" s="4"/>
+      <c r="BJ18" s="4"/>
+      <c r="BK18" s="4"/>
+      <c r="BL18" s="4"/>
+      <c r="BM18" s="4"/>
+      <c r="BN18" s="4"/>
+      <c r="BO18" s="4"/>
+      <c r="BP18" s="4"/>
+      <c r="BQ18" s="4"/>
+      <c r="BR18" s="4"/>
+      <c r="BS18" s="4"/>
+      <c r="BT18" s="4"/>
+      <c r="BU18" s="4"/>
+      <c r="BV18" s="4"/>
+      <c r="BW18" s="4"/>
+      <c r="BX18" s="4"/>
+      <c r="BY18" s="4"/>
+      <c r="BZ18" s="4"/>
+      <c r="CA18" s="4"/>
+      <c r="CB18" s="4"/>
+      <c r="CC18" s="4"/>
+      <c r="CD18" s="4"/>
+      <c r="CE18" s="4"/>
+      <c r="CF18" s="4"/>
+      <c r="CG18" s="4"/>
+      <c r="CH18" s="4"/>
+      <c r="CI18" s="4"/>
+      <c r="CJ18" s="4"/>
+      <c r="CK18" s="4"/>
+      <c r="CL18" s="4"/>
+      <c r="CM18" s="4"/>
+      <c r="CN18" s="4"/>
+      <c r="CO18" s="4"/>
+      <c r="CP18" s="4"/>
+      <c r="CQ18" s="4"/>
+      <c r="CR18" s="4"/>
+      <c r="CS18" s="4"/>
+      <c r="CT18" s="4"/>
+      <c r="CU18" s="4"/>
+      <c r="CV18" s="4"/>
+      <c r="CW18" s="4"/>
+      <c r="CX18" s="4"/>
+      <c r="CY18" s="4"/>
+      <c r="CZ18" s="4"/>
+      <c r="DA18" s="4"/>
+      <c r="DB18" s="4"/>
+      <c r="DC18" s="4"/>
+      <c r="DD18" s="4"/>
+      <c r="DE18" s="4"/>
+      <c r="DF18" s="4"/>
+      <c r="DG18" s="4"/>
+      <c r="DH18" s="4"/>
+      <c r="DI18" s="4"/>
+      <c r="DJ18" s="4"/>
+      <c r="DK18" s="4"/>
+      <c r="DL18" s="4"/>
+      <c r="DM18" s="4"/>
+      <c r="DN18" s="4"/>
+      <c r="DO18" s="4"/>
+      <c r="DP18" s="4"/>
+      <c r="DQ18" s="4"/>
+      <c r="DR18" s="4"/>
+      <c r="DS18" s="4"/>
+      <c r="DT18" s="4"/>
+      <c r="DU18" s="4"/>
+      <c r="DV18" s="4"/>
+      <c r="DW18" s="4"/>
+      <c r="DX18" s="4"/>
+      <c r="DY18" s="4"/>
+      <c r="DZ18" s="4"/>
+      <c r="EA18" s="4"/>
+      <c r="EB18" s="4">
+        <v>282</v>
+      </c>
+      <c r="EC18" s="4">
+        <v>2875</v>
+      </c>
+      <c r="ED18" s="6">
+        <v>33924</v>
+      </c>
+      <c r="EE18" s="7">
+        <v>8.4748260818299725E-2</v>
+      </c>
+      <c r="EF18" s="19">
+        <v>3948</v>
+      </c>
+      <c r="EG18" s="19">
+        <v>1478</v>
+      </c>
+      <c r="EH18" s="19">
+        <v>634</v>
+      </c>
+      <c r="EI18" s="19">
+        <v>1836</v>
+      </c>
+      <c r="EJ18" s="19">
+        <v>44720</v>
+      </c>
+      <c r="EK18" s="19">
+        <v>1.1574074074074073E-5</v>
+      </c>
+      <c r="EL18" s="19">
+        <v>1.1574074074074073E-5</v>
+      </c>
+      <c r="EM18" s="19">
+        <v>2.0833333333333335E-4</v>
+      </c>
+      <c r="EN18" s="8">
+        <v>33924</v>
+      </c>
+      <c r="EO18" s="4">
+        <v>785</v>
+      </c>
+      <c r="EP18" s="4">
+        <v>4453</v>
+      </c>
+      <c r="EQ18" s="4">
+        <v>83</v>
+      </c>
+      <c r="ER18" s="4"/>
+      <c r="ES18" s="4">
+        <v>23370</v>
+      </c>
+      <c r="ET18" s="4">
+        <v>5233</v>
+      </c>
+      <c r="EU18" s="4">
+        <v>33924</v>
+      </c>
+      <c r="EV18" s="4">
+        <v>1229</v>
+      </c>
+      <c r="EW18" s="4">
+        <v>80</v>
+      </c>
+      <c r="EX18" s="4">
+        <v>973</v>
+      </c>
+      <c r="EY18" s="4">
+        <v>232</v>
+      </c>
+      <c r="EZ18" s="4">
+        <v>29</v>
+      </c>
+      <c r="FA18" s="4">
+        <v>214</v>
+      </c>
+      <c r="FB18" s="4">
+        <v>364</v>
+      </c>
+      <c r="FC18" s="4">
+        <v>3750</v>
+      </c>
+      <c r="FD18" s="4">
+        <v>85</v>
+      </c>
+      <c r="FE18" s="4">
+        <v>32</v>
+      </c>
+      <c r="FF18" s="4">
+        <v>591</v>
+      </c>
+      <c r="FG18" s="4">
+        <v>3062</v>
+      </c>
+      <c r="FH18" s="4">
+        <v>96</v>
+      </c>
+      <c r="FI18" s="4">
+        <v>1314</v>
+      </c>
+      <c r="FJ18" s="4">
+        <v>260</v>
+      </c>
+      <c r="FK18" s="4">
+        <v>27</v>
+      </c>
+      <c r="FL18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FM18" s="4">
+        <v>27</v>
+      </c>
+      <c r="FN18" s="4">
+        <v>4545</v>
+      </c>
+      <c r="FO18" s="4">
+        <v>151</v>
+      </c>
+      <c r="FP18" s="4">
+        <v>382</v>
+      </c>
+      <c r="FQ18" s="4">
+        <v>6</v>
+      </c>
+      <c r="FR18" s="4">
+        <v>1302</v>
+      </c>
+      <c r="FS18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FT18" s="4">
+        <v>1060</v>
+      </c>
+      <c r="FU18" s="4">
+        <v>172</v>
+      </c>
+      <c r="FV18" s="4">
+        <v>1310</v>
+      </c>
+      <c r="FW18" s="4">
+        <v>2744</v>
+      </c>
+      <c r="FX18" s="4">
+        <v>30</v>
+      </c>
+      <c r="FY18" s="4">
+        <v>1068</v>
+      </c>
+      <c r="FZ18" s="4">
+        <v>423</v>
+      </c>
+      <c r="GA18" s="4">
+        <v>889</v>
+      </c>
+      <c r="GB18" s="4">
+        <v>1351</v>
+      </c>
+      <c r="GC18" s="4">
+        <v>655</v>
+      </c>
+      <c r="GD18" s="4">
+        <v>961</v>
+      </c>
+      <c r="GE18" s="4">
+        <v>0</v>
+      </c>
+      <c r="GF18" s="4">
+        <v>811</v>
+      </c>
+      <c r="GG18" s="4">
+        <v>310</v>
+      </c>
+      <c r="GH18" s="4">
+        <v>11</v>
+      </c>
+      <c r="GI18" s="4">
+        <v>30</v>
+      </c>
+      <c r="GJ18" s="4">
+        <v>8</v>
+      </c>
+      <c r="GK18" s="4">
+        <v>0</v>
+      </c>
+      <c r="GL18" s="4">
+        <v>0</v>
+      </c>
+      <c r="GM18" s="4">
+        <v>0</v>
+      </c>
+      <c r="GN18" s="4">
+        <v>6</v>
+      </c>
+      <c r="GO18" s="4">
+        <v>9</v>
+      </c>
+      <c r="GP18" s="4">
+        <v>0</v>
+      </c>
+      <c r="GQ18" s="4">
+        <v>0</v>
+      </c>
+      <c r="GR18" s="4">
+        <v>0</v>
+      </c>
+      <c r="GS18" s="4">
+        <v>0</v>
+      </c>
+      <c r="GT18" s="4">
+        <v>20</v>
+      </c>
+      <c r="GU18" s="4">
+        <v>0</v>
+      </c>
+      <c r="GV18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GW18" s="4">
+        <v>39</v>
+      </c>
+      <c r="GX18" s="4">
+        <v>0</v>
+      </c>
+      <c r="GY18" s="4">
+        <v>0</v>
+      </c>
+      <c r="GZ18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HA18" s="4">
+        <v>0</v>
+      </c>
+      <c r="HB18" s="4">
+        <v>0</v>
+      </c>
+      <c r="HC18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HD18" s="4">
+        <v>0</v>
+      </c>
+      <c r="HE18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HF18" s="4">
+        <v>0</v>
+      </c>
+      <c r="HG18" s="4">
+        <v>0</v>
+      </c>
+      <c r="HH18" s="4">
+        <v>0</v>
+      </c>
+      <c r="HI18" s="4">
+        <v>0</v>
+      </c>
+      <c r="HJ18" s="4">
+        <v>0</v>
+      </c>
+      <c r="HK18" s="4">
+        <v>5</v>
+      </c>
+      <c r="HL18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HM18" s="4">
+        <v>0</v>
+      </c>
+      <c r="HN18" s="4">
+        <v>0</v>
+      </c>
+      <c r="HO18" s="4">
+        <v>0</v>
+      </c>
+      <c r="HP18" s="4">
+        <v>13</v>
+      </c>
+      <c r="HQ18" s="4">
+        <v>28</v>
+      </c>
+      <c r="HR18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HS18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HT18" s="4">
+        <v>21</v>
+      </c>
+      <c r="HU18" s="4">
+        <v>5</v>
+      </c>
+      <c r="HV18" s="4">
+        <v>0</v>
+      </c>
+      <c r="HW18" s="4">
+        <v>0</v>
+      </c>
+      <c r="HX18" s="4">
+        <v>922</v>
+      </c>
+      <c r="HY18" s="4">
+        <v>269</v>
+      </c>
+      <c r="HZ18" s="4">
+        <v>17</v>
+      </c>
+      <c r="IA18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IB18" s="4">
+        <v>0</v>
+      </c>
+      <c r="IC18" s="4">
+        <v>69</v>
+      </c>
+      <c r="ID18" s="4">
+        <v>0</v>
+      </c>
+      <c r="IE18" s="4">
+        <v>0</v>
+      </c>
+      <c r="IF18" s="4">
+        <v>0</v>
+      </c>
+      <c r="IG18" s="4">
+        <v>0</v>
+      </c>
+      <c r="IH18" s="4">
+        <v>0</v>
+      </c>
+      <c r="II18" s="4">
+        <v>0</v>
+      </c>
+      <c r="IJ18" s="4">
+        <v>0</v>
+      </c>
+      <c r="IK18" s="4">
+        <v>0</v>
+      </c>
+      <c r="IL18" s="4">
+        <v>16</v>
+      </c>
+      <c r="IM18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IN18" s="4">
+        <v>1239</v>
+      </c>
+      <c r="IO18" s="4">
+        <v>276</v>
+      </c>
+      <c r="IP18" s="4">
+        <v>244</v>
+      </c>
+      <c r="IQ18" s="4">
+        <v>33</v>
+      </c>
+      <c r="IR18" s="4">
+        <v>0</v>
+      </c>
+      <c r="IS18" s="4">
+        <v>85</v>
+      </c>
+      <c r="IT18" s="4">
+        <v>771</v>
+      </c>
+      <c r="IU18" s="20">
+        <v>1.4930555555555556E-3</v>
+      </c>
+      <c r="IV18" s="10">
+        <v>2.8356481481481483E-3</v>
+      </c>
+      <c r="IW18" s="4">
+        <v>1725</v>
+      </c>
+      <c r="IX18" s="20">
+        <v>3.0092592592592595E-4</v>
+      </c>
+      <c r="IY18" s="10">
+        <v>2.4305555555555556E-3</v>
+      </c>
+      <c r="IZ18" s="4">
+        <v>6355</v>
+      </c>
+      <c r="JA18" s="12">
+        <v>0.18733050347836341</v>
+      </c>
+      <c r="JB18" s="16"/>
+      <c r="JC18" s="6">
+        <v>1282</v>
+      </c>
+      <c r="JD18" s="8">
+        <v>6355</v>
+      </c>
+      <c r="JE18" s="12">
+        <v>0.20173092053501179</v>
+      </c>
+      <c r="JF18" s="16"/>
+      <c r="JG18" s="6">
+        <v>13</v>
+      </c>
+      <c r="JH18" s="6">
+        <v>2582</v>
+      </c>
+      <c r="JI18" s="12">
+        <v>5.034856700232378E-3</v>
+      </c>
+      <c r="JJ18" s="4">
+        <v>771</v>
+      </c>
+      <c r="JK18" s="11">
+        <v>3.4432870370370372E-3</v>
+      </c>
+      <c r="JL18" s="11">
+        <v>5.0347222222222225E-3</v>
+      </c>
+      <c r="JM18" s="11">
+        <v>1.1518333333333334E-2</v>
+      </c>
+      <c r="JN18" s="4">
+        <v>4443</v>
+      </c>
+      <c r="JO18" s="11">
+        <v>5.9722222222222216E-3</v>
+      </c>
+      <c r="JP18" s="11">
+        <v>1.5211875000000001E-2</v>
+      </c>
+      <c r="JQ18" s="49"/>
+      <c r="JR18" s="49"/>
+      <c r="JS18" s="49"/>
+      <c r="JT18" s="49"/>
+      <c r="JU18" s="4">
+        <v>14784</v>
+      </c>
+      <c r="JV18" s="11">
+        <v>5.7962962962962966E-2</v>
+      </c>
+      <c r="JW18" s="11">
+        <v>8.4398148148148153E-2</v>
+      </c>
+      <c r="JX18" s="11">
+        <v>0.2503009259259259</v>
+      </c>
+      <c r="JY18" s="4">
+        <v>733</v>
+      </c>
+      <c r="JZ18" s="11">
+        <v>5.5162037037037037E-2</v>
+      </c>
+      <c r="KA18" s="11">
+        <v>8.7638888888888891E-2</v>
+      </c>
+      <c r="KB18" s="11">
+        <v>0.41002314814814816</v>
+      </c>
+      <c r="KC18" s="6">
+        <v>13330</v>
+      </c>
+      <c r="KD18" s="14">
+        <v>0.85551387846961735</v>
+      </c>
+      <c r="KE18" s="14">
+        <v>0.12220555138784696</v>
+      </c>
+      <c r="KF18" s="14">
+        <v>1.770442610652663E-2</v>
+      </c>
+      <c r="KG18" s="14">
+        <v>4.5761440360090021E-3</v>
+      </c>
+      <c r="KH18" s="8">
+        <v>609</v>
+      </c>
+      <c r="KI18" s="6">
+        <v>76</v>
+      </c>
+      <c r="KJ18" s="6">
+        <v>165</v>
+      </c>
+      <c r="KK18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KL18" s="6"/>
+      <c r="KM18" s="6">
+        <v>347</v>
+      </c>
+      <c r="KN18" s="6">
+        <v>19</v>
+      </c>
+      <c r="KO18" s="6">
+        <v>490</v>
+      </c>
+      <c r="KP18" s="14">
+        <v>0.8045977011494253</v>
+      </c>
+      <c r="KQ18" s="21">
+        <v>0.23673469387755103</v>
+      </c>
+      <c r="KR18" s="52">
+        <v>58</v>
+      </c>
+      <c r="KS18" s="52">
+        <v>245</v>
+      </c>
+      <c r="KT18" s="21">
+        <v>0.88497652582159625</v>
+      </c>
+      <c r="KU18" s="52">
+        <v>377</v>
+      </c>
+      <c r="KV18" s="52">
+        <v>426</v>
+      </c>
+      <c r="KW18" s="21">
+        <v>0.90681003584229392</v>
+      </c>
+      <c r="KX18" s="52">
+        <v>253</v>
+      </c>
+      <c r="KY18" s="52">
+        <v>279</v>
+      </c>
+      <c r="KZ18" s="21">
+        <v>0.99283154121863804</v>
+      </c>
+      <c r="LA18" s="52">
+        <v>277</v>
+      </c>
+      <c r="LB18" s="21">
+        <v>0.67469879518072284</v>
+      </c>
+      <c r="LC18" s="52">
+        <v>56</v>
+      </c>
+      <c r="LD18" s="52">
+        <v>83</v>
+      </c>
+      <c r="LE18" s="21">
+        <v>0</v>
+      </c>
+      <c r="LF18" s="21"/>
+      <c r="LG18" s="21"/>
+      <c r="LH18" s="21">
+        <v>0</v>
+      </c>
+      <c r="LI18" s="21"/>
+      <c r="LJ18" s="21"/>
+      <c r="LK18" s="21">
+        <v>0.75744680851063828</v>
+      </c>
+      <c r="LL18" s="52">
+        <v>178</v>
+      </c>
+      <c r="LM18" s="52">
+        <v>235</v>
+      </c>
+      <c r="LN18" s="6">
+        <v>3757</v>
+      </c>
+      <c r="LO18" s="6">
+        <v>2592</v>
+      </c>
+      <c r="LP18" s="6">
+        <v>1165</v>
+      </c>
+      <c r="LQ18" s="16"/>
+      <c r="LR18" s="6">
+        <v>11418</v>
+      </c>
+      <c r="LS18" s="6">
+        <v>1550</v>
+      </c>
+      <c r="LT18" s="17">
+        <v>0.13575056927658083</v>
+      </c>
+      <c r="LU18" s="6">
+        <v>45</v>
+      </c>
+      <c r="LV18" s="17">
+        <v>3.9411455596426691E-3</v>
+      </c>
+      <c r="LW18" s="16"/>
+      <c r="LX18" s="6">
+        <v>3367</v>
+      </c>
+      <c r="LY18" s="6">
+        <v>245</v>
+      </c>
+      <c r="LZ18" s="17">
+        <v>7.2765072765072769E-2</v>
+      </c>
+      <c r="MA18" s="6">
+        <v>5</v>
+      </c>
+      <c r="MB18" s="17">
+        <v>1.4850014850014851E-3</v>
+      </c>
+      <c r="MC18" s="16"/>
+      <c r="MD18" s="6">
+        <v>14785</v>
+      </c>
+      <c r="ME18" s="6">
+        <v>1795</v>
+      </c>
+      <c r="MF18" s="17">
+        <v>0.12140683124788637</v>
+      </c>
+      <c r="MG18" s="6">
+        <v>50</v>
+      </c>
+      <c r="MH18" s="17">
+        <v>3.3818058843422386E-3</v>
+      </c>
+      <c r="MI18" s="16"/>
+      <c r="MJ18" s="6">
+        <v>465</v>
+      </c>
+      <c r="MK18" s="6">
+        <v>43</v>
+      </c>
+      <c r="ML18" s="17">
+        <v>9.2473118279569888E-2</v>
+      </c>
+      <c r="MM18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MN18" s="17">
+        <v>8.6021505376344086E-3</v>
+      </c>
+      <c r="MO18" s="16"/>
+      <c r="MP18" s="6">
+        <v>270</v>
+      </c>
+      <c r="MQ18" s="6">
+        <v>17</v>
+      </c>
+      <c r="MR18" s="17">
+        <v>6.2962962962962957E-2</v>
+      </c>
+      <c r="MS18" s="6">
+        <v>0</v>
+      </c>
+      <c r="MT18" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU18" s="16"/>
+      <c r="MV18" s="6">
+        <v>999</v>
+      </c>
+      <c r="MW18" s="6">
+        <v>45</v>
+      </c>
+      <c r="MX18" s="17">
+        <v>4.5045045045045043E-2</v>
+      </c>
+      <c r="MY18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MZ18" s="17">
+        <v>3.003003003003003E-3</v>
+      </c>
+      <c r="NA18" s="6">
+        <v>12579</v>
+      </c>
+      <c r="NB18" s="6">
+        <v>19712</v>
+      </c>
+      <c r="NC18" s="18">
+        <v>0.63813920454545459</v>
+      </c>
+      <c r="ND18" s="6">
+        <v>14420</v>
+      </c>
+      <c r="NE18" s="6">
+        <v>12944</v>
+      </c>
+      <c r="NF18" s="6">
+        <v>829</v>
+      </c>
+      <c r="NG18" s="6">
+        <v>437</v>
+      </c>
+      <c r="NH18" s="6">
+        <v>210</v>
+      </c>
+      <c r="NI18" s="18">
+        <v>0.31511460169899025</v>
+      </c>
+      <c r="NJ18" s="6">
+        <v>3932</v>
+      </c>
+      <c r="NK18" s="6">
+        <v>12478</v>
+      </c>
+      <c r="NL18" s="16"/>
+      <c r="NM18" s="18">
+        <v>0.30989604649259228</v>
+      </c>
+      <c r="NN18" s="6">
+        <v>3786</v>
+      </c>
+      <c r="NO18" s="6">
+        <v>12217</v>
+      </c>
+      <c r="NP18" s="18">
+        <v>0.29411764705882354</v>
+      </c>
+      <c r="NQ18" s="6">
+        <v>5</v>
+      </c>
+      <c r="NR18" s="6">
+        <v>17</v>
+      </c>
+      <c r="NS18" s="18">
+        <v>0.57786885245901642</v>
+      </c>
+      <c r="NT18" s="6">
+        <v>141</v>
+      </c>
+      <c r="NU18" s="6">
+        <v>244</v>
+      </c>
+      <c r="NV18" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW18" s="6">
+        <v>0</v>
+      </c>
+      <c r="NX18" s="6">
+        <v>0</v>
+      </c>
+      <c r="NY18" s="6">
+        <v>12276.617182999998</v>
+      </c>
+      <c r="NZ18" s="6">
+        <v>12207.010531999998</v>
+      </c>
+      <c r="OA18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OB18" s="6">
+        <v>65.50332299999998</v>
+      </c>
+      <c r="OC18" s="6">
+        <v>0</v>
+      </c>
+      <c r="OD18" s="18">
+        <v>0.79692258374739544</v>
+      </c>
+      <c r="OE18" s="6">
+        <v>9944</v>
+      </c>
+      <c r="OF18" s="6">
+        <v>12478</v>
+      </c>
+      <c r="OG18" s="16"/>
+      <c r="OH18" s="18">
+        <v>0.7978227060653188</v>
+      </c>
+      <c r="OI18" s="6">
+        <v>9747</v>
+      </c>
+      <c r="OJ18" s="6">
+        <v>12217</v>
+      </c>
+      <c r="OK18" s="18">
+        <v>1</v>
+      </c>
+      <c r="OL18" s="6">
+        <v>17</v>
+      </c>
+      <c r="OM18" s="6">
+        <v>17</v>
+      </c>
+      <c r="ON18" s="18">
+        <v>0.73770491803278693</v>
+      </c>
+      <c r="OO18" s="6">
+        <v>180</v>
+      </c>
+      <c r="OP18" s="6">
+        <v>244</v>
+      </c>
+      <c r="OQ18" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR18" s="6">
+        <v>0</v>
+      </c>
+      <c r="OS18" s="8">
+        <v>0</v>
+      </c>
+      <c r="OT18" s="6">
+        <v>1217</v>
+      </c>
+      <c r="OU18" s="6">
+        <v>14420</v>
+      </c>
+      <c r="OV18" s="12">
+        <v>8.4396671289875172E-2</v>
+      </c>
+      <c r="OW18" s="6">
+        <v>329.47447299999999</v>
+      </c>
+      <c r="OX18" s="6">
+        <v>321.442542</v>
+      </c>
+      <c r="OY18" s="6" t="s">
+        <v>1084</v>
+      </c>
+      <c r="OZ18" s="6">
+        <v>8.0319310000000002</v>
+      </c>
+      <c r="PA18" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:417" ht="14">
+      <c r="A19" s="47">
+        <v>45901</v>
+      </c>
+      <c r="B19" s="48" t="s">
+        <v>3</v>
+      </c>
+      <c r="C19" s="22"/>
+      <c r="D19" s="4"/>
+      <c r="E19" s="4"/>
+      <c r="F19" s="4"/>
+      <c r="G19" s="4"/>
+      <c r="H19" s="4"/>
+      <c r="I19" s="4"/>
+      <c r="J19" s="4"/>
+      <c r="K19" s="4"/>
+      <c r="L19" s="4"/>
+      <c r="M19" s="4"/>
+      <c r="N19" s="4"/>
+      <c r="O19" s="4"/>
+      <c r="P19" s="4"/>
+      <c r="Q19" s="4"/>
+      <c r="R19" s="4"/>
+      <c r="S19" s="4"/>
+      <c r="T19" s="4"/>
+      <c r="U19" s="4"/>
+      <c r="V19" s="4"/>
+      <c r="W19" s="4"/>
+      <c r="X19" s="4"/>
+      <c r="Y19" s="4"/>
+      <c r="Z19" s="4"/>
+      <c r="AA19" s="4"/>
+      <c r="AB19" s="4"/>
+      <c r="AC19" s="4"/>
+      <c r="AD19" s="4"/>
+      <c r="AE19" s="4"/>
+      <c r="AF19" s="4"/>
+      <c r="AG19" s="4"/>
+      <c r="AH19" s="4"/>
+      <c r="AI19" s="4"/>
+      <c r="AJ19" s="4"/>
+      <c r="AK19" s="4"/>
+      <c r="AL19" s="4"/>
+      <c r="AM19" s="4"/>
+      <c r="AN19" s="4"/>
+      <c r="AO19" s="4"/>
+      <c r="AP19" s="4"/>
+      <c r="AQ19" s="4"/>
+      <c r="AR19" s="4"/>
+      <c r="AS19" s="4"/>
+      <c r="AT19" s="4"/>
+      <c r="AU19" s="4"/>
+      <c r="AV19" s="4"/>
+      <c r="AW19" s="4"/>
+      <c r="AX19" s="4"/>
+      <c r="AY19" s="4"/>
+      <c r="AZ19" s="4"/>
+      <c r="BA19" s="4"/>
+      <c r="BB19" s="4"/>
+      <c r="BC19" s="4"/>
+      <c r="BD19" s="4"/>
+      <c r="BE19" s="4"/>
+      <c r="BF19" s="4"/>
+      <c r="BG19" s="4"/>
+      <c r="BH19" s="4"/>
+      <c r="BI19" s="4"/>
+      <c r="BJ19" s="4"/>
+      <c r="BK19" s="4"/>
+      <c r="BL19" s="4"/>
+      <c r="BM19" s="4"/>
+      <c r="BN19" s="4"/>
+      <c r="BO19" s="4"/>
+      <c r="BP19" s="4"/>
+      <c r="BQ19" s="4"/>
+      <c r="BR19" s="4"/>
+      <c r="BS19" s="4"/>
+      <c r="BT19" s="4"/>
+      <c r="BU19" s="4"/>
+      <c r="BV19" s="4"/>
+      <c r="BW19" s="4"/>
+      <c r="BX19" s="4"/>
+      <c r="BY19" s="4"/>
+      <c r="BZ19" s="4"/>
+      <c r="CA19" s="4"/>
+      <c r="CB19" s="4"/>
+      <c r="CC19" s="4"/>
+      <c r="CD19" s="4"/>
+      <c r="CE19" s="4"/>
+      <c r="CF19" s="4"/>
+      <c r="CG19" s="4"/>
+      <c r="CH19" s="4"/>
+      <c r="CI19" s="4"/>
+      <c r="CJ19" s="4"/>
+      <c r="CK19" s="4"/>
+      <c r="CL19" s="4"/>
+      <c r="CM19" s="4"/>
+      <c r="CN19" s="4"/>
+      <c r="CO19" s="4"/>
+      <c r="CP19" s="4"/>
+      <c r="CQ19" s="4"/>
+      <c r="CR19" s="4"/>
+      <c r="CS19" s="4"/>
+      <c r="CT19" s="4"/>
+      <c r="CU19" s="4"/>
+      <c r="CV19" s="4"/>
+      <c r="CW19" s="4"/>
+      <c r="CX19" s="4"/>
+      <c r="CY19" s="4"/>
+      <c r="CZ19" s="4"/>
+      <c r="DA19" s="4"/>
+      <c r="DB19" s="4"/>
+      <c r="DC19" s="4"/>
+      <c r="DD19" s="4"/>
+      <c r="DE19" s="4"/>
+      <c r="DF19" s="4"/>
+      <c r="DG19" s="4"/>
+      <c r="DH19" s="4"/>
+      <c r="DI19" s="4"/>
+      <c r="DJ19" s="4"/>
+      <c r="DK19" s="4"/>
+      <c r="DL19" s="4"/>
+      <c r="DM19" s="4"/>
+      <c r="DN19" s="4"/>
+      <c r="DO19" s="4"/>
+      <c r="DP19" s="4"/>
+      <c r="DQ19" s="4"/>
+      <c r="DR19" s="4"/>
+      <c r="DS19" s="4"/>
+      <c r="DT19" s="4"/>
+      <c r="DU19" s="4"/>
+      <c r="DV19" s="4"/>
+      <c r="DW19" s="4"/>
+      <c r="DX19" s="4"/>
+      <c r="DY19" s="4"/>
+      <c r="DZ19" s="4"/>
+      <c r="EA19" s="4"/>
+      <c r="EB19" s="4">
+        <v>55</v>
+      </c>
+      <c r="EC19" s="4">
+        <v>537</v>
+      </c>
+      <c r="ED19" s="6">
+        <v>6463</v>
+      </c>
+      <c r="EE19" s="7">
+        <v>8.3088349063902209E-2</v>
+      </c>
+      <c r="EF19" s="19"/>
+      <c r="EG19" s="19"/>
+      <c r="EH19" s="19"/>
+      <c r="EI19" s="19"/>
+      <c r="EJ19" s="19"/>
+      <c r="EK19" s="19"/>
+      <c r="EL19" s="19"/>
+      <c r="EM19" s="19"/>
+      <c r="EN19" s="8">
+        <v>6463</v>
+      </c>
+      <c r="EO19" s="4">
+        <v>156</v>
+      </c>
+      <c r="EP19" s="4">
+        <v>821</v>
+      </c>
+      <c r="EQ19" s="4">
+        <v>13</v>
+      </c>
+      <c r="ER19" s="4"/>
+      <c r="ES19" s="4">
+        <v>4362</v>
+      </c>
+      <c r="ET19" s="4">
+        <v>1111</v>
+      </c>
+      <c r="EU19" s="4">
+        <v>6463</v>
+      </c>
+      <c r="EV19" s="4">
+        <v>254</v>
+      </c>
+      <c r="EW19" s="4">
+        <v>13</v>
+      </c>
+      <c r="EX19" s="4">
+        <v>168</v>
+      </c>
+      <c r="EY19" s="4">
+        <v>41</v>
+      </c>
+      <c r="EZ19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FA19" s="4">
+        <v>39</v>
+      </c>
+      <c r="FB19" s="4">
+        <v>64</v>
+      </c>
+      <c r="FC19" s="4">
+        <v>692</v>
+      </c>
+      <c r="FD19" s="4">
+        <v>7</v>
+      </c>
+      <c r="FE19" s="4">
+        <v>7</v>
+      </c>
+      <c r="FF19" s="4">
+        <v>119</v>
+      </c>
+      <c r="FG19" s="4">
+        <v>605</v>
+      </c>
+      <c r="FH19" s="4">
+        <v>15</v>
+      </c>
+      <c r="FI19" s="4">
+        <v>236</v>
+      </c>
+      <c r="FJ19" s="4">
+        <v>50</v>
+      </c>
+      <c r="FK19" s="4">
+        <v>1</v>
+      </c>
+      <c r="FL19" s="4">
+        <v>0</v>
+      </c>
+      <c r="FM19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FN19" s="4">
+        <v>835</v>
+      </c>
+      <c r="FO19" s="4">
+        <v>32</v>
+      </c>
+      <c r="FP19" s="4">
+        <v>73</v>
+      </c>
+      <c r="FQ19" s="4">
+        <v>0</v>
+      </c>
+      <c r="FR19" s="4">
+        <v>241</v>
+      </c>
+      <c r="FS19" s="4">
+        <v>0</v>
+      </c>
+      <c r="FT19" s="4">
+        <v>194</v>
+      </c>
+      <c r="FU19" s="4">
+        <v>17</v>
+      </c>
+      <c r="FV19" s="4">
+        <v>202</v>
+      </c>
+      <c r="FW19" s="4">
+        <v>523</v>
+      </c>
+      <c r="FX19" s="4">
+        <v>10</v>
+      </c>
+      <c r="FY19" s="4">
+        <v>183</v>
+      </c>
+      <c r="FZ19" s="4">
+        <v>65</v>
+      </c>
+      <c r="GA19" s="4">
+        <v>166</v>
+      </c>
+      <c r="GB19" s="4">
+        <v>273</v>
+      </c>
+      <c r="GC19" s="4">
+        <v>198</v>
+      </c>
+      <c r="GD19" s="4">
+        <v>299</v>
+      </c>
+      <c r="GE19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GF19" s="4">
+        <v>101</v>
+      </c>
+      <c r="GG19" s="4">
+        <v>88</v>
+      </c>
+      <c r="GH19" s="4">
+        <v>5</v>
+      </c>
+      <c r="GI19" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GJ19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GK19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GL19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GM19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GN19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GO19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GP19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GQ19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GR19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GS19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GT19" s="4">
+        <v>5</v>
+      </c>
+      <c r="GU19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GV19" s="4">
+        <v>0</v>
+      </c>
+      <c r="GW19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GX19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GY19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GZ19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HA19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HB19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HC19" s="4">
+        <v>0</v>
+      </c>
+      <c r="HD19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HE19" s="4">
+        <v>0</v>
+      </c>
+      <c r="HF19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HG19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HH19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HI19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HJ19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HK19" s="4">
+        <v>0</v>
+      </c>
+      <c r="HL19" s="4">
+        <v>0</v>
+      </c>
+      <c r="HM19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HN19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HO19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HP19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HQ19" s="4">
+        <v>6</v>
+      </c>
+      <c r="HR19" s="4">
+        <v>0</v>
+      </c>
+      <c r="HS19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HT19" s="4">
+        <v>9</v>
+      </c>
+      <c r="HU19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HV19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HW19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HX19" s="4">
+        <v>182</v>
+      </c>
+      <c r="HY19" s="4">
+        <v>53</v>
+      </c>
+      <c r="HZ19" s="4">
+        <v>8</v>
+      </c>
+      <c r="IA19" s="4">
+        <v>0</v>
+      </c>
+      <c r="IB19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IC19" s="4">
+        <v>14</v>
+      </c>
+      <c r="ID19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IE19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IF19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IG19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IH19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="II19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IJ19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IK19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IL19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM19" s="6">
+        <v>0</v>
+      </c>
+      <c r="IN19" s="4">
+        <v>217</v>
+      </c>
+      <c r="IO19" s="4">
+        <v>53</v>
+      </c>
+      <c r="IP19" s="4">
+        <v>50</v>
+      </c>
+      <c r="IQ19" s="4">
+        <v>6</v>
+      </c>
+      <c r="IR19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IS19" s="4">
+        <v>21</v>
+      </c>
+      <c r="IT19" s="4">
+        <v>152</v>
+      </c>
+      <c r="IU19" s="20">
+        <v>2.1354166666666665E-3</v>
+      </c>
+      <c r="IV19" s="10">
+        <v>3.0092592592592593E-3</v>
+      </c>
+      <c r="IW19" s="4">
+        <v>336</v>
+      </c>
+      <c r="IX19" s="20">
+        <v>3.0092592592592595E-4</v>
+      </c>
+      <c r="IY19" s="10">
+        <v>2.2453703703703702E-3</v>
+      </c>
+      <c r="IZ19" s="4">
+        <v>1132</v>
+      </c>
+      <c r="JA19" s="12">
+        <v>0.17515085873433389</v>
+      </c>
+      <c r="JB19" s="16"/>
+      <c r="JC19" s="6">
+        <v>217</v>
+      </c>
+      <c r="JD19" s="8">
+        <v>1132</v>
+      </c>
+      <c r="JE19" s="12">
+        <v>0.19169611307420495</v>
+      </c>
+      <c r="JF19" s="16"/>
+      <c r="JG19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH19" s="6">
+        <v>584</v>
+      </c>
+      <c r="JI19" s="12">
+        <v>5.1369863013698627E-3</v>
+      </c>
+      <c r="JJ19" s="4">
+        <v>152</v>
+      </c>
+      <c r="JK19" s="11">
+        <v>8.3333333333333339E-4</v>
+      </c>
+      <c r="JL19" s="11">
+        <v>4.5138888888888885E-3</v>
+      </c>
+      <c r="JM19" s="11">
+        <v>1.0654861111111111E-2</v>
+      </c>
+      <c r="JN19" s="4">
+        <v>823</v>
+      </c>
+      <c r="JO19" s="11">
+        <v>5.3125000000000004E-3</v>
+      </c>
+      <c r="JP19" s="11">
+        <v>1.2454791666666666E-2</v>
+      </c>
+      <c r="JQ19" s="49"/>
+      <c r="JR19" s="49"/>
+      <c r="JS19" s="49"/>
+      <c r="JT19" s="49"/>
+      <c r="JU19" s="4">
+        <v>2797</v>
+      </c>
+      <c r="JV19" s="11">
+        <v>5.6469907407407406E-2</v>
+      </c>
+      <c r="JW19" s="11">
+        <v>8.0671296296296297E-2</v>
+      </c>
+      <c r="JX19" s="11">
+        <v>0.2361111111111111</v>
+      </c>
+      <c r="JY19" s="4">
+        <v>153</v>
+      </c>
+      <c r="JZ19" s="11">
+        <v>4.8564814814814818E-2</v>
+      </c>
+      <c r="KA19" s="11">
+        <v>8.8935185185185187E-2</v>
+      </c>
+      <c r="KB19" s="11">
+        <v>0.48850694444444442</v>
+      </c>
+      <c r="KC19" s="6">
+        <v>2710</v>
+      </c>
+      <c r="KD19" s="14">
+        <v>0.86900369003690037</v>
+      </c>
+      <c r="KE19" s="14">
+        <v>0.11512915129151291</v>
+      </c>
+      <c r="KF19" s="14">
+        <v>1.2177121771217712E-2</v>
+      </c>
+      <c r="KG19" s="14">
+        <v>3.6900369003690036E-3</v>
+      </c>
+      <c r="KH19" s="8">
+        <v>66</v>
+      </c>
+      <c r="KI19" s="6">
+        <v>3</v>
+      </c>
+      <c r="KJ19" s="6">
+        <v>15</v>
+      </c>
+      <c r="KK19" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KL19" s="6"/>
+      <c r="KM19" s="6">
+        <v>47</v>
+      </c>
+      <c r="KN19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KO19" s="6">
+        <v>61</v>
+      </c>
+      <c r="KP19" s="14">
+        <v>0.9242424242424242</v>
+      </c>
+      <c r="KQ19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KR19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KS19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KT19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KU19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KV19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KW19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KX19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KY19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KZ19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LA19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LB19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LC19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LD19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LE19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LF19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LG19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LH19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LI19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LJ19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LK19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LL19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LM19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LN19" s="6">
+        <v>812</v>
+      </c>
+      <c r="LO19" s="6">
+        <v>585</v>
+      </c>
+      <c r="LP19" s="6">
+        <v>227</v>
+      </c>
+      <c r="LQ19" s="16"/>
+      <c r="LR19" s="6">
+        <v>2117</v>
+      </c>
+      <c r="LS19" s="6">
+        <v>259</v>
+      </c>
+      <c r="LT19" s="17">
+        <v>0.12234293811998111</v>
+      </c>
+      <c r="LU19" s="6">
+        <v>5</v>
+      </c>
+      <c r="LV19" s="17">
+        <v>2.3618327822390174E-3</v>
+      </c>
+      <c r="LW19" s="16"/>
+      <c r="LX19" s="6">
+        <v>680</v>
+      </c>
+      <c r="LY19" s="6">
+        <v>49</v>
+      </c>
+      <c r="LZ19" s="17">
+        <v>7.2058823529411759E-2</v>
+      </c>
+      <c r="MA19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB19" s="17">
+        <v>2.9411764705882353E-3</v>
+      </c>
+      <c r="MC19" s="16"/>
+      <c r="MD19" s="6">
+        <v>2797</v>
+      </c>
+      <c r="ME19" s="6">
+        <v>308</v>
+      </c>
+      <c r="MF19" s="17">
+        <v>0.11011798355380766</v>
+      </c>
+      <c r="MG19" s="6">
+        <v>7</v>
+      </c>
+      <c r="MH19" s="17">
+        <v>2.5026814444047193E-3</v>
+      </c>
+      <c r="MI19" s="16"/>
+      <c r="MJ19" s="6">
+        <v>97</v>
+      </c>
+      <c r="MK19" s="6">
+        <v>8</v>
+      </c>
+      <c r="ML19" s="17">
+        <v>8.247422680412371E-2</v>
+      </c>
+      <c r="MM19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MN19" s="17">
+        <v>2.0618556701030927E-2</v>
+      </c>
+      <c r="MO19" s="16"/>
+      <c r="MP19" s="6">
+        <v>56</v>
+      </c>
+      <c r="MQ19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MR19" s="17">
+        <v>7.1428571428571425E-2</v>
+      </c>
+      <c r="MS19" s="6">
+        <v>0</v>
+      </c>
+      <c r="MT19" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU19" s="16"/>
+      <c r="MV19" s="6">
+        <v>321</v>
+      </c>
+      <c r="MW19" s="6">
+        <v>10</v>
+      </c>
+      <c r="MX19" s="17">
+        <v>3.1152647975077882E-2</v>
+      </c>
+      <c r="MY19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MZ19" s="17">
+        <v>3.1152647975077881E-3</v>
+      </c>
+      <c r="NA19" s="6">
+        <v>2318</v>
+      </c>
+      <c r="NB19" s="6">
+        <v>3774</v>
+      </c>
+      <c r="NC19" s="18">
+        <v>0.61420243773184946</v>
+      </c>
+      <c r="ND19" s="6">
+        <v>2747</v>
+      </c>
+      <c r="NE19" s="6">
+        <v>1967</v>
+      </c>
+      <c r="NF19" s="6">
+        <v>751</v>
+      </c>
+      <c r="NG19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NH19" s="6">
+        <v>27</v>
+      </c>
+      <c r="NI19" s="18">
+        <v>0.38348271446862997</v>
+      </c>
+      <c r="NJ19" s="6">
+        <v>599</v>
+      </c>
+      <c r="NK19" s="6">
+        <v>1562</v>
+      </c>
+      <c r="NL19" s="16"/>
+      <c r="NM19" s="18">
+        <v>0.38357921744708146</v>
+      </c>
+      <c r="NN19" s="6">
+        <v>598</v>
+      </c>
+      <c r="NO19" s="6">
+        <v>1559</v>
+      </c>
+      <c r="NP19" s="18">
+        <v>0.33333333333333331</v>
+      </c>
+      <c r="NQ19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NR19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NS19" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT19" s="6">
+        <v>0</v>
+      </c>
+      <c r="NU19" s="6">
+        <v>0</v>
+      </c>
+      <c r="NV19" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW19" s="6">
+        <v>0</v>
+      </c>
+      <c r="NX19" s="6">
+        <v>0</v>
+      </c>
+      <c r="NY19" s="6">
+        <v>1067.8102470000001</v>
+      </c>
+      <c r="NZ19" s="6">
+        <v>1066.4769140000001</v>
+      </c>
+      <c r="OA19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OB19" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OC19" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OD19" s="18">
+        <v>0.82778489116517284</v>
+      </c>
+      <c r="OE19" s="6">
+        <v>1293</v>
+      </c>
+      <c r="OF19" s="6">
+        <v>1562</v>
+      </c>
+      <c r="OG19" s="16"/>
+      <c r="OH19" s="18">
+        <v>0.82745349583066063</v>
+      </c>
+      <c r="OI19" s="6">
+        <v>1290</v>
+      </c>
+      <c r="OJ19" s="6">
+        <v>1559</v>
+      </c>
+      <c r="OK19" s="18">
+        <v>1</v>
+      </c>
+      <c r="OL19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OM19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ON19" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO19" s="6">
+        <v>0</v>
+      </c>
+      <c r="OP19" s="6">
+        <v>0</v>
+      </c>
+      <c r="OQ19" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR19" s="6">
+        <v>0</v>
+      </c>
+      <c r="OS19" s="8">
+        <v>0</v>
+      </c>
+      <c r="OT19" s="6">
+        <v>267</v>
+      </c>
+      <c r="OU19" s="6">
+        <v>2747</v>
+      </c>
+      <c r="OV19" s="12">
+        <v>9.7196942118674912E-2</v>
+      </c>
+      <c r="OW19" s="6">
+        <v>46.499411000000002</v>
+      </c>
+      <c r="OX19" s="6">
+        <v>46.499411000000002</v>
+      </c>
+      <c r="OY19" s="6" t="s">
+        <v>1084</v>
+      </c>
+      <c r="OZ19" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="PA19" s="6" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="20" spans="1:417" ht="14">
+      <c r="A20" s="47">
+        <v>45901</v>
+      </c>
+      <c r="B20" s="48" t="s">
+        <v>4</v>
+      </c>
+      <c r="C20" s="22"/>
+      <c r="D20" s="4"/>
+      <c r="E20" s="4"/>
+      <c r="F20" s="4"/>
+      <c r="G20" s="4"/>
+      <c r="H20" s="4"/>
+      <c r="I20" s="4"/>
+      <c r="J20" s="4"/>
+      <c r="K20" s="4"/>
+      <c r="L20" s="4"/>
+      <c r="M20" s="4"/>
+      <c r="N20" s="4"/>
+      <c r="O20" s="4"/>
+      <c r="P20" s="4"/>
+      <c r="Q20" s="4"/>
+      <c r="R20" s="4"/>
+      <c r="S20" s="4"/>
+      <c r="T20" s="4"/>
+      <c r="U20" s="4"/>
+      <c r="V20" s="4"/>
+      <c r="W20" s="4"/>
+      <c r="X20" s="4"/>
+      <c r="Y20" s="4"/>
+      <c r="Z20" s="4"/>
+      <c r="AA20" s="4"/>
+      <c r="AB20" s="4"/>
+      <c r="AC20" s="4"/>
+      <c r="AD20" s="4"/>
+      <c r="AE20" s="4"/>
+      <c r="AF20" s="4"/>
+      <c r="AG20" s="4"/>
+      <c r="AH20" s="4"/>
+      <c r="AI20" s="4"/>
+      <c r="AJ20" s="4"/>
+      <c r="AK20" s="4"/>
+      <c r="AL20" s="4"/>
+      <c r="AM20" s="4"/>
+      <c r="AN20" s="4"/>
+      <c r="AO20" s="4"/>
+      <c r="AP20" s="4"/>
+      <c r="AQ20" s="4"/>
+      <c r="AR20" s="4"/>
+      <c r="AS20" s="4"/>
+      <c r="AT20" s="4"/>
+      <c r="AU20" s="4"/>
+      <c r="AV20" s="4"/>
+      <c r="AW20" s="4"/>
+      <c r="AX20" s="4"/>
+      <c r="AY20" s="4"/>
+      <c r="AZ20" s="4"/>
+      <c r="BA20" s="4"/>
+      <c r="BB20" s="4"/>
+      <c r="BC20" s="4"/>
+      <c r="BD20" s="4"/>
+      <c r="BE20" s="4"/>
+      <c r="BF20" s="4"/>
+      <c r="BG20" s="4"/>
+      <c r="BH20" s="4"/>
+      <c r="BI20" s="4"/>
+      <c r="BJ20" s="4"/>
+      <c r="BK20" s="4"/>
+      <c r="BL20" s="4"/>
+      <c r="BM20" s="4"/>
+      <c r="BN20" s="4"/>
+      <c r="BO20" s="4"/>
+      <c r="BP20" s="4"/>
+      <c r="BQ20" s="4"/>
+      <c r="BR20" s="4"/>
+      <c r="BS20" s="4"/>
+      <c r="BT20" s="4"/>
+      <c r="BU20" s="4"/>
+      <c r="BV20" s="4"/>
+      <c r="BW20" s="4"/>
+      <c r="BX20" s="4"/>
+      <c r="BY20" s="4"/>
+      <c r="BZ20" s="4"/>
+      <c r="CA20" s="4"/>
+      <c r="CB20" s="4"/>
+      <c r="CC20" s="4"/>
+      <c r="CD20" s="4"/>
+      <c r="CE20" s="4"/>
+      <c r="CF20" s="4"/>
+      <c r="CG20" s="4"/>
+      <c r="CH20" s="4"/>
+      <c r="CI20" s="4"/>
+      <c r="CJ20" s="4"/>
+      <c r="CK20" s="4"/>
+      <c r="CL20" s="4"/>
+      <c r="CM20" s="4"/>
+      <c r="CN20" s="4"/>
+      <c r="CO20" s="4"/>
+      <c r="CP20" s="4"/>
+      <c r="CQ20" s="4"/>
+      <c r="CR20" s="4"/>
+      <c r="CS20" s="4"/>
+      <c r="CT20" s="4"/>
+      <c r="CU20" s="4"/>
+      <c r="CV20" s="4"/>
+      <c r="CW20" s="4"/>
+      <c r="CX20" s="4"/>
+      <c r="CY20" s="4"/>
+      <c r="CZ20" s="4"/>
+      <c r="DA20" s="4"/>
+      <c r="DB20" s="4"/>
+      <c r="DC20" s="4"/>
+      <c r="DD20" s="4"/>
+      <c r="DE20" s="4"/>
+      <c r="DF20" s="4"/>
+      <c r="DG20" s="4"/>
+      <c r="DH20" s="4"/>
+      <c r="DI20" s="4"/>
+      <c r="DJ20" s="4"/>
+      <c r="DK20" s="4"/>
+      <c r="DL20" s="4"/>
+      <c r="DM20" s="4"/>
+      <c r="DN20" s="4"/>
+      <c r="DO20" s="4"/>
+      <c r="DP20" s="4"/>
+      <c r="DQ20" s="4"/>
+      <c r="DR20" s="4"/>
+      <c r="DS20" s="4"/>
+      <c r="DT20" s="4"/>
+      <c r="DU20" s="4"/>
+      <c r="DV20" s="4"/>
+      <c r="DW20" s="4"/>
+      <c r="DX20" s="4"/>
+      <c r="DY20" s="4"/>
+      <c r="DZ20" s="4"/>
+      <c r="EA20" s="4"/>
+      <c r="EB20" s="4">
+        <v>80</v>
+      </c>
+      <c r="EC20" s="4">
+        <v>764</v>
+      </c>
+      <c r="ED20" s="6">
+        <v>8599</v>
+      </c>
+      <c r="EE20" s="7">
+        <v>8.8847540411675779E-2</v>
+      </c>
+      <c r="EF20" s="19"/>
+      <c r="EG20" s="19"/>
+      <c r="EH20" s="19"/>
+      <c r="EI20" s="19"/>
+      <c r="EJ20" s="19"/>
+      <c r="EK20" s="19"/>
+      <c r="EL20" s="19"/>
+      <c r="EM20" s="19"/>
+      <c r="EN20" s="8">
+        <v>8599</v>
+      </c>
+      <c r="EO20" s="4">
+        <v>188</v>
+      </c>
+      <c r="EP20" s="4">
+        <v>1091</v>
+      </c>
+      <c r="EQ20" s="4">
+        <v>20</v>
+      </c>
+      <c r="ER20" s="4"/>
+      <c r="ES20" s="4">
+        <v>6082</v>
+      </c>
+      <c r="ET20" s="4">
+        <v>1218</v>
+      </c>
+      <c r="EU20" s="4">
+        <v>8599</v>
+      </c>
+      <c r="EV20" s="4">
+        <v>254</v>
+      </c>
+      <c r="EW20" s="4">
+        <v>18</v>
+      </c>
+      <c r="EX20" s="4">
+        <v>263</v>
+      </c>
+      <c r="EY20" s="4">
+        <v>52</v>
+      </c>
+      <c r="EZ20" s="4">
+        <v>11</v>
+      </c>
+      <c r="FA20" s="4">
+        <v>63</v>
+      </c>
+      <c r="FB20" s="4">
+        <v>85</v>
+      </c>
+      <c r="FC20" s="4">
+        <v>965</v>
+      </c>
+      <c r="FD20" s="4">
+        <v>49</v>
+      </c>
+      <c r="FE20" s="4">
+        <v>9</v>
+      </c>
+      <c r="FF20" s="4">
+        <v>146</v>
+      </c>
+      <c r="FG20" s="4">
+        <v>779</v>
+      </c>
+      <c r="FH20" s="4">
+        <v>32</v>
+      </c>
+      <c r="FI20" s="4">
+        <v>304</v>
+      </c>
+      <c r="FJ20" s="4">
+        <v>59</v>
+      </c>
+      <c r="FK20" s="4">
+        <v>12</v>
+      </c>
+      <c r="FL20" s="4">
+        <v>0</v>
+      </c>
+      <c r="FM20" s="4">
+        <v>8</v>
+      </c>
+      <c r="FN20" s="4">
+        <v>1167</v>
+      </c>
+      <c r="FO20" s="4">
+        <v>30</v>
+      </c>
+      <c r="FP20" s="4">
+        <v>115</v>
+      </c>
+      <c r="FQ20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FR20" s="4">
+        <v>363</v>
+      </c>
+      <c r="FS20" s="4">
+        <v>0</v>
+      </c>
+      <c r="FT20" s="4">
+        <v>251</v>
+      </c>
+      <c r="FU20" s="4">
+        <v>44</v>
+      </c>
+      <c r="FV20" s="4">
+        <v>453</v>
+      </c>
+      <c r="FW20" s="4">
+        <v>681</v>
+      </c>
+      <c r="FX20" s="4">
+        <v>6</v>
+      </c>
+      <c r="FY20" s="4">
+        <v>266</v>
+      </c>
+      <c r="FZ20" s="4">
+        <v>94</v>
+      </c>
+      <c r="GA20" s="4">
+        <v>225</v>
+      </c>
+      <c r="GB20" s="4">
+        <v>327</v>
+      </c>
+      <c r="GC20" s="4">
+        <v>196</v>
+      </c>
+      <c r="GD20" s="4">
+        <v>144</v>
+      </c>
+      <c r="GE20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GF20" s="4">
+        <v>207</v>
+      </c>
+      <c r="GG20" s="4">
+        <v>44</v>
+      </c>
+      <c r="GH20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GI20" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GJ20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GK20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GL20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GM20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GN20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GO20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GP20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GQ20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GR20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GS20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GT20" s="4">
+        <v>6</v>
+      </c>
+      <c r="GU20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GV20" s="4">
+        <v>0</v>
+      </c>
+      <c r="GW20" s="4">
+        <v>17</v>
+      </c>
+      <c r="GX20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GY20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GZ20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HA20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HB20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HC20" s="4">
+        <v>0</v>
+      </c>
+      <c r="HD20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HE20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HF20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HG20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HH20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HI20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HJ20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HK20" s="4">
+        <v>0</v>
+      </c>
+      <c r="HL20" s="4">
+        <v>0</v>
+      </c>
+      <c r="HM20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HN20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HO20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HP20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HQ20" s="4">
+        <v>5</v>
+      </c>
+      <c r="HR20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HS20" s="4">
+        <v>0</v>
+      </c>
+      <c r="HT20" s="4">
+        <v>0</v>
+      </c>
+      <c r="HU20" s="4">
+        <v>0</v>
+      </c>
+      <c r="HV20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HW20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HX20" s="4">
+        <v>232</v>
+      </c>
+      <c r="HY20" s="4">
+        <v>122</v>
+      </c>
+      <c r="HZ20" s="4">
+        <v>0</v>
+      </c>
+      <c r="IA20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IB20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IC20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ID20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IE20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IF20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IG20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IH20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="II20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IJ20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IK20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IL20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM20" s="6">
+        <v>0</v>
+      </c>
+      <c r="IN20" s="4">
+        <v>338</v>
+      </c>
+      <c r="IO20" s="4">
+        <v>72</v>
+      </c>
+      <c r="IP20" s="4">
+        <v>51</v>
+      </c>
+      <c r="IQ20" s="4">
+        <v>8</v>
+      </c>
+      <c r="IR20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IS20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IT20" s="4">
+        <v>180</v>
+      </c>
+      <c r="IU20" s="20">
+        <v>1.238425925925926E-3</v>
+      </c>
+      <c r="IV20" s="10">
+        <v>2.8703703703703703E-3</v>
+      </c>
+      <c r="IW20" s="4">
+        <v>435</v>
+      </c>
+      <c r="IX20" s="20">
+        <v>2.8935185185185184E-4</v>
+      </c>
+      <c r="IY20" s="10">
+        <v>2.3495370370370371E-3</v>
+      </c>
+      <c r="IZ20" s="4">
+        <v>1687</v>
+      </c>
+      <c r="JA20" s="12">
+        <v>0.19618560297709037</v>
+      </c>
+      <c r="JB20" s="16"/>
+      <c r="JC20" s="6">
+        <v>410</v>
+      </c>
+      <c r="JD20" s="8">
+        <v>1687</v>
+      </c>
+      <c r="JE20" s="12">
+        <v>0.24303497332542975</v>
+      </c>
+      <c r="JF20" s="16"/>
+      <c r="JG20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH20" s="6">
+        <v>729</v>
+      </c>
+      <c r="JI20" s="12">
+        <v>4.11522633744856E-3</v>
+      </c>
+      <c r="JJ20" s="4">
+        <v>180</v>
+      </c>
+      <c r="JK20" s="11">
+        <v>3.6458333333333334E-3</v>
+      </c>
+      <c r="JL20" s="11">
+        <v>5.1274305555555552E-3</v>
+      </c>
+      <c r="JM20" s="11">
+        <v>1.370138888888889E-2</v>
+      </c>
+      <c r="JN20" s="4">
+        <v>1083</v>
+      </c>
+      <c r="JO20" s="11">
+        <v>6.7129629629629631E-3</v>
+      </c>
+      <c r="JP20" s="11">
+        <v>1.8402569444444444E-2</v>
+      </c>
+      <c r="JQ20" s="49"/>
+      <c r="JR20" s="49"/>
+      <c r="JS20" s="49"/>
+      <c r="JT20" s="49"/>
+      <c r="JU20" s="4">
+        <v>3690</v>
+      </c>
+      <c r="JV20" s="11">
+        <v>6.9953703703703699E-2</v>
+      </c>
+      <c r="JW20" s="11">
+        <v>0.1032986111111111</v>
+      </c>
+      <c r="JX20" s="11">
+        <v>0.32320601851851855</v>
+      </c>
+      <c r="JY20" s="4">
+        <v>161</v>
+      </c>
+      <c r="JZ20" s="11">
+        <v>6.5451388888888892E-2</v>
+      </c>
+      <c r="KA20" s="11">
+        <v>0.10207175925925926</v>
+      </c>
+      <c r="KB20" s="11">
+        <v>0.50011574074074072</v>
+      </c>
+      <c r="KC20" s="6">
+        <v>3141</v>
+      </c>
+      <c r="KD20" s="14">
+        <v>0.80356574339382358</v>
+      </c>
+      <c r="KE20" s="14">
+        <v>0.14708691499522444</v>
+      </c>
+      <c r="KF20" s="14">
+        <v>3.8841133397007323E-2</v>
+      </c>
+      <c r="KG20" s="14">
+        <v>1.0506208213944603E-2</v>
+      </c>
+      <c r="KH20" s="8">
+        <v>183</v>
+      </c>
+      <c r="KI20" s="6">
+        <v>11</v>
+      </c>
+      <c r="KJ20" s="6">
+        <v>30</v>
+      </c>
+      <c r="KK20" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KL20" s="6"/>
+      <c r="KM20" s="6">
+        <v>135</v>
+      </c>
+      <c r="KN20" s="6">
+        <v>7</v>
+      </c>
+      <c r="KO20" s="6">
+        <v>154</v>
+      </c>
+      <c r="KP20" s="14">
+        <v>0.84153005464480879</v>
+      </c>
+      <c r="KQ20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KR20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KS20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KT20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KU20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KV20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KW20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KX20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KY20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KZ20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LA20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LB20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LC20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LD20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LE20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LF20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LG20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LH20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LI20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LJ20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LK20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LL20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LM20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LN20" s="6">
+        <v>993</v>
+      </c>
+      <c r="LO20" s="6">
+        <v>735</v>
+      </c>
+      <c r="LP20" s="6">
+        <v>258</v>
+      </c>
+      <c r="LQ20" s="16"/>
+      <c r="LR20" s="6">
+        <v>2907</v>
+      </c>
+      <c r="LS20" s="6">
+        <v>397</v>
+      </c>
+      <c r="LT20" s="17">
+        <v>0.13656690746474029</v>
+      </c>
+      <c r="LU20" s="6">
+        <v>11</v>
+      </c>
+      <c r="LV20" s="17">
+        <v>3.7839697282421739E-3</v>
+      </c>
+      <c r="LW20" s="16"/>
+      <c r="LX20" s="6">
+        <v>784</v>
+      </c>
+      <c r="LY20" s="6">
+        <v>56</v>
+      </c>
+      <c r="LZ20" s="17">
+        <v>7.1428571428571425E-2</v>
+      </c>
+      <c r="MA20" s="6">
+        <v>0</v>
+      </c>
+      <c r="MB20" s="17">
+        <v>0</v>
+      </c>
+      <c r="MC20" s="16"/>
+      <c r="MD20" s="6">
+        <v>3691</v>
+      </c>
+      <c r="ME20" s="6">
+        <v>453</v>
+      </c>
+      <c r="MF20" s="17">
+        <v>0.12273096721755622</v>
+      </c>
+      <c r="MG20" s="6">
+        <v>11</v>
+      </c>
+      <c r="MH20" s="17">
+        <v>2.980222162015714E-3</v>
+      </c>
+      <c r="MI20" s="16"/>
+      <c r="MJ20" s="6">
+        <v>115</v>
+      </c>
+      <c r="MK20" s="6">
+        <v>9</v>
+      </c>
+      <c r="ML20" s="17">
+        <v>7.8260869565217397E-2</v>
+      </c>
+      <c r="MM20" s="6">
+        <v>0</v>
+      </c>
+      <c r="MN20" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO20" s="16"/>
+      <c r="MP20" s="6">
+        <v>46</v>
+      </c>
+      <c r="MQ20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MR20" s="17">
+        <v>2.1739130434782608E-2</v>
+      </c>
+      <c r="MS20" s="6">
+        <v>0</v>
+      </c>
+      <c r="MT20" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU20" s="16"/>
+      <c r="MV20" s="6">
+        <v>120</v>
+      </c>
+      <c r="MW20" s="6">
+        <v>0</v>
+      </c>
+      <c r="MX20" s="17">
+        <v>0</v>
+      </c>
+      <c r="MY20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MZ20" s="17">
+        <v>8.3333333333333332E-3</v>
+      </c>
+      <c r="NA20" s="6">
+        <v>3020</v>
+      </c>
+      <c r="NB20" s="6">
+        <v>4858</v>
+      </c>
+      <c r="NC20" s="18">
+        <v>0.62165500205846025</v>
+      </c>
+      <c r="ND20" s="6">
+        <v>3364</v>
+      </c>
+      <c r="NE20" s="6">
+        <v>3284</v>
+      </c>
+      <c r="NF20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NG20" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="NH20" s="6">
+        <v>79</v>
+      </c>
+      <c r="NI20" s="18">
+        <v>0.11753681392235608</v>
+      </c>
+      <c r="NJ20" s="6">
+        <v>439</v>
+      </c>
+      <c r="NK20" s="6">
+        <v>3735</v>
+      </c>
+      <c r="NL20" s="16"/>
+      <c r="NM20" s="18">
+        <v>0.11753681392235608</v>
+      </c>
+      <c r="NN20" s="6">
+        <v>439</v>
+      </c>
+      <c r="NO20" s="6">
+        <v>3735</v>
+      </c>
+      <c r="NP20" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ20" s="6">
+        <v>0</v>
+      </c>
+      <c r="NR20" s="6">
+        <v>0</v>
+      </c>
+      <c r="NS20" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT20" s="6">
+        <v>0</v>
+      </c>
+      <c r="NU20" s="6">
+        <v>0</v>
+      </c>
+      <c r="NV20" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW20" s="6">
+        <v>0</v>
+      </c>
+      <c r="NX20" s="6">
+        <v>0</v>
+      </c>
+      <c r="NY20" s="6">
+        <v>7565.1918869999981</v>
+      </c>
+      <c r="NZ20" s="6">
+        <v>7565.1918869999981</v>
+      </c>
+      <c r="OA20" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OB20" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OC20" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OD20" s="18">
+        <v>0.84230254350736278</v>
+      </c>
+      <c r="OE20" s="6">
+        <v>3146</v>
+      </c>
+      <c r="OF20" s="6">
+        <v>3735</v>
+      </c>
+      <c r="OG20" s="16"/>
+      <c r="OH20" s="18">
+        <v>0.84230254350736278</v>
+      </c>
+      <c r="OI20" s="6">
+        <v>3146</v>
+      </c>
+      <c r="OJ20" s="6">
+        <v>3735</v>
+      </c>
+      <c r="OK20" s="18">
+        <v>0</v>
+      </c>
+      <c r="OL20" s="6">
+        <v>0</v>
+      </c>
+      <c r="OM20" s="6">
+        <v>0</v>
+      </c>
+      <c r="ON20" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO20" s="6">
+        <v>0</v>
+      </c>
+      <c r="OP20" s="6">
+        <v>0</v>
+      </c>
+      <c r="OQ20" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR20" s="6">
+        <v>0</v>
+      </c>
+      <c r="OS20" s="8">
+        <v>0</v>
+      </c>
+      <c r="OT20" s="6">
+        <v>162</v>
+      </c>
+      <c r="OU20" s="6">
+        <v>3364</v>
+      </c>
+      <c r="OV20" s="12">
+        <v>4.8156956004756245E-2</v>
+      </c>
+      <c r="OW20" s="6">
+        <v>69.792455000000004</v>
+      </c>
+      <c r="OX20" s="6">
+        <v>69.792455000000004</v>
+      </c>
+      <c r="OY20" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OZ20" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="PA20" s="6" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="21" spans="1:417" ht="14">
+      <c r="A21" s="47">
+        <v>45901</v>
+      </c>
+      <c r="B21" s="48" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C21" s="22"/>
+      <c r="D21" s="4"/>
+      <c r="E21" s="4"/>
+      <c r="F21" s="4"/>
+      <c r="G21" s="4"/>
+      <c r="H21" s="4"/>
+      <c r="I21" s="4"/>
+      <c r="J21" s="4"/>
+      <c r="K21" s="4"/>
+      <c r="L21" s="4"/>
+      <c r="M21" s="4"/>
+      <c r="N21" s="4"/>
+      <c r="O21" s="4"/>
+      <c r="P21" s="4"/>
+      <c r="Q21" s="4"/>
+      <c r="R21" s="4"/>
+      <c r="S21" s="4"/>
+      <c r="T21" s="4"/>
+      <c r="U21" s="4"/>
+      <c r="V21" s="4"/>
+      <c r="W21" s="4"/>
+      <c r="X21" s="4"/>
+      <c r="Y21" s="4"/>
+      <c r="Z21" s="4"/>
+      <c r="AA21" s="4"/>
+      <c r="AB21" s="4"/>
+      <c r="AC21" s="4"/>
+      <c r="AD21" s="4"/>
+      <c r="AE21" s="4"/>
+      <c r="AF21" s="4"/>
+      <c r="AG21" s="4"/>
+      <c r="AH21" s="4"/>
+      <c r="AI21" s="4"/>
+      <c r="AJ21" s="4"/>
+      <c r="AK21" s="4"/>
+      <c r="AL21" s="4"/>
+      <c r="AM21" s="4"/>
+      <c r="AN21" s="4"/>
+      <c r="AO21" s="4"/>
+      <c r="AP21" s="4"/>
+      <c r="AQ21" s="4"/>
+      <c r="AR21" s="4"/>
+      <c r="AS21" s="4"/>
+      <c r="AT21" s="4"/>
+      <c r="AU21" s="4"/>
+      <c r="AV21" s="4"/>
+      <c r="AW21" s="4"/>
+      <c r="AX21" s="4"/>
+      <c r="AY21" s="4"/>
+      <c r="AZ21" s="4"/>
+      <c r="BA21" s="4"/>
+      <c r="BB21" s="4"/>
+      <c r="BC21" s="4"/>
+      <c r="BD21" s="4"/>
+      <c r="BE21" s="4"/>
+      <c r="BF21" s="4"/>
+      <c r="BG21" s="4"/>
+      <c r="BH21" s="4"/>
+      <c r="BI21" s="4"/>
+      <c r="BJ21" s="4"/>
+      <c r="BK21" s="4"/>
+      <c r="BL21" s="4"/>
+      <c r="BM21" s="4"/>
+      <c r="BN21" s="4"/>
+      <c r="BO21" s="4"/>
+      <c r="BP21" s="4"/>
+      <c r="BQ21" s="4"/>
+      <c r="BR21" s="4"/>
+      <c r="BS21" s="4"/>
+      <c r="BT21" s="4"/>
+      <c r="BU21" s="4"/>
+      <c r="BV21" s="4"/>
+      <c r="BW21" s="4"/>
+      <c r="BX21" s="4"/>
+      <c r="BY21" s="4"/>
+      <c r="BZ21" s="4"/>
+      <c r="CA21" s="4"/>
+      <c r="CB21" s="4"/>
+      <c r="CC21" s="4"/>
+      <c r="CD21" s="4"/>
+      <c r="CE21" s="4"/>
+      <c r="CF21" s="4"/>
+      <c r="CG21" s="4"/>
+      <c r="CH21" s="4"/>
+      <c r="CI21" s="4"/>
+      <c r="CJ21" s="4"/>
+      <c r="CK21" s="4"/>
+      <c r="CL21" s="4"/>
+      <c r="CM21" s="4"/>
+      <c r="CN21" s="4"/>
+      <c r="CO21" s="4"/>
+      <c r="CP21" s="4"/>
+      <c r="CQ21" s="4"/>
+      <c r="CR21" s="4"/>
+      <c r="CS21" s="4"/>
+      <c r="CT21" s="4"/>
+      <c r="CU21" s="4"/>
+      <c r="CV21" s="4"/>
+      <c r="CW21" s="4"/>
+      <c r="CX21" s="4"/>
+      <c r="CY21" s="4"/>
+      <c r="CZ21" s="4"/>
+      <c r="DA21" s="4"/>
+      <c r="DB21" s="4"/>
+      <c r="DC21" s="4"/>
+      <c r="DD21" s="4"/>
+      <c r="DE21" s="4"/>
+      <c r="DF21" s="4"/>
+      <c r="DG21" s="4"/>
+      <c r="DH21" s="4"/>
+      <c r="DI21" s="4"/>
+      <c r="DJ21" s="4"/>
+      <c r="DK21" s="4"/>
+      <c r="DL21" s="4"/>
+      <c r="DM21" s="4"/>
+      <c r="DN21" s="4"/>
+      <c r="DO21" s="4"/>
+      <c r="DP21" s="4"/>
+      <c r="DQ21" s="4"/>
+      <c r="DR21" s="4"/>
+      <c r="DS21" s="4"/>
+      <c r="DT21" s="4"/>
+      <c r="DU21" s="4"/>
+      <c r="DV21" s="4"/>
+      <c r="DW21" s="4"/>
+      <c r="DX21" s="4"/>
+      <c r="DY21" s="4"/>
+      <c r="DZ21" s="4"/>
+      <c r="EA21" s="4"/>
+      <c r="EB21" s="4">
+        <v>33</v>
+      </c>
+      <c r="EC21" s="4">
+        <v>355</v>
+      </c>
+      <c r="ED21" s="6">
+        <v>4792</v>
+      </c>
+      <c r="EE21" s="7">
+        <v>7.4081803005008343E-2</v>
+      </c>
+      <c r="EF21" s="19"/>
+      <c r="EG21" s="19"/>
+      <c r="EH21" s="19"/>
+      <c r="EI21" s="19"/>
+      <c r="EJ21" s="19"/>
+      <c r="EK21" s="19"/>
+      <c r="EL21" s="19"/>
+      <c r="EM21" s="19"/>
+      <c r="EN21" s="8">
+        <v>4792</v>
+      </c>
+      <c r="EO21" s="4">
+        <v>108</v>
+      </c>
+      <c r="EP21" s="4">
+        <v>691</v>
+      </c>
+      <c r="EQ21" s="4">
+        <v>15</v>
+      </c>
+      <c r="ER21" s="4"/>
+      <c r="ES21" s="4">
+        <v>3205</v>
+      </c>
+      <c r="ET21" s="4">
+        <v>773</v>
+      </c>
+      <c r="EU21" s="4">
+        <v>4792</v>
+      </c>
+      <c r="EV21" s="4">
+        <v>243</v>
+      </c>
+      <c r="EW21" s="4">
+        <v>7</v>
+      </c>
+      <c r="EX21" s="4">
+        <v>140</v>
+      </c>
+      <c r="EY21" s="4">
+        <v>37</v>
+      </c>
+      <c r="EZ21" s="4">
+        <v>5</v>
+      </c>
+      <c r="FA21" s="4">
+        <v>54</v>
+      </c>
+      <c r="FB21" s="4">
+        <v>44</v>
+      </c>
+      <c r="FC21" s="4">
+        <v>504</v>
+      </c>
+      <c r="FD21" s="4">
+        <v>7</v>
+      </c>
+      <c r="FE21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FF21" s="4">
+        <v>83</v>
+      </c>
+      <c r="FG21" s="4">
+        <v>377</v>
+      </c>
+      <c r="FH21" s="4">
+        <v>18</v>
+      </c>
+      <c r="FI21" s="4">
+        <v>255</v>
+      </c>
+      <c r="FJ21" s="4">
+        <v>46</v>
+      </c>
+      <c r="FK21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FL21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FM21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FN21" s="4">
+        <v>587</v>
+      </c>
+      <c r="FO21" s="4">
+        <v>27</v>
+      </c>
+      <c r="FP21" s="4">
+        <v>71</v>
+      </c>
+      <c r="FQ21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FR21" s="4">
+        <v>172</v>
+      </c>
+      <c r="FS21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FT21" s="4">
+        <v>179</v>
+      </c>
+      <c r="FU21" s="4">
+        <v>42</v>
+      </c>
+      <c r="FV21" s="4">
+        <v>214</v>
+      </c>
+      <c r="FW21" s="4">
+        <v>364</v>
+      </c>
+      <c r="FX21" s="4">
+        <v>7</v>
+      </c>
+      <c r="FY21" s="4">
+        <v>163</v>
+      </c>
+      <c r="FZ21" s="4">
+        <v>71</v>
+      </c>
+      <c r="GA21" s="4">
+        <v>128</v>
+      </c>
+      <c r="GB21" s="4">
+        <v>218</v>
+      </c>
+      <c r="GC21" s="4">
+        <v>57</v>
+      </c>
+      <c r="GD21" s="4">
+        <v>166</v>
+      </c>
+      <c r="GE21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GF21" s="4">
+        <v>40</v>
+      </c>
+      <c r="GG21" s="4">
+        <v>34</v>
+      </c>
+      <c r="GH21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GI21" s="6">
+        <v>10</v>
+      </c>
+      <c r="GJ21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GK21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GL21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GM21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GN21" s="4">
+        <v>0</v>
+      </c>
+      <c r="GO21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GP21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GQ21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GR21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GS21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GT21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GU21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GV21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GW21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GX21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GY21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GZ21" s="4">
+        <v>0</v>
+      </c>
+      <c r="HA21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HB21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HC21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HD21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HE21" s="4">
+        <v>0</v>
+      </c>
+      <c r="HF21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HG21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HH21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HI21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HJ21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HK21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HL21" s="4">
+        <v>0</v>
+      </c>
+      <c r="HM21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HN21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HO21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HP21" s="4">
+        <v>0</v>
+      </c>
+      <c r="HQ21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HR21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HS21" s="4">
+        <v>0</v>
+      </c>
+      <c r="HT21" s="4">
+        <v>0</v>
+      </c>
+      <c r="HU21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HV21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HW21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HX21" s="4">
+        <v>108</v>
+      </c>
+      <c r="HY21" s="4">
+        <v>27</v>
+      </c>
+      <c r="HZ21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IA21" s="4">
+        <v>0</v>
+      </c>
+      <c r="IB21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IC21" s="4">
+        <v>17</v>
+      </c>
+      <c r="ID21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IE21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IF21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IG21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IH21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="II21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IJ21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IK21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IL21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM21" s="6">
+        <v>0</v>
+      </c>
+      <c r="IN21" s="4">
+        <v>130</v>
+      </c>
+      <c r="IO21" s="4">
+        <v>33</v>
+      </c>
+      <c r="IP21" s="4">
+        <v>47</v>
+      </c>
+      <c r="IQ21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IR21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IS21" s="4">
+        <v>20</v>
+      </c>
+      <c r="IT21" s="4">
+        <v>107</v>
+      </c>
+      <c r="IU21" s="20">
+        <v>1.1168981481481481E-3</v>
+      </c>
+      <c r="IV21" s="10">
+        <v>3.0960648148148149E-3</v>
+      </c>
+      <c r="IW21" s="4">
+        <v>238</v>
+      </c>
+      <c r="IX21" s="20">
+        <v>2.8935185185185184E-4</v>
+      </c>
+      <c r="IY21" s="10">
+        <v>2.5694444444444445E-3</v>
+      </c>
+      <c r="IZ21" s="4">
+        <v>1003</v>
+      </c>
+      <c r="JA21" s="12">
+        <v>0.20930717863105175</v>
+      </c>
+      <c r="JB21" s="16"/>
+      <c r="JC21" s="6">
+        <v>126</v>
+      </c>
+      <c r="JD21" s="8">
+        <v>1003</v>
+      </c>
+      <c r="JE21" s="12">
+        <v>0.12562313060817548</v>
+      </c>
+      <c r="JF21" s="16"/>
+      <c r="JG21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH21" s="6">
+        <v>384</v>
+      </c>
+      <c r="JI21" s="12">
+        <v>5.208333333333333E-3</v>
+      </c>
+      <c r="JJ21" s="4">
+        <v>107</v>
+      </c>
+      <c r="JK21" s="11">
+        <v>9.4907407407407408E-4</v>
+      </c>
+      <c r="JL21" s="11">
+        <v>5.0635416666666667E-3</v>
+      </c>
+      <c r="JM21" s="11">
+        <v>1.0445833333333333E-2</v>
+      </c>
+      <c r="JN21" s="4">
+        <v>685</v>
+      </c>
+      <c r="JO21" s="11">
+        <v>5.7986111111111112E-3</v>
+      </c>
+      <c r="JP21" s="11">
+        <v>1.1833472222222221E-2</v>
+      </c>
+      <c r="JQ21" s="49"/>
+      <c r="JR21" s="49"/>
+      <c r="JS21" s="49"/>
+      <c r="JT21" s="49"/>
+      <c r="JU21" s="4">
+        <v>1915</v>
+      </c>
+      <c r="JV21" s="11">
+        <v>5.395833333333333E-2</v>
+      </c>
+      <c r="JW21" s="11">
+        <v>7.7604166666666669E-2</v>
+      </c>
+      <c r="JX21" s="11">
+        <v>0.2114236111111111</v>
+      </c>
+      <c r="JY21" s="4">
+        <v>85</v>
+      </c>
+      <c r="JZ21" s="11">
+        <v>6.8240740740740741E-2</v>
+      </c>
+      <c r="KA21" s="11">
+        <v>8.8749999999999996E-2</v>
+      </c>
+      <c r="KB21" s="11">
+        <v>0.39155092592592594</v>
+      </c>
+      <c r="KC21" s="6">
+        <v>1761</v>
+      </c>
+      <c r="KD21" s="14">
+        <v>0.85292447473026689</v>
+      </c>
+      <c r="KE21" s="14">
+        <v>0.13458262350936967</v>
+      </c>
+      <c r="KF21" s="14">
+        <v>9.6536059057353782E-3</v>
+      </c>
+      <c r="KG21" s="14">
+        <v>2.8392958546280523E-3</v>
+      </c>
+      <c r="KH21" s="8">
+        <v>77</v>
+      </c>
+      <c r="KI21" s="6">
+        <v>6</v>
+      </c>
+      <c r="KJ21" s="6">
+        <v>34</v>
+      </c>
+      <c r="KK21" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KL21" s="6"/>
+      <c r="KM21" s="6">
+        <v>35</v>
+      </c>
+      <c r="KN21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KO21" s="6">
+        <v>54</v>
+      </c>
+      <c r="KP21" s="14">
+        <v>0.70129870129870131</v>
+      </c>
+      <c r="KQ21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KR21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KS21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KT21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KU21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KV21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KW21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KX21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KY21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KZ21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LA21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LB21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LC21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LD21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LE21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LF21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LG21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LH21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LI21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LJ21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LK21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LL21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LM21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LN21" s="6">
+        <v>562</v>
+      </c>
+      <c r="LO21" s="6">
+        <v>385</v>
+      </c>
+      <c r="LP21" s="6">
+        <v>177</v>
+      </c>
+      <c r="LQ21" s="16"/>
+      <c r="LR21" s="6">
+        <v>1483</v>
+      </c>
+      <c r="LS21" s="6">
+        <v>162</v>
+      </c>
+      <c r="LT21" s="17">
+        <v>0.10923803101820634</v>
+      </c>
+      <c r="LU21" s="6">
+        <v>6</v>
+      </c>
+      <c r="LV21" s="17">
+        <v>4.045853000674309E-3</v>
+      </c>
+      <c r="LW21" s="16"/>
+      <c r="LX21" s="6">
+        <v>432</v>
+      </c>
+      <c r="LY21" s="6">
+        <v>28</v>
+      </c>
+      <c r="LZ21" s="17">
+        <v>6.4814814814814811E-2</v>
+      </c>
+      <c r="MA21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB21" s="17">
+        <v>2.3148148148148147E-3</v>
+      </c>
+      <c r="MC21" s="16"/>
+      <c r="MD21" s="6">
+        <v>1915</v>
+      </c>
+      <c r="ME21" s="6">
+        <v>190</v>
+      </c>
+      <c r="MF21" s="17">
+        <v>9.921671018276762E-2</v>
+      </c>
+      <c r="MG21" s="6">
+        <v>7</v>
+      </c>
+      <c r="MH21" s="17">
+        <v>3.6553524804177544E-3</v>
+      </c>
+      <c r="MI21" s="16"/>
+      <c r="MJ21" s="6">
+        <v>52</v>
+      </c>
+      <c r="MK21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ML21" s="17">
+        <v>7.6923076923076927E-2</v>
+      </c>
+      <c r="MM21" s="6">
+        <v>0</v>
+      </c>
+      <c r="MN21" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO21" s="16"/>
+      <c r="MP21" s="6">
+        <v>33</v>
+      </c>
+      <c r="MQ21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MR21" s="17">
+        <v>9.0909090909090912E-2</v>
+      </c>
+      <c r="MS21" s="6">
+        <v>0</v>
+      </c>
+      <c r="MT21" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU21" s="16"/>
+      <c r="MV21" s="6">
+        <v>170</v>
+      </c>
+      <c r="MW21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MX21" s="17">
+        <v>5.8823529411764705E-3</v>
+      </c>
+      <c r="MY21" s="6">
+        <v>0</v>
+      </c>
+      <c r="MZ21" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA21" s="6">
+        <v>1667</v>
+      </c>
+      <c r="NB21" s="6">
+        <v>2720</v>
+      </c>
+      <c r="NC21" s="18">
+        <v>0.61286764705882357</v>
+      </c>
+      <c r="ND21" s="6">
+        <v>1882</v>
+      </c>
+      <c r="NE21" s="6">
+        <v>1666</v>
+      </c>
+      <c r="NF21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NG21" s="6">
+        <v>188</v>
+      </c>
+      <c r="NH21" s="6">
+        <v>25</v>
+      </c>
+      <c r="NI21" s="18">
+        <v>0.25138121546961328</v>
+      </c>
+      <c r="NJ21" s="6">
+        <v>364</v>
+      </c>
+      <c r="NK21" s="6">
+        <v>1448</v>
+      </c>
+      <c r="NL21" s="16"/>
+      <c r="NM21" s="18">
+        <v>0.25138121546961328</v>
+      </c>
+      <c r="NN21" s="6">
+        <v>364</v>
+      </c>
+      <c r="NO21" s="6">
+        <v>1448</v>
+      </c>
+      <c r="NP21" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ21" s="6">
+        <v>0</v>
+      </c>
+      <c r="NR21" s="6">
+        <v>0</v>
+      </c>
+      <c r="NS21" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT21" s="6">
+        <v>0</v>
+      </c>
+      <c r="NU21" s="6">
+        <v>0</v>
+      </c>
+      <c r="NV21" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW21" s="6">
+        <v>0</v>
+      </c>
+      <c r="NX21" s="6">
+        <v>0</v>
+      </c>
+      <c r="NY21" s="6">
+        <v>268.11441199999996</v>
+      </c>
+      <c r="NZ21" s="6">
+        <v>268.11441199999996</v>
+      </c>
+      <c r="OA21" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OB21" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OC21" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OD21" s="18">
+        <v>0.79696132596685088</v>
+      </c>
+      <c r="OE21" s="6">
+        <v>1154</v>
+      </c>
+      <c r="OF21" s="6">
+        <v>1448</v>
+      </c>
+      <c r="OG21" s="16"/>
+      <c r="OH21" s="18">
+        <v>0.79696132596685088</v>
+      </c>
+      <c r="OI21" s="6">
+        <v>1154</v>
+      </c>
+      <c r="OJ21" s="6">
+        <v>1448</v>
+      </c>
+      <c r="OK21" s="18">
+        <v>0</v>
+      </c>
+      <c r="OL21" s="6">
+        <v>0</v>
+      </c>
+      <c r="OM21" s="6">
+        <v>0</v>
+      </c>
+      <c r="ON21" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO21" s="6">
+        <v>0</v>
+      </c>
+      <c r="OP21" s="6">
+        <v>0</v>
+      </c>
+      <c r="OQ21" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR21" s="6">
+        <v>0</v>
+      </c>
+      <c r="OS21" s="8">
+        <v>0</v>
+      </c>
+      <c r="OT21" s="6">
+        <v>119</v>
+      </c>
+      <c r="OU21" s="6">
+        <v>1882</v>
+      </c>
+      <c r="OV21" s="12">
+        <v>6.3230605738575987E-2</v>
+      </c>
+      <c r="OW21" s="6">
+        <v>30.903314999999996</v>
+      </c>
+      <c r="OX21" s="6">
+        <v>30.903314999999996</v>
+      </c>
+      <c r="OY21" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OZ21" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="PA21" s="6" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="22" spans="1:417" ht="14">
+      <c r="A22" s="47">
+        <v>45901</v>
+      </c>
+      <c r="B22" s="48" t="s">
+        <v>5</v>
+      </c>
+      <c r="C22" s="22"/>
+      <c r="D22" s="4"/>
+      <c r="E22" s="4"/>
+      <c r="F22" s="4"/>
+      <c r="G22" s="4"/>
+      <c r="H22" s="4"/>
+      <c r="I22" s="4"/>
+      <c r="J22" s="4"/>
+      <c r="K22" s="4"/>
+      <c r="L22" s="4"/>
+      <c r="M22" s="4"/>
+      <c r="N22" s="4"/>
+      <c r="O22" s="4"/>
+      <c r="P22" s="4"/>
+      <c r="Q22" s="4"/>
+      <c r="R22" s="4"/>
+      <c r="S22" s="4"/>
+      <c r="T22" s="4"/>
+      <c r="U22" s="4"/>
+      <c r="V22" s="4"/>
+      <c r="W22" s="4"/>
+      <c r="X22" s="4"/>
+      <c r="Y22" s="4"/>
+      <c r="Z22" s="4"/>
+      <c r="AA22" s="4"/>
+      <c r="AB22" s="4"/>
+      <c r="AC22" s="4"/>
+      <c r="AD22" s="4"/>
+      <c r="AE22" s="4"/>
+      <c r="AF22" s="4"/>
+      <c r="AG22" s="4"/>
+      <c r="AH22" s="4"/>
+      <c r="AI22" s="4"/>
+      <c r="AJ22" s="4"/>
+      <c r="AK22" s="4"/>
+      <c r="AL22" s="4"/>
+      <c r="AM22" s="4"/>
+      <c r="AN22" s="4"/>
+      <c r="AO22" s="4"/>
+      <c r="AP22" s="4"/>
+      <c r="AQ22" s="4"/>
+      <c r="AR22" s="4"/>
+      <c r="AS22" s="4"/>
+      <c r="AT22" s="4"/>
+      <c r="AU22" s="4"/>
+      <c r="AV22" s="4"/>
+      <c r="AW22" s="4"/>
+      <c r="AX22" s="4"/>
+      <c r="AY22" s="4"/>
+      <c r="AZ22" s="4"/>
+      <c r="BA22" s="4"/>
+      <c r="BB22" s="4"/>
+      <c r="BC22" s="4"/>
+      <c r="BD22" s="4"/>
+      <c r="BE22" s="4"/>
+      <c r="BF22" s="4"/>
+      <c r="BG22" s="4"/>
+      <c r="BH22" s="4"/>
+      <c r="BI22" s="4"/>
+      <c r="BJ22" s="4"/>
+      <c r="BK22" s="4"/>
+      <c r="BL22" s="4"/>
+      <c r="BM22" s="4"/>
+      <c r="BN22" s="4"/>
+      <c r="BO22" s="4"/>
+      <c r="BP22" s="4"/>
+      <c r="BQ22" s="4"/>
+      <c r="BR22" s="4"/>
+      <c r="BS22" s="4"/>
+      <c r="BT22" s="4"/>
+      <c r="BU22" s="4"/>
+      <c r="BV22" s="4"/>
+      <c r="BW22" s="4"/>
+      <c r="BX22" s="4"/>
+      <c r="BY22" s="4"/>
+      <c r="BZ22" s="4"/>
+      <c r="CA22" s="4"/>
+      <c r="CB22" s="4"/>
+      <c r="CC22" s="4"/>
+      <c r="CD22" s="4"/>
+      <c r="CE22" s="4"/>
+      <c r="CF22" s="4"/>
+      <c r="CG22" s="4"/>
+      <c r="CH22" s="4"/>
+      <c r="CI22" s="4"/>
+      <c r="CJ22" s="4"/>
+      <c r="CK22" s="4"/>
+      <c r="CL22" s="4"/>
+      <c r="CM22" s="4"/>
+      <c r="CN22" s="4"/>
+      <c r="CO22" s="4"/>
+      <c r="CP22" s="4"/>
+      <c r="CQ22" s="4"/>
+      <c r="CR22" s="4"/>
+      <c r="CS22" s="4"/>
+      <c r="CT22" s="4"/>
+      <c r="CU22" s="4"/>
+      <c r="CV22" s="4"/>
+      <c r="CW22" s="4"/>
+      <c r="CX22" s="4"/>
+      <c r="CY22" s="4"/>
+      <c r="CZ22" s="4"/>
+      <c r="DA22" s="4"/>
+      <c r="DB22" s="4"/>
+      <c r="DC22" s="4"/>
+      <c r="DD22" s="4"/>
+      <c r="DE22" s="4"/>
+      <c r="DF22" s="4"/>
+      <c r="DG22" s="4"/>
+      <c r="DH22" s="4"/>
+      <c r="DI22" s="4"/>
+      <c r="DJ22" s="4"/>
+      <c r="DK22" s="4"/>
+      <c r="DL22" s="4"/>
+      <c r="DM22" s="4"/>
+      <c r="DN22" s="4"/>
+      <c r="DO22" s="4"/>
+      <c r="DP22" s="4"/>
+      <c r="DQ22" s="4"/>
+      <c r="DR22" s="4"/>
+      <c r="DS22" s="4"/>
+      <c r="DT22" s="4"/>
+      <c r="DU22" s="4"/>
+      <c r="DV22" s="4"/>
+      <c r="DW22" s="4"/>
+      <c r="DX22" s="4"/>
+      <c r="DY22" s="4"/>
+      <c r="DZ22" s="4"/>
+      <c r="EA22" s="4"/>
+      <c r="EB22" s="4">
+        <v>44</v>
+      </c>
+      <c r="EC22" s="4">
+        <v>439</v>
+      </c>
+      <c r="ED22" s="6">
+        <v>4363</v>
+      </c>
+      <c r="EE22" s="7">
+        <v>0.1006188402475361</v>
+      </c>
+      <c r="EF22" s="19"/>
+      <c r="EG22" s="19"/>
+      <c r="EH22" s="19"/>
+      <c r="EI22" s="19"/>
+      <c r="EJ22" s="19"/>
+      <c r="EK22" s="19"/>
+      <c r="EL22" s="19"/>
+      <c r="EM22" s="19"/>
+      <c r="EN22" s="8">
+        <v>4363</v>
+      </c>
+      <c r="EO22" s="4">
+        <v>90</v>
+      </c>
+      <c r="EP22" s="4">
+        <v>625</v>
+      </c>
+      <c r="EQ22" s="4">
+        <v>7</v>
+      </c>
+      <c r="ER22" s="4"/>
+      <c r="ES22" s="4">
+        <v>2946</v>
+      </c>
+      <c r="ET22" s="4">
+        <v>695</v>
+      </c>
+      <c r="EU22" s="4">
+        <v>4363</v>
+      </c>
+      <c r="EV22" s="4">
+        <v>149</v>
+      </c>
+      <c r="EW22" s="4">
+        <v>9</v>
+      </c>
+      <c r="EX22" s="4">
+        <v>132</v>
+      </c>
+      <c r="EY22" s="4">
+        <v>33</v>
+      </c>
+      <c r="EZ22" s="4">
+        <v>6</v>
+      </c>
+      <c r="FA22" s="4">
+        <v>14</v>
+      </c>
+      <c r="FB22" s="4">
+        <v>52</v>
+      </c>
+      <c r="FC22" s="4">
+        <v>499</v>
+      </c>
+      <c r="FD22" s="4">
+        <v>6</v>
+      </c>
+      <c r="FE22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FF22" s="4">
+        <v>68</v>
+      </c>
+      <c r="FG22" s="4">
+        <v>332</v>
+      </c>
+      <c r="FH22" s="4">
+        <v>10</v>
+      </c>
+      <c r="FI22" s="4">
+        <v>191</v>
+      </c>
+      <c r="FJ22" s="4">
+        <v>34</v>
+      </c>
+      <c r="FK22" s="4">
+        <v>2</v>
+      </c>
+      <c r="FL22" s="4">
+        <v>0</v>
+      </c>
+      <c r="FM22" s="4">
+        <v>7</v>
+      </c>
+      <c r="FN22" s="4">
+        <v>606</v>
+      </c>
+      <c r="FO22" s="4">
+        <v>15</v>
+      </c>
+      <c r="FP22" s="4">
+        <v>35</v>
+      </c>
+      <c r="FQ22" s="4">
+        <v>0</v>
+      </c>
+      <c r="FR22" s="4">
+        <v>151</v>
+      </c>
+      <c r="FS22" s="4">
+        <v>0</v>
+      </c>
+      <c r="FT22" s="4">
+        <v>159</v>
+      </c>
+      <c r="FU22" s="4">
+        <v>23</v>
+      </c>
+      <c r="FV22" s="4">
+        <v>196</v>
+      </c>
+      <c r="FW22" s="4">
+        <v>342</v>
+      </c>
+      <c r="FX22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FY22" s="4">
+        <v>139</v>
+      </c>
+      <c r="FZ22" s="4">
+        <v>59</v>
+      </c>
+      <c r="GA22" s="4">
+        <v>98</v>
+      </c>
+      <c r="GB22" s="4">
+        <v>165</v>
+      </c>
+      <c r="GC22" s="4">
+        <v>42</v>
+      </c>
+      <c r="GD22" s="4">
+        <v>119</v>
+      </c>
+      <c r="GE22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GF22" s="4">
+        <v>178</v>
+      </c>
+      <c r="GG22" s="4">
+        <v>80</v>
+      </c>
+      <c r="GH22" s="4">
+        <v>0</v>
+      </c>
+      <c r="GI22" s="6">
+        <v>6</v>
+      </c>
+      <c r="GJ22" s="4">
+        <v>0</v>
+      </c>
+      <c r="GK22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GL22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GM22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GN22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GO22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GP22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GQ22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GR22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GS22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GT22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GU22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GV22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GW22" s="4">
+        <v>6</v>
+      </c>
+      <c r="GX22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GY22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GZ22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HA22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HB22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HC22" s="4">
+        <v>0</v>
+      </c>
+      <c r="HD22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HE22" s="4">
+        <v>0</v>
+      </c>
+      <c r="HF22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HG22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HH22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HI22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HJ22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HK22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HL22" s="4">
+        <v>0</v>
+      </c>
+      <c r="HM22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HN22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HO22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HP22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HQ22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HR22" s="4">
+        <v>0</v>
+      </c>
+      <c r="HS22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HT22" s="4">
+        <v>7</v>
+      </c>
+      <c r="HU22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HV22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HW22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HX22" s="4">
+        <v>124</v>
+      </c>
+      <c r="HY22" s="4">
+        <v>13</v>
+      </c>
+      <c r="HZ22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IA22" s="4">
+        <v>0</v>
+      </c>
+      <c r="IB22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IC22" s="4">
+        <v>13</v>
+      </c>
+      <c r="ID22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IE22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IF22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IG22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IH22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="II22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IJ22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IK22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IL22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM22" s="6">
+        <v>0</v>
+      </c>
+      <c r="IN22" s="4">
+        <v>137</v>
+      </c>
+      <c r="IO22" s="4">
+        <v>31</v>
+      </c>
+      <c r="IP22" s="4">
+        <v>29</v>
+      </c>
+      <c r="IQ22" s="4">
+        <v>5</v>
+      </c>
+      <c r="IR22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IS22" s="4">
+        <v>15</v>
+      </c>
+      <c r="IT22" s="4">
+        <v>90</v>
+      </c>
+      <c r="IU22" s="20">
+        <v>1.3425925925925925E-3</v>
+      </c>
+      <c r="IV22" s="10">
+        <v>3.1250000000000002E-3</v>
+      </c>
+      <c r="IW22" s="4">
+        <v>228</v>
+      </c>
+      <c r="IX22" s="20">
+        <v>3.4143518518518518E-4</v>
+      </c>
+      <c r="IY22" s="10">
+        <v>2.4479166666666668E-3</v>
+      </c>
+      <c r="IZ22" s="4">
+        <v>784</v>
+      </c>
+      <c r="JA22" s="12">
+        <v>0.17969287187714875</v>
+      </c>
+      <c r="JB22" s="16"/>
+      <c r="JC22" s="6">
+        <v>139</v>
+      </c>
+      <c r="JD22" s="8">
+        <v>784</v>
+      </c>
+      <c r="JE22" s="12">
+        <v>0.17729591836734693</v>
+      </c>
+      <c r="JF22" s="16"/>
+      <c r="JG22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH22" s="6">
+        <v>229</v>
+      </c>
+      <c r="JI22" s="12">
+        <v>4.3668122270742356E-3</v>
+      </c>
+      <c r="JJ22" s="4">
+        <v>90</v>
+      </c>
+      <c r="JK22" s="11">
+        <v>4.1550925925925922E-3</v>
+      </c>
+      <c r="JL22" s="11">
+        <v>6.1920138888888884E-3</v>
+      </c>
+      <c r="JM22" s="11">
+        <v>1.0973472222222223E-2</v>
+      </c>
+      <c r="JN22" s="4">
+        <v>625</v>
+      </c>
+      <c r="JO22" s="11">
+        <v>6.0645833333333333E-3</v>
+      </c>
+      <c r="JP22" s="11">
+        <v>1.4677083333333334E-2</v>
+      </c>
+      <c r="JQ22" s="49"/>
+      <c r="JR22" s="49"/>
+      <c r="JS22" s="49"/>
+      <c r="JT22" s="49"/>
+      <c r="JU22" s="4">
+        <v>1877</v>
+      </c>
+      <c r="JV22" s="11">
+        <v>5.5092592592592596E-2</v>
+      </c>
+      <c r="JW22" s="11">
+        <v>7.902777777777778E-2</v>
+      </c>
+      <c r="JX22" s="11">
+        <v>0.20836805555555554</v>
+      </c>
+      <c r="JY22" s="4">
+        <v>91</v>
+      </c>
+      <c r="JZ22" s="11">
+        <v>5.4004629629629632E-2</v>
+      </c>
+      <c r="KA22" s="11">
+        <v>9.6909722222222217E-2</v>
+      </c>
+      <c r="KB22" s="11">
+        <v>0.31430555555555556</v>
+      </c>
+      <c r="KC22" s="6">
+        <v>1764</v>
+      </c>
+      <c r="KD22" s="14">
+        <v>0.89455782312925169</v>
+      </c>
+      <c r="KE22" s="14">
+        <v>9.4671201814058956E-2</v>
+      </c>
+      <c r="KF22" s="14">
+        <v>9.6371882086167798E-3</v>
+      </c>
+      <c r="KG22" s="14">
+        <v>1.1337868480725624E-3</v>
+      </c>
+      <c r="KH22" s="8">
+        <v>80</v>
+      </c>
+      <c r="KI22" s="6">
+        <v>8</v>
+      </c>
+      <c r="KJ22" s="6">
+        <v>28</v>
+      </c>
+      <c r="KK22" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KL22" s="6"/>
+      <c r="KM22" s="6">
+        <v>43</v>
+      </c>
+      <c r="KN22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KO22" s="6">
+        <v>67</v>
+      </c>
+      <c r="KP22" s="14">
+        <v>0.83750000000000002</v>
+      </c>
+      <c r="KQ22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KR22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KS22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KT22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KU22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KV22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KW22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KX22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KY22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KZ22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LA22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LB22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LC22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LD22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LE22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LF22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LG22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LH22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LI22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LJ22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LK22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LL22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LM22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LN22" s="6">
+        <v>356</v>
+      </c>
+      <c r="LO22" s="6">
+        <v>229</v>
+      </c>
+      <c r="LP22" s="6">
+        <v>127</v>
+      </c>
+      <c r="LQ22" s="16"/>
+      <c r="LR22" s="6">
+        <v>1451</v>
+      </c>
+      <c r="LS22" s="6">
+        <v>231</v>
+      </c>
+      <c r="LT22" s="17">
+        <v>0.15920055134390076</v>
+      </c>
+      <c r="LU22" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="LV22" s="17">
+        <v>2.7567195037904893E-3</v>
+      </c>
+      <c r="LW22" s="16"/>
+      <c r="LX22" s="6">
+        <v>426</v>
+      </c>
+      <c r="LY22" s="6">
+        <v>35</v>
+      </c>
+      <c r="LZ22" s="17">
+        <v>8.2159624413145546E-2</v>
+      </c>
+      <c r="MA22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB22" s="17">
+        <v>2.3474178403755869E-3</v>
+      </c>
+      <c r="MC22" s="16"/>
+      <c r="MD22" s="6">
+        <v>1877</v>
+      </c>
+      <c r="ME22" s="6">
+        <v>266</v>
+      </c>
+      <c r="MF22" s="17">
+        <v>0.14171550346297282</v>
+      </c>
+      <c r="MG22" s="6">
+        <v>5</v>
+      </c>
+      <c r="MH22" s="17">
+        <v>2.6638252530633991E-3</v>
+      </c>
+      <c r="MI22" s="16"/>
+      <c r="MJ22" s="6">
+        <v>56</v>
+      </c>
+      <c r="MK22" s="6">
+        <v>5</v>
+      </c>
+      <c r="ML22" s="17">
+        <v>8.9285714285714288E-2</v>
+      </c>
+      <c r="MM22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MN22" s="17">
+        <v>1.7857142857142856E-2</v>
+      </c>
+      <c r="MO22" s="16"/>
+      <c r="MP22" s="6">
+        <v>35</v>
+      </c>
+      <c r="MQ22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MR22" s="17">
+        <v>0.11428571428571428</v>
+      </c>
+      <c r="MS22" s="6">
+        <v>0</v>
+      </c>
+      <c r="MT22" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU22" s="16"/>
+      <c r="MV22" s="6">
+        <v>168</v>
+      </c>
+      <c r="MW22" s="6">
+        <v>17</v>
+      </c>
+      <c r="MX22" s="17">
+        <v>0.10119047619047619</v>
+      </c>
+      <c r="MY22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MZ22" s="17">
+        <v>5.9523809523809521E-3</v>
+      </c>
+      <c r="NA22" s="6">
+        <v>1719</v>
+      </c>
+      <c r="NB22" s="6">
+        <v>2482</v>
+      </c>
+      <c r="NC22" s="18">
+        <v>0.69258662369057211</v>
+      </c>
+      <c r="ND22" s="6">
+        <v>2061</v>
+      </c>
+      <c r="NE22" s="6">
+        <v>2041</v>
+      </c>
+      <c r="NF22" s="6">
+        <v>6</v>
+      </c>
+      <c r="NG22" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="NH22" s="6">
+        <v>14</v>
+      </c>
+      <c r="NI22" s="18">
+        <v>0.52087912087912092</v>
+      </c>
+      <c r="NJ22" s="6">
+        <v>948</v>
+      </c>
+      <c r="NK22" s="6">
+        <v>1820</v>
+      </c>
+      <c r="NL22" s="16"/>
+      <c r="NM22" s="18">
+        <v>0.52087912087912092</v>
+      </c>
+      <c r="NN22" s="6">
+        <v>948</v>
+      </c>
+      <c r="NO22" s="6">
+        <v>1820</v>
+      </c>
+      <c r="NP22" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ22" s="6">
+        <v>0</v>
+      </c>
+      <c r="NR22" s="6">
+        <v>0</v>
+      </c>
+      <c r="NS22" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT22" s="6">
+        <v>0</v>
+      </c>
+      <c r="NU22" s="6">
+        <v>0</v>
+      </c>
+      <c r="NV22" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW22" s="6">
+        <v>0</v>
+      </c>
+      <c r="NX22" s="6">
+        <v>0</v>
+      </c>
+      <c r="NY22" s="6">
+        <v>582.96161899999993</v>
+      </c>
+      <c r="NZ22" s="6">
+        <v>582.96161899999993</v>
+      </c>
+      <c r="OA22" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OB22" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OC22" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OD22" s="18">
+        <v>0.75274725274725274</v>
+      </c>
+      <c r="OE22" s="6">
+        <v>1370</v>
+      </c>
+      <c r="OF22" s="6">
+        <v>1820</v>
+      </c>
+      <c r="OG22" s="16"/>
+      <c r="OH22" s="18">
+        <v>0.75274725274725274</v>
+      </c>
+      <c r="OI22" s="6">
+        <v>1370</v>
+      </c>
+      <c r="OJ22" s="6">
+        <v>1820</v>
+      </c>
+      <c r="OK22" s="18">
+        <v>0</v>
+      </c>
+      <c r="OL22" s="6">
+        <v>0</v>
+      </c>
+      <c r="OM22" s="6">
+        <v>0</v>
+      </c>
+      <c r="ON22" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO22" s="6">
+        <v>0</v>
+      </c>
+      <c r="OP22" s="6">
+        <v>0</v>
+      </c>
+      <c r="OQ22" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR22" s="6">
+        <v>0</v>
+      </c>
+      <c r="OS22" s="8">
+        <v>0</v>
+      </c>
+      <c r="OT22" s="6">
+        <v>144</v>
+      </c>
+      <c r="OU22" s="6">
+        <v>2061</v>
+      </c>
+      <c r="OV22" s="12">
+        <v>6.9868995633187769E-2</v>
+      </c>
+      <c r="OW22" s="6">
+        <v>45.799399999999977</v>
+      </c>
+      <c r="OX22" s="6">
+        <v>45.799399999999977</v>
+      </c>
+      <c r="OY22" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OZ22" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="PA22" s="6" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="23" spans="1:417" ht="14">
+      <c r="A23" s="47">
+        <v>45901</v>
+      </c>
+      <c r="B23" s="48" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" s="22"/>
+      <c r="D23" s="4"/>
+      <c r="E23" s="4"/>
+      <c r="F23" s="4"/>
+      <c r="G23" s="4"/>
+      <c r="H23" s="4"/>
+      <c r="I23" s="4"/>
+      <c r="J23" s="4"/>
+      <c r="K23" s="4"/>
+      <c r="L23" s="4"/>
+      <c r="M23" s="4"/>
+      <c r="N23" s="4"/>
+      <c r="O23" s="4"/>
+      <c r="P23" s="4"/>
+      <c r="Q23" s="4"/>
+      <c r="R23" s="4"/>
+      <c r="S23" s="4"/>
+      <c r="T23" s="4"/>
+      <c r="U23" s="4"/>
+      <c r="V23" s="4"/>
+      <c r="W23" s="4"/>
+      <c r="X23" s="4"/>
+      <c r="Y23" s="4"/>
+      <c r="Z23" s="4"/>
+      <c r="AA23" s="4"/>
+      <c r="AB23" s="4"/>
+      <c r="AC23" s="4"/>
+      <c r="AD23" s="4"/>
+      <c r="AE23" s="4"/>
+      <c r="AF23" s="4"/>
+      <c r="AG23" s="4"/>
+      <c r="AH23" s="4"/>
+      <c r="AI23" s="4"/>
+      <c r="AJ23" s="4"/>
+      <c r="AK23" s="4"/>
+      <c r="AL23" s="4"/>
+      <c r="AM23" s="4"/>
+      <c r="AN23" s="4"/>
+      <c r="AO23" s="4"/>
+      <c r="AP23" s="4"/>
+      <c r="AQ23" s="4"/>
+      <c r="AR23" s="4"/>
+      <c r="AS23" s="4"/>
+      <c r="AT23" s="4"/>
+      <c r="AU23" s="4"/>
+      <c r="AV23" s="4"/>
+      <c r="AW23" s="4"/>
+      <c r="AX23" s="4"/>
+      <c r="AY23" s="4"/>
+      <c r="AZ23" s="4"/>
+      <c r="BA23" s="4"/>
+      <c r="BB23" s="4"/>
+      <c r="BC23" s="4"/>
+      <c r="BD23" s="4"/>
+      <c r="BE23" s="4"/>
+      <c r="BF23" s="4"/>
+      <c r="BG23" s="4"/>
+      <c r="BH23" s="4"/>
+      <c r="BI23" s="4"/>
+      <c r="BJ23" s="4"/>
+      <c r="BK23" s="4"/>
+      <c r="BL23" s="4"/>
+      <c r="BM23" s="4"/>
+      <c r="BN23" s="4"/>
+      <c r="BO23" s="4"/>
+      <c r="BP23" s="4"/>
+      <c r="BQ23" s="4"/>
+      <c r="BR23" s="4"/>
+      <c r="BS23" s="4"/>
+      <c r="BT23" s="4"/>
+      <c r="BU23" s="4"/>
+      <c r="BV23" s="4"/>
+      <c r="BW23" s="4"/>
+      <c r="BX23" s="4"/>
+      <c r="BY23" s="4"/>
+      <c r="BZ23" s="4"/>
+      <c r="CA23" s="4"/>
+      <c r="CB23" s="4"/>
+      <c r="CC23" s="4"/>
+      <c r="CD23" s="4"/>
+      <c r="CE23" s="4"/>
+      <c r="CF23" s="4"/>
+      <c r="CG23" s="4"/>
+      <c r="CH23" s="4"/>
+      <c r="CI23" s="4"/>
+      <c r="CJ23" s="4"/>
+      <c r="CK23" s="4"/>
+      <c r="CL23" s="4"/>
+      <c r="CM23" s="4"/>
+      <c r="CN23" s="4"/>
+      <c r="CO23" s="4"/>
+      <c r="CP23" s="4"/>
+      <c r="CQ23" s="4"/>
+      <c r="CR23" s="4"/>
+      <c r="CS23" s="4"/>
+      <c r="CT23" s="4"/>
+      <c r="CU23" s="4"/>
+      <c r="CV23" s="4"/>
+      <c r="CW23" s="4"/>
+      <c r="CX23" s="4"/>
+      <c r="CY23" s="4"/>
+      <c r="CZ23" s="4"/>
+      <c r="DA23" s="4"/>
+      <c r="DB23" s="4"/>
+      <c r="DC23" s="4"/>
+      <c r="DD23" s="4"/>
+      <c r="DE23" s="4"/>
+      <c r="DF23" s="4"/>
+      <c r="DG23" s="4"/>
+      <c r="DH23" s="4"/>
+      <c r="DI23" s="4"/>
+      <c r="DJ23" s="4"/>
+      <c r="DK23" s="4"/>
+      <c r="DL23" s="4"/>
+      <c r="DM23" s="4"/>
+      <c r="DN23" s="4"/>
+      <c r="DO23" s="4"/>
+      <c r="DP23" s="4"/>
+      <c r="DQ23" s="4"/>
+      <c r="DR23" s="4"/>
+      <c r="DS23" s="4"/>
+      <c r="DT23" s="4"/>
+      <c r="DU23" s="4"/>
+      <c r="DV23" s="4"/>
+      <c r="DW23" s="4"/>
+      <c r="DX23" s="4"/>
+      <c r="DY23" s="4"/>
+      <c r="DZ23" s="4"/>
+      <c r="EA23" s="4"/>
+      <c r="EB23" s="4">
+        <v>30</v>
+      </c>
+      <c r="EC23" s="4">
+        <v>340</v>
+      </c>
+      <c r="ED23" s="6">
+        <v>4336</v>
+      </c>
+      <c r="EE23" s="7">
+        <v>7.8413284132841335E-2</v>
+      </c>
+      <c r="EF23" s="19"/>
+      <c r="EG23" s="19"/>
+      <c r="EH23" s="19"/>
+      <c r="EI23" s="19"/>
+      <c r="EJ23" s="19"/>
+      <c r="EK23" s="19"/>
+      <c r="EL23" s="19"/>
+      <c r="EM23" s="19"/>
+      <c r="EN23" s="8">
+        <v>4336</v>
+      </c>
+      <c r="EO23" s="4">
+        <v>103</v>
+      </c>
+      <c r="EP23" s="4">
+        <v>548</v>
+      </c>
+      <c r="EQ23" s="4">
+        <v>11</v>
+      </c>
+      <c r="ER23" s="4"/>
+      <c r="ES23" s="4">
+        <v>3042</v>
+      </c>
+      <c r="ET23" s="4">
+        <v>632</v>
+      </c>
+      <c r="EU23" s="4">
+        <v>4336</v>
+      </c>
+      <c r="EV23" s="4">
+        <v>148</v>
+      </c>
+      <c r="EW23" s="4">
+        <v>10</v>
+      </c>
+      <c r="EX23" s="4">
+        <v>119</v>
+      </c>
+      <c r="EY23" s="4">
+        <v>34</v>
+      </c>
+      <c r="EZ23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FA23" s="4">
+        <v>13</v>
+      </c>
+      <c r="FB23" s="4">
+        <v>46</v>
+      </c>
+      <c r="FC23" s="4">
+        <v>492</v>
+      </c>
+      <c r="FD23" s="4">
+        <v>9</v>
+      </c>
+      <c r="FE23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FF23" s="4">
+        <v>69</v>
+      </c>
+      <c r="FG23" s="4">
+        <v>372</v>
+      </c>
+      <c r="FH23" s="4">
+        <v>9</v>
+      </c>
+      <c r="FI23" s="4">
+        <v>150</v>
+      </c>
+      <c r="FJ23" s="4">
+        <v>30</v>
+      </c>
+      <c r="FK23" s="4">
+        <v>6</v>
+      </c>
+      <c r="FL23" s="4">
+        <v>0</v>
+      </c>
+      <c r="FM23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FN23" s="4">
+        <v>647</v>
+      </c>
+      <c r="FO23" s="4">
+        <v>19</v>
+      </c>
+      <c r="FP23" s="4">
+        <v>44</v>
+      </c>
+      <c r="FQ23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FR23" s="4">
+        <v>184</v>
+      </c>
+      <c r="FS23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FT23" s="4">
+        <v>114</v>
+      </c>
+      <c r="FU23" s="4">
+        <v>17</v>
+      </c>
+      <c r="FV23" s="4">
+        <v>84</v>
+      </c>
+      <c r="FW23" s="4">
+        <v>358</v>
+      </c>
+      <c r="FX23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FY23" s="4">
+        <v>135</v>
+      </c>
+      <c r="FZ23" s="4">
+        <v>65</v>
+      </c>
+      <c r="GA23" s="4">
+        <v>115</v>
+      </c>
+      <c r="GB23" s="4">
+        <v>159</v>
+      </c>
+      <c r="GC23" s="4">
+        <v>70</v>
+      </c>
+      <c r="GD23" s="4">
+        <v>101</v>
+      </c>
+      <c r="GE23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GF23" s="4">
+        <v>163</v>
+      </c>
+      <c r="GG23" s="4">
+        <v>49</v>
+      </c>
+      <c r="GH23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GI23" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GJ23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GK23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GL23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GM23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GN23" s="4">
+        <v>0</v>
+      </c>
+      <c r="GO23" s="4">
+        <v>0</v>
+      </c>
+      <c r="GP23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GQ23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GR23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GS23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GT23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GU23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GV23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GW23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GX23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GY23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GZ23" s="4">
+        <v>0</v>
+      </c>
+      <c r="HA23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HB23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HC23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HD23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HE23" s="4">
+        <v>0</v>
+      </c>
+      <c r="HF23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HG23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HH23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HI23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HJ23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HK23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HL23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HM23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HN23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HO23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HP23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HQ23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HR23" s="4">
+        <v>0</v>
+      </c>
+      <c r="HS23" s="4">
+        <v>0</v>
+      </c>
+      <c r="HT23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HU23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HV23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HW23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HX23" s="4">
+        <v>126</v>
+      </c>
+      <c r="HY23" s="4">
+        <v>23</v>
+      </c>
+      <c r="HZ23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IA23" s="4">
+        <v>0</v>
+      </c>
+      <c r="IB23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IC23" s="4">
+        <v>18</v>
+      </c>
+      <c r="ID23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IE23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IF23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IG23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IH23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="II23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IJ23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IK23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IL23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IN23" s="4">
+        <v>207</v>
+      </c>
+      <c r="IO23" s="4">
+        <v>39</v>
+      </c>
+      <c r="IP23" s="4">
+        <v>33</v>
+      </c>
+      <c r="IQ23" s="4">
+        <v>6</v>
+      </c>
+      <c r="IR23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IS23" s="4">
+        <v>11</v>
+      </c>
+      <c r="IT23" s="4">
+        <v>102</v>
+      </c>
+      <c r="IU23" s="20">
+        <v>1.5972222222222223E-3</v>
+      </c>
+      <c r="IV23" s="10">
+        <v>2.8356481481481483E-3</v>
+      </c>
+      <c r="IW23" s="4">
+        <v>217</v>
+      </c>
+      <c r="IX23" s="20">
+        <v>3.2407407407407406E-4</v>
+      </c>
+      <c r="IY23" s="10">
+        <v>2.2974537037037039E-3</v>
+      </c>
+      <c r="IZ23" s="4">
+        <v>694</v>
+      </c>
+      <c r="JA23" s="12">
+        <v>0.16005535055350553</v>
+      </c>
+      <c r="JB23" s="16"/>
+      <c r="JC23" s="6">
+        <v>175</v>
+      </c>
+      <c r="JD23" s="8">
+        <v>694</v>
+      </c>
+      <c r="JE23" s="12">
+        <v>0.25216138328530258</v>
+      </c>
+      <c r="JF23" s="16"/>
+      <c r="JG23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH23" s="6">
+        <v>282</v>
+      </c>
+      <c r="JI23" s="12">
+        <v>7.0921985815602835E-3</v>
+      </c>
+      <c r="JJ23" s="4">
+        <v>102</v>
+      </c>
+      <c r="JK23" s="11">
+        <v>2.9745370370370373E-3</v>
+      </c>
+      <c r="JL23" s="11">
+        <v>5.4166666666666669E-3</v>
+      </c>
+      <c r="JM23" s="11">
+        <v>1.194076388888889E-2</v>
+      </c>
+      <c r="JN23" s="4">
+        <v>551</v>
+      </c>
+      <c r="JO23" s="11">
+        <v>6.9097222222222216E-3</v>
+      </c>
+      <c r="JP23" s="11">
+        <v>1.787013888888889E-2</v>
+      </c>
+      <c r="JQ23" s="49"/>
+      <c r="JR23" s="49"/>
+      <c r="JS23" s="49"/>
+      <c r="JT23" s="49"/>
+      <c r="JU23" s="4">
+        <v>2033</v>
+      </c>
+      <c r="JV23" s="11">
+        <v>5.2928240740740741E-2</v>
+      </c>
+      <c r="JW23" s="11">
+        <v>8.0844907407407407E-2</v>
+      </c>
+      <c r="JX23" s="11">
+        <v>0.21631944444444445</v>
+      </c>
+      <c r="JY23" s="4">
+        <v>105</v>
+      </c>
+      <c r="JZ23" s="11">
+        <v>5.3310185185185183E-2</v>
+      </c>
+      <c r="KA23" s="11">
+        <v>7.8726851851851853E-2</v>
+      </c>
+      <c r="KB23" s="11">
+        <v>0.21993055555555555</v>
+      </c>
+      <c r="KC23" s="6">
+        <v>1821</v>
+      </c>
+      <c r="KD23" s="14">
+        <v>0.87918725974739154</v>
+      </c>
+      <c r="KE23" s="14">
+        <v>0.1015925315760571</v>
+      </c>
+      <c r="KF23" s="14">
+        <v>1.4827018121911038E-2</v>
+      </c>
+      <c r="KG23" s="14">
+        <v>4.3931905546403076E-3</v>
+      </c>
+      <c r="KH23" s="8">
+        <v>111</v>
+      </c>
+      <c r="KI23" s="6">
+        <v>27</v>
+      </c>
+      <c r="KJ23" s="6">
+        <v>25</v>
+      </c>
+      <c r="KK23" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KL23" s="6"/>
+      <c r="KM23" s="6">
+        <v>55</v>
+      </c>
+      <c r="KN23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KO23" s="6">
+        <v>90</v>
+      </c>
+      <c r="KP23" s="14">
+        <v>0.81081081081081086</v>
+      </c>
+      <c r="KQ23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KR23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KS23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KT23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KU23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KV23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KW23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KX23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KY23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KZ23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LA23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LB23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LC23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LD23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LE23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LF23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LG23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LH23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LI23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LJ23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LK23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LL23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LM23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LN23" s="6">
+        <v>437</v>
+      </c>
+      <c r="LO23" s="6">
+        <v>283</v>
+      </c>
+      <c r="LP23" s="6">
+        <v>154</v>
+      </c>
+      <c r="LQ23" s="16"/>
+      <c r="LR23" s="6">
+        <v>1555</v>
+      </c>
+      <c r="LS23" s="6">
+        <v>265</v>
+      </c>
+      <c r="LT23" s="17">
+        <v>0.17041800643086816</v>
+      </c>
+      <c r="LU23" s="6">
+        <v>5</v>
+      </c>
+      <c r="LV23" s="17">
+        <v>3.2154340836012861E-3</v>
+      </c>
+      <c r="LW23" s="16"/>
+      <c r="LX23" s="6">
+        <v>478</v>
+      </c>
+      <c r="LY23" s="6">
+        <v>43</v>
+      </c>
+      <c r="LZ23" s="17">
+        <v>8.9958158995815898E-2</v>
+      </c>
+      <c r="MA23" s="6">
+        <v>0</v>
+      </c>
+      <c r="MB23" s="17">
+        <v>0</v>
+      </c>
+      <c r="MC23" s="16"/>
+      <c r="MD23" s="6">
+        <v>2033</v>
+      </c>
+      <c r="ME23" s="6">
+        <v>308</v>
+      </c>
+      <c r="MF23" s="17">
+        <v>0.15150024594195768</v>
+      </c>
+      <c r="MG23" s="6">
+        <v>5</v>
+      </c>
+      <c r="MH23" s="17">
+        <v>2.4594195769798328E-3</v>
+      </c>
+      <c r="MI23" s="16"/>
+      <c r="MJ23" s="6">
+        <v>60</v>
+      </c>
+      <c r="MK23" s="6">
+        <v>7</v>
+      </c>
+      <c r="ML23" s="17">
+        <v>0.11666666666666667</v>
+      </c>
+      <c r="MM23" s="6">
+        <v>0</v>
+      </c>
+      <c r="MN23" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO23" s="16"/>
+      <c r="MP23" s="6">
+        <v>47</v>
+      </c>
+      <c r="MQ23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MR23" s="17">
+        <v>8.5106382978723402E-2</v>
+      </c>
+      <c r="MS23" s="6">
+        <v>0</v>
+      </c>
+      <c r="MT23" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU23" s="16"/>
+      <c r="MV23" s="6">
+        <v>108</v>
+      </c>
+      <c r="MW23" s="6">
+        <v>11</v>
+      </c>
+      <c r="MX23" s="17">
+        <v>0.10185185185185185</v>
+      </c>
+      <c r="MY23" s="6">
+        <v>0</v>
+      </c>
+      <c r="MZ23" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA23" s="6">
+        <v>1755</v>
+      </c>
+      <c r="NB23" s="6">
+        <v>2594</v>
+      </c>
+      <c r="NC23" s="18">
+        <v>0.67656129529683884</v>
+      </c>
+      <c r="ND23" s="6">
+        <v>2037</v>
+      </c>
+      <c r="NE23" s="6">
+        <v>1767</v>
+      </c>
+      <c r="NF23" s="6">
+        <v>9</v>
+      </c>
+      <c r="NG23" s="6">
+        <v>245</v>
+      </c>
+      <c r="NH23" s="6">
+        <v>16</v>
+      </c>
+      <c r="NI23" s="18">
+        <v>0.44608567208271788</v>
+      </c>
+      <c r="NJ23" s="6">
+        <v>906</v>
+      </c>
+      <c r="NK23" s="6">
+        <v>2031</v>
+      </c>
+      <c r="NL23" s="16"/>
+      <c r="NM23" s="18">
+        <v>0.42889137737961924</v>
+      </c>
+      <c r="NN23" s="6">
+        <v>766</v>
+      </c>
+      <c r="NO23" s="6">
+        <v>1786</v>
+      </c>
+      <c r="NP23" s="18">
+        <v>0.33333333333333331</v>
+      </c>
+      <c r="NQ23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NR23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NS23" s="18">
+        <v>0.57438016528925617</v>
+      </c>
+      <c r="NT23" s="6">
+        <v>139</v>
+      </c>
+      <c r="NU23" s="6">
+        <v>242</v>
+      </c>
+      <c r="NV23" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW23" s="6">
+        <v>0</v>
+      </c>
+      <c r="NX23" s="6">
+        <v>0</v>
+      </c>
+      <c r="NY23" s="6">
+        <v>1695.3571670000003</v>
+      </c>
+      <c r="NZ23" s="6">
+        <v>1629.3157890000004</v>
+      </c>
+      <c r="OA23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OB23" s="6">
+        <v>65.50332299999998</v>
+      </c>
+      <c r="OC23" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OD23" s="18">
+        <v>0.78532742491383556</v>
+      </c>
+      <c r="OE23" s="6">
+        <v>1595</v>
+      </c>
+      <c r="OF23" s="6">
+        <v>2031</v>
+      </c>
+      <c r="OG23" s="16"/>
+      <c r="OH23" s="18">
+        <v>0.79115341545352746</v>
+      </c>
+      <c r="OI23" s="6">
+        <v>1413</v>
+      </c>
+      <c r="OJ23" s="6">
+        <v>1786</v>
+      </c>
+      <c r="OK23" s="18">
+        <v>1</v>
+      </c>
+      <c r="OL23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OM23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ON23" s="18">
+        <v>0.73966942148760328</v>
+      </c>
+      <c r="OO23" s="6">
+        <v>179</v>
+      </c>
+      <c r="OP23" s="6">
+        <v>242</v>
+      </c>
+      <c r="OQ23" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR23" s="6">
+        <v>0</v>
+      </c>
+      <c r="OS23" s="8">
+        <v>0</v>
+      </c>
+      <c r="OT23" s="6">
+        <v>144</v>
+      </c>
+      <c r="OU23" s="6">
+        <v>2037</v>
+      </c>
+      <c r="OV23" s="12">
+        <v>7.0692194403534608E-2</v>
+      </c>
+      <c r="OW23" s="6">
+        <v>67.945778000000004</v>
+      </c>
+      <c r="OX23" s="6">
+        <v>59.946624</v>
+      </c>
+      <c r="OY23" s="6" t="s">
+        <v>1084</v>
+      </c>
+      <c r="OZ23" s="6">
+        <v>7.9991540000000008</v>
+      </c>
+      <c r="PA23" s="6" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="24" spans="1:417" ht="14">
+      <c r="A24" s="47">
+        <v>45901</v>
+      </c>
+      <c r="B24" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="C24" s="22"/>
+      <c r="D24" s="4"/>
+      <c r="E24" s="4"/>
+      <c r="F24" s="4"/>
+      <c r="G24" s="4"/>
+      <c r="H24" s="4"/>
+      <c r="I24" s="4"/>
+      <c r="J24" s="4"/>
+      <c r="K24" s="4"/>
+      <c r="L24" s="4"/>
+      <c r="M24" s="4"/>
+      <c r="N24" s="4"/>
+      <c r="O24" s="4"/>
+      <c r="P24" s="4"/>
+      <c r="Q24" s="4"/>
+      <c r="R24" s="4"/>
+      <c r="S24" s="4"/>
+      <c r="T24" s="4"/>
+      <c r="U24" s="4"/>
+      <c r="V24" s="4"/>
+      <c r="W24" s="4"/>
+      <c r="X24" s="4"/>
+      <c r="Y24" s="4"/>
+      <c r="Z24" s="4"/>
+      <c r="AA24" s="4"/>
+      <c r="AB24" s="4"/>
+      <c r="AC24" s="4"/>
+      <c r="AD24" s="4"/>
+      <c r="AE24" s="4"/>
+      <c r="AF24" s="4"/>
+      <c r="AG24" s="4"/>
+      <c r="AH24" s="4"/>
+      <c r="AI24" s="4"/>
+      <c r="AJ24" s="4"/>
+      <c r="AK24" s="4"/>
+      <c r="AL24" s="4"/>
+      <c r="AM24" s="4"/>
+      <c r="AN24" s="4"/>
+      <c r="AO24" s="4"/>
+      <c r="AP24" s="4"/>
+      <c r="AQ24" s="4"/>
+      <c r="AR24" s="4"/>
+      <c r="AS24" s="4"/>
+      <c r="AT24" s="4"/>
+      <c r="AU24" s="4"/>
+      <c r="AV24" s="4"/>
+      <c r="AW24" s="4"/>
+      <c r="AX24" s="4"/>
+      <c r="AY24" s="4"/>
+      <c r="AZ24" s="4"/>
+      <c r="BA24" s="4"/>
+      <c r="BB24" s="4"/>
+      <c r="BC24" s="4"/>
+      <c r="BD24" s="4"/>
+      <c r="BE24" s="4"/>
+      <c r="BF24" s="4"/>
+      <c r="BG24" s="4"/>
+      <c r="BH24" s="4"/>
+      <c r="BI24" s="4"/>
+      <c r="BJ24" s="4"/>
+      <c r="BK24" s="4"/>
+      <c r="BL24" s="4"/>
+      <c r="BM24" s="4"/>
+      <c r="BN24" s="4"/>
+      <c r="BO24" s="4"/>
+      <c r="BP24" s="4"/>
+      <c r="BQ24" s="4"/>
+      <c r="BR24" s="4"/>
+      <c r="BS24" s="4"/>
+      <c r="BT24" s="4"/>
+      <c r="BU24" s="4"/>
+      <c r="BV24" s="4"/>
+      <c r="BW24" s="4"/>
+      <c r="BX24" s="4"/>
+      <c r="BY24" s="4"/>
+      <c r="BZ24" s="4"/>
+      <c r="CA24" s="4"/>
+      <c r="CB24" s="4"/>
+      <c r="CC24" s="4"/>
+      <c r="CD24" s="4"/>
+      <c r="CE24" s="4"/>
+      <c r="CF24" s="4"/>
+      <c r="CG24" s="4"/>
+      <c r="CH24" s="4"/>
+      <c r="CI24" s="4"/>
+      <c r="CJ24" s="4"/>
+      <c r="CK24" s="4"/>
+      <c r="CL24" s="4"/>
+      <c r="CM24" s="4"/>
+      <c r="CN24" s="4"/>
+      <c r="CO24" s="4"/>
+      <c r="CP24" s="4"/>
+      <c r="CQ24" s="4"/>
+      <c r="CR24" s="4"/>
+      <c r="CS24" s="4"/>
+      <c r="CT24" s="4"/>
+      <c r="CU24" s="4"/>
+      <c r="CV24" s="4"/>
+      <c r="CW24" s="4"/>
+      <c r="CX24" s="4"/>
+      <c r="CY24" s="4"/>
+      <c r="CZ24" s="4"/>
+      <c r="DA24" s="4"/>
+      <c r="DB24" s="4"/>
+      <c r="DC24" s="4"/>
+      <c r="DD24" s="4"/>
+      <c r="DE24" s="4"/>
+      <c r="DF24" s="4"/>
+      <c r="DG24" s="4"/>
+      <c r="DH24" s="4"/>
+      <c r="DI24" s="4"/>
+      <c r="DJ24" s="4"/>
+      <c r="DK24" s="4"/>
+      <c r="DL24" s="4"/>
+      <c r="DM24" s="4"/>
+      <c r="DN24" s="4"/>
+      <c r="DO24" s="4"/>
+      <c r="DP24" s="4"/>
+      <c r="DQ24" s="4"/>
+      <c r="DR24" s="4"/>
+      <c r="DS24" s="4"/>
+      <c r="DT24" s="4"/>
+      <c r="DU24" s="4"/>
+      <c r="DV24" s="4"/>
+      <c r="DW24" s="4"/>
+      <c r="DX24" s="4"/>
+      <c r="DY24" s="4"/>
+      <c r="DZ24" s="4"/>
+      <c r="EA24" s="4"/>
+      <c r="EB24" s="4">
+        <v>10</v>
+      </c>
+      <c r="EC24" s="4">
+        <v>96</v>
+      </c>
+      <c r="ED24" s="6">
+        <v>1571</v>
+      </c>
+      <c r="EE24" s="7">
+        <v>6.1107574793125397E-2</v>
+      </c>
+      <c r="EF24" s="19"/>
+      <c r="EG24" s="19"/>
+      <c r="EH24" s="19"/>
+      <c r="EI24" s="19"/>
+      <c r="EJ24" s="19"/>
+      <c r="EK24" s="19"/>
+      <c r="EL24" s="19"/>
+      <c r="EM24" s="19"/>
+      <c r="EN24" s="8">
+        <v>1571</v>
+      </c>
+      <c r="EO24" s="4">
+        <v>24</v>
+      </c>
+      <c r="EP24" s="4">
+        <v>178</v>
+      </c>
+      <c r="EQ24" s="4">
+        <v>5</v>
+      </c>
+      <c r="ER24" s="4"/>
+      <c r="ES24" s="4">
+        <v>1097</v>
+      </c>
+      <c r="ET24" s="4">
+        <v>267</v>
+      </c>
+      <c r="EU24" s="4">
+        <v>1571</v>
+      </c>
+      <c r="EV24" s="4">
+        <v>41</v>
+      </c>
+      <c r="EW24" s="4">
+        <v>8</v>
+      </c>
+      <c r="EX24" s="4">
+        <v>45</v>
+      </c>
+      <c r="EY24" s="4">
+        <v>14</v>
+      </c>
+      <c r="EZ24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FA24" s="4">
+        <v>8</v>
+      </c>
+      <c r="FB24" s="4">
+        <v>10</v>
+      </c>
+      <c r="FC24" s="4">
+        <v>164</v>
+      </c>
+      <c r="FD24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FE24" s="4">
+        <v>8</v>
+      </c>
+      <c r="FF24" s="4">
+        <v>27</v>
+      </c>
+      <c r="FG24" s="4">
+        <v>177</v>
+      </c>
+      <c r="FH24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FI24" s="4">
+        <v>44</v>
+      </c>
+      <c r="FJ24" s="4">
+        <v>13</v>
+      </c>
+      <c r="FK24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FL24" s="4">
+        <v>0</v>
+      </c>
+      <c r="FM24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FN24" s="4">
+        <v>192</v>
+      </c>
+      <c r="FO24" s="4">
+        <v>8</v>
+      </c>
+      <c r="FP24" s="4">
+        <v>14</v>
+      </c>
+      <c r="FQ24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FR24" s="4">
+        <v>44</v>
+      </c>
+      <c r="FS24" s="4">
+        <v>0</v>
+      </c>
+      <c r="FT24" s="4">
+        <v>29</v>
+      </c>
+      <c r="FU24" s="4">
+        <v>9</v>
+      </c>
+      <c r="FV24" s="4">
+        <v>34</v>
+      </c>
+      <c r="FW24" s="4">
+        <v>151</v>
+      </c>
+      <c r="FX24" s="4">
+        <v>0</v>
+      </c>
+      <c r="FY24" s="4">
+        <v>48</v>
+      </c>
+      <c r="FZ24" s="4">
+        <v>26</v>
+      </c>
+      <c r="GA24" s="4">
+        <v>47</v>
+      </c>
+      <c r="GB24" s="4">
+        <v>52</v>
+      </c>
+      <c r="GC24" s="4">
+        <v>27</v>
+      </c>
+      <c r="GD24" s="4">
+        <v>62</v>
+      </c>
+      <c r="GE24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GF24" s="4">
+        <v>48</v>
+      </c>
+      <c r="GG24" s="4">
+        <v>5</v>
+      </c>
+      <c r="GH24" s="4">
+        <v>0</v>
+      </c>
+      <c r="GI24" s="6">
+        <v>0</v>
+      </c>
+      <c r="GJ24" s="4">
+        <v>0</v>
+      </c>
+      <c r="GK24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GL24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GM24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GN24" s="4">
+        <v>0</v>
+      </c>
+      <c r="GO24" s="4">
+        <v>0</v>
+      </c>
+      <c r="GP24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GQ24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GR24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GS24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GT24" s="4">
+        <v>0</v>
+      </c>
+      <c r="GU24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GV24" s="4">
+        <v>0</v>
+      </c>
+      <c r="GW24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GX24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GY24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GZ24" s="4">
+        <v>0</v>
+      </c>
+      <c r="HA24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HB24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HC24" s="4">
+        <v>0</v>
+      </c>
+      <c r="HD24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HE24" s="4">
+        <v>0</v>
+      </c>
+      <c r="HF24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HG24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HH24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HI24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HJ24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HK24" s="4">
+        <v>0</v>
+      </c>
+      <c r="HL24" s="4">
+        <v>0</v>
+      </c>
+      <c r="HM24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HN24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HO24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HP24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HQ24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HR24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HS24" s="4">
+        <v>0</v>
+      </c>
+      <c r="HT24" s="4">
+        <v>0</v>
+      </c>
+      <c r="HU24" s="4">
+        <v>0</v>
+      </c>
+      <c r="HV24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HW24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HX24" s="4">
+        <v>61</v>
+      </c>
+      <c r="HY24" s="4">
+        <v>17</v>
+      </c>
+      <c r="HZ24" s="4">
+        <v>0</v>
+      </c>
+      <c r="IA24" s="4">
+        <v>0</v>
+      </c>
+      <c r="IB24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IC24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ID24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IE24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IF24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IG24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IH24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="II24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IJ24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IK24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IL24" s="4">
+        <v>0</v>
+      </c>
+      <c r="IM24" s="6">
+        <v>0</v>
+      </c>
+      <c r="IN24" s="4">
+        <v>83</v>
+      </c>
+      <c r="IO24" s="4">
+        <v>20</v>
+      </c>
+      <c r="IP24" s="4">
+        <v>10</v>
+      </c>
+      <c r="IQ24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IR24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IS24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IT24" s="4">
+        <v>24</v>
+      </c>
+      <c r="IU24" s="20">
+        <v>7.407407407407407E-4</v>
+      </c>
+      <c r="IV24" s="10">
+        <v>2.673611111111111E-3</v>
+      </c>
+      <c r="IW24" s="4">
+        <v>69</v>
+      </c>
+      <c r="IX24" s="20">
+        <v>2.4305555555555555E-4</v>
+      </c>
+      <c r="IY24" s="10">
+        <v>2.5983796296296297E-3</v>
+      </c>
+      <c r="IZ24" s="4">
+        <v>260</v>
+      </c>
+      <c r="JA24" s="12">
+        <v>0.1654996817313813</v>
+      </c>
+      <c r="JB24" s="16"/>
+      <c r="JC24" s="6">
+        <v>75</v>
+      </c>
+      <c r="JD24" s="8">
+        <v>260</v>
+      </c>
+      <c r="JE24" s="12">
+        <v>0.28846153846153844</v>
+      </c>
+      <c r="JF24" s="16"/>
+      <c r="JG24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH24" s="6">
+        <v>109</v>
+      </c>
+      <c r="JI24" s="12">
+        <v>9.1743119266055051E-3</v>
+      </c>
+      <c r="JJ24" s="4">
+        <v>24</v>
+      </c>
+      <c r="JK24" s="11">
+        <v>5.3587962962962964E-3</v>
+      </c>
+      <c r="JL24" s="11">
+        <v>9.8902777777777791E-3</v>
+      </c>
+      <c r="JM24" s="11">
+        <v>1.8606388888888888E-2</v>
+      </c>
+      <c r="JN24" s="4">
+        <v>177</v>
+      </c>
+      <c r="JO24" s="11">
+        <v>7.6506944444444443E-3</v>
+      </c>
+      <c r="JP24" s="11">
+        <v>2.176875E-2</v>
+      </c>
+      <c r="JQ24" s="49"/>
+      <c r="JR24" s="49"/>
+      <c r="JS24" s="49"/>
+      <c r="JT24" s="49"/>
+      <c r="JU24" s="4">
+        <v>774</v>
+      </c>
+      <c r="JV24" s="11">
+        <v>4.7511574074074074E-2</v>
+      </c>
+      <c r="JW24" s="11">
+        <v>7.4120370370370364E-2</v>
+      </c>
+      <c r="JX24" s="11">
+        <v>0.25190972222222224</v>
+      </c>
+      <c r="JY24" s="4">
+        <v>41</v>
+      </c>
+      <c r="JZ24" s="11">
+        <v>4.5706018518518521E-2</v>
+      </c>
+      <c r="KA24" s="11">
+        <v>7.5335648148148152E-2</v>
+      </c>
+      <c r="KB24" s="11">
+        <v>0.28078703703703706</v>
+      </c>
+      <c r="KC24" s="6">
+        <v>682</v>
+      </c>
+      <c r="KD24" s="14">
+        <v>0.84164222873900296</v>
+      </c>
+      <c r="KE24" s="14">
+        <v>0.14516129032258066</v>
+      </c>
+      <c r="KF24" s="14">
+        <v>1.1730205278592375E-2</v>
+      </c>
+      <c r="KG24" s="14">
+        <v>1.4662756598240469E-3</v>
+      </c>
+      <c r="KH24" s="8">
+        <v>19</v>
+      </c>
+      <c r="KI24" s="6">
+        <v>7</v>
+      </c>
+      <c r="KJ24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KK24" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KL24" s="6"/>
+      <c r="KM24" s="6">
+        <v>5</v>
+      </c>
+      <c r="KN24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KO24" s="6">
+        <v>13</v>
+      </c>
+      <c r="KP24" s="14">
+        <v>0.68421052631578949</v>
+      </c>
+      <c r="KQ24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KR24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KS24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KT24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KU24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KV24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KW24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KX24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KY24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KZ24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LA24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LB24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LC24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LD24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LE24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LF24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LG24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LH24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LI24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LJ24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LK24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LL24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LM24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LN24" s="6">
+        <v>178</v>
+      </c>
+      <c r="LO24" s="6">
+        <v>109</v>
+      </c>
+      <c r="LP24" s="6">
+        <v>69</v>
+      </c>
+      <c r="LQ24" s="16"/>
+      <c r="LR24" s="6">
+        <v>597</v>
+      </c>
+      <c r="LS24" s="6">
+        <v>79</v>
+      </c>
+      <c r="LT24" s="17">
+        <v>0.13232830820770519</v>
+      </c>
+      <c r="LU24" s="6">
+        <v>8</v>
+      </c>
+      <c r="LV24" s="17">
+        <v>1.340033500837521E-2</v>
+      </c>
+      <c r="LW24" s="16"/>
+      <c r="LX24" s="6">
+        <v>177</v>
+      </c>
+      <c r="LY24" s="6">
+        <v>13</v>
+      </c>
+      <c r="LZ24" s="17">
+        <v>7.3446327683615822E-2</v>
+      </c>
+      <c r="MA24" s="6">
+        <v>0</v>
+      </c>
+      <c r="MB24" s="17">
+        <v>0</v>
+      </c>
+      <c r="MC24" s="16"/>
+      <c r="MD24" s="6">
+        <v>774</v>
+      </c>
+      <c r="ME24" s="6">
+        <v>92</v>
+      </c>
+      <c r="MF24" s="17">
+        <v>0.11886304909560723</v>
+      </c>
+      <c r="MG24" s="6">
+        <v>8</v>
+      </c>
+      <c r="MH24" s="17">
+        <v>1.0335917312661499E-2</v>
+      </c>
+      <c r="MI24" s="16"/>
+      <c r="MJ24" s="6">
+        <v>29</v>
+      </c>
+      <c r="MK24" s="6">
+        <v>5</v>
+      </c>
+      <c r="ML24" s="17">
+        <v>0.17241379310344829</v>
+      </c>
+      <c r="MM24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MN24" s="17">
+        <v>3.4482758620689655E-2</v>
+      </c>
+      <c r="MO24" s="16"/>
+      <c r="MP24" s="6">
+        <v>12</v>
+      </c>
+      <c r="MQ24" s="6">
+        <v>0</v>
+      </c>
+      <c r="MR24" s="17">
+        <v>0</v>
+      </c>
+      <c r="MS24" s="6">
+        <v>0</v>
+      </c>
+      <c r="MT24" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU24" s="16"/>
+      <c r="MV24" s="6">
+        <v>46</v>
+      </c>
+      <c r="MW24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MX24" s="17">
+        <v>4.3478260869565216E-2</v>
+      </c>
+      <c r="MY24" s="6">
+        <v>0</v>
+      </c>
+      <c r="MZ24" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA24" s="6">
+        <v>630</v>
+      </c>
+      <c r="NB24" s="6">
+        <v>961</v>
+      </c>
+      <c r="NC24" s="18">
+        <v>0.65556711758584807</v>
+      </c>
+      <c r="ND24" s="6">
+        <v>721</v>
+      </c>
+      <c r="NE24" s="6">
+        <v>662</v>
+      </c>
+      <c r="NF24" s="6">
+        <v>19</v>
+      </c>
+      <c r="NG24" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="NH24" s="6">
+        <v>40</v>
+      </c>
+      <c r="NI24" s="18">
+        <v>0.24092888243831639</v>
+      </c>
+      <c r="NJ24" s="6">
+        <v>166</v>
+      </c>
+      <c r="NK24" s="6">
+        <v>689</v>
+      </c>
+      <c r="NL24" s="16"/>
+      <c r="NM24" s="18">
+        <v>0.24092888243831639</v>
+      </c>
+      <c r="NN24" s="6">
+        <v>166</v>
+      </c>
+      <c r="NO24" s="6">
+        <v>689</v>
+      </c>
+      <c r="NP24" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ24" s="6">
+        <v>0</v>
+      </c>
+      <c r="NR24" s="6">
+        <v>0</v>
+      </c>
+      <c r="NS24" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT24" s="6">
+        <v>0</v>
+      </c>
+      <c r="NU24" s="6">
+        <v>0</v>
+      </c>
+      <c r="NV24" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW24" s="6">
+        <v>0</v>
+      </c>
+      <c r="NX24" s="6">
+        <v>0</v>
+      </c>
+      <c r="NY24" s="6">
+        <v>623.99771399999997</v>
+      </c>
+      <c r="NZ24" s="6">
+        <v>623.99771399999997</v>
+      </c>
+      <c r="OA24" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OB24" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OC24" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OD24" s="18">
+        <v>0.83599419448476053</v>
+      </c>
+      <c r="OE24" s="6">
+        <v>576</v>
+      </c>
+      <c r="OF24" s="6">
+        <v>689</v>
+      </c>
+      <c r="OG24" s="16"/>
+      <c r="OH24" s="18">
+        <v>0.83599419448476053</v>
+      </c>
+      <c r="OI24" s="6">
+        <v>576</v>
+      </c>
+      <c r="OJ24" s="6">
+        <v>689</v>
+      </c>
+      <c r="OK24" s="18">
+        <v>0</v>
+      </c>
+      <c r="OL24" s="6">
+        <v>0</v>
+      </c>
+      <c r="OM24" s="6">
+        <v>0</v>
+      </c>
+      <c r="ON24" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO24" s="6">
+        <v>0</v>
+      </c>
+      <c r="OP24" s="6">
+        <v>0</v>
+      </c>
+      <c r="OQ24" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR24" s="6">
+        <v>0</v>
+      </c>
+      <c r="OS24" s="8">
+        <v>0</v>
+      </c>
+      <c r="OT24" s="6">
+        <v>306</v>
+      </c>
+      <c r="OU24" s="6">
+        <v>721</v>
+      </c>
+      <c r="OV24" s="12">
+        <v>0.42441054091539526</v>
+      </c>
+      <c r="OW24" s="6">
+        <v>16.733023000000003</v>
+      </c>
+      <c r="OX24" s="6">
+        <v>16.733023000000003</v>
+      </c>
+      <c r="OY24" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OZ24" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="PA24" s="6" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="25" spans="1:417" ht="14">
+      <c r="A25" s="47">
+        <v>45901</v>
+      </c>
+      <c r="B25" s="48" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C25" s="22"/>
+      <c r="D25" s="4"/>
+      <c r="E25" s="4"/>
+      <c r="F25" s="4"/>
+      <c r="G25" s="4"/>
+      <c r="H25" s="4"/>
+      <c r="I25" s="4"/>
+      <c r="J25" s="4"/>
+      <c r="K25" s="4"/>
+      <c r="L25" s="4"/>
+      <c r="M25" s="4"/>
+      <c r="N25" s="4"/>
+      <c r="O25" s="4"/>
+      <c r="P25" s="4"/>
+      <c r="Q25" s="4"/>
+      <c r="R25" s="4"/>
+      <c r="S25" s="4"/>
+      <c r="T25" s="4"/>
+      <c r="U25" s="4"/>
+      <c r="V25" s="4"/>
+      <c r="W25" s="4"/>
+      <c r="X25" s="4"/>
+      <c r="Y25" s="4"/>
+      <c r="Z25" s="4"/>
+      <c r="AA25" s="4"/>
+      <c r="AB25" s="4"/>
+      <c r="AC25" s="4"/>
+      <c r="AD25" s="4"/>
+      <c r="AE25" s="4"/>
+      <c r="AF25" s="4"/>
+      <c r="AG25" s="4"/>
+      <c r="AH25" s="4"/>
+      <c r="AI25" s="4"/>
+      <c r="AJ25" s="4"/>
+      <c r="AK25" s="4"/>
+      <c r="AL25" s="4"/>
+      <c r="AM25" s="4"/>
+      <c r="AN25" s="4"/>
+      <c r="AO25" s="4"/>
+      <c r="AP25" s="4"/>
+      <c r="AQ25" s="4"/>
+      <c r="AR25" s="4"/>
+      <c r="AS25" s="4"/>
+      <c r="AT25" s="4"/>
+      <c r="AU25" s="4"/>
+      <c r="AV25" s="4"/>
+      <c r="AW25" s="4"/>
+      <c r="AX25" s="4"/>
+      <c r="AY25" s="4"/>
+      <c r="AZ25" s="4"/>
+      <c r="BA25" s="4"/>
+      <c r="BB25" s="4"/>
+      <c r="BC25" s="4"/>
+      <c r="BD25" s="4"/>
+      <c r="BE25" s="4"/>
+      <c r="BF25" s="4"/>
+      <c r="BG25" s="4"/>
+      <c r="BH25" s="4"/>
+      <c r="BI25" s="4"/>
+      <c r="BJ25" s="4"/>
+      <c r="BK25" s="4"/>
+      <c r="BL25" s="4"/>
+      <c r="BM25" s="4"/>
+      <c r="BN25" s="4"/>
+      <c r="BO25" s="4"/>
+      <c r="BP25" s="4"/>
+      <c r="BQ25" s="4"/>
+      <c r="BR25" s="4"/>
+      <c r="BS25" s="4"/>
+      <c r="BT25" s="4"/>
+      <c r="BU25" s="4"/>
+      <c r="BV25" s="4"/>
+      <c r="BW25" s="4"/>
+      <c r="BX25" s="4"/>
+      <c r="BY25" s="4"/>
+      <c r="BZ25" s="4"/>
+      <c r="CA25" s="4"/>
+      <c r="CB25" s="4"/>
+      <c r="CC25" s="4"/>
+      <c r="CD25" s="4"/>
+      <c r="CE25" s="4"/>
+      <c r="CF25" s="4"/>
+      <c r="CG25" s="4"/>
+      <c r="CH25" s="4"/>
+      <c r="CI25" s="4"/>
+      <c r="CJ25" s="4"/>
+      <c r="CK25" s="4"/>
+      <c r="CL25" s="4"/>
+      <c r="CM25" s="4"/>
+      <c r="CN25" s="4"/>
+      <c r="CO25" s="4"/>
+      <c r="CP25" s="4"/>
+      <c r="CQ25" s="4"/>
+      <c r="CR25" s="4"/>
+      <c r="CS25" s="4"/>
+      <c r="CT25" s="4"/>
+      <c r="CU25" s="4"/>
+      <c r="CV25" s="4"/>
+      <c r="CW25" s="4"/>
+      <c r="CX25" s="4"/>
+      <c r="CY25" s="4"/>
+      <c r="CZ25" s="4"/>
+      <c r="DA25" s="4"/>
+      <c r="DB25" s="4"/>
+      <c r="DC25" s="4"/>
+      <c r="DD25" s="4"/>
+      <c r="DE25" s="4"/>
+      <c r="DF25" s="4"/>
+      <c r="DG25" s="4"/>
+      <c r="DH25" s="4"/>
+      <c r="DI25" s="4"/>
+      <c r="DJ25" s="4"/>
+      <c r="DK25" s="4"/>
+      <c r="DL25" s="4"/>
+      <c r="DM25" s="4"/>
+      <c r="DN25" s="4"/>
+      <c r="DO25" s="4"/>
+      <c r="DP25" s="4"/>
+      <c r="DQ25" s="4"/>
+      <c r="DR25" s="4"/>
+      <c r="DS25" s="4"/>
+      <c r="DT25" s="4"/>
+      <c r="DU25" s="4"/>
+      <c r="DV25" s="4"/>
+      <c r="DW25" s="4"/>
+      <c r="DX25" s="4"/>
+      <c r="DY25" s="4"/>
+      <c r="DZ25" s="4"/>
+      <c r="EA25" s="4"/>
+      <c r="EB25" s="4">
+        <v>30</v>
+      </c>
+      <c r="EC25" s="4">
+        <v>344</v>
+      </c>
+      <c r="ED25" s="6">
+        <v>3800</v>
+      </c>
+      <c r="EE25" s="7">
+        <v>9.0526315789473691E-2</v>
+      </c>
+      <c r="EF25" s="19"/>
+      <c r="EG25" s="19"/>
+      <c r="EH25" s="19"/>
+      <c r="EI25" s="19"/>
+      <c r="EJ25" s="19"/>
+      <c r="EK25" s="19"/>
+      <c r="EL25" s="19"/>
+      <c r="EM25" s="19"/>
+      <c r="EN25" s="8">
+        <v>3800</v>
+      </c>
+      <c r="EO25" s="4">
+        <v>116</v>
+      </c>
+      <c r="EP25" s="4">
+        <v>499</v>
+      </c>
+      <c r="EQ25" s="4">
+        <v>12</v>
+      </c>
+      <c r="ER25" s="4"/>
+      <c r="ES25" s="4">
+        <v>2636</v>
+      </c>
+      <c r="ET25" s="4">
+        <v>537</v>
+      </c>
+      <c r="EU25" s="4">
+        <v>3800</v>
+      </c>
+      <c r="EV25" s="4">
+        <v>140</v>
+      </c>
+      <c r="EW25" s="4">
+        <v>15</v>
+      </c>
+      <c r="EX25" s="4">
+        <v>106</v>
+      </c>
+      <c r="EY25" s="4">
+        <v>21</v>
+      </c>
+      <c r="EZ25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FA25" s="4">
+        <v>23</v>
+      </c>
+      <c r="FB25" s="4">
+        <v>63</v>
+      </c>
+      <c r="FC25" s="4">
+        <v>434</v>
+      </c>
+      <c r="FD25" s="4">
+        <v>6</v>
+      </c>
+      <c r="FE25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FF25" s="4">
+        <v>79</v>
+      </c>
+      <c r="FG25" s="4">
+        <v>420</v>
+      </c>
+      <c r="FH25" s="4">
+        <v>8</v>
+      </c>
+      <c r="FI25" s="4">
+        <v>134</v>
+      </c>
+      <c r="FJ25" s="4">
+        <v>28</v>
+      </c>
+      <c r="FK25" s="4">
+        <v>4</v>
+      </c>
+      <c r="FL25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FM25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FN25" s="4">
+        <v>511</v>
+      </c>
+      <c r="FO25" s="4">
+        <v>20</v>
+      </c>
+      <c r="FP25" s="4">
+        <v>30</v>
+      </c>
+      <c r="FQ25" s="4">
+        <v>0</v>
+      </c>
+      <c r="FR25" s="4">
+        <v>147</v>
+      </c>
+      <c r="FS25" s="4">
+        <v>0</v>
+      </c>
+      <c r="FT25" s="4">
+        <v>134</v>
+      </c>
+      <c r="FU25" s="4">
+        <v>20</v>
+      </c>
+      <c r="FV25" s="4">
+        <v>127</v>
+      </c>
+      <c r="FW25" s="4">
+        <v>325</v>
+      </c>
+      <c r="FX25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FY25" s="4">
+        <v>134</v>
+      </c>
+      <c r="FZ25" s="4">
+        <v>43</v>
+      </c>
+      <c r="GA25" s="4">
+        <v>110</v>
+      </c>
+      <c r="GB25" s="4">
+        <v>157</v>
+      </c>
+      <c r="GC25" s="4">
+        <v>65</v>
+      </c>
+      <c r="GD25" s="4">
+        <v>70</v>
+      </c>
+      <c r="GE25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GF25" s="4">
+        <v>74</v>
+      </c>
+      <c r="GG25" s="4">
+        <v>10</v>
+      </c>
+      <c r="GH25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GI25" s="6">
+        <v>6</v>
+      </c>
+      <c r="GJ25" s="4">
+        <v>0</v>
+      </c>
+      <c r="GK25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GL25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GM25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GN25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GO25" s="4">
+        <v>0</v>
+      </c>
+      <c r="GP25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GQ25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GR25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GS25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GT25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GU25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GV25" s="4">
+        <v>0</v>
+      </c>
+      <c r="GW25" s="4">
+        <v>5</v>
+      </c>
+      <c r="GX25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GY25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GZ25" s="4">
+        <v>0</v>
+      </c>
+      <c r="HA25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HB25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HC25" s="4">
+        <v>0</v>
+      </c>
+      <c r="HD25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HE25" s="4">
+        <v>0</v>
+      </c>
+      <c r="HF25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HG25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HH25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HI25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HJ25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HK25" s="4">
+        <v>0</v>
+      </c>
+      <c r="HL25" s="4">
+        <v>0</v>
+      </c>
+      <c r="HM25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HN25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HO25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HP25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HQ25" s="4">
+        <v>7</v>
+      </c>
+      <c r="HR25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HS25" s="4">
+        <v>0</v>
+      </c>
+      <c r="HT25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HU25" s="4">
+        <v>0</v>
+      </c>
+      <c r="HV25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HW25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HX25" s="4">
+        <v>89</v>
+      </c>
+      <c r="HY25" s="4">
+        <v>14</v>
+      </c>
+      <c r="HZ25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IA25" s="4">
+        <v>0</v>
+      </c>
+      <c r="IB25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IC25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ID25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IE25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IF25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IG25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IH25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="II25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IJ25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IK25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IL25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM25" s="6">
+        <v>0</v>
+      </c>
+      <c r="IN25" s="4">
+        <v>127</v>
+      </c>
+      <c r="IO25" s="4">
+        <v>28</v>
+      </c>
+      <c r="IP25" s="4">
+        <v>24</v>
+      </c>
+      <c r="IQ25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IR25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IS25" s="4">
+        <v>12</v>
+      </c>
+      <c r="IT25" s="4">
+        <v>116</v>
+      </c>
+      <c r="IU25" s="20">
+        <v>1.8749999999999999E-3</v>
+      </c>
+      <c r="IV25" s="10">
+        <v>2.2800925925925927E-3</v>
+      </c>
+      <c r="IW25" s="4">
+        <v>202</v>
+      </c>
+      <c r="IX25" s="20">
+        <v>2.7199074074074072E-4</v>
+      </c>
+      <c r="IY25" s="10">
+        <v>2.4710648148148148E-3</v>
+      </c>
+      <c r="IZ25" s="4">
+        <v>795</v>
+      </c>
+      <c r="JA25" s="12">
+        <v>0.20921052631578949</v>
+      </c>
+      <c r="JB25" s="16"/>
+      <c r="JC25" s="6">
+        <v>140</v>
+      </c>
+      <c r="JD25" s="8">
+        <v>795</v>
+      </c>
+      <c r="JE25" s="12">
+        <v>0.1761006289308176</v>
+      </c>
+      <c r="JF25" s="16"/>
+      <c r="JG25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH25" s="6">
+        <v>265</v>
+      </c>
+      <c r="JI25" s="12">
+        <v>3.7735849056603774E-3</v>
+      </c>
+      <c r="JJ25" s="4">
+        <v>116</v>
+      </c>
+      <c r="JK25" s="11">
+        <v>6.898148148148148E-3</v>
+      </c>
+      <c r="JL25" s="11">
+        <v>4.6409722222222217E-3</v>
+      </c>
+      <c r="JM25" s="11">
+        <v>9.1552083333333329E-3</v>
+      </c>
+      <c r="JN25" s="4">
+        <v>499</v>
+      </c>
+      <c r="JO25" s="11">
+        <v>5.4513888888888884E-3</v>
+      </c>
+      <c r="JP25" s="11">
+        <v>1.1393541666666666E-2</v>
+      </c>
+      <c r="JQ25" s="49"/>
+      <c r="JR25" s="49"/>
+      <c r="JS25" s="49"/>
+      <c r="JT25" s="49"/>
+      <c r="JU25" s="4">
+        <v>1698</v>
+      </c>
+      <c r="JV25" s="11">
+        <v>5.5370370370370368E-2</v>
+      </c>
+      <c r="JW25" s="11">
+        <v>7.8726851851851853E-2</v>
+      </c>
+      <c r="JX25" s="11">
+        <v>0.20774305555555556</v>
+      </c>
+      <c r="JY25" s="4">
+        <v>97</v>
+      </c>
+      <c r="JZ25" s="11">
+        <v>5.1203703703703703E-2</v>
+      </c>
+      <c r="KA25" s="11">
+        <v>7.1747685185185192E-2</v>
+      </c>
+      <c r="KB25" s="11">
+        <v>0.42586805555555557</v>
+      </c>
+      <c r="KC25" s="6">
+        <v>1451</v>
+      </c>
+      <c r="KD25" s="14">
+        <v>0.87525844245348039</v>
+      </c>
+      <c r="KE25" s="14">
+        <v>0.11509303928325293</v>
+      </c>
+      <c r="KF25" s="14">
+        <v>8.2701585113714674E-3</v>
+      </c>
+      <c r="KG25" s="14">
+        <v>1.3783597518952446E-3</v>
+      </c>
+      <c r="KH25" s="8">
+        <v>73</v>
+      </c>
+      <c r="KI25" s="6">
+        <v>14</v>
+      </c>
+      <c r="KJ25" s="6">
+        <v>29</v>
+      </c>
+      <c r="KK25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KL25" s="6"/>
+      <c r="KM25" s="6">
+        <v>27</v>
+      </c>
+      <c r="KN25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KO25" s="6">
+        <v>51</v>
+      </c>
+      <c r="KP25" s="14">
+        <v>0.69863013698630139</v>
+      </c>
+      <c r="KQ25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KR25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KS25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KT25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KU25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KV25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KW25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KX25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KY25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KZ25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LA25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LB25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LC25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LD25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LE25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LF25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LG25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LH25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LI25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LJ25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LK25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LL25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LM25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LN25" s="6">
+        <v>419</v>
+      </c>
+      <c r="LO25" s="6">
+        <v>266</v>
+      </c>
+      <c r="LP25" s="6">
+        <v>153</v>
+      </c>
+      <c r="LQ25" s="16"/>
+      <c r="LR25" s="6">
+        <v>1308</v>
+      </c>
+      <c r="LS25" s="6">
+        <v>157</v>
+      </c>
+      <c r="LT25" s="17">
+        <v>0.12003058103975535</v>
+      </c>
+      <c r="LU25" s="6">
+        <v>6</v>
+      </c>
+      <c r="LV25" s="17">
+        <v>4.5871559633027525E-3</v>
+      </c>
+      <c r="LW25" s="16"/>
+      <c r="LX25" s="6">
+        <v>390</v>
+      </c>
+      <c r="LY25" s="6">
+        <v>21</v>
+      </c>
+      <c r="LZ25" s="17">
+        <v>5.3846153846153849E-2</v>
+      </c>
+      <c r="MA25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB25" s="17">
+        <v>2.5641025641025641E-3</v>
+      </c>
+      <c r="MC25" s="16"/>
+      <c r="MD25" s="6">
+        <v>1698</v>
+      </c>
+      <c r="ME25" s="6">
+        <v>178</v>
+      </c>
+      <c r="MF25" s="17">
+        <v>0.10482921083627797</v>
+      </c>
+      <c r="MG25" s="6">
+        <v>7</v>
+      </c>
+      <c r="MH25" s="17">
+        <v>4.122497055359246E-3</v>
+      </c>
+      <c r="MI25" s="16"/>
+      <c r="MJ25" s="6">
+        <v>56</v>
+      </c>
+      <c r="MK25" s="6">
+        <v>5</v>
+      </c>
+      <c r="ML25" s="17">
+        <v>8.9285714285714288E-2</v>
+      </c>
+      <c r="MM25" s="6">
+        <v>0</v>
+      </c>
+      <c r="MN25" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO25" s="16"/>
+      <c r="MP25" s="6">
+        <v>41</v>
+      </c>
+      <c r="MQ25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MR25" s="17">
+        <v>2.4390243902439025E-2</v>
+      </c>
+      <c r="MS25" s="6">
+        <v>0</v>
+      </c>
+      <c r="MT25" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU25" s="16"/>
+      <c r="MV25" s="6">
+        <v>66</v>
+      </c>
+      <c r="MW25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MX25" s="17">
+        <v>6.0606060606060608E-2</v>
+      </c>
+      <c r="MY25" s="6">
+        <v>0</v>
+      </c>
+      <c r="MZ25" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA25" s="6">
+        <v>1470</v>
+      </c>
+      <c r="NB25" s="6">
+        <v>2323</v>
+      </c>
+      <c r="NC25" s="18">
+        <v>0.63280241067585019</v>
+      </c>
+      <c r="ND25" s="6">
+        <v>1608</v>
+      </c>
+      <c r="NE25" s="6">
+        <v>1557</v>
+      </c>
+      <c r="NF25" s="6">
+        <v>40</v>
+      </c>
+      <c r="NG25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NH25" s="6">
+        <v>9</v>
+      </c>
+      <c r="NI25" s="18">
+        <v>0.42749371332774516</v>
+      </c>
+      <c r="NJ25" s="6">
+        <v>510</v>
+      </c>
+      <c r="NK25" s="6">
+        <v>1193</v>
+      </c>
+      <c r="NL25" s="16"/>
+      <c r="NM25" s="18">
+        <v>0.42796610169491528</v>
+      </c>
+      <c r="NN25" s="6">
+        <v>505</v>
+      </c>
+      <c r="NO25" s="6">
+        <v>1180</v>
+      </c>
+      <c r="NP25" s="18">
+        <v>0.27272727272727271</v>
+      </c>
+      <c r="NQ25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NR25" s="6">
+        <v>0</v>
+      </c>
+      <c r="NS25" s="18">
+        <v>1</v>
+      </c>
+      <c r="NT25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NU25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NV25" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW25" s="6">
+        <v>0</v>
+      </c>
+      <c r="NX25" s="6">
+        <v>0</v>
+      </c>
+      <c r="NY25" s="6">
+        <v>473.18413699999996</v>
+      </c>
+      <c r="NZ25" s="6">
+        <v>470.95219699999996</v>
+      </c>
+      <c r="OA25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OB25" s="6" t="s">
+        <v>1084</v>
+      </c>
+      <c r="OC25" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OD25" s="18">
+        <v>0.67896060352053644</v>
+      </c>
+      <c r="OE25" s="6">
+        <v>810</v>
+      </c>
+      <c r="OF25" s="6">
+        <v>1193</v>
+      </c>
+      <c r="OG25" s="16"/>
+      <c r="OH25" s="18">
+        <v>0.67627118644067796</v>
+      </c>
+      <c r="OI25" s="6">
+        <v>798</v>
+      </c>
+      <c r="OJ25" s="6">
+        <v>1180</v>
+      </c>
+      <c r="OK25" s="18">
+        <v>1</v>
+      </c>
+      <c r="OL25" s="6">
+        <v>11</v>
+      </c>
+      <c r="OM25" s="6">
+        <v>11</v>
+      </c>
+      <c r="ON25" s="18">
+        <v>0.5</v>
+      </c>
+      <c r="OO25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OP25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OQ25" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR25" s="6">
+        <v>0</v>
+      </c>
+      <c r="OS25" s="8">
+        <v>0</v>
+      </c>
+      <c r="OT25" s="6">
+        <v>75</v>
+      </c>
+      <c r="OU25" s="6">
+        <v>1608</v>
+      </c>
+      <c r="OV25" s="12">
+        <v>4.6641791044776122E-2</v>
+      </c>
+      <c r="OW25" s="6">
+        <v>51.801091000000014</v>
+      </c>
+      <c r="OX25" s="6">
+        <v>51.768314000000011</v>
+      </c>
+      <c r="OY25" s="6" t="s">
+        <v>1084</v>
+      </c>
+      <c r="OZ25" s="6">
+        <v>3.2777000000000001E-2</v>
+      </c>
+      <c r="PA25" s="6" t="s">
+        <v>1091</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{93005E11-52F8-4572-B7E1-DE1298F89909}">
-  <dimension ref="A1:OY17"/>
+  <dimension ref="A1:PA25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="20.83203125" defaultRowHeight="12.5"/>
   <cols>
     <col min="1" max="1" width="20.83203125" style="2"/>
     <col min="2" max="2" width="35.58203125" style="2" customWidth="1"/>
     <col min="3" max="16384" width="20.83203125" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:415" ht="96">
+    <row r="1" spans="1:417" ht="96">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C1" s="23" t="s">
         <v>48</v>
       </c>
       <c r="D1" s="23" t="s">
         <v>49</v>
       </c>
       <c r="E1" s="24" t="s">
         <v>50</v>
       </c>
       <c r="F1" s="24" t="s">
         <v>51</v>
       </c>
       <c r="G1" s="24" t="s">
         <v>52</v>
       </c>
       <c r="H1" s="24" t="s">
         <v>53</v>
       </c>
       <c r="I1" s="24" t="s">
@@ -21399,727 +29979,733 @@
       </c>
       <c r="GA1" s="24" t="s">
         <v>228</v>
       </c>
       <c r="GB1" s="24" t="s">
         <v>229</v>
       </c>
       <c r="GC1" s="24" t="s">
         <v>230</v>
       </c>
       <c r="GD1" s="24" t="s">
         <v>231</v>
       </c>
       <c r="GE1" s="24" t="s">
         <v>232</v>
       </c>
       <c r="GF1" s="24" t="s">
         <v>233</v>
       </c>
       <c r="GG1" s="24" t="s">
         <v>234</v>
       </c>
       <c r="GH1" s="24" t="s">
         <v>235</v>
       </c>
-      <c r="GI1" s="24" t="s">
+      <c r="GI1" s="51" t="s">
+        <v>1090</v>
+      </c>
+      <c r="GJ1" s="24" t="s">
         <v>236</v>
       </c>
-      <c r="GJ1" s="24" t="s">
+      <c r="GK1" s="24" t="s">
         <v>237</v>
       </c>
-      <c r="GK1" s="24" t="s">
+      <c r="GL1" s="24" t="s">
         <v>238</v>
       </c>
-      <c r="GL1" s="24" t="s">
+      <c r="GM1" s="24" t="s">
         <v>239</v>
       </c>
-      <c r="GM1" s="24" t="s">
+      <c r="GN1" s="24" t="s">
         <v>240</v>
       </c>
-      <c r="GN1" s="24" t="s">
+      <c r="GO1" s="24" t="s">
         <v>241</v>
       </c>
-      <c r="GO1" s="24" t="s">
+      <c r="GP1" s="24" t="s">
         <v>242</v>
       </c>
-      <c r="GP1" s="24" t="s">
+      <c r="GQ1" s="24" t="s">
         <v>243</v>
       </c>
-      <c r="GQ1" s="24" t="s">
+      <c r="GR1" s="24" t="s">
         <v>244</v>
       </c>
-      <c r="GR1" s="24" t="s">
+      <c r="GS1" s="24" t="s">
         <v>245</v>
       </c>
-      <c r="GS1" s="24" t="s">
+      <c r="GT1" s="24" t="s">
         <v>246</v>
       </c>
-      <c r="GT1" s="24" t="s">
+      <c r="GU1" s="24" t="s">
         <v>247</v>
       </c>
-      <c r="GU1" s="24" t="s">
+      <c r="GV1" s="24" t="s">
         <v>248</v>
       </c>
-      <c r="GV1" s="24" t="s">
+      <c r="GW1" s="24" t="s">
         <v>249</v>
       </c>
-      <c r="GW1" s="24" t="s">
+      <c r="GX1" s="24" t="s">
         <v>250</v>
       </c>
-      <c r="GX1" s="24" t="s">
+      <c r="GY1" s="24" t="s">
         <v>251</v>
       </c>
-      <c r="GY1" s="24" t="s">
+      <c r="GZ1" s="24" t="s">
         <v>252</v>
       </c>
-      <c r="GZ1" s="24" t="s">
+      <c r="HA1" s="24" t="s">
         <v>253</v>
       </c>
-      <c r="HA1" s="24" t="s">
+      <c r="HB1" s="24" t="s">
         <v>254</v>
       </c>
-      <c r="HB1" s="24" t="s">
+      <c r="HC1" s="24" t="s">
         <v>255</v>
       </c>
-      <c r="HC1" s="24" t="s">
+      <c r="HD1" s="24" t="s">
         <v>256</v>
       </c>
-      <c r="HD1" s="24" t="s">
+      <c r="HE1" s="24" t="s">
         <v>257</v>
       </c>
-      <c r="HE1" s="24" t="s">
+      <c r="HF1" s="24" t="s">
         <v>258</v>
       </c>
-      <c r="HF1" s="24" t="s">
+      <c r="HG1" s="24" t="s">
         <v>259</v>
       </c>
-      <c r="HG1" s="24" t="s">
+      <c r="HH1" s="24" t="s">
         <v>260</v>
       </c>
-      <c r="HH1" s="24" t="s">
+      <c r="HI1" s="24" t="s">
         <v>261</v>
       </c>
-      <c r="HI1" s="24" t="s">
+      <c r="HJ1" s="24" t="s">
         <v>262</v>
       </c>
-      <c r="HJ1" s="24" t="s">
+      <c r="HK1" s="24" t="s">
         <v>263</v>
       </c>
-      <c r="HK1" s="24" t="s">
+      <c r="HL1" s="24" t="s">
         <v>264</v>
       </c>
-      <c r="HL1" s="24" t="s">
+      <c r="HM1" s="24" t="s">
         <v>265</v>
       </c>
-      <c r="HM1" s="24" t="s">
+      <c r="HN1" s="24" t="s">
         <v>266</v>
       </c>
-      <c r="HN1" s="24" t="s">
+      <c r="HO1" s="24" t="s">
         <v>267</v>
       </c>
-      <c r="HO1" s="24" t="s">
+      <c r="HP1" s="24" t="s">
         <v>268</v>
       </c>
-      <c r="HP1" s="24" t="s">
+      <c r="HQ1" s="24" t="s">
         <v>269</v>
       </c>
-      <c r="HQ1" s="24" t="s">
+      <c r="HR1" s="24" t="s">
         <v>270</v>
       </c>
-      <c r="HR1" s="24" t="s">
+      <c r="HS1" s="24" t="s">
         <v>271</v>
       </c>
-      <c r="HS1" s="24" t="s">
+      <c r="HT1" s="24" t="s">
         <v>272</v>
       </c>
-      <c r="HT1" s="24" t="s">
+      <c r="HU1" s="24" t="s">
         <v>273</v>
       </c>
-      <c r="HU1" s="24" t="s">
+      <c r="HV1" s="24" t="s">
         <v>274</v>
       </c>
-      <c r="HV1" s="24" t="s">
+      <c r="HW1" s="24" t="s">
         <v>275</v>
       </c>
-      <c r="HW1" s="24" t="s">
+      <c r="HX1" s="24" t="s">
         <v>276</v>
       </c>
-      <c r="HX1" s="24" t="s">
+      <c r="HY1" s="24" t="s">
         <v>277</v>
       </c>
-      <c r="HY1" s="24" t="s">
+      <c r="HZ1" s="24" t="s">
         <v>278</v>
       </c>
-      <c r="HZ1" s="24" t="s">
+      <c r="IA1" s="24" t="s">
         <v>279</v>
       </c>
-      <c r="IA1" s="24" t="s">
+      <c r="IB1" s="24" t="s">
         <v>280</v>
       </c>
-      <c r="IB1" s="24" t="s">
+      <c r="IC1" s="24" t="s">
         <v>281</v>
       </c>
-      <c r="IC1" s="24" t="s">
+      <c r="ID1" s="24" t="s">
         <v>282</v>
       </c>
-      <c r="ID1" s="24" t="s">
+      <c r="IE1" s="24" t="s">
         <v>283</v>
       </c>
-      <c r="IE1" s="24" t="s">
+      <c r="IF1" s="24" t="s">
         <v>284</v>
       </c>
-      <c r="IF1" s="24" t="s">
+      <c r="IG1" s="24" t="s">
         <v>285</v>
       </c>
-      <c r="IG1" s="24" t="s">
+      <c r="IH1" s="24" t="s">
         <v>286</v>
       </c>
-      <c r="IH1" s="24" t="s">
+      <c r="II1" s="24" t="s">
         <v>287</v>
       </c>
-      <c r="II1" s="24" t="s">
+      <c r="IJ1" s="24" t="s">
         <v>288</v>
       </c>
-      <c r="IJ1" s="24" t="s">
+      <c r="IK1" s="24" t="s">
         <v>289</v>
       </c>
-      <c r="IK1" s="24" t="s">
+      <c r="IL1" s="24" t="s">
         <v>290</v>
       </c>
-      <c r="IL1" s="24" t="s">
+      <c r="IM1" s="24" t="s">
+        <v>1089</v>
+      </c>
+      <c r="IN1" s="24" t="s">
         <v>291</v>
       </c>
-      <c r="IM1" s="24" t="s">
+      <c r="IO1" s="24" t="s">
         <v>292</v>
       </c>
-      <c r="IN1" s="24" t="s">
+      <c r="IP1" s="24" t="s">
         <v>293</v>
       </c>
-      <c r="IO1" s="24" t="s">
+      <c r="IQ1" s="24" t="s">
         <v>294</v>
       </c>
-      <c r="IP1" s="24" t="s">
+      <c r="IR1" s="24" t="s">
         <v>295</v>
       </c>
-      <c r="IQ1" s="24" t="s">
+      <c r="IS1" s="24" t="s">
         <v>296</v>
       </c>
-      <c r="IR1" s="23" t="s">
+      <c r="IT1" s="23" t="s">
         <v>297</v>
       </c>
-      <c r="IS1" s="23" t="s">
+      <c r="IU1" s="23" t="s">
         <v>298</v>
       </c>
-      <c r="IT1" s="23" t="s">
+      <c r="IV1" s="23" t="s">
         <v>299</v>
       </c>
-      <c r="IU1" s="23" t="s">
+      <c r="IW1" s="23" t="s">
         <v>300</v>
       </c>
-      <c r="IV1" s="23" t="s">
+      <c r="IX1" s="23" t="s">
         <v>301</v>
       </c>
-      <c r="IW1" s="23" t="s">
+      <c r="IY1" s="23" t="s">
         <v>302</v>
       </c>
-      <c r="IX1" s="23" t="s">
+      <c r="IZ1" s="23" t="s">
         <v>303</v>
       </c>
-      <c r="IY1" s="24" t="s">
+      <c r="JA1" s="24" t="s">
         <v>304</v>
       </c>
-      <c r="IZ1" s="24" t="s">
+      <c r="JB1" s="24" t="s">
         <v>305</v>
       </c>
-      <c r="JA1" s="23" t="s">
+      <c r="JC1" s="23" t="s">
         <v>306</v>
       </c>
-      <c r="JB1" s="23" t="s">
+      <c r="JD1" s="23" t="s">
         <v>307</v>
       </c>
-      <c r="JC1" s="24" t="s">
+      <c r="JE1" s="24" t="s">
         <v>308</v>
       </c>
-      <c r="JD1" s="23" t="s">
+      <c r="JF1" s="23" t="s">
         <v>309</v>
       </c>
-      <c r="JE1" s="23" t="s">
+      <c r="JG1" s="23" t="s">
         <v>310</v>
       </c>
-      <c r="JF1" s="23" t="s">
+      <c r="JH1" s="23" t="s">
         <v>311</v>
       </c>
-      <c r="JG1" s="24" t="s">
+      <c r="JI1" s="24" t="s">
         <v>312</v>
       </c>
-      <c r="JH1" s="23" t="s">
+      <c r="JJ1" s="23" t="s">
         <v>313</v>
       </c>
-      <c r="JI1" s="24" t="s">
+      <c r="JK1" s="24" t="s">
         <v>314</v>
       </c>
-      <c r="JJ1" s="24" t="s">
+      <c r="JL1" s="24" t="s">
         <v>315</v>
       </c>
-      <c r="JK1" s="24" t="s">
+      <c r="JM1" s="24" t="s">
         <v>316</v>
       </c>
-      <c r="JL1" s="23" t="s">
+      <c r="JN1" s="23" t="s">
         <v>317</v>
       </c>
-      <c r="JM1" s="24" t="s">
+      <c r="JO1" s="24" t="s">
         <v>318</v>
       </c>
-      <c r="JN1" s="24" t="s">
+      <c r="JP1" s="24" t="s">
         <v>319</v>
       </c>
-      <c r="JO1" s="23" t="s">
+      <c r="JQ1" s="23" t="s">
         <v>320</v>
       </c>
-      <c r="JP1" s="24" t="s">
+      <c r="JR1" s="24" t="s">
         <v>321</v>
       </c>
-      <c r="JQ1" s="24" t="s">
+      <c r="JS1" s="24" t="s">
         <v>322</v>
       </c>
-      <c r="JR1" s="24" t="s">
+      <c r="JT1" s="24" t="s">
         <v>323</v>
       </c>
-      <c r="JS1" s="23" t="s">
+      <c r="JU1" s="23" t="s">
         <v>324</v>
       </c>
-      <c r="JT1" s="24" t="s">
+      <c r="JV1" s="24" t="s">
         <v>325</v>
       </c>
-      <c r="JU1" s="24" t="s">
+      <c r="JW1" s="24" t="s">
         <v>326</v>
       </c>
-      <c r="JV1" s="24" t="s">
+      <c r="JX1" s="24" t="s">
         <v>327</v>
       </c>
-      <c r="JW1" s="23" t="s">
+      <c r="JY1" s="23" t="s">
         <v>328</v>
       </c>
-      <c r="JX1" s="24" t="s">
+      <c r="JZ1" s="24" t="s">
         <v>329</v>
       </c>
-      <c r="JY1" s="24" t="s">
+      <c r="KA1" s="24" t="s">
         <v>330</v>
       </c>
-      <c r="JZ1" s="24" t="s">
+      <c r="KB1" s="24" t="s">
         <v>331</v>
       </c>
-      <c r="KA1" s="23" t="s">
+      <c r="KC1" s="23" t="s">
         <v>332</v>
       </c>
-      <c r="KB1" s="24" t="s">
+      <c r="KD1" s="24" t="s">
         <v>333</v>
       </c>
-      <c r="KC1" s="24" t="s">
+      <c r="KE1" s="24" t="s">
         <v>334</v>
       </c>
-      <c r="KD1" s="24" t="s">
+      <c r="KF1" s="24" t="s">
         <v>335</v>
       </c>
-      <c r="KE1" s="24" t="s">
+      <c r="KG1" s="24" t="s">
         <v>336</v>
       </c>
-      <c r="KF1" s="23" t="s">
+      <c r="KH1" s="23" t="s">
         <v>337</v>
       </c>
-      <c r="KG1" s="24" t="s">
+      <c r="KI1" s="24" t="s">
         <v>338</v>
       </c>
-      <c r="KH1" s="24" t="s">
+      <c r="KJ1" s="24" t="s">
         <v>339</v>
       </c>
-      <c r="KI1" s="24" t="s">
+      <c r="KK1" s="24" t="s">
         <v>340</v>
       </c>
-      <c r="KJ1" s="24" t="s">
+      <c r="KL1" s="24" t="s">
         <v>341</v>
       </c>
-      <c r="KK1" s="24" t="s">
+      <c r="KM1" s="24" t="s">
         <v>342</v>
       </c>
-      <c r="KL1" s="24" t="s">
+      <c r="KN1" s="24" t="s">
         <v>343</v>
       </c>
-      <c r="KM1" s="24" t="s">
+      <c r="KO1" s="24" t="s">
         <v>344</v>
       </c>
-      <c r="KN1" s="24" t="s">
+      <c r="KP1" s="24" t="s">
         <v>345</v>
       </c>
-      <c r="KO1" s="23" t="s">
+      <c r="KQ1" s="23" t="s">
         <v>346</v>
       </c>
-      <c r="KP1" s="24" t="s">
+      <c r="KR1" s="24" t="s">
         <v>347</v>
       </c>
-      <c r="KQ1" s="24" t="s">
+      <c r="KS1" s="24" t="s">
         <v>348</v>
       </c>
-      <c r="KR1" s="23" t="s">
+      <c r="KT1" s="23" t="s">
         <v>349</v>
       </c>
-      <c r="KS1" s="24" t="s">
+      <c r="KU1" s="24" t="s">
         <v>350</v>
       </c>
-      <c r="KT1" s="24" t="s">
+      <c r="KV1" s="24" t="s">
         <v>351</v>
       </c>
-      <c r="KU1" s="23" t="s">
+      <c r="KW1" s="23" t="s">
         <v>352</v>
       </c>
-      <c r="KV1" s="24" t="s">
+      <c r="KX1" s="24" t="s">
         <v>353</v>
       </c>
-      <c r="KW1" s="24" t="s">
+      <c r="KY1" s="24" t="s">
         <v>354</v>
       </c>
-      <c r="KX1" s="23" t="s">
+      <c r="KZ1" s="23" t="s">
         <v>355</v>
       </c>
-      <c r="KY1" s="24" t="s">
+      <c r="LA1" s="24" t="s">
         <v>356</v>
       </c>
-      <c r="KZ1" s="23" t="s">
+      <c r="LB1" s="23" t="s">
         <v>357</v>
       </c>
-      <c r="LA1" s="24" t="s">
+      <c r="LC1" s="24" t="s">
         <v>358</v>
       </c>
-      <c r="LB1" s="24" t="s">
+      <c r="LD1" s="24" t="s">
         <v>359</v>
       </c>
-      <c r="LC1" s="23" t="s">
+      <c r="LE1" s="23" t="s">
         <v>360</v>
       </c>
-      <c r="LD1" s="24" t="s">
+      <c r="LF1" s="24" t="s">
         <v>361</v>
       </c>
-      <c r="LE1" s="24" t="s">
+      <c r="LG1" s="24" t="s">
         <v>362</v>
       </c>
-      <c r="LF1" s="23" t="s">
+      <c r="LH1" s="23" t="s">
         <v>363</v>
       </c>
-      <c r="LG1" s="24" t="s">
+      <c r="LI1" s="24" t="s">
         <v>364</v>
       </c>
-      <c r="LH1" s="24" t="s">
+      <c r="LJ1" s="24" t="s">
         <v>365</v>
       </c>
-      <c r="LI1" s="23" t="s">
+      <c r="LK1" s="23" t="s">
         <v>366</v>
       </c>
-      <c r="LJ1" s="24" t="s">
+      <c r="LL1" s="24" t="s">
         <v>367</v>
       </c>
-      <c r="LK1" s="24" t="s">
+      <c r="LM1" s="24" t="s">
         <v>368</v>
       </c>
-      <c r="LL1" s="23" t="s">
+      <c r="LN1" s="23" t="s">
         <v>369</v>
       </c>
-      <c r="LM1" s="24" t="s">
+      <c r="LO1" s="24" t="s">
         <v>370</v>
       </c>
-      <c r="LN1" s="24" t="s">
+      <c r="LP1" s="24" t="s">
         <v>371</v>
       </c>
-      <c r="LO1" s="23" t="s">
+      <c r="LQ1" s="23" t="s">
         <v>372</v>
       </c>
-      <c r="LP1" s="24" t="s">
+      <c r="LR1" s="24" t="s">
         <v>373</v>
       </c>
-      <c r="LQ1" s="24" t="s">
+      <c r="LS1" s="24" t="s">
         <v>374</v>
       </c>
-      <c r="LR1" s="24" t="s">
+      <c r="LT1" s="24" t="s">
         <v>375</v>
       </c>
-      <c r="LS1" s="24" t="s">
+      <c r="LU1" s="24" t="s">
         <v>376</v>
       </c>
-      <c r="LT1" s="24" t="s">
+      <c r="LV1" s="24" t="s">
         <v>377</v>
       </c>
-      <c r="LU1" s="23" t="s">
+      <c r="LW1" s="23" t="s">
         <v>378</v>
       </c>
-      <c r="LV1" s="24" t="s">
+      <c r="LX1" s="24" t="s">
         <v>379</v>
       </c>
-      <c r="LW1" s="24" t="s">
+      <c r="LY1" s="24" t="s">
         <v>380</v>
       </c>
-      <c r="LX1" s="24" t="s">
+      <c r="LZ1" s="24" t="s">
         <v>381</v>
       </c>
-      <c r="LY1" s="24" t="s">
+      <c r="MA1" s="24" t="s">
         <v>382</v>
       </c>
-      <c r="LZ1" s="24" t="s">
+      <c r="MB1" s="24" t="s">
         <v>383</v>
       </c>
-      <c r="MA1" s="23" t="s">
+      <c r="MC1" s="23" t="s">
         <v>384</v>
       </c>
-      <c r="MB1" s="24" t="s">
+      <c r="MD1" s="24" t="s">
         <v>385</v>
       </c>
-      <c r="MC1" s="24" t="s">
+      <c r="ME1" s="24" t="s">
         <v>386</v>
       </c>
-      <c r="MD1" s="24" t="s">
+      <c r="MF1" s="24" t="s">
         <v>387</v>
       </c>
-      <c r="ME1" s="24" t="s">
+      <c r="MG1" s="24" t="s">
         <v>388</v>
       </c>
-      <c r="MF1" s="24" t="s">
+      <c r="MH1" s="24" t="s">
         <v>389</v>
       </c>
-      <c r="MG1" s="23" t="s">
+      <c r="MI1" s="23" t="s">
         <v>390</v>
       </c>
-      <c r="MH1" s="24" t="s">
+      <c r="MJ1" s="24" t="s">
         <v>391</v>
       </c>
-      <c r="MI1" s="24" t="s">
+      <c r="MK1" s="24" t="s">
         <v>392</v>
       </c>
-      <c r="MJ1" s="24" t="s">
+      <c r="ML1" s="24" t="s">
         <v>393</v>
       </c>
-      <c r="MK1" s="24" t="s">
+      <c r="MM1" s="24" t="s">
         <v>394</v>
       </c>
-      <c r="ML1" s="24" t="s">
+      <c r="MN1" s="24" t="s">
         <v>395</v>
       </c>
-      <c r="MM1" s="23" t="s">
+      <c r="MO1" s="23" t="s">
         <v>396</v>
       </c>
-      <c r="MN1" s="24" t="s">
+      <c r="MP1" s="24" t="s">
         <v>397</v>
       </c>
-      <c r="MO1" s="24" t="s">
+      <c r="MQ1" s="24" t="s">
         <v>398</v>
       </c>
-      <c r="MP1" s="24" t="s">
+      <c r="MR1" s="24" t="s">
         <v>399</v>
       </c>
-      <c r="MQ1" s="24" t="s">
+      <c r="MS1" s="24" t="s">
         <v>400</v>
       </c>
-      <c r="MR1" s="24" t="s">
+      <c r="MT1" s="24" t="s">
         <v>401</v>
       </c>
-      <c r="MS1" s="23" t="s">
+      <c r="MU1" s="23" t="s">
         <v>402</v>
       </c>
-      <c r="MT1" s="24" t="s">
+      <c r="MV1" s="24" t="s">
         <v>397</v>
       </c>
-      <c r="MU1" s="24" t="s">
+      <c r="MW1" s="24" t="s">
         <v>398</v>
       </c>
-      <c r="MV1" s="24" t="s">
+      <c r="MX1" s="24" t="s">
         <v>399</v>
       </c>
-      <c r="MW1" s="24" t="s">
+      <c r="MY1" s="24" t="s">
         <v>400</v>
       </c>
-      <c r="MX1" s="24" t="s">
+      <c r="MZ1" s="24" t="s">
         <v>401</v>
       </c>
-      <c r="MY1" s="23" t="s">
+      <c r="NA1" s="23" t="s">
         <v>403</v>
       </c>
-      <c r="MZ1" s="24" t="s">
+      <c r="NB1" s="24" t="s">
         <v>404</v>
       </c>
-      <c r="NA1" s="24" t="s">
+      <c r="NC1" s="24" t="s">
         <v>405</v>
       </c>
-      <c r="NB1" s="24" t="s">
+      <c r="ND1" s="24" t="s">
         <v>406</v>
       </c>
-      <c r="NC1" s="24" t="s">
+      <c r="NE1" s="24" t="s">
         <v>407</v>
       </c>
-      <c r="ND1" s="24" t="s">
+      <c r="NF1" s="24" t="s">
         <v>408</v>
       </c>
-      <c r="NE1" s="24" t="s">
+      <c r="NG1" s="24" t="s">
         <v>409</v>
       </c>
-      <c r="NF1" s="24" t="s">
+      <c r="NH1" s="24" t="s">
         <v>410</v>
       </c>
-      <c r="NG1" s="23" t="s">
+      <c r="NI1" s="23" t="s">
         <v>411</v>
       </c>
-      <c r="NH1" s="24" t="s">
+      <c r="NJ1" s="24" t="s">
         <v>412</v>
       </c>
-      <c r="NI1" s="24" t="s">
+      <c r="NK1" s="24" t="s">
         <v>413</v>
       </c>
-      <c r="NJ1" s="23" t="s">
+      <c r="NL1" s="23" t="s">
         <v>414</v>
       </c>
-      <c r="NK1" s="24" t="s">
+      <c r="NM1" s="24" t="s">
         <v>415</v>
       </c>
-      <c r="NL1" s="24" t="s">
+      <c r="NN1" s="24" t="s">
         <v>416</v>
       </c>
-      <c r="NM1" s="24" t="s">
+      <c r="NO1" s="24" t="s">
         <v>417</v>
       </c>
-      <c r="NN1" s="24" t="s">
+      <c r="NP1" s="24" t="s">
         <v>418</v>
       </c>
-      <c r="NO1" s="24" t="s">
+      <c r="NQ1" s="24" t="s">
         <v>419</v>
       </c>
-      <c r="NP1" s="24" t="s">
+      <c r="NR1" s="24" t="s">
         <v>420</v>
       </c>
-      <c r="NQ1" s="24" t="s">
+      <c r="NS1" s="24" t="s">
         <v>421</v>
       </c>
-      <c r="NR1" s="24" t="s">
+      <c r="NT1" s="24" t="s">
         <v>422</v>
       </c>
-      <c r="NS1" s="24" t="s">
+      <c r="NU1" s="24" t="s">
         <v>423</v>
       </c>
-      <c r="NT1" s="24" t="s">
+      <c r="NV1" s="24" t="s">
         <v>424</v>
       </c>
-      <c r="NU1" s="24" t="s">
+      <c r="NW1" s="24" t="s">
         <v>425</v>
       </c>
-      <c r="NV1" s="24" t="s">
+      <c r="NX1" s="24" t="s">
         <v>426</v>
       </c>
-      <c r="NW1" s="23" t="s">
+      <c r="NY1" s="23" t="s">
         <v>19</v>
       </c>
-      <c r="NX1" s="24" t="s">
+      <c r="NZ1" s="24" t="s">
         <v>20</v>
       </c>
-      <c r="NY1" s="24" t="s">
+      <c r="OA1" s="24" t="s">
         <v>21</v>
       </c>
-      <c r="NZ1" s="24" t="s">
+      <c r="OB1" s="24" t="s">
         <v>22</v>
       </c>
-      <c r="OA1" s="24" t="s">
+      <c r="OC1" s="24" t="s">
         <v>23</v>
       </c>
-      <c r="OB1" s="23" t="s">
+      <c r="OD1" s="23" t="s">
         <v>24</v>
       </c>
-      <c r="OC1" s="24" t="s">
+      <c r="OE1" s="24" t="s">
         <v>25</v>
       </c>
-      <c r="OD1" s="24" t="s">
+      <c r="OF1" s="24" t="s">
         <v>26</v>
       </c>
-      <c r="OE1" s="23" t="s">
+      <c r="OG1" s="23" t="s">
         <v>27</v>
       </c>
-      <c r="OF1" s="24" t="s">
+      <c r="OH1" s="24" t="s">
         <v>28</v>
       </c>
-      <c r="OG1" s="24" t="s">
+      <c r="OI1" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="OH1" s="24" t="s">
+      <c r="OJ1" s="24" t="s">
         <v>30</v>
       </c>
-      <c r="OI1" s="24" t="s">
+      <c r="OK1" s="24" t="s">
         <v>31</v>
       </c>
-      <c r="OJ1" s="24" t="s">
+      <c r="OL1" s="24" t="s">
         <v>32</v>
       </c>
-      <c r="OK1" s="24" t="s">
+      <c r="OM1" s="24" t="s">
         <v>33</v>
       </c>
-      <c r="OL1" s="24" t="s">
+      <c r="ON1" s="24" t="s">
         <v>34</v>
       </c>
-      <c r="OM1" s="24" t="s">
+      <c r="OO1" s="24" t="s">
         <v>35</v>
       </c>
-      <c r="ON1" s="24" t="s">
+      <c r="OP1" s="24" t="s">
         <v>36</v>
       </c>
-      <c r="OO1" s="24" t="s">
+      <c r="OQ1" s="24" t="s">
         <v>37</v>
       </c>
-      <c r="OP1" s="24" t="s">
+      <c r="OR1" s="24" t="s">
         <v>38</v>
       </c>
-      <c r="OQ1" s="24" t="s">
+      <c r="OS1" s="24" t="s">
         <v>39</v>
       </c>
-      <c r="OR1" s="23" t="s">
+      <c r="OT1" s="23" t="s">
         <v>40</v>
       </c>
-      <c r="OS1" s="23" t="s">
+      <c r="OU1" s="23" t="s">
         <v>41</v>
       </c>
-      <c r="OT1" s="24" t="s">
+      <c r="OV1" s="24" t="s">
         <v>42</v>
       </c>
-      <c r="OU1" s="23" t="s">
+      <c r="OW1" s="23" t="s">
         <v>43</v>
       </c>
-      <c r="OV1" s="24" t="s">
+      <c r="OX1" s="24" t="s">
         <v>44</v>
       </c>
-      <c r="OW1" s="24" t="s">
+      <c r="OY1" s="24" t="s">
         <v>45</v>
       </c>
-      <c r="OX1" s="24" t="s">
+      <c r="OZ1" s="24" t="s">
         <v>46</v>
       </c>
-      <c r="OY1" s="24" t="s">
+      <c r="PA1" s="24" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="2" spans="1:415" ht="14">
+    <row r="2" spans="1:417" ht="14">
       <c r="A2" s="3">
         <v>45839</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>1077</v>
       </c>
       <c r="C2" s="4">
         <v>402365</v>
       </c>
       <c r="D2" s="4"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
       <c r="H2" s="5"/>
       <c r="I2" s="5"/>
       <c r="J2" s="5"/>
       <c r="K2" s="5"/>
       <c r="L2" s="5"/>
       <c r="M2" s="5"/>
       <c r="N2" s="5"/>
       <c r="O2" s="5"/>
       <c r="P2" s="5"/>
       <c r="Q2" s="5"/>
       <c r="R2" s="5"/>
       <c r="S2" s="5"/>
@@ -22384,605 +30970,607 @@
       </c>
       <c r="GA2" s="4">
         <v>960</v>
       </c>
       <c r="GB2" s="4">
         <v>1691</v>
       </c>
       <c r="GC2" s="4">
         <v>750</v>
       </c>
       <c r="GD2" s="4">
         <v>941</v>
       </c>
       <c r="GE2" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="GF2" s="4">
         <v>882</v>
       </c>
       <c r="GG2" s="4">
         <v>241</v>
       </c>
       <c r="GH2" s="4">
         <v>13</v>
       </c>
-      <c r="GI2" s="4">
+      <c r="GI2" s="4"/>
+      <c r="GJ2" s="4">
         <v>15</v>
       </c>
-      <c r="GJ2" s="4"/>
       <c r="GK2" s="4"/>
       <c r="GL2" s="4"/>
-      <c r="GM2" s="4">
+      <c r="GM2" s="4"/>
+      <c r="GN2" s="4">
         <v>9</v>
       </c>
-      <c r="GN2" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GO2" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="GP2" s="4"/>
-[...4 lines deleted...]
-      <c r="GS2" s="4">
+      <c r="GP2" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GQ2" s="4"/>
+      <c r="GR2" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GS2" s="4"/>
+      <c r="GT2" s="4">
         <v>28</v>
       </c>
-      <c r="GT2" s="4">
+      <c r="GU2" s="4">
         <v>7</v>
       </c>
-      <c r="GU2" s="4" t="s">
-[...2 lines deleted...]
-      <c r="GV2" s="4">
+      <c r="GV2" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GW2" s="4">
         <v>42</v>
       </c>
-      <c r="GW2" s="4" t="s">
-[...2 lines deleted...]
-      <c r="GX2" s="4"/>
+      <c r="GX2" s="4" t="s">
+        <v>1081</v>
+      </c>
       <c r="GY2" s="4"/>
-      <c r="GZ2" s="4" t="s">
-[...2 lines deleted...]
-      <c r="HA2" s="4"/>
+      <c r="GZ2" s="4"/>
+      <c r="HA2" s="4" t="s">
+        <v>1081</v>
+      </c>
       <c r="HB2" s="4"/>
       <c r="HC2" s="4"/>
-      <c r="HD2" s="4" t="s">
-[...2 lines deleted...]
-      <c r="HE2" s="4"/>
+      <c r="HD2" s="4"/>
+      <c r="HE2" s="4" t="s">
+        <v>1081</v>
+      </c>
       <c r="HF2" s="4"/>
       <c r="HG2" s="4"/>
       <c r="HH2" s="4"/>
-      <c r="HI2" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="HI2" s="4"/>
       <c r="HJ2" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="HK2" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="HL2" s="4"/>
+      <c r="HL2" s="4" t="s">
+        <v>1081</v>
+      </c>
       <c r="HM2" s="4"/>
       <c r="HN2" s="4"/>
-      <c r="HO2" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="HO2" s="4"/>
       <c r="HP2" s="4">
         <v>29</v>
       </c>
-      <c r="HQ2" s="4" t="s">
-[...2 lines deleted...]
-      <c r="HR2" s="4">
+      <c r="HQ2" s="4">
+        <v>29</v>
+      </c>
+      <c r="HR2" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HS2" s="4">
         <v>12</v>
       </c>
-      <c r="HS2" s="4">
+      <c r="HT2" s="4">
         <v>20</v>
       </c>
-      <c r="HT2" s="4">
+      <c r="HU2" s="4">
         <v>8</v>
       </c>
-      <c r="HU2" s="4" t="s">
-[...3 lines deleted...]
-      <c r="HW2" s="4">
+      <c r="HV2" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HW2" s="4"/>
+      <c r="HX2" s="4">
         <v>858</v>
       </c>
-      <c r="HX2" s="4">
+      <c r="HY2" s="4">
         <v>293</v>
       </c>
-      <c r="HY2" s="4">
+      <c r="HZ2" s="4">
         <v>23</v>
       </c>
-      <c r="HZ2" s="4" t="s">
-[...3 lines deleted...]
-      <c r="IB2" s="4">
+      <c r="IA2" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IB2" s="4"/>
+      <c r="IC2" s="4">
         <v>79</v>
       </c>
-      <c r="IC2" s="4"/>
-[...3 lines deleted...]
-      <c r="IE2" s="4"/>
+      <c r="ID2" s="4"/>
+      <c r="IE2" s="4" t="s">
+        <v>1081</v>
+      </c>
       <c r="IF2" s="4"/>
       <c r="IG2" s="4"/>
       <c r="IH2" s="4"/>
       <c r="II2" s="4"/>
       <c r="IJ2" s="4"/>
-      <c r="IK2" s="4" t="s">
-[...2 lines deleted...]
-      <c r="IL2" s="4">
+      <c r="IK2" s="4"/>
+      <c r="IL2" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM2" s="4"/>
+      <c r="IN2" s="4">
         <v>1192</v>
       </c>
-      <c r="IM2" s="4">
+      <c r="IO2" s="4">
         <v>280</v>
       </c>
-      <c r="IN2" s="4">
+      <c r="IP2" s="4">
         <v>192</v>
       </c>
-      <c r="IO2" s="4">
+      <c r="IQ2" s="4">
         <v>38</v>
       </c>
-      <c r="IP2" s="4">
+      <c r="IR2" s="4">
         <v>94</v>
       </c>
-      <c r="IQ2" s="4">
+      <c r="IS2" s="4">
         <v>68</v>
       </c>
-      <c r="IR2" s="4">
+      <c r="IT2" s="4">
         <v>814</v>
       </c>
-      <c r="IS2" s="10">
+      <c r="IU2" s="10">
         <v>1.6377314814814815E-3</v>
       </c>
-      <c r="IT2" s="11">
+      <c r="IV2" s="11">
         <v>2.8472222222222223E-3</v>
       </c>
-      <c r="IU2" s="4">
+      <c r="IW2" s="4">
         <v>1547</v>
       </c>
-      <c r="IV2" s="10">
+      <c r="IX2" s="10">
         <v>3.5879629629629629E-4</v>
       </c>
-      <c r="IW2" s="11">
+      <c r="IY2" s="11">
         <v>2.7777777777777779E-3</v>
       </c>
-      <c r="IX2" s="6">
+      <c r="IZ2" s="6">
         <v>6672</v>
       </c>
-      <c r="IY2" s="12">
+      <c r="JA2" s="12">
         <v>0.18890147225368065</v>
       </c>
-      <c r="IZ2" s="13"/>
-[...6 lines deleted...]
-      <c r="JE2" s="6">
+      <c r="JB2" s="13"/>
+      <c r="JC2" s="6"/>
+      <c r="JD2" s="6"/>
+      <c r="JE2" s="12">
+        <v>0</v>
+      </c>
+      <c r="JF2" s="13"/>
+      <c r="JG2" s="6">
         <v>16</v>
       </c>
-      <c r="JF2" s="6">
+      <c r="JH2" s="6">
         <v>2581</v>
       </c>
-      <c r="JG2" s="12">
+      <c r="JI2" s="12">
         <v>6.1991476172026348E-3</v>
       </c>
-      <c r="JH2" s="4">
+      <c r="JJ2" s="4">
         <v>814</v>
       </c>
-      <c r="JI2" s="11">
+      <c r="JK2" s="11">
         <v>3.8773148148148148E-3</v>
       </c>
-      <c r="JJ2" s="11">
+      <c r="JL2" s="11">
         <v>5.2659722222222222E-3</v>
       </c>
-      <c r="JK2" s="11">
+      <c r="JM2" s="11">
         <v>1.2354236111111111E-2</v>
       </c>
-      <c r="JL2" s="6">
+      <c r="JN2" s="6">
         <v>4449</v>
       </c>
-      <c r="JM2" s="11">
+      <c r="JO2" s="11">
         <v>6.0993055555555549E-3</v>
       </c>
-      <c r="JN2" s="11">
+      <c r="JP2" s="11">
         <v>1.4406180555555556E-2</v>
       </c>
-      <c r="JO2" s="6"/>
-[...1 lines deleted...]
-      <c r="JQ2" s="11"/>
+      <c r="JQ2" s="6"/>
       <c r="JR2" s="11"/>
-      <c r="JS2" s="6">
+      <c r="JS2" s="11"/>
+      <c r="JT2" s="11"/>
+      <c r="JU2" s="6">
         <v>15180</v>
       </c>
-      <c r="JT2" s="11">
+      <c r="JV2" s="11">
         <v>5.7638888888888892E-2</v>
       </c>
-      <c r="JU2" s="11">
+      <c r="JW2" s="11">
         <v>8.487268518518519E-2</v>
       </c>
-      <c r="JV2" s="11">
+      <c r="JX2" s="11">
         <v>0.23616898148148149</v>
       </c>
-      <c r="JW2" s="6">
+      <c r="JY2" s="6">
         <v>888</v>
       </c>
-      <c r="JX2" s="11">
+      <c r="JZ2" s="11">
         <v>5.9826388888888887E-2</v>
       </c>
-      <c r="JY2" s="11">
+      <c r="KA2" s="11">
         <v>9.3518518518518515E-2</v>
       </c>
-      <c r="JZ2" s="11">
+      <c r="KB2" s="11">
         <v>0.4785300925925926</v>
       </c>
-      <c r="KA2" s="6">
+      <c r="KC2" s="6">
         <v>13743</v>
       </c>
-      <c r="KB2" s="14">
+      <c r="KD2" s="14">
         <v>0.84413883431565162</v>
       </c>
-      <c r="KC2" s="14">
+      <c r="KE2" s="14">
         <v>0.13301317034126464</v>
       </c>
-      <c r="KD2" s="14">
+      <c r="KF2" s="14">
         <v>1.7972786145674161E-2</v>
       </c>
-      <c r="KE2" s="14">
+      <c r="KG2" s="14">
         <v>4.8752091974095906E-3</v>
       </c>
-      <c r="KF2" s="6">
+      <c r="KH2" s="6">
         <v>654</v>
       </c>
-      <c r="KG2" s="6">
+      <c r="KI2" s="6">
         <v>70</v>
       </c>
-      <c r="KH2" s="6">
+      <c r="KJ2" s="6">
         <v>165</v>
       </c>
-      <c r="KI2" s="6"/>
-[...3 lines deleted...]
-      <c r="KK2" s="6">
+      <c r="KK2" s="6"/>
+      <c r="KL2" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KM2" s="6">
         <v>401</v>
       </c>
-      <c r="KL2" s="6">
+      <c r="KN2" s="6">
         <v>16</v>
       </c>
-      <c r="KM2" s="6">
+      <c r="KO2" s="6">
         <v>557</v>
       </c>
-      <c r="KN2" s="14">
+      <c r="KP2" s="14">
         <v>0.85168195718654438</v>
       </c>
-      <c r="KO2" s="15">
+      <c r="KQ2" s="15">
         <v>0.21428571428571427</v>
       </c>
-      <c r="KP2" s="8">
+      <c r="KR2" s="8">
         <v>45</v>
       </c>
-      <c r="KQ2" s="8">
+      <c r="KS2" s="8">
         <v>210</v>
       </c>
-      <c r="KR2" s="15">
+      <c r="KT2" s="15">
         <v>0.87755102040816324</v>
       </c>
-      <c r="KS2" s="8">
+      <c r="KU2" s="8">
         <v>430</v>
       </c>
-      <c r="KT2" s="8">
+      <c r="KV2" s="8">
         <v>490</v>
       </c>
-      <c r="KU2" s="15">
+      <c r="KW2" s="15">
         <v>0.90109890109890112</v>
       </c>
-      <c r="KV2" s="8">
+      <c r="KX2" s="8">
         <v>246</v>
       </c>
-      <c r="KW2" s="8">
+      <c r="KY2" s="8">
         <v>273</v>
       </c>
-      <c r="KX2" s="15">
+      <c r="KZ2" s="15">
         <v>0.98168498168498164</v>
       </c>
-      <c r="KY2" s="8">
+      <c r="LA2" s="8">
         <v>268</v>
       </c>
-      <c r="KZ2" s="15">
+      <c r="LB2" s="15">
         <v>0.76595744680851063</v>
       </c>
-      <c r="LA2" s="8">
+      <c r="LC2" s="8">
         <v>72</v>
       </c>
-      <c r="LB2" s="8">
+      <c r="LD2" s="8">
         <v>94</v>
       </c>
-      <c r="LC2" s="15"/>
-[...2 lines deleted...]
-      <c r="LF2" s="15"/>
+      <c r="LE2" s="15"/>
+      <c r="LF2" s="8"/>
       <c r="LG2" s="8"/>
-      <c r="LH2" s="8"/>
-      <c r="LI2" s="15">
+      <c r="LH2" s="15"/>
+      <c r="LI2" s="8"/>
+      <c r="LJ2" s="8"/>
+      <c r="LK2" s="15">
         <v>0.68918918918918914</v>
       </c>
-      <c r="LJ2" s="8">
+      <c r="LL2" s="8">
         <v>153</v>
       </c>
-      <c r="LK2" s="8">
+      <c r="LM2" s="8">
         <v>222</v>
       </c>
-      <c r="LL2" s="6">
+      <c r="LN2" s="6">
         <v>3728</v>
       </c>
-      <c r="LM2" s="6">
+      <c r="LO2" s="6">
         <v>2594</v>
       </c>
-      <c r="LN2" s="6">
+      <c r="LP2" s="6">
         <v>1134</v>
       </c>
-      <c r="LO2" s="16"/>
-      <c r="LP2" s="6">
+      <c r="LQ2" s="16"/>
+      <c r="LR2" s="6">
         <v>11584</v>
       </c>
-      <c r="LQ2" s="6">
+      <c r="LS2" s="6">
         <v>331</v>
       </c>
-      <c r="LR2" s="17">
+      <c r="LT2" s="17">
         <v>2.8573895027624311E-2</v>
       </c>
-      <c r="LS2" s="6">
+      <c r="LU2" s="6">
         <v>34</v>
       </c>
-      <c r="LT2" s="17">
+      <c r="LV2" s="17">
         <v>2.9350828729281767E-3</v>
       </c>
-      <c r="LU2" s="16"/>
-      <c r="LV2" s="6">
+      <c r="LW2" s="16"/>
+      <c r="LX2" s="6">
         <v>3598</v>
       </c>
-      <c r="LW2" s="6">
+      <c r="LY2" s="6">
         <v>121</v>
       </c>
-      <c r="LX2" s="17">
+      <c r="LZ2" s="17">
         <v>3.3629794330183434E-2</v>
       </c>
-      <c r="LY2" s="6" t="s">
-[...2 lines deleted...]
-      <c r="LZ2" s="17">
+      <c r="MA2" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB2" s="17">
         <v>8.3379655364091158E-4</v>
       </c>
-      <c r="MA2" s="16"/>
-      <c r="MB2" s="6">
+      <c r="MC2" s="16"/>
+      <c r="MD2" s="6">
         <v>15182</v>
       </c>
-      <c r="MC2" s="6">
+      <c r="ME2" s="6">
         <v>452</v>
       </c>
-      <c r="MD2" s="17">
+      <c r="MF2" s="17">
         <v>2.9772098537742063E-2</v>
       </c>
-      <c r="ME2" s="6">
+      <c r="MG2" s="6">
         <v>37</v>
       </c>
-      <c r="MF2" s="17">
+      <c r="MH2" s="17">
         <v>2.4370965617178239E-3</v>
       </c>
-      <c r="MG2" s="16"/>
-      <c r="MH2" s="6">
+      <c r="MI2" s="16"/>
+      <c r="MJ2" s="6">
         <v>562</v>
       </c>
-      <c r="MI2" s="6">
+      <c r="MK2" s="6">
         <v>6</v>
       </c>
-      <c r="MJ2" s="17">
+      <c r="ML2" s="17">
         <v>1.0676156583629894E-2</v>
       </c>
-      <c r="MK2" s="6"/>
-[...4 lines deleted...]
-      <c r="MN2" s="6">
+      <c r="MM2" s="6"/>
+      <c r="MN2" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO2" s="16"/>
+      <c r="MP2" s="6">
         <v>331</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MQ2" s="6"/>
       <c r="MR2" s="17">
         <v>0</v>
       </c>
-      <c r="MS2" s="16"/>
-      <c r="MT2" s="6">
+      <c r="MS2" s="6"/>
+      <c r="MT2" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU2" s="16"/>
+      <c r="MV2" s="6">
         <v>922</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MW2" s="6"/>
       <c r="MX2" s="17">
         <v>0</v>
       </c>
-      <c r="MY2" s="6">
+      <c r="MY2" s="6"/>
+      <c r="MZ2" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA2" s="6">
         <v>12967</v>
       </c>
-      <c r="MZ2" s="6">
+      <c r="NB2" s="6">
         <v>20281</v>
       </c>
-      <c r="NA2" s="18">
+      <c r="NC2" s="18">
         <v>0.63936689512351463</v>
       </c>
-      <c r="NB2" s="6">
+      <c r="ND2" s="6">
         <v>14818</v>
       </c>
-      <c r="NC2" s="6">
+      <c r="NE2" s="6">
         <v>13399</v>
       </c>
-      <c r="ND2" s="6">
+      <c r="NF2" s="6">
         <v>757</v>
       </c>
-      <c r="NE2" s="6">
+      <c r="NG2" s="6">
         <v>433</v>
       </c>
-      <c r="NF2" s="6">
+      <c r="NH2" s="6">
         <v>229</v>
       </c>
-      <c r="NG2" s="18">
+      <c r="NI2" s="18">
         <v>0.25169753086419755</v>
       </c>
-      <c r="NH2" s="6">
+      <c r="NJ2" s="6">
         <v>3262</v>
       </c>
-      <c r="NI2" s="6">
+      <c r="NK2" s="6">
         <v>12960</v>
       </c>
-      <c r="NJ2" s="13"/>
-      <c r="NK2" s="18">
+      <c r="NL2" s="13"/>
+      <c r="NM2" s="18">
         <v>0.25145508887840179</v>
       </c>
-      <c r="NL2" s="6">
+      <c r="NN2" s="6">
         <v>3197</v>
       </c>
-      <c r="NM2" s="6">
+      <c r="NO2" s="6">
         <v>12714</v>
       </c>
-      <c r="NN2" s="18">
+      <c r="NP2" s="18">
         <v>0.15384615384615385</v>
       </c>
-      <c r="NO2" s="6" t="s">
-[...2 lines deleted...]
-      <c r="NP2" s="6">
+      <c r="NQ2" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NR2" s="6">
         <v>13</v>
       </c>
-      <c r="NQ2" s="18">
+      <c r="NS2" s="18">
         <v>0.27038626609442062</v>
       </c>
-      <c r="NR2" s="6">
+      <c r="NT2" s="6">
         <v>63</v>
       </c>
-      <c r="NS2" s="6">
+      <c r="NU2" s="6">
         <v>233</v>
       </c>
-      <c r="NT2" s="18">
-[...4 lines deleted...]
-      <c r="NW2" s="6">
+      <c r="NV2" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW2" s="6"/>
+      <c r="NX2" s="6"/>
+      <c r="NY2" s="6">
         <v>12560.419656</v>
       </c>
-      <c r="NX2" s="6">
+      <c r="NZ2" s="6">
         <v>12346.716613999999</v>
       </c>
-      <c r="NY2" s="6">
+      <c r="OA2" s="6">
         <v>6.9402749999999997</v>
       </c>
-      <c r="NZ2" s="6">
+      <c r="OB2" s="6">
         <v>206.76276700000003</v>
       </c>
-      <c r="OA2" s="6"/>
-      <c r="OB2" s="18">
+      <c r="OC2" s="6"/>
+      <c r="OD2" s="18">
         <v>0.77631172839506168</v>
       </c>
-      <c r="OC2" s="6">
+      <c r="OE2" s="6">
         <v>10061</v>
       </c>
-      <c r="OD2" s="6">
+      <c r="OF2" s="6">
         <v>12960</v>
       </c>
-      <c r="OE2" s="16"/>
-      <c r="OF2" s="18">
+      <c r="OG2" s="16"/>
+      <c r="OH2" s="18">
         <v>0.77599496617901531</v>
       </c>
-      <c r="OG2" s="6">
+      <c r="OI2" s="6">
         <v>9866</v>
       </c>
-      <c r="OH2" s="6">
+      <c r="OJ2" s="6">
         <v>12714</v>
       </c>
-      <c r="OI2" s="18">
+      <c r="OK2" s="18">
         <v>1</v>
       </c>
-      <c r="OJ2" s="6">
+      <c r="OL2" s="6">
         <v>13</v>
       </c>
-      <c r="OK2" s="6">
+      <c r="OM2" s="6">
         <v>13</v>
       </c>
-      <c r="OL2" s="18">
+      <c r="ON2" s="18">
         <v>0.7811158798283262</v>
       </c>
-      <c r="OM2" s="6">
+      <c r="OO2" s="6">
         <v>182</v>
       </c>
-      <c r="ON2" s="6">
+      <c r="OP2" s="6">
         <v>233</v>
       </c>
-      <c r="OO2" s="18">
-[...4 lines deleted...]
-      <c r="OR2" s="6">
+      <c r="OQ2" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR2" s="6"/>
+      <c r="OS2" s="6"/>
+      <c r="OT2" s="6">
         <v>1227</v>
       </c>
-      <c r="OS2" s="6">
+      <c r="OU2" s="6">
         <v>14818</v>
       </c>
-      <c r="OT2" s="12">
+      <c r="OV2" s="12">
         <v>8.2804696990147114E-2</v>
       </c>
-      <c r="OU2" s="6">
+      <c r="OW2" s="6">
         <v>422.73696499999994</v>
       </c>
-      <c r="OV2" s="6">
+      <c r="OX2" s="6">
         <v>417.31725599999993</v>
       </c>
-      <c r="OW2" s="6"/>
-[...2 lines deleted...]
-      </c>
       <c r="OY2" s="6"/>
+      <c r="OZ2" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="PA2" s="6"/>
     </row>
-    <row r="3" spans="1:415" ht="14">
+    <row r="3" spans="1:417" ht="14">
       <c r="A3" s="3">
         <v>45839</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="19"/>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="4"/>
       <c r="O3" s="4"/>
       <c r="P3" s="4"/>
       <c r="Q3" s="4"/>
       <c r="R3" s="4"/>
       <c r="S3" s="4"/>
       <c r="T3" s="4"/>
       <c r="U3" s="4"/>
@@ -23229,581 +31817,583 @@
       <c r="FZ3" s="4">
         <v>82</v>
       </c>
       <c r="GA3" s="4">
         <v>143</v>
       </c>
       <c r="GB3" s="4">
         <v>315</v>
       </c>
       <c r="GC3" s="4">
         <v>168</v>
       </c>
       <c r="GD3" s="4">
         <v>292</v>
       </c>
       <c r="GE3" s="4"/>
       <c r="GF3" s="4">
         <v>102</v>
       </c>
       <c r="GG3" s="4">
         <v>70</v>
       </c>
       <c r="GH3" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="GI3" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="GI3" s="4"/>
       <c r="GJ3" s="4" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="GK3" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="GL3" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="GM3" s="4" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
       <c r="GN3" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="GO3" s="4"/>
-      <c r="GP3" s="4" t="s">
+      <c r="GO3" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GP3" s="4"/>
+      <c r="GQ3" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GQ3" s="4"/>
-      <c r="GR3" s="4" t="s">
+      <c r="GR3" s="4"/>
+      <c r="GS3" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GS3" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GT3" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="GU3" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="GV3" s="4">
+      <c r="GV3" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GW3" s="4">
         <v>8</v>
       </c>
-      <c r="GW3" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="GX3" s="4"/>
       <c r="GY3" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GZ3" s="4"/>
-      <c r="HA3" s="4" t="s">
+      <c r="GZ3" s="4" t="s">
         <v>1076</v>
       </c>
+      <c r="HA3" s="4"/>
       <c r="HB3" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HC3" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HD3" s="4"/>
-      <c r="HE3" s="4" t="s">
+      <c r="HD3" s="4" t="s">
         <v>1076</v>
       </c>
+      <c r="HE3" s="4"/>
       <c r="HF3" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HG3" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HH3" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HI3" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="HI3" s="4" t="s">
+        <v>1076</v>
+      </c>
+      <c r="HJ3" s="4"/>
       <c r="HK3" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="HL3" s="4"/>
+      <c r="HL3" s="4" t="s">
+        <v>1081</v>
+      </c>
       <c r="HM3" s="4"/>
       <c r="HN3" s="4"/>
-      <c r="HO3" s="4">
+      <c r="HO3" s="4"/>
+      <c r="HP3" s="4">
         <v>7</v>
       </c>
-      <c r="HP3" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HQ3" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="HR3" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="HS3" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="HT3" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="HU3" s="4"/>
-      <c r="HV3" s="4" t="s">
+      <c r="HU3" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HV3" s="4"/>
+      <c r="HW3" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HW3" s="4">
+      <c r="HX3" s="4">
         <v>169</v>
       </c>
-      <c r="HX3" s="4">
+      <c r="HY3" s="4">
         <v>58</v>
       </c>
-      <c r="HY3" s="4">
+      <c r="HZ3" s="4">
         <v>7</v>
       </c>
-      <c r="HZ3" s="4"/>
-      <c r="IA3" s="4" t="s">
+      <c r="IA3" s="4"/>
+      <c r="IB3" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="IB3" s="4">
+      <c r="IC3" s="4">
         <v>6</v>
       </c>
-      <c r="IC3" s="4" t="s">
+      <c r="ID3" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="ID3" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="IE3" s="4" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="IF3" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IG3" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IH3" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="II3" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IJ3" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IK3" s="4" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="IL3" s="4">
+        <v>1076</v>
+      </c>
+      <c r="IL3" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM3" s="4"/>
+      <c r="IN3" s="4">
         <v>214</v>
       </c>
-      <c r="IM3" s="4">
+      <c r="IO3" s="4">
         <v>51</v>
       </c>
-      <c r="IN3" s="4">
+      <c r="IP3" s="4">
         <v>39</v>
       </c>
-      <c r="IO3" s="4">
+      <c r="IQ3" s="4">
         <v>11</v>
       </c>
-      <c r="IP3" s="4">
+      <c r="IR3" s="4">
         <v>12</v>
       </c>
-      <c r="IQ3" s="4">
+      <c r="IS3" s="4">
         <v>14</v>
       </c>
-      <c r="IR3" s="4">
+      <c r="IT3" s="4">
         <v>151</v>
       </c>
-      <c r="IS3" s="20">
+      <c r="IU3" s="20">
         <v>1.5509259259259259E-3</v>
       </c>
-      <c r="IT3" s="10">
+      <c r="IV3" s="10">
         <v>3.414351851851852E-3</v>
       </c>
-      <c r="IU3" s="4">
+      <c r="IW3" s="4">
         <v>304</v>
       </c>
-      <c r="IV3" s="20">
+      <c r="IX3" s="20">
         <v>3.7037037037037035E-4</v>
       </c>
-      <c r="IW3" s="10">
+      <c r="IY3" s="10">
         <v>2.8009259259259259E-3</v>
       </c>
-      <c r="IX3" s="4">
+      <c r="IZ3" s="4">
         <v>1266</v>
       </c>
-      <c r="IY3" s="12">
+      <c r="JA3" s="12">
         <v>0.19097903152813395</v>
       </c>
-      <c r="IZ3" s="13"/>
-[...6 lines deleted...]
-      <c r="JE3" s="6">
+      <c r="JB3" s="13"/>
+      <c r="JC3" s="6"/>
+      <c r="JD3" s="8"/>
+      <c r="JE3" s="12">
+        <v>0</v>
+      </c>
+      <c r="JF3" s="13"/>
+      <c r="JG3" s="6">
         <v>6</v>
       </c>
-      <c r="JF3" s="6">
+      <c r="JH3" s="6">
         <v>541</v>
       </c>
-      <c r="JG3" s="12">
+      <c r="JI3" s="12">
         <v>1.1090573012939002E-2</v>
       </c>
-      <c r="JH3" s="4">
+      <c r="JJ3" s="4">
         <v>151</v>
       </c>
-      <c r="JI3" s="11">
+      <c r="JK3" s="11">
         <v>4.0625000000000001E-3</v>
       </c>
-      <c r="JJ3" s="11">
+      <c r="JL3" s="11">
         <v>4.8263888888888887E-3</v>
       </c>
-      <c r="JK3" s="11">
+      <c r="JM3" s="11">
         <v>9.5604166666666667E-3</v>
       </c>
-      <c r="JL3" s="4">
+      <c r="JN3" s="4">
         <v>813</v>
       </c>
-      <c r="JM3" s="11">
+      <c r="JO3" s="11">
         <v>5.7756944444444444E-3</v>
       </c>
-      <c r="JN3" s="11">
+      <c r="JP3" s="11">
         <v>1.219236111111111E-2</v>
       </c>
-      <c r="JO3" s="4"/>
-[...1 lines deleted...]
-      <c r="JQ3" s="11"/>
+      <c r="JQ3" s="4"/>
       <c r="JR3" s="11"/>
-      <c r="JS3" s="4">
+      <c r="JS3" s="11"/>
+      <c r="JT3" s="11"/>
+      <c r="JU3" s="4">
         <v>2805</v>
       </c>
-      <c r="JT3" s="11">
+      <c r="JV3" s="11">
         <v>6.4004629629629634E-2</v>
       </c>
-      <c r="JU3" s="11">
+      <c r="JW3" s="11">
         <v>9.3379629629629632E-2</v>
       </c>
-      <c r="JV3" s="11">
+      <c r="JX3" s="11">
         <v>0.23820601851851853</v>
       </c>
-      <c r="JW3" s="4">
+      <c r="JY3" s="4">
         <v>152</v>
       </c>
-      <c r="JX3" s="11">
+      <c r="JZ3" s="11">
         <v>7.1099537037037031E-2</v>
       </c>
-      <c r="JY3" s="11">
+      <c r="KA3" s="11">
         <v>0.12782407407407406</v>
       </c>
-      <c r="JZ3" s="11">
+      <c r="KB3" s="11">
         <v>0.66131944444444446</v>
       </c>
-      <c r="KA3" s="6">
+      <c r="KC3" s="6">
         <v>2698</v>
       </c>
-      <c r="KB3" s="14">
+      <c r="KD3" s="14">
         <v>0.83617494440326168</v>
       </c>
-      <c r="KC3" s="14">
+      <c r="KE3" s="14">
         <v>0.14232765011119347</v>
       </c>
-      <c r="KD3" s="14">
+      <c r="KF3" s="14">
         <v>1.8902891030392884E-2</v>
       </c>
-      <c r="KE3" s="14">
+      <c r="KG3" s="14">
         <v>2.5945144551519643E-3</v>
       </c>
-      <c r="KF3" s="8">
+      <c r="KH3" s="8">
         <v>62</v>
       </c>
-      <c r="KG3" s="6" t="s">
-[...2 lines deleted...]
-      <c r="KH3" s="6">
+      <c r="KI3" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KJ3" s="6">
         <v>22</v>
       </c>
-      <c r="KI3" s="6"/>
-[...1 lines deleted...]
-      <c r="KK3" s="6">
+      <c r="KK3" s="6"/>
+      <c r="KL3" s="6"/>
+      <c r="KM3" s="6">
         <v>38</v>
       </c>
-      <c r="KL3" s="6" t="s">
-[...2 lines deleted...]
-      <c r="KM3" s="6">
+      <c r="KN3" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KO3" s="6">
         <v>54</v>
       </c>
-      <c r="KN3" s="18">
+      <c r="KP3" s="18">
         <v>0.87096774193548387</v>
       </c>
-      <c r="KO3" s="21"/>
-      <c r="KP3" s="21"/>
       <c r="KQ3" s="21"/>
       <c r="KR3" s="21"/>
       <c r="KS3" s="21"/>
       <c r="KT3" s="21"/>
       <c r="KU3" s="21"/>
       <c r="KV3" s="21"/>
       <c r="KW3" s="21"/>
       <c r="KX3" s="21"/>
       <c r="KY3" s="21"/>
       <c r="KZ3" s="21"/>
       <c r="LA3" s="21"/>
       <c r="LB3" s="21"/>
       <c r="LC3" s="21"/>
       <c r="LD3" s="21"/>
       <c r="LE3" s="21"/>
       <c r="LF3" s="21"/>
       <c r="LG3" s="21"/>
       <c r="LH3" s="21"/>
       <c r="LI3" s="21"/>
       <c r="LJ3" s="21"/>
       <c r="LK3" s="21"/>
-      <c r="LL3" s="6">
+      <c r="LL3" s="21"/>
+      <c r="LM3" s="21"/>
+      <c r="LN3" s="6">
         <v>789</v>
       </c>
-      <c r="LM3" s="6">
+      <c r="LO3" s="6">
         <v>543</v>
       </c>
-      <c r="LN3" s="6">
+      <c r="LP3" s="6">
         <v>246</v>
       </c>
-      <c r="LO3" s="16"/>
-      <c r="LP3" s="6">
+      <c r="LQ3" s="16"/>
+      <c r="LR3" s="6">
         <v>2123</v>
       </c>
-      <c r="LQ3" s="6">
+      <c r="LS3" s="6">
         <v>47</v>
       </c>
-      <c r="LR3" s="17">
+      <c r="LT3" s="17">
         <v>2.2138483278379653E-2</v>
       </c>
-      <c r="LS3" s="6" t="s">
-[...2 lines deleted...]
-      <c r="LT3" s="17">
+      <c r="LU3" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="LV3" s="17">
         <v>4.7103155911446069E-4</v>
       </c>
-      <c r="LU3" s="16"/>
-      <c r="LV3" s="6">
+      <c r="LW3" s="16"/>
+      <c r="LX3" s="6">
         <v>682</v>
       </c>
-      <c r="LW3" s="6">
+      <c r="LY3" s="6">
         <v>15</v>
       </c>
-      <c r="LX3" s="17">
+      <c r="LZ3" s="17">
         <v>2.1994134897360705E-2</v>
       </c>
-      <c r="LY3" s="6"/>
-[...4 lines deleted...]
-      <c r="MB3" s="6">
+      <c r="MA3" s="6"/>
+      <c r="MB3" s="17">
+        <v>0</v>
+      </c>
+      <c r="MC3" s="16"/>
+      <c r="MD3" s="6">
         <v>2805</v>
       </c>
-      <c r="MC3" s="6">
+      <c r="ME3" s="6">
         <v>62</v>
       </c>
-      <c r="MD3" s="17">
+      <c r="MF3" s="17">
         <v>2.2103386809269161E-2</v>
       </c>
-      <c r="ME3" s="6" t="s">
-[...2 lines deleted...]
-      <c r="MF3" s="17">
+      <c r="MG3" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MH3" s="17">
         <v>3.5650623885918003E-4</v>
       </c>
-      <c r="MG3" s="16"/>
-      <c r="MH3" s="6">
+      <c r="MI3" s="16"/>
+      <c r="MJ3" s="6">
         <v>99</v>
       </c>
-      <c r="MI3" s="6" t="s">
-[...2 lines deleted...]
-      <c r="MJ3" s="17">
+      <c r="MK3" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ML3" s="17">
         <v>1.0101010101010102E-2</v>
       </c>
-      <c r="MK3" s="6"/>
-[...4 lines deleted...]
-      <c r="MN3" s="6">
+      <c r="MM3" s="6"/>
+      <c r="MN3" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO3" s="16"/>
+      <c r="MP3" s="6">
         <v>53</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MQ3" s="6"/>
       <c r="MR3" s="17">
         <v>0</v>
       </c>
-      <c r="MS3" s="16"/>
-      <c r="MT3" s="6">
+      <c r="MS3" s="6"/>
+      <c r="MT3" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU3" s="16"/>
+      <c r="MV3" s="6">
         <v>294</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MW3" s="6"/>
       <c r="MX3" s="17">
         <v>0</v>
       </c>
-      <c r="MY3" s="6">
+      <c r="MY3" s="6"/>
+      <c r="MZ3" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA3" s="6">
         <v>2335</v>
       </c>
-      <c r="MZ3" s="6">
+      <c r="NB3" s="6">
         <v>3797</v>
       </c>
-      <c r="NA3" s="18">
+      <c r="NC3" s="18">
         <v>0.61495917829865687</v>
       </c>
-      <c r="NB3" s="6">
+      <c r="ND3" s="6">
         <v>2727</v>
       </c>
-      <c r="NC3" s="6">
+      <c r="NE3" s="6">
         <v>2022</v>
       </c>
-      <c r="ND3" s="6">
+      <c r="NF3" s="6">
         <v>675</v>
       </c>
-      <c r="NE3" s="6"/>
-      <c r="NF3" s="6">
+      <c r="NG3" s="6"/>
+      <c r="NH3" s="6">
         <v>30</v>
       </c>
-      <c r="NG3" s="18">
+      <c r="NI3" s="18">
         <v>0.22320899940793368</v>
       </c>
-      <c r="NH3" s="6">
+      <c r="NJ3" s="6">
         <v>377</v>
       </c>
-      <c r="NI3" s="6">
+      <c r="NK3" s="6">
         <v>1689</v>
       </c>
-      <c r="NJ3" s="13"/>
-      <c r="NK3" s="18">
+      <c r="NL3" s="13"/>
+      <c r="NM3" s="18">
         <v>0.22347362181387079</v>
       </c>
-      <c r="NL3" s="6">
+      <c r="NN3" s="6">
         <v>377</v>
       </c>
-      <c r="NM3" s="6">
+      <c r="NO3" s="6">
         <v>1687</v>
       </c>
-      <c r="NN3" s="18">
-[...13 lines deleted...]
-      </c>
+      <c r="NP3" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ3" s="6"/>
+      <c r="NR3" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NS3" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT3" s="6"/>
       <c r="NU3" s="6"/>
-      <c r="NV3" s="6"/>
-      <c r="NW3" s="6">
+      <c r="NV3" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW3" s="6"/>
+      <c r="NX3" s="6"/>
+      <c r="NY3" s="6">
         <v>2092.5571870000003</v>
       </c>
-      <c r="NX3" s="6">
+      <c r="NZ3" s="6">
         <v>2088.8199650000001</v>
       </c>
-      <c r="NY3" s="6" t="s">
-[...4 lines deleted...]
-      <c r="OB3" s="18">
+      <c r="OA3" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OB3" s="6"/>
+      <c r="OC3" s="6"/>
+      <c r="OD3" s="18">
         <v>0.69923031379514511</v>
       </c>
-      <c r="OC3" s="6">
+      <c r="OE3" s="6">
         <v>1181</v>
       </c>
-      <c r="OD3" s="6">
+      <c r="OF3" s="6">
         <v>1689</v>
       </c>
-      <c r="OE3" s="16"/>
-      <c r="OF3" s="18">
+      <c r="OG3" s="16"/>
+      <c r="OH3" s="18">
         <v>0.69887374036751626</v>
       </c>
-      <c r="OG3" s="6">
+      <c r="OI3" s="6">
         <v>1179</v>
       </c>
-      <c r="OH3" s="6">
+      <c r="OJ3" s="6">
         <v>1687</v>
       </c>
-      <c r="OI3" s="18">
+      <c r="OK3" s="18">
         <v>1</v>
       </c>
-      <c r="OJ3" s="6" t="s">
-[...12 lines deleted...]
-      </c>
+      <c r="OL3" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OM3" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ON3" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO3" s="6"/>
       <c r="OP3" s="6"/>
-      <c r="OQ3" s="8"/>
-      <c r="OR3" s="6">
+      <c r="OQ3" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR3" s="6"/>
+      <c r="OS3" s="8"/>
+      <c r="OT3" s="6">
         <v>263</v>
       </c>
-      <c r="OS3" s="6">
+      <c r="OU3" s="6">
         <v>2727</v>
       </c>
-      <c r="OT3" s="12">
+      <c r="OV3" s="12">
         <v>9.6442977631096438E-2</v>
       </c>
-      <c r="OU3" s="6">
+      <c r="OW3" s="6">
         <v>90.84552699999999</v>
       </c>
-      <c r="OV3" s="6">
+      <c r="OX3" s="6">
         <v>90.84552699999999</v>
       </c>
-      <c r="OW3" s="6"/>
-      <c r="OX3" s="6"/>
       <c r="OY3" s="6"/>
+      <c r="OZ3" s="6"/>
+      <c r="PA3" s="6"/>
     </row>
-    <row r="4" spans="1:415" ht="14">
+    <row r="4" spans="1:417" ht="14">
       <c r="A4" s="3">
         <v>45839</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="19"/>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="4"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
       <c r="P4" s="4"/>
       <c r="Q4" s="4"/>
       <c r="R4" s="4"/>
       <c r="S4" s="4"/>
       <c r="T4" s="4"/>
       <c r="U4" s="4"/>
@@ -24056,571 +32646,573 @@
       </c>
       <c r="GA4" s="4">
         <v>262</v>
       </c>
       <c r="GB4" s="4">
         <v>416</v>
       </c>
       <c r="GC4" s="4">
         <v>250</v>
       </c>
       <c r="GD4" s="4">
         <v>161</v>
       </c>
       <c r="GE4" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="GF4" s="4">
         <v>226</v>
       </c>
       <c r="GG4" s="4">
         <v>32</v>
       </c>
       <c r="GH4" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="GI4" s="4">
+      <c r="GI4" s="4"/>
+      <c r="GJ4" s="4">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>1076</v>
       </c>
       <c r="GK4" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="GL4" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="GM4" s="4" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="GN4" s="4"/>
+        <v>1076</v>
+      </c>
+      <c r="GN4" s="4" t="s">
+        <v>1081</v>
+      </c>
       <c r="GO4" s="4"/>
-      <c r="GP4" s="4" t="s">
+      <c r="GP4" s="4"/>
+      <c r="GQ4" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GQ4" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GR4" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GS4" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GS4" s="4">
+      <c r="GT4" s="4">
         <v>10</v>
       </c>
-      <c r="GT4" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GU4" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="GV4" s="4">
+      <c r="GV4" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GW4" s="4">
         <v>8</v>
       </c>
-      <c r="GW4" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GX4" s="4" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="GY4" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="GZ4" s="4" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
       <c r="HA4" s="4" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="HB4" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HC4" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HD4" s="4" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
       <c r="HE4" s="4" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="HF4" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HG4" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HH4" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HI4" s="4"/>
+      <c r="HI4" s="4" t="s">
+        <v>1076</v>
+      </c>
       <c r="HJ4" s="4"/>
-      <c r="HK4" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="HK4" s="4"/>
       <c r="HL4" s="4" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="HM4" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HN4" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HO4" s="4">
+      <c r="HO4" s="4" t="s">
+        <v>1076</v>
+      </c>
+      <c r="HP4" s="4">
         <v>12</v>
       </c>
-      <c r="HP4" s="4">
+      <c r="HQ4" s="4">
         <v>10</v>
       </c>
-      <c r="HQ4" s="4"/>
       <c r="HR4" s="4"/>
       <c r="HS4" s="4"/>
       <c r="HT4" s="4"/>
       <c r="HU4" s="4"/>
-      <c r="HV4" s="4" t="s">
+      <c r="HV4" s="4"/>
+      <c r="HW4" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HW4" s="4">
+      <c r="HX4" s="4">
         <v>208</v>
       </c>
-      <c r="HX4" s="4">
+      <c r="HY4" s="4">
         <v>117</v>
       </c>
-      <c r="HY4" s="4" t="s">
-[...3 lines deleted...]
-      <c r="IA4" s="4" t="s">
+      <c r="HZ4" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IA4" s="4"/>
+      <c r="IB4" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="IB4" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="IC4" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ID4" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="ID4" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="IE4" s="4"/>
       <c r="IF4" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IG4" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IH4" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="II4" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IJ4" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="IK4" s="4"/>
-      <c r="IL4" s="4">
+      <c r="IK4" s="4" t="s">
+        <v>1076</v>
+      </c>
+      <c r="IL4" s="4"/>
+      <c r="IM4" s="4"/>
+      <c r="IN4" s="4">
         <v>278</v>
       </c>
-      <c r="IM4" s="4">
+      <c r="IO4" s="4">
         <v>63</v>
       </c>
-      <c r="IN4" s="4">
+      <c r="IP4" s="4">
         <v>45</v>
       </c>
-      <c r="IO4" s="4">
+      <c r="IQ4" s="4">
         <v>10</v>
       </c>
-      <c r="IP4" s="4">
+      <c r="IR4" s="4">
         <v>27</v>
       </c>
-      <c r="IQ4" s="4" t="s">
-[...2 lines deleted...]
-      <c r="IR4" s="4">
+      <c r="IS4" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IT4" s="4">
         <v>172</v>
       </c>
-      <c r="IS4" s="20">
+      <c r="IU4" s="20">
         <v>1.6319444444444445E-3</v>
       </c>
-      <c r="IT4" s="10">
+      <c r="IV4" s="10">
         <v>2.8472222222222223E-3</v>
       </c>
-      <c r="IU4" s="4">
+      <c r="IW4" s="4">
         <v>361</v>
       </c>
-      <c r="IV4" s="20">
+      <c r="IX4" s="20">
         <v>2.8935185185185184E-4</v>
       </c>
-      <c r="IW4" s="10">
+      <c r="IY4" s="10">
         <v>2.6967592592592594E-3</v>
       </c>
-      <c r="IX4" s="4">
+      <c r="IZ4" s="4">
         <v>1639</v>
       </c>
-      <c r="IY4" s="12">
+      <c r="JA4" s="12">
         <v>0.181888802574631</v>
       </c>
-      <c r="IZ4" s="13"/>
-[...9 lines deleted...]
-      <c r="JF4" s="6">
+      <c r="JB4" s="13"/>
+      <c r="JC4" s="6"/>
+      <c r="JD4" s="8"/>
+      <c r="JE4" s="12">
+        <v>0</v>
+      </c>
+      <c r="JF4" s="13"/>
+      <c r="JG4" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH4" s="6">
         <v>760</v>
       </c>
-      <c r="JG4" s="12">
+      <c r="JI4" s="12">
         <v>2.631578947368421E-3</v>
       </c>
-      <c r="JH4" s="4">
+      <c r="JJ4" s="4">
         <v>172</v>
       </c>
-      <c r="JI4" s="11">
+      <c r="JK4" s="11">
         <v>3.1828703703703702E-3</v>
       </c>
-      <c r="JJ4" s="11">
+      <c r="JL4" s="11">
         <v>5.2548611111111112E-3</v>
       </c>
-      <c r="JK4" s="11">
+      <c r="JM4" s="11">
         <v>1.3090138888888887E-2</v>
       </c>
-      <c r="JL4" s="4">
+      <c r="JN4" s="4">
         <v>1056</v>
       </c>
-      <c r="JM4" s="11">
+      <c r="JO4" s="11">
         <v>6.0881944444444438E-3</v>
       </c>
-      <c r="JN4" s="11">
+      <c r="JP4" s="11">
         <v>1.5631805555555555E-2</v>
       </c>
-      <c r="JO4" s="4"/>
-[...1 lines deleted...]
-      <c r="JQ4" s="11"/>
+      <c r="JQ4" s="4"/>
       <c r="JR4" s="11"/>
-      <c r="JS4" s="4">
+      <c r="JS4" s="11"/>
+      <c r="JT4" s="11"/>
+      <c r="JU4" s="4">
         <v>4050</v>
       </c>
-      <c r="JT4" s="11">
+      <c r="JV4" s="11">
         <v>5.289351851851852E-2</v>
       </c>
-      <c r="JU4" s="11">
+      <c r="JW4" s="11">
         <v>7.8472222222222221E-2</v>
       </c>
-      <c r="JV4" s="11">
+      <c r="JX4" s="11">
         <v>0.23386574074074074</v>
       </c>
-      <c r="JW4" s="4">
+      <c r="JY4" s="4">
         <v>244</v>
       </c>
-      <c r="JX4" s="11">
+      <c r="JZ4" s="11">
         <v>5.0381944444444444E-2</v>
       </c>
-      <c r="JY4" s="11">
+      <c r="KA4" s="11">
         <v>8.5347222222222227E-2</v>
       </c>
-      <c r="JZ4" s="11">
+      <c r="KB4" s="11">
         <v>0.40704861111111112</v>
       </c>
-      <c r="KA4" s="6">
+      <c r="KC4" s="6">
         <v>3526</v>
       </c>
-      <c r="KB4" s="14">
+      <c r="KD4" s="14">
         <v>0.82586500283607489</v>
       </c>
-      <c r="KC4" s="14">
+      <c r="KE4" s="14">
         <v>0.14237095859330687</v>
       </c>
-      <c r="KD4" s="14">
+      <c r="KF4" s="14">
         <v>2.4957458876914352E-2</v>
       </c>
-      <c r="KE4" s="14">
+      <c r="KG4" s="14">
         <v>6.8065796937039139E-3</v>
       </c>
-      <c r="KF4" s="8">
+      <c r="KH4" s="8">
         <v>212</v>
       </c>
-      <c r="KG4" s="6">
+      <c r="KI4" s="6">
         <v>8</v>
       </c>
-      <c r="KH4" s="6">
+      <c r="KJ4" s="6">
         <v>30</v>
       </c>
-      <c r="KI4" s="6"/>
-[...1 lines deleted...]
-      <c r="KK4" s="6">
+      <c r="KK4" s="6"/>
+      <c r="KL4" s="6"/>
+      <c r="KM4" s="6">
         <v>166</v>
       </c>
-      <c r="KL4" s="6">
+      <c r="KN4" s="6">
         <v>8</v>
       </c>
-      <c r="KM4" s="6">
+      <c r="KO4" s="6">
         <v>194</v>
       </c>
-      <c r="KN4" s="18">
+      <c r="KP4" s="18">
         <v>0.91509433962264153</v>
       </c>
-      <c r="KO4" s="21"/>
-      <c r="KP4" s="21"/>
       <c r="KQ4" s="21"/>
       <c r="KR4" s="21"/>
       <c r="KS4" s="21"/>
       <c r="KT4" s="21"/>
       <c r="KU4" s="21"/>
       <c r="KV4" s="21"/>
       <c r="KW4" s="21"/>
       <c r="KX4" s="21"/>
       <c r="KY4" s="21"/>
       <c r="KZ4" s="21"/>
       <c r="LA4" s="21"/>
       <c r="LB4" s="21"/>
       <c r="LC4" s="21"/>
       <c r="LD4" s="21"/>
       <c r="LE4" s="21"/>
       <c r="LF4" s="21"/>
       <c r="LG4" s="21"/>
       <c r="LH4" s="21"/>
       <c r="LI4" s="21"/>
       <c r="LJ4" s="21"/>
       <c r="LK4" s="21"/>
-      <c r="LL4" s="6">
+      <c r="LL4" s="21"/>
+      <c r="LM4" s="21"/>
+      <c r="LN4" s="6">
         <v>1042</v>
       </c>
-      <c r="LM4" s="6">
+      <c r="LO4" s="6">
         <v>767</v>
       </c>
-      <c r="LN4" s="6">
+      <c r="LP4" s="6">
         <v>275</v>
       </c>
-      <c r="LO4" s="16"/>
-      <c r="LP4" s="6">
+      <c r="LQ4" s="16"/>
+      <c r="LR4" s="6">
         <v>3031</v>
       </c>
-      <c r="LQ4" s="6">
+      <c r="LS4" s="6">
         <v>127</v>
       </c>
-      <c r="LR4" s="17">
+      <c r="LT4" s="17">
         <v>4.1900362916529196E-2</v>
       </c>
-      <c r="LS4" s="6">
+      <c r="LU4" s="6">
         <v>7</v>
       </c>
-      <c r="LT4" s="17">
+      <c r="LV4" s="17">
         <v>2.3094688221709007E-3</v>
       </c>
-      <c r="LU4" s="16"/>
-      <c r="LV4" s="6">
+      <c r="LW4" s="16"/>
+      <c r="LX4" s="6">
         <v>1019</v>
       </c>
-      <c r="LW4" s="6">
+      <c r="LY4" s="6">
         <v>54</v>
       </c>
-      <c r="LX4" s="17">
+      <c r="LZ4" s="17">
         <v>5.2993130520117761E-2</v>
       </c>
-      <c r="LY4" s="6"/>
-[...4 lines deleted...]
-      <c r="MB4" s="6">
+      <c r="MA4" s="6"/>
+      <c r="MB4" s="17">
+        <v>0</v>
+      </c>
+      <c r="MC4" s="16"/>
+      <c r="MD4" s="6">
         <v>4050</v>
       </c>
-      <c r="MC4" s="6">
+      <c r="ME4" s="6">
         <v>181</v>
       </c>
-      <c r="MD4" s="17">
+      <c r="MF4" s="17">
         <v>4.4691358024691361E-2</v>
       </c>
-      <c r="ME4" s="6">
+      <c r="MG4" s="6">
         <v>7</v>
       </c>
-      <c r="MF4" s="17">
+      <c r="MH4" s="17">
         <v>1.7283950617283952E-3</v>
       </c>
-      <c r="MG4" s="16"/>
-      <c r="MH4" s="6">
+      <c r="MI4" s="16"/>
+      <c r="MJ4" s="6">
         <v>164</v>
       </c>
-      <c r="MI4" s="6" t="s">
-[...2 lines deleted...]
-      <c r="MJ4" s="17">
+      <c r="MK4" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ML4" s="17">
         <v>1.8292682926829267E-2</v>
       </c>
-      <c r="MK4" s="6"/>
-[...4 lines deleted...]
-      <c r="MN4" s="6">
+      <c r="MM4" s="6"/>
+      <c r="MN4" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO4" s="16"/>
+      <c r="MP4" s="6">
         <v>82</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MQ4" s="6"/>
       <c r="MR4" s="17">
         <v>0</v>
       </c>
-      <c r="MS4" s="16"/>
-      <c r="MT4" s="6">
+      <c r="MS4" s="6"/>
+      <c r="MT4" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU4" s="16"/>
+      <c r="MV4" s="6">
         <v>122</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MW4" s="6"/>
       <c r="MX4" s="17">
         <v>0</v>
       </c>
-      <c r="MY4" s="6">
+      <c r="MY4" s="6"/>
+      <c r="MZ4" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA4" s="6">
         <v>3347</v>
       </c>
-      <c r="MZ4" s="6">
+      <c r="NB4" s="6">
         <v>5237</v>
       </c>
-      <c r="NA4" s="18">
+      <c r="NC4" s="18">
         <v>0.63910635860225318</v>
       </c>
-      <c r="NB4" s="6">
+      <c r="ND4" s="6">
         <v>3721</v>
       </c>
-      <c r="NC4" s="6">
+      <c r="NE4" s="6">
         <v>3618</v>
       </c>
-      <c r="ND4" s="6" t="s">
-[...3 lines deleted...]
-      <c r="NF4" s="6">
+      <c r="NF4" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NG4" s="6"/>
+      <c r="NH4" s="6">
         <v>98</v>
       </c>
-      <c r="NG4" s="18">
+      <c r="NI4" s="18">
         <v>0.11244877049180328</v>
       </c>
-      <c r="NH4" s="6">
+      <c r="NJ4" s="6">
         <v>439</v>
       </c>
-      <c r="NI4" s="6">
+      <c r="NK4" s="6">
         <v>3904</v>
       </c>
-      <c r="NJ4" s="13"/>
-      <c r="NK4" s="18">
+      <c r="NL4" s="13"/>
+      <c r="NM4" s="18">
         <v>0.11244877049180328</v>
       </c>
-      <c r="NL4" s="6">
+      <c r="NN4" s="6">
         <v>439</v>
       </c>
-      <c r="NM4" s="6">
+      <c r="NO4" s="6">
         <v>3904</v>
       </c>
-      <c r="NN4" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="NP4" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ4" s="6"/>
       <c r="NR4" s="6"/>
-      <c r="NS4" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="NS4" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT4" s="6"/>
       <c r="NU4" s="6"/>
-      <c r="NV4" s="6"/>
-      <c r="NW4" s="6">
+      <c r="NV4" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW4" s="6"/>
+      <c r="NX4" s="6"/>
+      <c r="NY4" s="6">
         <v>5365.6724289999993</v>
       </c>
-      <c r="NX4" s="6">
+      <c r="NZ4" s="6">
         <v>5365.6724289999993</v>
       </c>
-      <c r="NY4" s="6"/>
-      <c r="NZ4" s="6"/>
       <c r="OA4" s="6"/>
-      <c r="OB4" s="18">
+      <c r="OB4" s="6"/>
+      <c r="OC4" s="6"/>
+      <c r="OD4" s="18">
         <v>0.85860655737704916</v>
       </c>
-      <c r="OC4" s="6">
+      <c r="OE4" s="6">
         <v>3352</v>
       </c>
-      <c r="OD4" s="6">
+      <c r="OF4" s="6">
         <v>3904</v>
       </c>
-      <c r="OE4" s="16"/>
-      <c r="OF4" s="18">
+      <c r="OG4" s="16"/>
+      <c r="OH4" s="18">
         <v>0.85860655737704916</v>
       </c>
-      <c r="OG4" s="6">
+      <c r="OI4" s="6">
         <v>3352</v>
       </c>
-      <c r="OH4" s="6">
+      <c r="OJ4" s="6">
         <v>3904</v>
       </c>
-      <c r="OI4" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="OK4" s="18">
+        <v>0</v>
+      </c>
+      <c r="OL4" s="6"/>
       <c r="OM4" s="6"/>
-      <c r="ON4" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="ON4" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO4" s="6"/>
       <c r="OP4" s="6"/>
-      <c r="OQ4" s="8"/>
-      <c r="OR4" s="6">
+      <c r="OQ4" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR4" s="6"/>
+      <c r="OS4" s="8"/>
+      <c r="OT4" s="6">
         <v>172</v>
       </c>
-      <c r="OS4" s="6">
+      <c r="OU4" s="6">
         <v>3721</v>
       </c>
-      <c r="OT4" s="12">
+      <c r="OV4" s="12">
         <v>4.6224133297500671E-2</v>
       </c>
-      <c r="OU4" s="6">
+      <c r="OW4" s="6">
         <v>63.495787999999976</v>
       </c>
-      <c r="OV4" s="6">
+      <c r="OX4" s="6">
         <v>63.495787999999976</v>
       </c>
-      <c r="OW4" s="6"/>
-      <c r="OX4" s="6"/>
       <c r="OY4" s="6"/>
+      <c r="OZ4" s="6"/>
+      <c r="PA4" s="6"/>
     </row>
-    <row r="5" spans="1:415" ht="14">
+    <row r="5" spans="1:417" ht="14">
       <c r="A5" s="3">
         <v>45839</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>1078</v>
       </c>
       <c r="C5" s="19"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
       <c r="L5" s="4"/>
       <c r="M5" s="4"/>
       <c r="N5" s="4"/>
       <c r="O5" s="4"/>
       <c r="P5" s="4"/>
       <c r="Q5" s="4"/>
       <c r="R5" s="4"/>
       <c r="S5" s="4"/>
       <c r="T5" s="4"/>
       <c r="U5" s="4"/>
@@ -24868,568 +33460,570 @@
       </c>
       <c r="FZ5" s="4">
         <v>55</v>
       </c>
       <c r="GA5" s="4">
         <v>132</v>
       </c>
       <c r="GB5" s="4">
         <v>284</v>
       </c>
       <c r="GC5" s="4">
         <v>74</v>
       </c>
       <c r="GD5" s="4">
         <v>187</v>
       </c>
       <c r="GE5" s="4"/>
       <c r="GF5" s="4">
         <v>54</v>
       </c>
       <c r="GG5" s="4">
         <v>23</v>
       </c>
       <c r="GH5" s="4"/>
       <c r="GI5" s="4"/>
-      <c r="GJ5" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="GJ5" s="4"/>
       <c r="GK5" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="GL5" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="GM5" s="4" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
       <c r="GN5" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="GO5" s="4"/>
-      <c r="GP5" s="4" t="s">
+      <c r="GO5" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GP5" s="4"/>
+      <c r="GQ5" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GQ5" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GR5" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GS5" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GS5" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GT5" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="GU5" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="GV5" s="4">
+      <c r="GV5" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GW5" s="4">
         <v>14</v>
       </c>
-      <c r="GW5" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="GX5" s="4"/>
       <c r="GY5" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GZ5" s="4"/>
-      <c r="HA5" s="4" t="s">
+      <c r="GZ5" s="4" t="s">
         <v>1076</v>
       </c>
+      <c r="HA5" s="4"/>
       <c r="HB5" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HC5" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HD5" s="4"/>
-      <c r="HE5" s="4" t="s">
+      <c r="HD5" s="4" t="s">
         <v>1076</v>
       </c>
+      <c r="HE5" s="4"/>
       <c r="HF5" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HG5" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HH5" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HI5" s="4" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="HJ5" s="4"/>
+        <v>1076</v>
+      </c>
+      <c r="HJ5" s="4" t="s">
+        <v>1081</v>
+      </c>
       <c r="HK5" s="4"/>
-      <c r="HL5" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="HL5" s="4"/>
       <c r="HM5" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HN5" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HO5" s="4" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="HP5" s="4">
+        <v>1076</v>
+      </c>
+      <c r="HP5" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HQ5" s="4">
         <v>6</v>
       </c>
-      <c r="HQ5" s="4"/>
-[...8 lines deleted...]
-      <c r="HV5" s="4" t="s">
+      <c r="HR5" s="4"/>
+      <c r="HS5" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HT5" s="4"/>
+      <c r="HU5" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HV5" s="4"/>
+      <c r="HW5" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HW5" s="4">
+      <c r="HX5" s="4">
         <v>106</v>
       </c>
-      <c r="HX5" s="4">
+      <c r="HY5" s="4">
         <v>39</v>
       </c>
-      <c r="HY5" s="4">
+      <c r="HZ5" s="4">
         <v>9</v>
       </c>
-      <c r="HZ5" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="IA5" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IB5" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="IB5" s="4">
+      <c r="IC5" s="4">
         <v>36</v>
       </c>
-      <c r="IC5" s="4" t="s">
+      <c r="ID5" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="ID5" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="IE5" s="4"/>
       <c r="IF5" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IG5" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IH5" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="II5" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IJ5" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IK5" s="4" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="IL5" s="4">
+        <v>1076</v>
+      </c>
+      <c r="IL5" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM5" s="4"/>
+      <c r="IN5" s="4">
         <v>142</v>
       </c>
-      <c r="IM5" s="4">
+      <c r="IO5" s="4">
         <v>41</v>
       </c>
-      <c r="IN5" s="4">
+      <c r="IP5" s="4">
         <v>34</v>
       </c>
-      <c r="IO5" s="4" t="s">
-[...2 lines deleted...]
-      <c r="IP5" s="4">
+      <c r="IQ5" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IR5" s="4">
         <v>16</v>
       </c>
-      <c r="IQ5" s="4">
+      <c r="IS5" s="4">
         <v>7</v>
       </c>
-      <c r="IR5" s="4">
+      <c r="IT5" s="4">
         <v>111</v>
       </c>
-      <c r="IS5" s="20">
+      <c r="IU5" s="20">
         <v>1.4930555555555556E-3</v>
       </c>
-      <c r="IT5" s="10">
+      <c r="IV5" s="10">
         <v>2.9861111111111113E-3</v>
       </c>
-      <c r="IU5" s="4">
+      <c r="IW5" s="4">
         <v>230</v>
       </c>
-      <c r="IV5" s="20">
+      <c r="IX5" s="20">
         <v>3.8194444444444446E-4</v>
       </c>
-      <c r="IW5" s="10">
+      <c r="IY5" s="10">
         <v>2.8009259259259259E-3</v>
       </c>
-      <c r="IX5" s="4">
+      <c r="IZ5" s="4">
         <v>979</v>
       </c>
-      <c r="IY5" s="12">
+      <c r="JA5" s="12">
         <v>0.19733924611973391</v>
       </c>
-      <c r="IZ5" s="16"/>
-[...9 lines deleted...]
-      <c r="JF5" s="6">
+      <c r="JB5" s="16"/>
+      <c r="JC5" s="6"/>
+      <c r="JD5" s="8"/>
+      <c r="JE5" s="12">
+        <v>0</v>
+      </c>
+      <c r="JF5" s="16"/>
+      <c r="JG5" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH5" s="6">
         <v>380</v>
       </c>
-      <c r="JG5" s="12">
+      <c r="JI5" s="12">
         <v>5.263157894736842E-3</v>
       </c>
-      <c r="JH5" s="4">
+      <c r="JJ5" s="4">
         <v>111</v>
       </c>
-      <c r="JI5" s="11">
+      <c r="JK5" s="11">
         <v>5.5497685185185181E-3</v>
       </c>
-      <c r="JJ5" s="11">
+      <c r="JL5" s="11">
         <v>5.5614583333333332E-3</v>
       </c>
-      <c r="JK5" s="11">
+      <c r="JM5" s="11">
         <v>1.0773333333333333E-2</v>
       </c>
-      <c r="JL5" s="4">
+      <c r="JN5" s="4">
         <v>681</v>
       </c>
-      <c r="JM5" s="11">
+      <c r="JO5" s="11">
         <v>5.6715277777777779E-3</v>
       </c>
-      <c r="JN5" s="11">
+      <c r="JP5" s="11">
         <v>1.2020833333333333E-2</v>
       </c>
-      <c r="JO5" s="4"/>
-[...1 lines deleted...]
-      <c r="JQ5" s="11"/>
+      <c r="JQ5" s="4"/>
       <c r="JR5" s="11"/>
-      <c r="JS5" s="4">
+      <c r="JS5" s="11"/>
+      <c r="JT5" s="11"/>
+      <c r="JU5" s="4">
         <v>1872</v>
       </c>
-      <c r="JT5" s="11">
+      <c r="JV5" s="11">
         <v>6.0810185185185182E-2</v>
       </c>
-      <c r="JU5" s="11">
+      <c r="JW5" s="11">
         <v>8.6886574074074074E-2</v>
       </c>
-      <c r="JV5" s="11">
+      <c r="JX5" s="11">
         <v>0.22577546296296297</v>
       </c>
-      <c r="JW5" s="4">
+      <c r="JY5" s="4">
         <v>93</v>
       </c>
-      <c r="JX5" s="11">
+      <c r="JZ5" s="11">
         <v>7.4768518518518512E-2</v>
       </c>
-      <c r="JY5" s="11">
+      <c r="KA5" s="11">
         <v>0.11623842592592593</v>
       </c>
-      <c r="JZ5" s="11">
+      <c r="KB5" s="11">
         <v>0.55641203703703701</v>
       </c>
-      <c r="KA5" s="6">
+      <c r="KC5" s="6">
         <v>1783</v>
       </c>
-      <c r="KB5" s="14">
+      <c r="KD5" s="14">
         <v>0.84352215367358385</v>
       </c>
-      <c r="KC5" s="14">
+      <c r="KE5" s="14">
         <v>0.13853056646102074</v>
       </c>
-      <c r="KD5" s="14">
+      <c r="KF5" s="14">
         <v>1.2899607403252944E-2</v>
       </c>
-      <c r="KE5" s="14">
+      <c r="KG5" s="14">
         <v>5.0476724621424567E-3</v>
       </c>
-      <c r="KF5" s="8">
+      <c r="KH5" s="8">
         <v>48</v>
       </c>
-      <c r="KG5" s="6" t="s">
-[...2 lines deleted...]
-      <c r="KH5" s="6">
+      <c r="KI5" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KJ5" s="6">
         <v>16</v>
       </c>
-      <c r="KI5" s="6"/>
-[...3 lines deleted...]
-      </c>
+      <c r="KK5" s="6"/>
       <c r="KL5" s="6"/>
       <c r="KM5" s="6">
+        <v>30</v>
+      </c>
+      <c r="KN5" s="6"/>
+      <c r="KO5" s="6">
         <v>41</v>
       </c>
-      <c r="KN5" s="18">
+      <c r="KP5" s="18">
         <v>0.85416666666666663</v>
       </c>
-      <c r="KO5" s="21"/>
-      <c r="KP5" s="21"/>
       <c r="KQ5" s="21"/>
       <c r="KR5" s="21"/>
       <c r="KS5" s="21"/>
       <c r="KT5" s="21"/>
       <c r="KU5" s="21"/>
       <c r="KV5" s="21"/>
       <c r="KW5" s="21"/>
       <c r="KX5" s="21"/>
       <c r="KY5" s="21"/>
       <c r="KZ5" s="21"/>
       <c r="LA5" s="21"/>
       <c r="LB5" s="21"/>
       <c r="LC5" s="21"/>
       <c r="LD5" s="21"/>
       <c r="LE5" s="21"/>
       <c r="LF5" s="21"/>
       <c r="LG5" s="21"/>
       <c r="LH5" s="21"/>
       <c r="LI5" s="21"/>
       <c r="LJ5" s="21"/>
       <c r="LK5" s="21"/>
-      <c r="LL5" s="6">
+      <c r="LL5" s="21"/>
+      <c r="LM5" s="21"/>
+      <c r="LN5" s="6">
         <v>517</v>
       </c>
-      <c r="LM5" s="6">
+      <c r="LO5" s="6">
         <v>380</v>
       </c>
-      <c r="LN5" s="6">
+      <c r="LP5" s="6">
         <v>137</v>
       </c>
-      <c r="LO5" s="16"/>
-      <c r="LP5" s="6">
+      <c r="LQ5" s="16"/>
+      <c r="LR5" s="6">
         <v>1446</v>
       </c>
-      <c r="LQ5" s="6">
+      <c r="LS5" s="6">
         <v>32</v>
       </c>
-      <c r="LR5" s="17">
+      <c r="LT5" s="17">
         <v>2.2130013831258646E-2</v>
       </c>
-      <c r="LS5" s="6">
+      <c r="LU5" s="6">
         <v>7</v>
       </c>
-      <c r="LT5" s="17">
+      <c r="LV5" s="17">
         <v>4.8409405255878286E-3</v>
       </c>
-      <c r="LU5" s="16"/>
-      <c r="LV5" s="6">
+      <c r="LW5" s="16"/>
+      <c r="LX5" s="6">
         <v>426</v>
       </c>
-      <c r="LW5" s="6">
+      <c r="LY5" s="6">
         <v>6</v>
       </c>
-      <c r="LX5" s="17">
+      <c r="LZ5" s="17">
         <v>1.4084507042253521E-2</v>
       </c>
-      <c r="LY5" s="6"/>
-[...4 lines deleted...]
-      <c r="MB5" s="6">
+      <c r="MA5" s="6"/>
+      <c r="MB5" s="17">
+        <v>0</v>
+      </c>
+      <c r="MC5" s="16"/>
+      <c r="MD5" s="6">
         <v>1872</v>
       </c>
-      <c r="MC5" s="6">
+      <c r="ME5" s="6">
         <v>38</v>
       </c>
-      <c r="MD5" s="17">
+      <c r="MF5" s="17">
         <v>2.02991452991453E-2</v>
       </c>
-      <c r="ME5" s="6">
+      <c r="MG5" s="6">
         <v>7</v>
       </c>
-      <c r="MF5" s="17">
+      <c r="MH5" s="17">
         <v>3.7393162393162395E-3</v>
       </c>
-      <c r="MG5" s="16"/>
-      <c r="MH5" s="6">
+      <c r="MI5" s="16"/>
+      <c r="MJ5" s="6">
         <v>57</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MK5" s="6"/>
       <c r="ML5" s="17">
         <v>0</v>
       </c>
-      <c r="MM5" s="16"/>
-      <c r="MN5" s="6">
+      <c r="MM5" s="6"/>
+      <c r="MN5" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO5" s="16"/>
+      <c r="MP5" s="6">
         <v>36</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MQ5" s="6"/>
       <c r="MR5" s="17">
         <v>0</v>
       </c>
-      <c r="MS5" s="16"/>
-      <c r="MT5" s="6">
+      <c r="MS5" s="6"/>
+      <c r="MT5" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU5" s="16"/>
+      <c r="MV5" s="6">
         <v>180</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MW5" s="6"/>
       <c r="MX5" s="17">
         <v>0</v>
       </c>
-      <c r="MY5" s="6">
+      <c r="MY5" s="6"/>
+      <c r="MZ5" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA5" s="6">
         <v>1643</v>
       </c>
-      <c r="MZ5" s="6">
+      <c r="NB5" s="6">
         <v>2682</v>
       </c>
-      <c r="NA5" s="18">
+      <c r="NC5" s="18">
         <v>0.61260253542132737</v>
       </c>
-      <c r="NB5" s="6">
+      <c r="ND5" s="6">
         <v>1886</v>
       </c>
-      <c r="NC5" s="6">
+      <c r="NE5" s="6">
         <v>1657</v>
       </c>
-      <c r="ND5" s="6"/>
-      <c r="NE5" s="6">
+      <c r="NF5" s="6"/>
+      <c r="NG5" s="6">
         <v>205</v>
       </c>
-      <c r="NF5" s="6">
+      <c r="NH5" s="6">
         <v>24</v>
       </c>
-      <c r="NG5" s="18">
+      <c r="NI5" s="18">
         <v>0.11925383077948035</v>
       </c>
-      <c r="NH5" s="6">
+      <c r="NJ5" s="6">
         <v>179</v>
       </c>
-      <c r="NI5" s="6">
+      <c r="NK5" s="6">
         <v>1501</v>
       </c>
-      <c r="NJ5" s="16"/>
-      <c r="NK5" s="18">
+      <c r="NL5" s="16"/>
+      <c r="NM5" s="18">
         <v>0.11925383077948035</v>
       </c>
-      <c r="NL5" s="6">
+      <c r="NN5" s="6">
         <v>179</v>
       </c>
-      <c r="NM5" s="6">
+      <c r="NO5" s="6">
         <v>1501</v>
       </c>
-      <c r="NN5" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="NP5" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ5" s="6"/>
       <c r="NR5" s="6"/>
-      <c r="NS5" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="NS5" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT5" s="6"/>
       <c r="NU5" s="6"/>
-      <c r="NV5" s="6"/>
-      <c r="NW5" s="6">
+      <c r="NV5" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW5" s="6"/>
+      <c r="NX5" s="6"/>
+      <c r="NY5" s="6">
         <v>744.28580199999999</v>
       </c>
-      <c r="NX5" s="6">
+      <c r="NZ5" s="6">
         <v>744.28580199999999</v>
       </c>
-      <c r="NY5" s="6"/>
-      <c r="NZ5" s="6"/>
       <c r="OA5" s="6"/>
-      <c r="OB5" s="18">
+      <c r="OB5" s="6"/>
+      <c r="OC5" s="6"/>
+      <c r="OD5" s="18">
         <v>0.71285809460359761</v>
       </c>
-      <c r="OC5" s="6">
+      <c r="OE5" s="6">
         <v>1070</v>
       </c>
-      <c r="OD5" s="6">
+      <c r="OF5" s="6">
         <v>1501</v>
       </c>
-      <c r="OE5" s="16"/>
-      <c r="OF5" s="18">
+      <c r="OG5" s="16"/>
+      <c r="OH5" s="18">
         <v>0.71285809460359761</v>
       </c>
-      <c r="OG5" s="6">
+      <c r="OI5" s="6">
         <v>1070</v>
       </c>
-      <c r="OH5" s="6">
+      <c r="OJ5" s="6">
         <v>1501</v>
       </c>
-      <c r="OI5" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="OK5" s="18">
+        <v>0</v>
+      </c>
+      <c r="OL5" s="6"/>
       <c r="OM5" s="6"/>
-      <c r="ON5" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="ON5" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO5" s="6"/>
       <c r="OP5" s="6"/>
-      <c r="OQ5" s="8"/>
-      <c r="OR5" s="6">
+      <c r="OQ5" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR5" s="6"/>
+      <c r="OS5" s="8"/>
+      <c r="OT5" s="6">
         <v>88</v>
       </c>
-      <c r="OS5" s="6">
+      <c r="OU5" s="6">
         <v>1886</v>
       </c>
-      <c r="OT5" s="12">
+      <c r="OV5" s="12">
         <v>4.6659597030752918E-2</v>
       </c>
-      <c r="OU5" s="6">
+      <c r="OW5" s="6">
         <v>59.373584999999999</v>
       </c>
-      <c r="OV5" s="6">
+      <c r="OX5" s="6">
         <v>59.373584999999999</v>
       </c>
-      <c r="OW5" s="6"/>
-      <c r="OX5" s="6"/>
       <c r="OY5" s="6"/>
+      <c r="OZ5" s="6"/>
+      <c r="PA5" s="6"/>
     </row>
-    <row r="6" spans="1:415" ht="14">
+    <row r="6" spans="1:417" ht="14">
       <c r="A6" s="3">
         <v>45839</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="19"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="4"/>
       <c r="L6" s="4"/>
       <c r="M6" s="4"/>
       <c r="N6" s="4"/>
       <c r="O6" s="4"/>
       <c r="P6" s="4"/>
       <c r="Q6" s="4"/>
       <c r="R6" s="4"/>
       <c r="S6" s="4"/>
       <c r="T6" s="4"/>
       <c r="U6" s="4"/>
@@ -25674,567 +34268,569 @@
         <v>175</v>
       </c>
       <c r="FZ6" s="4">
         <v>50</v>
       </c>
       <c r="GA6" s="4">
         <v>108</v>
       </c>
       <c r="GB6" s="4">
         <v>207</v>
       </c>
       <c r="GC6" s="4">
         <v>59</v>
       </c>
       <c r="GD6" s="4">
         <v>103</v>
       </c>
       <c r="GE6" s="4"/>
       <c r="GF6" s="4">
         <v>167</v>
       </c>
       <c r="GG6" s="4">
         <v>52</v>
       </c>
       <c r="GH6" s="4"/>
-      <c r="GI6" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="GI6" s="4"/>
       <c r="GJ6" s="4" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="GK6" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="GL6" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="GM6" s="4" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="GN6" s="4"/>
+        <v>1076</v>
+      </c>
+      <c r="GN6" s="4" t="s">
+        <v>1081</v>
+      </c>
       <c r="GO6" s="4"/>
-      <c r="GP6" s="4" t="s">
+      <c r="GP6" s="4"/>
+      <c r="GQ6" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GQ6" s="4"/>
-      <c r="GR6" s="4" t="s">
+      <c r="GR6" s="4"/>
+      <c r="GS6" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GS6" s="4" t="s">
-[...2 lines deleted...]
-      <c r="GT6" s="4"/>
+      <c r="GT6" s="4" t="s">
+        <v>1081</v>
+      </c>
       <c r="GU6" s="4"/>
-      <c r="GV6" s="4" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="GV6" s="4"/>
+      <c r="GW6" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GX6" s="4"/>
       <c r="GY6" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GZ6" s="4"/>
-      <c r="HA6" s="4" t="s">
+      <c r="GZ6" s="4" t="s">
         <v>1076</v>
       </c>
+      <c r="HA6" s="4"/>
       <c r="HB6" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HC6" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HD6" s="4"/>
-      <c r="HE6" s="4" t="s">
+      <c r="HD6" s="4" t="s">
         <v>1076</v>
       </c>
+      <c r="HE6" s="4"/>
       <c r="HF6" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HG6" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HH6" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HI6" s="4"/>
+      <c r="HI6" s="4" t="s">
+        <v>1076</v>
+      </c>
       <c r="HJ6" s="4"/>
       <c r="HK6" s="4"/>
-      <c r="HL6" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="HL6" s="4"/>
       <c r="HM6" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HN6" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HO6" s="4" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
       <c r="HP6" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="HQ6" s="4"/>
-      <c r="HR6" s="4">
+      <c r="HQ6" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HR6" s="4"/>
+      <c r="HS6" s="4">
         <v>6</v>
       </c>
-      <c r="HS6" s="4">
+      <c r="HT6" s="4">
         <v>7</v>
       </c>
-      <c r="HT6" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HU6" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="HV6" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HW6" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HW6" s="4">
+      <c r="HX6" s="4">
         <v>118</v>
       </c>
-      <c r="HX6" s="4">
+      <c r="HY6" s="4">
         <v>14</v>
       </c>
-      <c r="HY6" s="4" t="s">
-[...3 lines deleted...]
-      <c r="IA6" s="4" t="s">
+      <c r="HZ6" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IA6" s="4"/>
+      <c r="IB6" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="IB6" s="4">
+      <c r="IC6" s="4">
         <v>14</v>
       </c>
-      <c r="IC6" s="4" t="s">
+      <c r="ID6" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="ID6" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="IE6" s="4"/>
       <c r="IF6" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IG6" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IH6" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="II6" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IJ6" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="IK6" s="4"/>
-      <c r="IL6" s="4">
+      <c r="IK6" s="4" t="s">
+        <v>1076</v>
+      </c>
+      <c r="IL6" s="4"/>
+      <c r="IM6" s="4"/>
+      <c r="IN6" s="4">
         <v>130</v>
       </c>
-      <c r="IM6" s="4">
+      <c r="IO6" s="4">
         <v>42</v>
       </c>
-      <c r="IN6" s="4">
+      <c r="IP6" s="4">
         <v>21</v>
       </c>
-      <c r="IO6" s="4" t="s">
-[...2 lines deleted...]
-      <c r="IP6" s="4">
+      <c r="IQ6" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IR6" s="4">
         <v>7</v>
       </c>
-      <c r="IQ6" s="4">
+      <c r="IS6" s="4">
         <v>21</v>
       </c>
-      <c r="IR6" s="4">
+      <c r="IT6" s="4">
         <v>99</v>
       </c>
-      <c r="IS6" s="20">
+      <c r="IU6" s="20">
         <v>2.1122685185185185E-3</v>
       </c>
-      <c r="IT6" s="10">
+      <c r="IV6" s="10">
         <v>2.3611111111111111E-3</v>
       </c>
-      <c r="IU6" s="4">
+      <c r="IW6" s="4">
         <v>184</v>
       </c>
-      <c r="IV6" s="20">
+      <c r="IX6" s="20">
         <v>3.4722222222222224E-4</v>
       </c>
-      <c r="IW6" s="10">
+      <c r="IY6" s="10">
         <v>2.7719907407407407E-3</v>
       </c>
-      <c r="IX6" s="4">
+      <c r="IZ6" s="4">
         <v>872</v>
       </c>
-      <c r="IY6" s="12">
+      <c r="JA6" s="12">
         <v>0.19160624038672819</v>
       </c>
-      <c r="IZ6" s="16"/>
-[...9 lines deleted...]
-      <c r="JF6" s="6">
+      <c r="JB6" s="16"/>
+      <c r="JC6" s="6"/>
+      <c r="JD6" s="8"/>
+      <c r="JE6" s="12">
+        <v>0</v>
+      </c>
+      <c r="JF6" s="16"/>
+      <c r="JG6" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH6" s="6">
         <v>231</v>
       </c>
-      <c r="JG6" s="12">
+      <c r="JI6" s="12">
         <v>4.329004329004329E-3</v>
       </c>
-      <c r="JH6" s="4">
+      <c r="JJ6" s="4">
         <v>99</v>
       </c>
-      <c r="JI6" s="11">
+      <c r="JK6" s="11">
         <v>3.7152777777777778E-3</v>
       </c>
-      <c r="JJ6" s="11">
+      <c r="JL6" s="11">
         <v>5.0579861111111112E-3</v>
       </c>
-      <c r="JK6" s="11">
+      <c r="JM6" s="11">
         <v>9.7881944444444448E-3</v>
       </c>
-      <c r="JL6" s="4">
+      <c r="JN6" s="4">
         <v>617</v>
       </c>
-      <c r="JM6" s="11">
+      <c r="JO6" s="11">
         <v>6.8631944444444435E-3</v>
       </c>
-      <c r="JN6" s="11">
+      <c r="JP6" s="11">
         <v>1.4722083333333334E-2</v>
       </c>
-      <c r="JO6" s="4"/>
-[...1 lines deleted...]
-      <c r="JQ6" s="11"/>
+      <c r="JQ6" s="4"/>
       <c r="JR6" s="11"/>
-      <c r="JS6" s="4">
+      <c r="JS6" s="11"/>
+      <c r="JT6" s="11"/>
+      <c r="JU6" s="4">
         <v>1946</v>
       </c>
-      <c r="JT6" s="11">
+      <c r="JV6" s="11">
         <v>6.1064814814814815E-2</v>
       </c>
-      <c r="JU6" s="11">
+      <c r="JW6" s="11">
         <v>9.133101851851852E-2</v>
       </c>
-      <c r="JV6" s="11">
+      <c r="JX6" s="11">
         <v>0.26609953703703704</v>
       </c>
-      <c r="JW6" s="4">
+      <c r="JY6" s="4">
         <v>97</v>
       </c>
-      <c r="JX6" s="11">
+      <c r="JZ6" s="11">
         <v>5.9120370370370372E-2</v>
       </c>
-      <c r="JY6" s="11">
+      <c r="KA6" s="11">
         <v>0.10862268518518518</v>
       </c>
-      <c r="JZ6" s="11">
+      <c r="KB6" s="11">
         <v>0.42092592592592593</v>
       </c>
-      <c r="KA6" s="6">
+      <c r="KC6" s="6">
         <v>1749</v>
       </c>
-      <c r="KB6" s="14">
+      <c r="KD6" s="14">
         <v>0.87764436821040592</v>
       </c>
-      <c r="KC6" s="14">
+      <c r="KE6" s="14">
         <v>0.10863350485991996</v>
       </c>
-      <c r="KD6" s="14">
+      <c r="KF6" s="14">
         <v>8.5763293310463125E-3</v>
       </c>
-      <c r="KE6" s="14">
+      <c r="KG6" s="14">
         <v>5.1457975986277877E-3</v>
       </c>
-      <c r="KF6" s="8">
+      <c r="KH6" s="8">
         <v>74</v>
       </c>
-      <c r="KG6" s="6">
+      <c r="KI6" s="6">
         <v>6</v>
       </c>
-      <c r="KH6" s="6">
+      <c r="KJ6" s="6">
         <v>18</v>
       </c>
-      <c r="KI6" s="6"/>
-[...1 lines deleted...]
-      <c r="KK6" s="6">
+      <c r="KK6" s="6"/>
+      <c r="KL6" s="6"/>
+      <c r="KM6" s="6">
         <v>48</v>
       </c>
-      <c r="KL6" s="6" t="s">
-[...2 lines deleted...]
-      <c r="KM6" s="6">
+      <c r="KN6" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KO6" s="6">
         <v>65</v>
       </c>
-      <c r="KN6" s="18">
+      <c r="KP6" s="18">
         <v>0.8783783783783784</v>
       </c>
-      <c r="KO6" s="21"/>
-      <c r="KP6" s="21"/>
       <c r="KQ6" s="21"/>
       <c r="KR6" s="21"/>
       <c r="KS6" s="21"/>
       <c r="KT6" s="21"/>
       <c r="KU6" s="21"/>
       <c r="KV6" s="21"/>
       <c r="KW6" s="21"/>
       <c r="KX6" s="21"/>
       <c r="KY6" s="21"/>
       <c r="KZ6" s="21"/>
       <c r="LA6" s="21"/>
       <c r="LB6" s="21"/>
       <c r="LC6" s="21"/>
       <c r="LD6" s="21"/>
       <c r="LE6" s="21"/>
       <c r="LF6" s="21"/>
       <c r="LG6" s="21"/>
       <c r="LH6" s="21"/>
       <c r="LI6" s="21"/>
       <c r="LJ6" s="21"/>
       <c r="LK6" s="21"/>
-      <c r="LL6" s="6">
+      <c r="LL6" s="21"/>
+      <c r="LM6" s="21"/>
+      <c r="LN6" s="6">
         <v>334</v>
       </c>
-      <c r="LM6" s="6">
+      <c r="LO6" s="6">
         <v>231</v>
       </c>
-      <c r="LN6" s="6">
+      <c r="LP6" s="6">
         <v>103</v>
       </c>
-      <c r="LO6" s="16"/>
-      <c r="LP6" s="6">
+      <c r="LQ6" s="16"/>
+      <c r="LR6" s="6">
         <v>1505</v>
       </c>
-      <c r="LQ6" s="6">
+      <c r="LS6" s="6">
         <v>39</v>
       </c>
-      <c r="LR6" s="17">
+      <c r="LT6" s="17">
         <v>2.5913621262458473E-2</v>
       </c>
-      <c r="LS6" s="6" t="s">
-[...2 lines deleted...]
-      <c r="LT6" s="17">
+      <c r="LU6" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="LV6" s="17">
         <v>3.3222591362126247E-3</v>
       </c>
-      <c r="LU6" s="16"/>
-      <c r="LV6" s="6">
+      <c r="LW6" s="16"/>
+      <c r="LX6" s="6">
         <v>442</v>
       </c>
-      <c r="LW6" s="6">
+      <c r="LY6" s="6">
         <v>14</v>
       </c>
-      <c r="LX6" s="17">
+      <c r="LZ6" s="17">
         <v>3.1674208144796379E-2</v>
       </c>
-      <c r="LY6" s="6" t="s">
-[...2 lines deleted...]
-      <c r="LZ6" s="17">
+      <c r="MA6" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB6" s="17">
         <v>2.2624434389140274E-3</v>
       </c>
-      <c r="MA6" s="16"/>
-      <c r="MB6" s="6">
+      <c r="MC6" s="16"/>
+      <c r="MD6" s="6">
         <v>1947</v>
       </c>
-      <c r="MC6" s="6">
+      <c r="ME6" s="6">
         <v>53</v>
       </c>
-      <c r="MD6" s="17">
+      <c r="MF6" s="17">
         <v>2.7221366204417053E-2</v>
       </c>
-      <c r="ME6" s="6">
+      <c r="MG6" s="6">
         <v>6</v>
       </c>
-      <c r="MF6" s="17">
+      <c r="MH6" s="17">
         <v>3.0816640986132513E-3</v>
       </c>
-      <c r="MG6" s="16"/>
-      <c r="MH6" s="6">
+      <c r="MI6" s="16"/>
+      <c r="MJ6" s="6">
         <v>65</v>
       </c>
-      <c r="MI6" s="6" t="s">
-[...2 lines deleted...]
-      <c r="MJ6" s="17">
+      <c r="MK6" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ML6" s="17">
         <v>1.5384615384615385E-2</v>
       </c>
-      <c r="MK6" s="6"/>
-[...4 lines deleted...]
-      <c r="MN6" s="6">
+      <c r="MM6" s="6"/>
+      <c r="MN6" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO6" s="16"/>
+      <c r="MP6" s="6">
         <v>33</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MQ6" s="6"/>
       <c r="MR6" s="17">
         <v>0</v>
       </c>
-      <c r="MS6" s="16"/>
-      <c r="MT6" s="6">
+      <c r="MS6" s="6"/>
+      <c r="MT6" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU6" s="16"/>
+      <c r="MV6" s="6">
         <v>121</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MW6" s="6"/>
       <c r="MX6" s="17">
         <v>0</v>
       </c>
-      <c r="MY6" s="6">
+      <c r="MY6" s="6"/>
+      <c r="MZ6" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA6" s="6">
         <v>1782</v>
       </c>
-      <c r="MZ6" s="6">
+      <c r="NB6" s="6">
         <v>2560</v>
       </c>
-      <c r="NA6" s="18">
+      <c r="NC6" s="18">
         <v>0.69609374999999996</v>
       </c>
-      <c r="NB6" s="6">
+      <c r="ND6" s="6">
         <v>2084</v>
       </c>
-      <c r="NC6" s="6">
+      <c r="NE6" s="6">
         <v>2065</v>
       </c>
-      <c r="ND6" s="6">
+      <c r="NF6" s="6">
         <v>9</v>
       </c>
-      <c r="NE6" s="6"/>
-      <c r="NF6" s="6">
+      <c r="NG6" s="6"/>
+      <c r="NH6" s="6">
         <v>10</v>
       </c>
-      <c r="NG6" s="18">
+      <c r="NI6" s="18">
         <v>0.56354786371011356</v>
       </c>
-      <c r="NH6" s="6">
+      <c r="NJ6" s="6">
         <v>1042</v>
       </c>
-      <c r="NI6" s="6">
+      <c r="NK6" s="6">
         <v>1849</v>
       </c>
-      <c r="NJ6" s="16"/>
-      <c r="NK6" s="18">
+      <c r="NL6" s="16"/>
+      <c r="NM6" s="18">
         <v>0.56354786371011356</v>
       </c>
-      <c r="NL6" s="6">
+      <c r="NN6" s="6">
         <v>1042</v>
       </c>
-      <c r="NM6" s="6">
+      <c r="NO6" s="6">
         <v>1849</v>
       </c>
-      <c r="NN6" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="NP6" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ6" s="6"/>
       <c r="NR6" s="6"/>
-      <c r="NS6" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="NS6" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT6" s="6"/>
       <c r="NU6" s="6"/>
-      <c r="NV6" s="6"/>
-      <c r="NW6" s="6">
+      <c r="NV6" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW6" s="6"/>
+      <c r="NX6" s="6"/>
+      <c r="NY6" s="6">
         <v>480.06078100000013</v>
       </c>
-      <c r="NX6" s="6">
+      <c r="NZ6" s="6">
         <v>480.06078100000013</v>
       </c>
-      <c r="NY6" s="6"/>
-      <c r="NZ6" s="6"/>
       <c r="OA6" s="6"/>
-      <c r="OB6" s="18">
+      <c r="OB6" s="6"/>
+      <c r="OC6" s="6"/>
+      <c r="OD6" s="18">
         <v>0.73661438615467822</v>
       </c>
-      <c r="OC6" s="6">
+      <c r="OE6" s="6">
         <v>1362</v>
       </c>
-      <c r="OD6" s="6">
+      <c r="OF6" s="6">
         <v>1849</v>
       </c>
-      <c r="OE6" s="16"/>
-      <c r="OF6" s="18">
+      <c r="OG6" s="16"/>
+      <c r="OH6" s="18">
         <v>0.73661438615467822</v>
       </c>
-      <c r="OG6" s="6">
+      <c r="OI6" s="6">
         <v>1362</v>
       </c>
-      <c r="OH6" s="6">
+      <c r="OJ6" s="6">
         <v>1849</v>
       </c>
-      <c r="OI6" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="OK6" s="18">
+        <v>0</v>
+      </c>
+      <c r="OL6" s="6"/>
       <c r="OM6" s="6"/>
-      <c r="ON6" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="ON6" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO6" s="6"/>
       <c r="OP6" s="6"/>
-      <c r="OQ6" s="8"/>
-      <c r="OR6" s="6">
+      <c r="OQ6" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR6" s="6"/>
+      <c r="OS6" s="8"/>
+      <c r="OT6" s="6">
         <v>144</v>
       </c>
-      <c r="OS6" s="6">
+      <c r="OU6" s="6">
         <v>2084</v>
       </c>
-      <c r="OT6" s="12">
+      <c r="OV6" s="12">
         <v>6.9097888675623803E-2</v>
       </c>
-      <c r="OU6" s="6">
+      <c r="OW6" s="6">
         <v>58.018563</v>
       </c>
-      <c r="OV6" s="6">
+      <c r="OX6" s="6">
         <v>58.018563</v>
       </c>
-      <c r="OW6" s="6"/>
-      <c r="OX6" s="6"/>
       <c r="OY6" s="6"/>
+      <c r="OZ6" s="6"/>
+      <c r="PA6" s="6"/>
     </row>
-    <row r="7" spans="1:415" ht="14">
+    <row r="7" spans="1:417" ht="14">
       <c r="A7" s="3">
         <v>45839</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>6</v>
       </c>
       <c r="C7" s="19"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
       <c r="K7" s="4"/>
       <c r="L7" s="4"/>
       <c r="M7" s="4"/>
       <c r="N7" s="4"/>
       <c r="O7" s="4"/>
       <c r="P7" s="4"/>
       <c r="Q7" s="4"/>
       <c r="R7" s="4"/>
       <c r="S7" s="4"/>
       <c r="T7" s="4"/>
       <c r="U7" s="4"/>
@@ -26481,595 +35077,597 @@
       <c r="FZ7" s="4">
         <v>59</v>
       </c>
       <c r="GA7" s="4">
         <v>119</v>
       </c>
       <c r="GB7" s="4">
         <v>207</v>
       </c>
       <c r="GC7" s="4">
         <v>75</v>
       </c>
       <c r="GD7" s="4">
         <v>104</v>
       </c>
       <c r="GE7" s="4"/>
       <c r="GF7" s="4">
         <v>199</v>
       </c>
       <c r="GG7" s="4">
         <v>47</v>
       </c>
       <c r="GH7" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="GI7" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="GI7" s="4"/>
       <c r="GJ7" s="4" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="GK7" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="GL7" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GM7" s="4"/>
+      <c r="GM7" s="4" t="s">
+        <v>1076</v>
+      </c>
       <c r="GN7" s="4"/>
-      <c r="GO7" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="GO7" s="4"/>
       <c r="GP7" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GQ7" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GQ7" s="4"/>
-      <c r="GR7" s="4" t="s">
+      <c r="GR7" s="4"/>
+      <c r="GS7" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GS7" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GT7" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="GU7" s="4"/>
-[...6 lines deleted...]
-      </c>
+      <c r="GU7" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GV7" s="4"/>
+      <c r="GW7" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GX7" s="4"/>
       <c r="GY7" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="GZ7" s="4" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
       <c r="HA7" s="4" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="HB7" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HC7" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HD7" s="4"/>
-      <c r="HE7" s="4" t="s">
+      <c r="HD7" s="4" t="s">
         <v>1076</v>
       </c>
+      <c r="HE7" s="4"/>
       <c r="HF7" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HG7" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HH7" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HI7" s="4"/>
-[...4 lines deleted...]
-      <c r="HL7" s="4" t="s">
+      <c r="HI7" s="4" t="s">
         <v>1076</v>
       </c>
+      <c r="HJ7" s="4"/>
+      <c r="HK7" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HL7" s="4"/>
       <c r="HM7" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HN7" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HO7" s="4"/>
-[...7 lines deleted...]
-      <c r="HS7" s="4">
+      <c r="HO7" s="4" t="s">
+        <v>1076</v>
+      </c>
+      <c r="HP7" s="4"/>
+      <c r="HQ7" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HR7" s="4"/>
+      <c r="HS7" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HT7" s="4">
         <v>6</v>
       </c>
-      <c r="HT7" s="4" t="s">
-[...3 lines deleted...]
-      <c r="HV7" s="4" t="s">
+      <c r="HU7" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HV7" s="4"/>
+      <c r="HW7" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HW7" s="4">
+      <c r="HX7" s="4">
         <v>127</v>
       </c>
-      <c r="HX7" s="4">
+      <c r="HY7" s="4">
         <v>20</v>
       </c>
-      <c r="HY7" s="4"/>
       <c r="HZ7" s="4"/>
-      <c r="IA7" s="4" t="s">
+      <c r="IA7" s="4"/>
+      <c r="IB7" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="IB7" s="4">
+      <c r="IC7" s="4">
         <v>8</v>
       </c>
-      <c r="IC7" s="4" t="s">
+      <c r="ID7" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="ID7" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="IE7" s="4"/>
       <c r="IF7" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IG7" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IH7" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="II7" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IJ7" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IK7" s="4" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="IL7" s="4">
+        <v>1076</v>
+      </c>
+      <c r="IL7" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM7" s="4"/>
+      <c r="IN7" s="4">
         <v>167</v>
       </c>
-      <c r="IM7" s="4">
+      <c r="IO7" s="4">
         <v>38</v>
       </c>
-      <c r="IN7" s="4">
+      <c r="IP7" s="4">
         <v>23</v>
       </c>
-      <c r="IO7" s="4" t="s">
-[...2 lines deleted...]
-      <c r="IP7" s="4">
+      <c r="IQ7" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IR7" s="4">
         <v>12</v>
       </c>
-      <c r="IQ7" s="4" t="s">
-[...2 lines deleted...]
-      <c r="IR7" s="4">
+      <c r="IS7" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IT7" s="4">
         <v>121</v>
       </c>
-      <c r="IS7" s="20">
+      <c r="IU7" s="20">
         <v>2.2395833333333334E-3</v>
       </c>
-      <c r="IT7" s="10">
+      <c r="IV7" s="10">
         <v>2.5810185185185185E-3</v>
       </c>
-      <c r="IU7" s="4">
+      <c r="IW7" s="4">
         <v>186</v>
       </c>
-      <c r="IV7" s="20">
+      <c r="IX7" s="20">
         <v>3.2407407407407406E-4</v>
       </c>
-      <c r="IW7" s="10">
+      <c r="IY7" s="10">
         <v>2.9282407407407408E-3</v>
       </c>
-      <c r="IX7" s="4">
+      <c r="IZ7" s="4">
         <v>788</v>
       </c>
-      <c r="IY7" s="12">
+      <c r="JA7" s="12">
         <v>0.1784824462061155</v>
       </c>
-      <c r="IZ7" s="16"/>
-[...9 lines deleted...]
-      <c r="JF7" s="6">
+      <c r="JB7" s="16"/>
+      <c r="JC7" s="6"/>
+      <c r="JD7" s="8"/>
+      <c r="JE7" s="12">
+        <v>0</v>
+      </c>
+      <c r="JF7" s="16"/>
+      <c r="JG7" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH7" s="6">
         <v>302</v>
       </c>
-      <c r="JG7" s="12">
+      <c r="JI7" s="12">
         <v>9.9337748344370865E-3</v>
       </c>
-      <c r="JH7" s="4">
+      <c r="JJ7" s="4">
         <v>121</v>
       </c>
-      <c r="JI7" s="11">
+      <c r="JK7" s="11">
         <v>9.5833333333333326E-3</v>
       </c>
-      <c r="JJ7" s="11">
+      <c r="JL7" s="11">
         <v>6.609027777777777E-3</v>
       </c>
-      <c r="JK7" s="11">
+      <c r="JM7" s="11">
         <v>1.7546527777777779E-2</v>
       </c>
-      <c r="JL7" s="4">
+      <c r="JN7" s="4">
         <v>540</v>
       </c>
-      <c r="JM7" s="11">
+      <c r="JO7" s="11">
         <v>6.371527777777778E-3</v>
       </c>
-      <c r="JN7" s="11">
+      <c r="JP7" s="11">
         <v>1.7592361111111111E-2</v>
       </c>
-      <c r="JO7" s="4"/>
-[...1 lines deleted...]
-      <c r="JQ7" s="11"/>
+      <c r="JQ7" s="4"/>
       <c r="JR7" s="11"/>
-      <c r="JS7" s="4">
+      <c r="JS7" s="11"/>
+      <c r="JT7" s="11"/>
+      <c r="JU7" s="4">
         <v>1993</v>
       </c>
-      <c r="JT7" s="11">
+      <c r="JV7" s="11">
         <v>5.9097222222222225E-2</v>
       </c>
-      <c r="JU7" s="11">
+      <c r="JW7" s="11">
         <v>8.5694444444444448E-2</v>
       </c>
-      <c r="JV7" s="11">
+      <c r="JX7" s="11">
         <v>0.2349074074074074</v>
       </c>
-      <c r="JW7" s="4">
+      <c r="JY7" s="4">
         <v>134</v>
       </c>
-      <c r="JX7" s="11">
+      <c r="JZ7" s="11">
         <v>5.2800925925925925E-2</v>
       </c>
-      <c r="JY7" s="11">
+      <c r="KA7" s="11">
         <v>7.4340277777777783E-2</v>
       </c>
-      <c r="JZ7" s="11">
+      <c r="KB7" s="11">
         <v>0.48223379629629631</v>
       </c>
-      <c r="KA7" s="6">
+      <c r="KC7" s="6">
         <v>1732</v>
       </c>
-      <c r="KB7" s="14">
+      <c r="KD7" s="14">
         <v>0.83602771362586603</v>
       </c>
-      <c r="KC7" s="14">
+      <c r="KE7" s="14">
         <v>0.13106235565819863</v>
       </c>
-      <c r="KD7" s="14">
+      <c r="KF7" s="14">
         <v>2.7136258660508082E-2</v>
       </c>
-      <c r="KE7" s="14">
+      <c r="KG7" s="14">
         <v>5.7736720554272519E-3</v>
       </c>
-      <c r="KF7" s="8">
+      <c r="KH7" s="8">
         <v>156</v>
       </c>
-      <c r="KG7" s="6">
+      <c r="KI7" s="6">
         <v>34</v>
       </c>
-      <c r="KH7" s="6">
+      <c r="KJ7" s="6">
         <v>38</v>
       </c>
-      <c r="KI7" s="6"/>
-[...3 lines deleted...]
-      <c r="KK7" s="6">
+      <c r="KK7" s="6"/>
+      <c r="KL7" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KM7" s="6">
         <v>77</v>
       </c>
-      <c r="KL7" s="6" t="s">
-[...2 lines deleted...]
-      <c r="KM7" s="6">
+      <c r="KN7" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KO7" s="6">
         <v>123</v>
       </c>
-      <c r="KN7" s="18">
+      <c r="KP7" s="18">
         <v>0.78846153846153844</v>
       </c>
-      <c r="KO7" s="21"/>
-      <c r="KP7" s="21"/>
       <c r="KQ7" s="21"/>
       <c r="KR7" s="21"/>
       <c r="KS7" s="21"/>
       <c r="KT7" s="21"/>
       <c r="KU7" s="21"/>
       <c r="KV7" s="21"/>
       <c r="KW7" s="21"/>
       <c r="KX7" s="21"/>
       <c r="KY7" s="21"/>
       <c r="KZ7" s="21"/>
       <c r="LA7" s="21"/>
       <c r="LB7" s="21"/>
       <c r="LC7" s="21"/>
       <c r="LD7" s="21"/>
       <c r="LE7" s="21"/>
       <c r="LF7" s="21"/>
       <c r="LG7" s="21"/>
       <c r="LH7" s="21"/>
       <c r="LI7" s="21"/>
       <c r="LJ7" s="21"/>
       <c r="LK7" s="21"/>
-      <c r="LL7" s="6">
+      <c r="LL7" s="21"/>
+      <c r="LM7" s="21"/>
+      <c r="LN7" s="6">
         <v>464</v>
       </c>
-      <c r="LM7" s="6">
+      <c r="LO7" s="6">
         <v>303</v>
       </c>
-      <c r="LN7" s="6">
+      <c r="LP7" s="6">
         <v>161</v>
       </c>
-      <c r="LO7" s="16"/>
-      <c r="LP7" s="6">
+      <c r="LQ7" s="16"/>
+      <c r="LR7" s="6">
         <v>1514</v>
       </c>
-      <c r="LQ7" s="6">
+      <c r="LS7" s="6">
         <v>57</v>
       </c>
-      <c r="LR7" s="17">
+      <c r="LT7" s="17">
         <v>3.7648612945838836E-2</v>
       </c>
-      <c r="LS7" s="6">
+      <c r="LU7" s="6">
         <v>6</v>
       </c>
-      <c r="LT7" s="17">
+      <c r="LV7" s="17">
         <v>3.9630118890356669E-3</v>
       </c>
-      <c r="LU7" s="16"/>
-      <c r="LV7" s="6">
+      <c r="LW7" s="16"/>
+      <c r="LX7" s="6">
         <v>479</v>
       </c>
-      <c r="LW7" s="6">
+      <c r="LY7" s="6">
         <v>22</v>
       </c>
-      <c r="LX7" s="17">
+      <c r="LZ7" s="17">
         <v>4.5929018789144051E-2</v>
       </c>
-      <c r="LY7" s="6" t="s">
-[...2 lines deleted...]
-      <c r="LZ7" s="17">
+      <c r="MA7" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB7" s="17">
         <v>2.0876826722338203E-3</v>
       </c>
-      <c r="MA7" s="16"/>
-      <c r="MB7" s="6">
+      <c r="MC7" s="16"/>
+      <c r="MD7" s="6">
         <v>1993</v>
       </c>
-      <c r="MC7" s="6">
+      <c r="ME7" s="6">
         <v>79</v>
       </c>
-      <c r="MD7" s="17">
+      <c r="MF7" s="17">
         <v>3.9638735574510787E-2</v>
       </c>
-      <c r="ME7" s="6">
+      <c r="MG7" s="6">
         <v>7</v>
       </c>
-      <c r="MF7" s="17">
+      <c r="MH7" s="17">
         <v>3.5122930255895636E-3</v>
       </c>
-      <c r="MG7" s="16"/>
-      <c r="MH7" s="6">
+      <c r="MI7" s="16"/>
+      <c r="MJ7" s="6">
         <v>79</v>
       </c>
-      <c r="MI7" s="6" t="s">
-[...2 lines deleted...]
-      <c r="MJ7" s="17">
+      <c r="MK7" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ML7" s="17">
         <v>1.2658227848101266E-2</v>
       </c>
-      <c r="MK7" s="6"/>
-[...4 lines deleted...]
-      <c r="MN7" s="6">
+      <c r="MM7" s="6"/>
+      <c r="MN7" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO7" s="16"/>
+      <c r="MP7" s="6">
         <v>55</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MQ7" s="6"/>
       <c r="MR7" s="17">
         <v>0</v>
       </c>
-      <c r="MS7" s="16"/>
-      <c r="MT7" s="6">
+      <c r="MS7" s="6"/>
+      <c r="MT7" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU7" s="16"/>
+      <c r="MV7" s="6">
         <v>115</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MW7" s="6"/>
       <c r="MX7" s="17">
         <v>0</v>
       </c>
-      <c r="MY7" s="6">
+      <c r="MY7" s="6"/>
+      <c r="MZ7" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA7" s="6">
         <v>1662</v>
       </c>
-      <c r="MZ7" s="6">
+      <c r="NB7" s="6">
         <v>2567</v>
       </c>
-      <c r="NA7" s="18">
+      <c r="NC7" s="18">
         <v>0.64744838332684063</v>
       </c>
-      <c r="NB7" s="6">
+      <c r="ND7" s="6">
         <v>1976</v>
       </c>
-      <c r="NC7" s="6">
+      <c r="NE7" s="6">
         <v>1737</v>
       </c>
-      <c r="ND7" s="6">
+      <c r="NF7" s="6">
         <v>8</v>
       </c>
-      <c r="NE7" s="6">
+      <c r="NG7" s="6">
         <v>224</v>
       </c>
-      <c r="NF7" s="6">
+      <c r="NH7" s="6">
         <v>7</v>
       </c>
-      <c r="NG7" s="18">
+      <c r="NI7" s="18">
         <v>0.24616122840690979</v>
       </c>
-      <c r="NH7" s="6">
+      <c r="NJ7" s="6">
         <v>513</v>
       </c>
-      <c r="NI7" s="6">
+      <c r="NK7" s="6">
         <v>2084</v>
       </c>
-      <c r="NJ7" s="16"/>
-      <c r="NK7" s="18">
+      <c r="NL7" s="16"/>
+      <c r="NM7" s="18">
         <v>0.24365207995678012</v>
       </c>
-      <c r="NL7" s="6">
+      <c r="NN7" s="6">
         <v>451</v>
       </c>
-      <c r="NM7" s="6">
+      <c r="NO7" s="6">
         <v>1851</v>
       </c>
-      <c r="NN7" s="18">
+      <c r="NP7" s="18">
         <v>0.33333333333333331</v>
       </c>
-      <c r="NO7" s="6" t="s">
-[...5 lines deleted...]
-      <c r="NQ7" s="18">
+      <c r="NQ7" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NR7" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NS7" s="18">
         <v>0.26521739130434785</v>
       </c>
-      <c r="NR7" s="6">
+      <c r="NT7" s="6">
         <v>61</v>
       </c>
-      <c r="NS7" s="6">
+      <c r="NU7" s="6">
         <v>230</v>
       </c>
-      <c r="NT7" s="18">
-[...4 lines deleted...]
-      <c r="NW7" s="6">
+      <c r="NV7" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW7" s="6"/>
+      <c r="NX7" s="6"/>
+      <c r="NY7" s="6">
         <v>2986.9802209999989</v>
       </c>
-      <c r="NX7" s="6">
+      <c r="NZ7" s="6">
         <v>2779.3446769999987</v>
       </c>
-      <c r="NY7" s="6" t="s">
-[...2 lines deleted...]
-      <c r="NZ7" s="6">
+      <c r="OA7" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OB7" s="6">
         <v>206.40193400000001</v>
       </c>
-      <c r="OA7" s="6"/>
-      <c r="OB7" s="18">
+      <c r="OC7" s="6"/>
+      <c r="OD7" s="18">
         <v>0.79558541266794625</v>
       </c>
-      <c r="OC7" s="6">
+      <c r="OE7" s="6">
         <v>1658</v>
       </c>
-      <c r="OD7" s="6">
+      <c r="OF7" s="6">
         <v>2084</v>
       </c>
-      <c r="OE7" s="16"/>
-      <c r="OF7" s="18">
+      <c r="OG7" s="16"/>
+      <c r="OH7" s="18">
         <v>0.79632631010264721</v>
       </c>
-      <c r="OG7" s="6">
+      <c r="OI7" s="6">
         <v>1474</v>
       </c>
-      <c r="OH7" s="6">
+      <c r="OJ7" s="6">
         <v>1851</v>
       </c>
-      <c r="OI7" s="18">
+      <c r="OK7" s="18">
         <v>1</v>
       </c>
-      <c r="OJ7" s="6" t="s">
-[...5 lines deleted...]
-      <c r="OL7" s="18">
+      <c r="OL7" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OM7" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ON7" s="18">
         <v>0.78695652173913044</v>
       </c>
-      <c r="OM7" s="6">
+      <c r="OO7" s="6">
         <v>181</v>
       </c>
-      <c r="ON7" s="6">
+      <c r="OP7" s="6">
         <v>230</v>
       </c>
-      <c r="OO7" s="18">
-[...4 lines deleted...]
-      <c r="OR7" s="6">
+      <c r="OQ7" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR7" s="6"/>
+      <c r="OS7" s="8"/>
+      <c r="OT7" s="6">
         <v>147</v>
       </c>
-      <c r="OS7" s="6">
+      <c r="OU7" s="6">
         <v>1976</v>
       </c>
-      <c r="OT7" s="12">
+      <c r="OV7" s="12">
         <v>7.4392712550607282E-2</v>
       </c>
-      <c r="OU7" s="6">
+      <c r="OW7" s="6">
         <v>92.482446999999979</v>
       </c>
-      <c r="OV7" s="6">
+      <c r="OX7" s="6">
         <v>87.087180999999987</v>
       </c>
-      <c r="OW7" s="6"/>
-[...2 lines deleted...]
-      </c>
       <c r="OY7" s="6"/>
+      <c r="OZ7" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="PA7" s="6"/>
     </row>
-    <row r="8" spans="1:415" ht="14">
+    <row r="8" spans="1:417" ht="14">
       <c r="A8" s="3">
         <v>45839</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C8" s="19"/>
       <c r="D8" s="4"/>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
       <c r="I8" s="4"/>
       <c r="J8" s="4"/>
       <c r="K8" s="4"/>
       <c r="L8" s="4"/>
       <c r="M8" s="4"/>
       <c r="N8" s="4"/>
       <c r="O8" s="4"/>
       <c r="P8" s="4"/>
       <c r="Q8" s="4"/>
       <c r="R8" s="4"/>
       <c r="S8" s="4"/>
       <c r="T8" s="4"/>
       <c r="U8" s="4"/>
@@ -27308,549 +35906,551 @@
         <v>51</v>
       </c>
       <c r="FZ8" s="4">
         <v>29</v>
       </c>
       <c r="GA8" s="4">
         <v>69</v>
       </c>
       <c r="GB8" s="4">
         <v>60</v>
       </c>
       <c r="GC8" s="4">
         <v>30</v>
       </c>
       <c r="GD8" s="4">
         <v>51</v>
       </c>
       <c r="GE8" s="4"/>
       <c r="GF8" s="4">
         <v>35</v>
       </c>
       <c r="GG8" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="GH8" s="4"/>
-      <c r="GI8" s="4">
+      <c r="GI8" s="4"/>
+      <c r="GJ8" s="4">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>1076</v>
       </c>
       <c r="GK8" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="GL8" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GM8" s="4"/>
+      <c r="GM8" s="4" t="s">
+        <v>1076</v>
+      </c>
       <c r="GN8" s="4"/>
       <c r="GO8" s="4"/>
-      <c r="GP8" s="4" t="s">
+      <c r="GP8" s="4"/>
+      <c r="GQ8" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GQ8" s="4"/>
-      <c r="GR8" s="4" t="s">
+      <c r="GR8" s="4"/>
+      <c r="GS8" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GS8" s="4"/>
-[...4 lines deleted...]
-      <c r="GV8" s="4">
+      <c r="GT8" s="4"/>
+      <c r="GU8" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GV8" s="4"/>
+      <c r="GW8" s="4">
         <v>7</v>
       </c>
-      <c r="GW8" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="GX8" s="4"/>
       <c r="GY8" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GZ8" s="4"/>
-      <c r="HA8" s="4" t="s">
+      <c r="GZ8" s="4" t="s">
         <v>1076</v>
       </c>
+      <c r="HA8" s="4"/>
       <c r="HB8" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HC8" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HD8" s="4"/>
-      <c r="HE8" s="4" t="s">
+      <c r="HD8" s="4" t="s">
         <v>1076</v>
       </c>
+      <c r="HE8" s="4"/>
       <c r="HF8" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HG8" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HH8" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HI8" s="4"/>
+      <c r="HI8" s="4" t="s">
+        <v>1076</v>
+      </c>
       <c r="HJ8" s="4"/>
       <c r="HK8" s="4"/>
-      <c r="HL8" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="HL8" s="4"/>
       <c r="HM8" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HN8" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HO8" s="4" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
       <c r="HP8" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="HQ8" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="HR8" s="4"/>
+      <c r="HR8" s="4" t="s">
+        <v>1081</v>
+      </c>
       <c r="HS8" s="4"/>
       <c r="HT8" s="4"/>
       <c r="HU8" s="4"/>
-      <c r="HV8" s="4" t="s">
+      <c r="HV8" s="4"/>
+      <c r="HW8" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HW8" s="4">
+      <c r="HX8" s="4">
         <v>32</v>
       </c>
-      <c r="HX8" s="4">
+      <c r="HY8" s="4">
         <v>30</v>
       </c>
-      <c r="HY8" s="4" t="s">
-[...3 lines deleted...]
-      <c r="IA8" s="4" t="s">
+      <c r="HZ8" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IA8" s="4"/>
+      <c r="IB8" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="IB8" s="4">
+      <c r="IC8" s="4">
         <v>7</v>
       </c>
-      <c r="IC8" s="4" t="s">
+      <c r="ID8" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="ID8" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="IE8" s="4"/>
       <c r="IF8" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IG8" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IH8" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="II8" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IJ8" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="IK8" s="4"/>
-      <c r="IL8" s="4">
+      <c r="IK8" s="4" t="s">
+        <v>1076</v>
+      </c>
+      <c r="IL8" s="4"/>
+      <c r="IM8" s="4"/>
+      <c r="IN8" s="4">
         <v>90</v>
       </c>
-      <c r="IM8" s="4">
+      <c r="IO8" s="4">
         <v>14</v>
       </c>
-      <c r="IN8" s="4">
+      <c r="IP8" s="4">
         <v>7</v>
       </c>
-      <c r="IO8" s="4" t="s">
-[...2 lines deleted...]
-      <c r="IP8" s="4">
+      <c r="IQ8" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IR8" s="4">
         <v>8</v>
       </c>
-      <c r="IQ8" s="4"/>
-      <c r="IR8" s="4">
+      <c r="IS8" s="4"/>
+      <c r="IT8" s="4">
         <v>30</v>
       </c>
-      <c r="IS8" s="20">
+      <c r="IU8" s="20">
         <v>2.1990740740740742E-3</v>
       </c>
-      <c r="IT8" s="10">
+      <c r="IV8" s="10">
         <v>3.0671296296296297E-3</v>
       </c>
-      <c r="IU8" s="4">
+      <c r="IW8" s="4">
         <v>71</v>
       </c>
-      <c r="IV8" s="20">
+      <c r="IX8" s="20">
         <v>4.3981481481481481E-4</v>
       </c>
-      <c r="IW8" s="10">
+      <c r="IY8" s="10">
         <v>2.7777777777777779E-3</v>
       </c>
-      <c r="IX8" s="4">
+      <c r="IZ8" s="4">
         <v>257</v>
       </c>
-      <c r="IY8" s="12">
+      <c r="JA8" s="12">
         <v>0.15883807169344871</v>
       </c>
-      <c r="IZ8" s="16"/>
-[...7 lines deleted...]
-      <c r="JF8" s="6">
+      <c r="JB8" s="16"/>
+      <c r="JC8" s="6"/>
+      <c r="JD8" s="8"/>
+      <c r="JE8" s="12">
+        <v>0</v>
+      </c>
+      <c r="JF8" s="16"/>
+      <c r="JG8" s="6"/>
+      <c r="JH8" s="6">
         <v>107</v>
       </c>
-      <c r="JG8" s="12">
-[...2 lines deleted...]
-      <c r="JH8" s="4">
+      <c r="JI8" s="12">
+        <v>0</v>
+      </c>
+      <c r="JJ8" s="4">
         <v>30</v>
       </c>
-      <c r="JI8" s="11">
+      <c r="JK8" s="11">
         <v>2.2743055555555555E-3</v>
       </c>
-      <c r="JJ8" s="11">
+      <c r="JL8" s="11">
         <v>5.1100694444444449E-3</v>
       </c>
-      <c r="JK8" s="11">
+      <c r="JM8" s="11">
         <v>1.8292847222222221E-2</v>
       </c>
-      <c r="JL8" s="4">
+      <c r="JN8" s="4">
         <v>161</v>
       </c>
-      <c r="JM8" s="11">
+      <c r="JO8" s="11">
         <v>7.9395833333333332E-3</v>
       </c>
-      <c r="JN8" s="11">
+      <c r="JP8" s="11">
         <v>2.2983611111111114E-2</v>
       </c>
-      <c r="JO8" s="4"/>
-[...1 lines deleted...]
-      <c r="JQ8" s="11"/>
+      <c r="JQ8" s="4"/>
       <c r="JR8" s="11"/>
-      <c r="JS8" s="4">
+      <c r="JS8" s="11"/>
+      <c r="JT8" s="11"/>
+      <c r="JU8" s="4">
         <v>783</v>
       </c>
-      <c r="JT8" s="11">
+      <c r="JV8" s="11">
         <v>4.0312500000000001E-2</v>
       </c>
-      <c r="JU8" s="11">
+      <c r="JW8" s="11">
         <v>6.7407407407407402E-2</v>
       </c>
-      <c r="JV8" s="11">
+      <c r="JX8" s="11">
         <v>0.21958333333333332</v>
       </c>
-      <c r="JW8" s="4">
+      <c r="JY8" s="4">
         <v>55</v>
       </c>
-      <c r="JX8" s="11">
+      <c r="JZ8" s="11">
         <v>3.681712962962963E-2</v>
       </c>
-      <c r="JY8" s="11">
+      <c r="KA8" s="11">
         <v>5.8657407407407408E-2</v>
       </c>
-      <c r="JZ8" s="11">
+      <c r="KB8" s="11">
         <v>0.1799074074074074</v>
       </c>
-      <c r="KA8" s="6">
+      <c r="KC8" s="6">
         <v>725</v>
       </c>
-      <c r="KB8" s="14">
+      <c r="KD8" s="14">
         <v>0.87448275862068969</v>
       </c>
-      <c r="KC8" s="14">
+      <c r="KE8" s="14">
         <v>0.10896551724137932</v>
       </c>
-      <c r="KD8" s="14">
+      <c r="KF8" s="14">
         <v>1.1034482758620689E-2</v>
       </c>
-      <c r="KE8" s="14">
+      <c r="KG8" s="14">
         <v>5.5172413793103444E-3</v>
       </c>
-      <c r="KF8" s="8">
+      <c r="KH8" s="8">
         <v>25</v>
       </c>
-      <c r="KG8" s="6">
+      <c r="KI8" s="6">
         <v>9</v>
       </c>
-      <c r="KH8" s="6">
+      <c r="KJ8" s="6">
         <v>7</v>
       </c>
-      <c r="KI8" s="6"/>
-[...3 lines deleted...]
-      </c>
+      <c r="KK8" s="6"/>
       <c r="KL8" s="6"/>
       <c r="KM8" s="6">
+        <v>9</v>
+      </c>
+      <c r="KN8" s="6"/>
+      <c r="KO8" s="6">
         <v>22</v>
       </c>
-      <c r="KN8" s="18">
+      <c r="KP8" s="18">
         <v>0.88</v>
       </c>
-      <c r="KO8" s="21"/>
-      <c r="KP8" s="21"/>
       <c r="KQ8" s="21"/>
       <c r="KR8" s="21"/>
       <c r="KS8" s="21"/>
       <c r="KT8" s="21"/>
       <c r="KU8" s="21"/>
       <c r="KV8" s="21"/>
       <c r="KW8" s="21"/>
       <c r="KX8" s="21"/>
       <c r="KY8" s="21"/>
       <c r="KZ8" s="21"/>
       <c r="LA8" s="21"/>
       <c r="LB8" s="21"/>
       <c r="LC8" s="21"/>
       <c r="LD8" s="21"/>
       <c r="LE8" s="21"/>
       <c r="LF8" s="21"/>
       <c r="LG8" s="21"/>
       <c r="LH8" s="21"/>
       <c r="LI8" s="21"/>
       <c r="LJ8" s="21"/>
       <c r="LK8" s="21"/>
-      <c r="LL8" s="6">
+      <c r="LL8" s="21"/>
+      <c r="LM8" s="21"/>
+      <c r="LN8" s="6">
         <v>178</v>
       </c>
-      <c r="LM8" s="6">
+      <c r="LO8" s="6">
         <v>107</v>
       </c>
-      <c r="LN8" s="6">
+      <c r="LP8" s="6">
         <v>71</v>
       </c>
-      <c r="LO8" s="16"/>
-      <c r="LP8" s="6">
+      <c r="LQ8" s="16"/>
+      <c r="LR8" s="6">
         <v>598</v>
       </c>
-      <c r="LQ8" s="6" t="s">
-[...2 lines deleted...]
-      <c r="LR8" s="17">
+      <c r="LS8" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="LT8" s="17">
         <v>6.688963210702341E-3</v>
       </c>
-      <c r="LS8" s="6" t="s">
-[...2 lines deleted...]
-      <c r="LT8" s="17">
+      <c r="LU8" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="LV8" s="17">
         <v>8.3612040133779261E-3</v>
       </c>
-      <c r="LU8" s="16"/>
-      <c r="LV8" s="6">
+      <c r="LW8" s="16"/>
+      <c r="LX8" s="6">
         <v>185</v>
       </c>
-      <c r="LW8" s="6" t="s">
-[...2 lines deleted...]
-      <c r="LX8" s="17">
+      <c r="LY8" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="LZ8" s="17">
         <v>5.4054054054054057E-3</v>
       </c>
-      <c r="LY8" s="6"/>
-[...4 lines deleted...]
-      <c r="MB8" s="6">
+      <c r="MA8" s="6"/>
+      <c r="MB8" s="17">
+        <v>0</v>
+      </c>
+      <c r="MC8" s="16"/>
+      <c r="MD8" s="6">
         <v>783</v>
-      </c>
-[...4 lines deleted...]
-        <v>6.3856960408684551E-3</v>
       </c>
       <c r="ME8" s="6" t="s">
         <v>1081</v>
       </c>
       <c r="MF8" s="17">
         <v>6.3856960408684551E-3</v>
       </c>
-      <c r="MG8" s="16"/>
-      <c r="MH8" s="6">
+      <c r="MG8" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MH8" s="17">
+        <v>6.3856960408684551E-3</v>
+      </c>
+      <c r="MI8" s="16"/>
+      <c r="MJ8" s="6">
         <v>34</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MK8" s="6"/>
       <c r="ML8" s="17">
         <v>0</v>
       </c>
-      <c r="MM8" s="16"/>
-      <c r="MN8" s="6">
+      <c r="MM8" s="6"/>
+      <c r="MN8" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO8" s="16"/>
+      <c r="MP8" s="6">
         <v>23</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MQ8" s="6"/>
       <c r="MR8" s="17">
         <v>0</v>
       </c>
-      <c r="MS8" s="16"/>
-      <c r="MT8" s="6">
+      <c r="MS8" s="6"/>
+      <c r="MT8" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU8" s="16"/>
+      <c r="MV8" s="6">
         <v>37</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MW8" s="6"/>
       <c r="MX8" s="17">
         <v>0</v>
       </c>
-      <c r="MY8" s="6">
+      <c r="MY8" s="6"/>
+      <c r="MZ8" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA8" s="6">
         <v>661</v>
       </c>
-      <c r="MZ8" s="6">
+      <c r="NB8" s="6">
         <v>991</v>
       </c>
-      <c r="NA8" s="18">
+      <c r="NC8" s="18">
         <v>0.66700302724520688</v>
       </c>
-      <c r="NB8" s="6">
+      <c r="ND8" s="6">
         <v>742</v>
       </c>
-      <c r="NC8" s="6">
+      <c r="NE8" s="6">
         <v>680</v>
       </c>
-      <c r="ND8" s="6">
+      <c r="NF8" s="6">
         <v>14</v>
       </c>
-      <c r="NE8" s="6"/>
-      <c r="NF8" s="6">
+      <c r="NG8" s="6"/>
+      <c r="NH8" s="6">
         <v>48</v>
       </c>
-      <c r="NG8" s="18">
+      <c r="NI8" s="18">
         <v>0.22238586156111928</v>
       </c>
-      <c r="NH8" s="6">
+      <c r="NJ8" s="6">
         <v>151</v>
       </c>
-      <c r="NI8" s="6">
+      <c r="NK8" s="6">
         <v>679</v>
       </c>
-      <c r="NJ8" s="16"/>
-      <c r="NK8" s="18">
+      <c r="NL8" s="16"/>
+      <c r="NM8" s="18">
         <v>0.22238586156111928</v>
       </c>
-      <c r="NL8" s="6">
+      <c r="NN8" s="6">
         <v>151</v>
       </c>
-      <c r="NM8" s="6">
+      <c r="NO8" s="6">
         <v>679</v>
       </c>
-      <c r="NN8" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="NP8" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ8" s="6"/>
       <c r="NR8" s="6"/>
-      <c r="NS8" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="NS8" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT8" s="6"/>
       <c r="NU8" s="6"/>
-      <c r="NV8" s="6"/>
-      <c r="NW8" s="6">
+      <c r="NV8" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW8" s="6"/>
+      <c r="NX8" s="6"/>
+      <c r="NY8" s="6">
         <v>393.19132599999978</v>
       </c>
-      <c r="NX8" s="6">
+      <c r="NZ8" s="6">
         <v>393.19132599999978</v>
       </c>
-      <c r="NY8" s="6"/>
-      <c r="NZ8" s="6"/>
       <c r="OA8" s="6"/>
-      <c r="OB8" s="18">
+      <c r="OB8" s="6"/>
+      <c r="OC8" s="6"/>
+      <c r="OD8" s="18">
         <v>0.80412371134020622</v>
       </c>
-      <c r="OC8" s="6">
+      <c r="OE8" s="6">
         <v>546</v>
       </c>
-      <c r="OD8" s="6">
+      <c r="OF8" s="6">
         <v>679</v>
       </c>
-      <c r="OE8" s="16"/>
-      <c r="OF8" s="18">
+      <c r="OG8" s="16"/>
+      <c r="OH8" s="18">
         <v>0.80412371134020622</v>
       </c>
-      <c r="OG8" s="6">
+      <c r="OI8" s="6">
         <v>546</v>
       </c>
-      <c r="OH8" s="6">
+      <c r="OJ8" s="6">
         <v>679</v>
       </c>
-      <c r="OI8" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="OK8" s="18">
+        <v>0</v>
+      </c>
+      <c r="OL8" s="6"/>
       <c r="OM8" s="6"/>
-      <c r="ON8" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="ON8" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO8" s="6"/>
       <c r="OP8" s="6"/>
-      <c r="OQ8" s="8"/>
-      <c r="OR8" s="6">
+      <c r="OQ8" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR8" s="6"/>
+      <c r="OS8" s="8"/>
+      <c r="OT8" s="6">
         <v>335</v>
       </c>
-      <c r="OS8" s="6">
+      <c r="OU8" s="6">
         <v>742</v>
       </c>
-      <c r="OT8" s="12">
+      <c r="OV8" s="12">
         <v>0.45148247978436656</v>
       </c>
-      <c r="OU8" s="6">
+      <c r="OW8" s="6">
         <v>16.547187000000001</v>
       </c>
-      <c r="OV8" s="6">
+      <c r="OX8" s="6">
         <v>16.547187000000001</v>
       </c>
-      <c r="OW8" s="6"/>
-      <c r="OX8" s="6"/>
       <c r="OY8" s="6"/>
+      <c r="OZ8" s="6"/>
+      <c r="PA8" s="6"/>
     </row>
-    <row r="9" spans="1:415" ht="14">
+    <row r="9" spans="1:417" ht="14">
       <c r="A9" s="3">
         <v>45839</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>1079</v>
       </c>
       <c r="C9" s="22"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="P9" s="4"/>
       <c r="Q9" s="4"/>
       <c r="R9" s="4"/>
       <c r="S9" s="4"/>
       <c r="T9" s="4"/>
       <c r="U9" s="4"/>
@@ -28100,586 +36700,588 @@
         <v>36</v>
       </c>
       <c r="GA9" s="4">
         <v>127</v>
       </c>
       <c r="GB9" s="4">
         <v>202</v>
       </c>
       <c r="GC9" s="4">
         <v>94</v>
       </c>
       <c r="GD9" s="4">
         <v>43</v>
       </c>
       <c r="GE9" s="4"/>
       <c r="GF9" s="4">
         <v>99</v>
       </c>
       <c r="GG9" s="4">
         <v>16</v>
       </c>
       <c r="GH9" s="4">
         <v>9</v>
       </c>
       <c r="GI9" s="4"/>
-      <c r="GJ9" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="GJ9" s="4"/>
       <c r="GK9" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="GL9" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GM9" s="4"/>
+      <c r="GM9" s="4" t="s">
+        <v>1076</v>
+      </c>
       <c r="GN9" s="4"/>
       <c r="GO9" s="4"/>
-      <c r="GP9" s="4" t="s">
+      <c r="GP9" s="4"/>
+      <c r="GQ9" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GQ9" s="4"/>
-      <c r="GR9" s="4" t="s">
+      <c r="GR9" s="4"/>
+      <c r="GS9" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GS9" s="4" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="GT9" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GU9" s="4"/>
       <c r="GV9" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="GW9" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="GW9" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GX9" s="4"/>
       <c r="GY9" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="GZ9" s="4"/>
-      <c r="HA9" s="4" t="s">
+      <c r="GZ9" s="4" t="s">
         <v>1076</v>
       </c>
+      <c r="HA9" s="4"/>
       <c r="HB9" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HC9" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HD9" s="4"/>
-      <c r="HE9" s="4" t="s">
+      <c r="HD9" s="4" t="s">
         <v>1076</v>
       </c>
+      <c r="HE9" s="4"/>
       <c r="HF9" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HG9" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HH9" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HI9" s="4"/>
+      <c r="HI9" s="4" t="s">
+        <v>1076</v>
+      </c>
       <c r="HJ9" s="4"/>
       <c r="HK9" s="4"/>
-      <c r="HL9" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="HL9" s="4"/>
       <c r="HM9" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HN9" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="HO9" s="4" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
       <c r="HP9" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="HQ9" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="HR9" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="HR9" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HS9" s="4"/>
       <c r="HT9" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="HU9" s="4"/>
-      <c r="HV9" s="4" t="s">
+      <c r="HU9" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HV9" s="4"/>
+      <c r="HW9" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="HW9" s="4">
+      <c r="HX9" s="4">
         <v>98</v>
       </c>
-      <c r="HX9" s="4">
+      <c r="HY9" s="4">
         <v>15</v>
       </c>
-      <c r="HY9" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HZ9" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="IA9" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IB9" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="IB9" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="IC9" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ID9" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="ID9" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="IE9" s="4"/>
       <c r="IF9" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IG9" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IH9" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="II9" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IJ9" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="IK9" s="4" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="IL9" s="4">
+        <v>1076</v>
+      </c>
+      <c r="IL9" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM9" s="4"/>
+      <c r="IN9" s="4">
         <v>171</v>
       </c>
-      <c r="IM9" s="4">
+      <c r="IO9" s="4">
         <v>31</v>
       </c>
-      <c r="IN9" s="4">
+      <c r="IP9" s="4">
         <v>23</v>
       </c>
-      <c r="IO9" s="4" t="s">
-[...2 lines deleted...]
-      <c r="IP9" s="4">
+      <c r="IQ9" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IR9" s="4">
         <v>12</v>
       </c>
-      <c r="IQ9" s="4">
+      <c r="IS9" s="4">
         <v>19</v>
       </c>
-      <c r="IR9" s="4">
+      <c r="IT9" s="4">
         <v>130</v>
       </c>
-      <c r="IS9" s="20">
+      <c r="IU9" s="20">
         <v>1.2268518518518518E-3</v>
       </c>
-      <c r="IT9" s="10">
+      <c r="IV9" s="10">
         <v>2.685185185185185E-3</v>
       </c>
-      <c r="IU9" s="4">
+      <c r="IW9" s="4">
         <v>211</v>
       </c>
-      <c r="IV9" s="20">
+      <c r="IX9" s="20">
         <v>4.5138888888888887E-4</v>
       </c>
-      <c r="IW9" s="10">
+      <c r="IY9" s="10">
         <v>2.7488425925925927E-3</v>
       </c>
-      <c r="IX9" s="4">
+      <c r="IZ9" s="4">
         <v>871</v>
       </c>
-      <c r="IY9" s="12">
+      <c r="JA9" s="12">
         <v>0.21064087061668682</v>
       </c>
-      <c r="IZ9" s="16"/>
-[...9 lines deleted...]
-      <c r="JF9" s="6">
+      <c r="JB9" s="16"/>
+      <c r="JC9" s="6"/>
+      <c r="JD9" s="8"/>
+      <c r="JE9" s="12">
+        <v>0</v>
+      </c>
+      <c r="JF9" s="16"/>
+      <c r="JG9" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH9" s="6">
         <v>260</v>
       </c>
-      <c r="JG9" s="12">
+      <c r="JI9" s="12">
         <v>7.6923076923076927E-3</v>
       </c>
-      <c r="JH9" s="4">
+      <c r="JJ9" s="4">
         <v>130</v>
       </c>
-      <c r="JI9" s="11">
+      <c r="JK9" s="11">
         <v>3.449074074074074E-3</v>
       </c>
-      <c r="JJ9" s="11">
+      <c r="JL9" s="11">
         <v>4.8840277777777779E-3</v>
       </c>
-      <c r="JK9" s="11">
+      <c r="JM9" s="11">
         <v>1.137013888888889E-2</v>
       </c>
-      <c r="JL9" s="4">
+      <c r="JN9" s="4">
         <v>581</v>
       </c>
-      <c r="JM9" s="11">
+      <c r="JO9" s="11">
         <v>6.1517361111111104E-3</v>
       </c>
-      <c r="JN9" s="11">
+      <c r="JP9" s="11">
         <v>1.2642361111111109E-2</v>
       </c>
-      <c r="JO9" s="4"/>
-[...1 lines deleted...]
-      <c r="JQ9" s="11"/>
+      <c r="JQ9" s="4"/>
       <c r="JR9" s="11"/>
-      <c r="JS9" s="4">
+      <c r="JS9" s="11"/>
+      <c r="JT9" s="11"/>
+      <c r="JU9" s="4">
         <v>1731</v>
       </c>
-      <c r="JT9" s="11">
+      <c r="JV9" s="11">
         <v>5.7881944444444444E-2</v>
       </c>
-      <c r="JU9" s="11">
+      <c r="JW9" s="11">
         <v>8.4432870370370366E-2</v>
       </c>
-      <c r="JV9" s="11">
+      <c r="JX9" s="11">
         <v>0.22480324074074073</v>
       </c>
-      <c r="JW9" s="4">
+      <c r="JY9" s="4">
         <v>113</v>
       </c>
-      <c r="JX9" s="11">
+      <c r="JZ9" s="11">
         <v>6.9953703703703699E-2</v>
       </c>
-      <c r="JY9" s="11">
+      <c r="KA9" s="11">
         <v>0.10284722222222223</v>
       </c>
-      <c r="JZ9" s="11">
+      <c r="KB9" s="11">
         <v>0.26666666666666666</v>
       </c>
-      <c r="KA9" s="6">
+      <c r="KC9" s="6">
         <v>1530</v>
       </c>
-      <c r="KB9" s="14">
+      <c r="KD9" s="14">
         <v>0.857516339869281</v>
       </c>
-      <c r="KC9" s="14">
+      <c r="KE9" s="14">
         <v>0.13006535947712419</v>
       </c>
-      <c r="KD9" s="14">
+      <c r="KF9" s="14">
         <v>9.8039215686274508E-3</v>
       </c>
-      <c r="KE9" s="14">
+      <c r="KG9" s="14">
         <v>2.6143790849673201E-3</v>
       </c>
-      <c r="KF9" s="8">
+      <c r="KH9" s="8">
         <v>77</v>
       </c>
-      <c r="KG9" s="6">
+      <c r="KI9" s="6">
         <v>10</v>
       </c>
-      <c r="KH9" s="6">
+      <c r="KJ9" s="6">
         <v>34</v>
       </c>
-      <c r="KI9" s="6"/>
-[...3 lines deleted...]
-      </c>
+      <c r="KK9" s="6"/>
       <c r="KL9" s="6"/>
       <c r="KM9" s="6">
+        <v>33</v>
+      </c>
+      <c r="KN9" s="6"/>
+      <c r="KO9" s="6">
         <v>58</v>
       </c>
-      <c r="KN9" s="14">
+      <c r="KP9" s="14">
         <v>0.75324675324675328</v>
       </c>
-      <c r="KO9" s="21"/>
-      <c r="KP9" s="21"/>
       <c r="KQ9" s="21"/>
       <c r="KR9" s="21"/>
       <c r="KS9" s="21"/>
       <c r="KT9" s="21"/>
       <c r="KU9" s="21"/>
       <c r="KV9" s="21"/>
       <c r="KW9" s="21"/>
       <c r="KX9" s="21"/>
       <c r="KY9" s="21"/>
       <c r="KZ9" s="21"/>
       <c r="LA9" s="21"/>
       <c r="LB9" s="21"/>
       <c r="LC9" s="21"/>
       <c r="LD9" s="21"/>
       <c r="LE9" s="21"/>
       <c r="LF9" s="21"/>
       <c r="LG9" s="21"/>
       <c r="LH9" s="21"/>
       <c r="LI9" s="21"/>
       <c r="LJ9" s="21"/>
       <c r="LK9" s="21"/>
-      <c r="LL9" s="6">
+      <c r="LL9" s="21"/>
+      <c r="LM9" s="21"/>
+      <c r="LN9" s="6">
         <v>404</v>
       </c>
-      <c r="LM9" s="6">
+      <c r="LO9" s="6">
         <v>263</v>
       </c>
-      <c r="LN9" s="6">
+      <c r="LP9" s="6">
         <v>141</v>
       </c>
-      <c r="LO9" s="16"/>
-      <c r="LP9" s="6">
+      <c r="LQ9" s="16"/>
+      <c r="LR9" s="6">
         <v>1367</v>
       </c>
-      <c r="LQ9" s="6">
+      <c r="LS9" s="6">
         <v>25</v>
       </c>
-      <c r="LR9" s="17">
+      <c r="LT9" s="17">
         <v>1.8288222384784197E-2</v>
       </c>
-      <c r="LS9" s="6" t="s">
-[...2 lines deleted...]
-      <c r="LT9" s="17">
+      <c r="LU9" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="LV9" s="17">
         <v>2.1945866861741038E-3</v>
       </c>
-      <c r="LU9" s="16"/>
-      <c r="LV9" s="6">
+      <c r="LW9" s="16"/>
+      <c r="LX9" s="6">
         <v>365</v>
       </c>
-      <c r="LW9" s="6">
+      <c r="LY9" s="6">
         <v>9</v>
       </c>
-      <c r="LX9" s="17">
+      <c r="LZ9" s="17">
         <v>2.4657534246575342E-2</v>
       </c>
-      <c r="LY9" s="6" t="s">
-[...2 lines deleted...]
-      <c r="LZ9" s="17">
+      <c r="MA9" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB9" s="17">
         <v>2.7397260273972603E-3</v>
       </c>
-      <c r="MA9" s="16"/>
-      <c r="MB9" s="6">
+      <c r="MC9" s="16"/>
+      <c r="MD9" s="6">
         <v>1732</v>
       </c>
-      <c r="MC9" s="6">
+      <c r="ME9" s="6">
         <v>34</v>
       </c>
-      <c r="MD9" s="17">
+      <c r="MF9" s="17">
         <v>1.9630484988452657E-2</v>
       </c>
-      <c r="ME9" s="6" t="s">
-[...2 lines deleted...]
-      <c r="MF9" s="17">
+      <c r="MG9" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MH9" s="17">
         <v>2.3094688221709007E-3</v>
       </c>
-      <c r="MG9" s="16"/>
-      <c r="MH9" s="6">
+      <c r="MI9" s="16"/>
+      <c r="MJ9" s="6">
         <v>64</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MK9" s="6"/>
       <c r="ML9" s="17">
         <v>0</v>
       </c>
-      <c r="MM9" s="16"/>
-      <c r="MN9" s="6">
+      <c r="MM9" s="6"/>
+      <c r="MN9" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO9" s="16"/>
+      <c r="MP9" s="6">
         <v>49</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MQ9" s="6"/>
       <c r="MR9" s="17">
         <v>0</v>
       </c>
-      <c r="MS9" s="16"/>
-      <c r="MT9" s="6">
+      <c r="MS9" s="6"/>
+      <c r="MT9" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU9" s="16"/>
+      <c r="MV9" s="6">
         <v>53</v>
-      </c>
-[...2 lines deleted...]
-        <v>0</v>
       </c>
       <c r="MW9" s="6"/>
       <c r="MX9" s="17">
         <v>0</v>
       </c>
-      <c r="MY9" s="6">
+      <c r="MY9" s="6"/>
+      <c r="MZ9" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA9" s="6">
         <v>1537</v>
       </c>
-      <c r="MZ9" s="6">
+      <c r="NB9" s="6">
         <v>2447</v>
       </c>
-      <c r="NA9" s="18">
+      <c r="NC9" s="18">
         <v>0.62811606048222313</v>
       </c>
-      <c r="NB9" s="6">
+      <c r="ND9" s="6">
         <v>1682</v>
       </c>
-      <c r="NC9" s="6">
+      <c r="NE9" s="6">
         <v>1620</v>
       </c>
-      <c r="ND9" s="6">
+      <c r="NF9" s="6">
         <v>46</v>
       </c>
-      <c r="NE9" s="6" t="s">
-[...2 lines deleted...]
-      <c r="NF9" s="6">
+      <c r="NG9" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NH9" s="6">
         <v>12</v>
       </c>
-      <c r="NG9" s="18">
+      <c r="NI9" s="18">
         <v>0.44736842105263158</v>
       </c>
-      <c r="NH9" s="6">
+      <c r="NJ9" s="6">
         <v>561</v>
       </c>
-      <c r="NI9" s="6">
+      <c r="NK9" s="6">
         <v>1254</v>
       </c>
-      <c r="NJ9" s="16"/>
-      <c r="NK9" s="18">
+      <c r="NL9" s="16"/>
+      <c r="NM9" s="18">
         <v>0.44891391794046659</v>
       </c>
-      <c r="NL9" s="6">
+      <c r="NN9" s="6">
         <v>558</v>
       </c>
-      <c r="NM9" s="6">
+      <c r="NO9" s="6">
         <v>1243</v>
       </c>
-      <c r="NN9" s="18">
+      <c r="NP9" s="18">
         <v>0.125</v>
       </c>
-      <c r="NO9" s="6" t="s">
-[...2 lines deleted...]
-      <c r="NP9" s="6">
+      <c r="NQ9" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NR9" s="6">
         <v>8</v>
       </c>
-      <c r="NQ9" s="18">
+      <c r="NS9" s="18">
         <v>0.66666666666666663</v>
       </c>
-      <c r="NR9" s="6" t="s">
-[...10 lines deleted...]
-      <c r="NW9" s="6">
+      <c r="NT9" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NU9" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NV9" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW9" s="6"/>
+      <c r="NX9" s="6"/>
+      <c r="NY9" s="6">
         <v>497.67191000000014</v>
       </c>
-      <c r="NX9" s="6">
+      <c r="NZ9" s="6">
         <v>495.34163400000011</v>
       </c>
-      <c r="NY9" s="6" t="s">
-[...4 lines deleted...]
-      <c r="OB9" s="18">
+      <c r="OA9" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OB9" s="6"/>
+      <c r="OC9" s="6"/>
+      <c r="OD9" s="18">
         <v>0.71132376395534291</v>
       </c>
-      <c r="OC9" s="6">
+      <c r="OE9" s="6">
         <v>892</v>
       </c>
-      <c r="OD9" s="6">
+      <c r="OF9" s="6">
         <v>1254</v>
       </c>
-      <c r="OE9" s="16"/>
-      <c r="OF9" s="18">
+      <c r="OG9" s="16"/>
+      <c r="OH9" s="18">
         <v>0.71037811745776347</v>
       </c>
-      <c r="OG9" s="6">
+      <c r="OI9" s="6">
         <v>883</v>
       </c>
-      <c r="OH9" s="6">
+      <c r="OJ9" s="6">
         <v>1243</v>
       </c>
-      <c r="OI9" s="18">
+      <c r="OK9" s="18">
         <v>1</v>
       </c>
-      <c r="OJ9" s="6">
+      <c r="OL9" s="6">
         <v>8</v>
       </c>
-      <c r="OK9" s="6">
+      <c r="OM9" s="6">
         <v>8</v>
       </c>
-      <c r="OL9" s="18">
+      <c r="ON9" s="18">
         <v>0.33333333333333331</v>
       </c>
-      <c r="OM9" s="6" t="s">
-[...10 lines deleted...]
-      <c r="OR9" s="6">
+      <c r="OO9" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OP9" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OQ9" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR9" s="6"/>
+      <c r="OS9" s="8"/>
+      <c r="OT9" s="6">
         <v>78</v>
       </c>
-      <c r="OS9" s="6">
+      <c r="OU9" s="6">
         <v>1682</v>
       </c>
-      <c r="OT9" s="12">
+      <c r="OV9" s="12">
         <v>4.6373365041617119E-2</v>
       </c>
-      <c r="OU9" s="6">
+      <c r="OW9" s="6">
         <v>41.973867999999996</v>
       </c>
-      <c r="OV9" s="6">
+      <c r="OX9" s="6">
         <v>41.949424999999998</v>
       </c>
-      <c r="OW9" s="6"/>
-      <c r="OX9" s="6"/>
       <c r="OY9" s="6"/>
+      <c r="OZ9" s="6"/>
+      <c r="PA9" s="6"/>
     </row>
-    <row r="10" spans="1:415" ht="14">
-      <c r="A10" s="61">
+    <row r="10" spans="1:417" ht="14">
+      <c r="A10" s="47">
         <v>45870</v>
       </c>
-      <c r="B10" s="62" t="s">
+      <c r="B10" s="48" t="s">
         <v>1077</v>
       </c>
       <c r="C10" s="4">
         <v>400084</v>
       </c>
       <c r="D10" s="4"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
       <c r="G10" s="5"/>
       <c r="H10" s="5"/>
       <c r="I10" s="5"/>
       <c r="J10" s="5"/>
       <c r="K10" s="5"/>
       <c r="L10" s="5"/>
       <c r="M10" s="5"/>
       <c r="N10" s="5"/>
       <c r="O10" s="5"/>
       <c r="P10" s="5"/>
       <c r="Q10" s="5"/>
       <c r="R10" s="5"/>
       <c r="S10" s="5"/>
       <c r="T10" s="5"/>
       <c r="U10" s="5"/>
       <c r="V10" s="5"/>
       <c r="W10" s="5"/>
@@ -28938,677 +37540,679 @@
       </c>
       <c r="GA10" s="4">
         <v>1040</v>
       </c>
       <c r="GB10" s="4">
         <v>1603</v>
       </c>
       <c r="GC10" s="4">
         <v>618</v>
       </c>
       <c r="GD10" s="4">
         <v>878</v>
       </c>
       <c r="GE10" s="4">
         <v>0</v>
       </c>
       <c r="GF10" s="4">
         <v>908</v>
       </c>
       <c r="GG10" s="4">
         <v>310</v>
       </c>
       <c r="GH10" s="4">
         <v>17</v>
       </c>
-      <c r="GI10" s="4">
+      <c r="GI10" s="4"/>
+      <c r="GJ10" s="4">
         <v>7</v>
       </c>
-      <c r="GJ10" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="GK10" s="4">
         <v>0</v>
       </c>
       <c r="GL10" s="4">
         <v>0</v>
       </c>
       <c r="GM10" s="4">
+        <v>0</v>
+      </c>
+      <c r="GN10" s="4">
         <v>7</v>
       </c>
-      <c r="GN10" s="4">
+      <c r="GO10" s="4">
         <v>6</v>
       </c>
-      <c r="GO10" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="GP10" s="4">
         <v>0</v>
       </c>
       <c r="GQ10" s="4">
+        <v>0</v>
+      </c>
+      <c r="GR10" s="4">
         <v>3</v>
       </c>
-      <c r="GR10" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="GS10" s="4">
+        <v>0</v>
+      </c>
+      <c r="GT10" s="4">
         <v>28</v>
       </c>
-      <c r="GT10" s="4">
-[...5 lines deleted...]
-      <c r="GV10" s="4">
+      <c r="GU10" s="4">
+        <v>0</v>
+      </c>
+      <c r="GV10" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GW10" s="4">
         <v>37</v>
       </c>
-      <c r="GW10" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="GX10" s="4">
         <v>0</v>
       </c>
-      <c r="GY10" s="4" t="s">
-        <v>1081</v>
+      <c r="GY10" s="4">
+        <v>0</v>
       </c>
       <c r="GZ10" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="HA10" s="4"/>
-[...10 lines deleted...]
-        <v>0</v>
+      <c r="HA10" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HB10" s="4"/>
+      <c r="HC10" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HD10" s="4">
+        <v>0</v>
+      </c>
+      <c r="HE10" s="4" t="s">
+        <v>1081</v>
       </c>
       <c r="HF10" s="4">
         <v>0</v>
       </c>
       <c r="HG10" s="4">
         <v>0</v>
       </c>
       <c r="HH10" s="4">
         <v>0</v>
       </c>
       <c r="HI10" s="4">
         <v>0</v>
       </c>
-      <c r="HJ10" s="4" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="HJ10" s="4">
+        <v>0</v>
+      </c>
+      <c r="HK10" s="4" t="s">
+        <v>1081</v>
       </c>
       <c r="HL10" s="4">
         <v>0</v>
       </c>
       <c r="HM10" s="4">
         <v>0</v>
       </c>
       <c r="HN10" s="4">
         <v>0</v>
       </c>
       <c r="HO10" s="4">
+        <v>0</v>
+      </c>
+      <c r="HP10" s="4">
         <v>16</v>
       </c>
-      <c r="HP10" s="4">
+      <c r="HQ10" s="4">
         <v>21</v>
       </c>
-      <c r="HQ10" s="4" t="s">
-[...2 lines deleted...]
-      <c r="HR10" s="4">
+      <c r="HR10" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HS10" s="4">
         <v>6</v>
       </c>
-      <c r="HS10" s="4">
+      <c r="HT10" s="4">
         <v>16</v>
       </c>
-      <c r="HT10" s="4">
+      <c r="HU10" s="4">
         <v>9</v>
       </c>
-      <c r="HU10" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HV10" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="HW10" s="4">
+      <c r="HW10" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HX10" s="4">
         <v>887</v>
       </c>
-      <c r="HX10" s="4">
+      <c r="HY10" s="4">
         <v>332</v>
       </c>
-      <c r="HY10" s="4">
+      <c r="HZ10" s="4">
         <v>21</v>
       </c>
-      <c r="HZ10" s="4" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="IA10" s="4" t="s">
+        <v>1081</v>
       </c>
       <c r="IB10" s="4">
+        <v>0</v>
+      </c>
+      <c r="IC10" s="4">
         <v>72</v>
       </c>
-      <c r="IC10" s="4" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="ID10" s="4" t="s">
+        <v>1081</v>
       </c>
       <c r="IE10" s="4">
         <v>0</v>
       </c>
       <c r="IF10" s="4">
         <v>0</v>
       </c>
       <c r="IG10" s="4">
         <v>0</v>
       </c>
       <c r="IH10" s="4">
         <v>0</v>
       </c>
       <c r="II10" s="4">
         <v>0</v>
       </c>
-      <c r="IJ10" s="4" t="s">
-[...2 lines deleted...]
-      <c r="IK10" s="4">
+      <c r="IJ10" s="4">
+        <v>0</v>
+      </c>
+      <c r="IK10" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IL10" s="4">
         <v>11</v>
       </c>
-      <c r="IL10" s="4">
+      <c r="IM10" s="4"/>
+      <c r="IN10" s="4">
         <v>1241</v>
       </c>
-      <c r="IM10" s="4">
+      <c r="IO10" s="4">
         <v>279</v>
       </c>
-      <c r="IN10" s="4">
+      <c r="IP10" s="4">
         <v>289</v>
       </c>
-      <c r="IO10" s="4">
+      <c r="IQ10" s="4">
         <v>29</v>
       </c>
-      <c r="IP10" s="4">
-[...2 lines deleted...]
-      <c r="IQ10" s="4">
+      <c r="IR10" s="4">
+        <v>0</v>
+      </c>
+      <c r="IS10" s="4">
         <v>37</v>
       </c>
-      <c r="IR10" s="4">
+      <c r="IT10" s="4">
         <v>802</v>
       </c>
-      <c r="IS10" s="10">
+      <c r="IU10" s="10">
         <v>1.6724537037037038E-3</v>
       </c>
-      <c r="IT10" s="11">
+      <c r="IV10" s="11">
         <v>2.9745370370370373E-3</v>
       </c>
-      <c r="IU10" s="4">
+      <c r="IW10" s="4">
         <v>1451</v>
       </c>
-      <c r="IV10" s="10">
+      <c r="IX10" s="10">
         <v>3.1250000000000001E-4</v>
       </c>
-      <c r="IW10" s="11">
+      <c r="IY10" s="11">
         <v>2.5694444444444445E-3</v>
       </c>
-      <c r="IX10" s="6">
+      <c r="IZ10" s="6">
         <v>6754</v>
       </c>
-      <c r="IY10" s="12">
+      <c r="JA10" s="12">
         <v>0.1917878237164925</v>
       </c>
-      <c r="IZ10" s="13"/>
-      <c r="JA10" s="6">
+      <c r="JB10" s="13"/>
+      <c r="JC10" s="6">
         <v>1251</v>
       </c>
-      <c r="JB10" s="6">
+      <c r="JD10" s="6">
         <v>6754</v>
       </c>
-      <c r="JC10" s="12">
+      <c r="JE10" s="12">
         <v>0.18522357121705657</v>
       </c>
-      <c r="JD10" s="13"/>
-      <c r="JE10" s="6">
+      <c r="JF10" s="13"/>
+      <c r="JG10" s="6">
         <v>12</v>
       </c>
-      <c r="JF10" s="6">
+      <c r="JH10" s="6">
         <v>2534</v>
       </c>
-      <c r="JG10" s="12">
+      <c r="JI10" s="12">
         <v>4.7355958958168907E-3</v>
       </c>
-      <c r="JH10" s="4">
+      <c r="JJ10" s="4">
         <v>802</v>
       </c>
-      <c r="JI10" s="11">
+      <c r="JK10" s="11">
         <v>3.1886574074074074E-3</v>
       </c>
-      <c r="JJ10" s="11">
+      <c r="JL10" s="11">
         <v>5.0347222222222225E-3</v>
       </c>
-      <c r="JK10" s="11">
+      <c r="JM10" s="11">
         <v>1.2372916666666667E-2</v>
       </c>
-      <c r="JL10" s="6">
+      <c r="JN10" s="6">
         <v>4380</v>
       </c>
-      <c r="JM10" s="11">
+      <c r="JO10" s="11">
         <v>6.4236111111111108E-3</v>
       </c>
-      <c r="JN10" s="11">
+      <c r="JP10" s="11">
         <v>1.5509027777777776E-2</v>
       </c>
-      <c r="JO10" s="63"/>
-[...3 lines deleted...]
-      <c r="JS10" s="6">
+      <c r="JQ10" s="49"/>
+      <c r="JR10" s="49"/>
+      <c r="JS10" s="49"/>
+      <c r="JT10" s="49"/>
+      <c r="JU10" s="6">
         <v>14940</v>
       </c>
-      <c r="JT10" s="11">
+      <c r="JV10" s="11">
         <v>6.0173611111111115E-2</v>
       </c>
-      <c r="JU10" s="11">
+      <c r="JW10" s="11">
         <v>9.0278935185185427E-2</v>
       </c>
-      <c r="JV10" s="11">
+      <c r="JX10" s="11">
         <v>0.264103009259259</v>
       </c>
-      <c r="JW10" s="6">
+      <c r="JY10" s="6">
         <v>859</v>
       </c>
-      <c r="JX10" s="11">
+      <c r="JZ10" s="11">
         <v>6.4826388888888892E-2</v>
       </c>
-      <c r="JY10" s="11">
+      <c r="KA10" s="11">
         <v>0.10264120370370347</v>
       </c>
-      <c r="JZ10" s="11">
+      <c r="KB10" s="11">
         <v>0.50095833333333328</v>
       </c>
-      <c r="KA10" s="6">
+      <c r="KC10" s="6">
         <v>13586</v>
       </c>
-      <c r="KB10" s="14">
+      <c r="KD10" s="14">
         <v>0.84189606948329165</v>
       </c>
-      <c r="KC10" s="14">
+      <c r="KE10" s="14">
         <v>0.12954511997644635</v>
       </c>
-      <c r="KD10" s="14">
+      <c r="KF10" s="14">
         <v>2.2302370086854116E-2</v>
       </c>
-      <c r="KE10" s="14">
+      <c r="KG10" s="14">
         <v>6.25644045340792E-3</v>
       </c>
-      <c r="KF10" s="6">
+      <c r="KH10" s="6">
         <v>674</v>
       </c>
-      <c r="KG10" s="6">
+      <c r="KI10" s="6">
         <v>87</v>
       </c>
-      <c r="KH10" s="6">
+      <c r="KJ10" s="6">
         <v>175</v>
       </c>
-      <c r="KI10" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="KK10" s="6">
+        <v>0</v>
+      </c>
+      <c r="KL10" s="6">
+        <v>0</v>
+      </c>
+      <c r="KM10" s="6">
         <v>387</v>
       </c>
-      <c r="KL10" s="6">
+      <c r="KN10" s="6">
         <v>25</v>
       </c>
-      <c r="KM10" s="6">
+      <c r="KO10" s="6">
         <v>548</v>
       </c>
-      <c r="KN10" s="14">
+      <c r="KP10" s="14">
         <v>0.81305637982195844</v>
       </c>
-      <c r="KO10" s="15">
+      <c r="KQ10" s="15">
         <v>0.27350427350427353</v>
       </c>
-      <c r="KP10" s="8">
+      <c r="KR10" s="8">
         <v>64</v>
       </c>
-      <c r="KQ10" s="8">
+      <c r="KS10" s="8">
         <v>234</v>
       </c>
-      <c r="KR10" s="15">
+      <c r="KT10" s="15">
         <v>0.90799031476997583</v>
       </c>
-      <c r="KS10" s="8">
+      <c r="KU10" s="8">
         <v>375</v>
       </c>
-      <c r="KT10" s="8">
+      <c r="KV10" s="8">
         <v>413</v>
       </c>
-      <c r="KU10" s="15">
+      <c r="KW10" s="15">
         <v>0.93090909090909091</v>
       </c>
-      <c r="KV10" s="8">
+      <c r="KX10" s="8">
         <v>256</v>
       </c>
-      <c r="KW10" s="8">
+      <c r="KY10" s="8">
         <v>275</v>
       </c>
-      <c r="KX10" s="15">
+      <c r="KZ10" s="15">
         <v>0.99272727272727268</v>
       </c>
-      <c r="KY10" s="8">
+      <c r="LA10" s="8">
         <v>273</v>
       </c>
-      <c r="KZ10" s="15">
+      <c r="LB10" s="15">
         <v>0.7589285714285714</v>
       </c>
-      <c r="LA10" s="8">
+      <c r="LC10" s="8">
         <v>85</v>
       </c>
-      <c r="LB10" s="8">
+      <c r="LD10" s="8">
         <v>112</v>
       </c>
-      <c r="LC10" s="15">
-[...6 lines deleted...]
-      </c>
+      <c r="LE10" s="15">
+        <v>0</v>
+      </c>
+      <c r="LF10" s="8"/>
       <c r="LG10" s="8"/>
-      <c r="LH10" s="8"/>
-      <c r="LI10" s="15">
+      <c r="LH10" s="15">
+        <v>0</v>
+      </c>
+      <c r="LI10" s="8"/>
+      <c r="LJ10" s="8"/>
+      <c r="LK10" s="15">
         <v>0.72489082969432317</v>
       </c>
-      <c r="LJ10" s="8">
+      <c r="LL10" s="8">
         <v>166</v>
       </c>
-      <c r="LK10" s="8">
+      <c r="LM10" s="8">
         <v>229</v>
       </c>
-      <c r="LL10" s="6">
+      <c r="LN10" s="6">
         <v>3704</v>
       </c>
-      <c r="LM10" s="6">
+      <c r="LO10" s="6">
         <v>2553</v>
       </c>
-      <c r="LN10" s="6">
+      <c r="LP10" s="6">
         <v>1151</v>
       </c>
-      <c r="LO10" s="16"/>
-      <c r="LP10" s="6">
+      <c r="LQ10" s="16"/>
+      <c r="LR10" s="6">
         <v>11653</v>
       </c>
-      <c r="LQ10" s="6">
+      <c r="LS10" s="6">
         <v>1618</v>
       </c>
-      <c r="LR10" s="17">
+      <c r="LT10" s="17">
         <v>0.13884836522783833</v>
       </c>
-      <c r="LS10" s="6">
+      <c r="LU10" s="6">
         <v>46</v>
       </c>
-      <c r="LT10" s="17">
+      <c r="LV10" s="17">
         <v>3.9474813352784691E-3</v>
       </c>
-      <c r="LU10" s="16"/>
-      <c r="LV10" s="6">
+      <c r="LW10" s="16"/>
+      <c r="LX10" s="6">
         <v>3288</v>
       </c>
-      <c r="LW10" s="6">
+      <c r="LY10" s="6">
         <v>195</v>
       </c>
-      <c r="LX10" s="17">
+      <c r="LZ10" s="17">
         <v>5.930656934306569E-2</v>
       </c>
-      <c r="LY10" s="6">
+      <c r="MA10" s="6">
         <v>10</v>
       </c>
-      <c r="LZ10" s="17">
+      <c r="MB10" s="17">
         <v>3.0413625304136255E-3</v>
       </c>
-      <c r="MA10" s="16"/>
-      <c r="MB10" s="6">
+      <c r="MC10" s="16"/>
+      <c r="MD10" s="6">
         <v>14941</v>
       </c>
-      <c r="MC10" s="6">
+      <c r="ME10" s="6">
         <v>1813</v>
       </c>
-      <c r="MD10" s="17">
+      <c r="MF10" s="17">
         <v>0.12134395288133325</v>
       </c>
-      <c r="ME10" s="6">
+      <c r="MG10" s="6">
         <v>56</v>
       </c>
-      <c r="MF10" s="17">
+      <c r="MH10" s="17">
         <v>3.7480757646743859E-3</v>
       </c>
-      <c r="MG10" s="16"/>
-      <c r="MH10" s="6">
+      <c r="MI10" s="16"/>
+      <c r="MJ10" s="6">
         <v>550</v>
       </c>
-      <c r="MI10" s="6">
+      <c r="MK10" s="6">
         <v>42</v>
       </c>
-      <c r="MJ10" s="17">
+      <c r="ML10" s="17">
         <v>7.636363636363637E-2</v>
       </c>
-      <c r="MK10" s="4" t="s">
-[...2 lines deleted...]
-      <c r="ML10" s="17">
+      <c r="MM10" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MN10" s="17">
         <v>3.6363636363636364E-3</v>
       </c>
-      <c r="MM10" s="16"/>
-      <c r="MN10" s="6">
+      <c r="MO10" s="16"/>
+      <c r="MP10" s="6">
         <v>311</v>
       </c>
-      <c r="MO10" s="6">
+      <c r="MQ10" s="6">
         <v>9</v>
       </c>
-      <c r="MP10" s="17">
+      <c r="MR10" s="17">
         <v>2.8938906752411574E-2</v>
       </c>
-      <c r="MQ10" s="6"/>
-[...4 lines deleted...]
-      <c r="MT10" s="6">
+      <c r="MS10" s="6"/>
+      <c r="MT10" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU10" s="16"/>
+      <c r="MV10" s="6">
         <v>987</v>
       </c>
-      <c r="MU10" s="6">
+      <c r="MW10" s="6">
         <v>52</v>
       </c>
-      <c r="MV10" s="17">
+      <c r="MX10" s="17">
         <v>5.2684903748733539E-2</v>
       </c>
-      <c r="MW10" s="6">
+      <c r="MY10" s="6">
         <v>10</v>
       </c>
-      <c r="MX10" s="17">
+      <c r="MZ10" s="17">
         <v>1.0131712259371834E-2</v>
       </c>
-      <c r="MY10" s="6">
+      <c r="NA10" s="6">
         <v>12645</v>
       </c>
-      <c r="MZ10" s="6">
+      <c r="NB10" s="6">
         <v>19924</v>
       </c>
-      <c r="NA10" s="18">
+      <c r="NC10" s="18">
         <v>0.63466171451515763</v>
       </c>
-      <c r="NB10" s="6">
+      <c r="ND10" s="6">
         <v>14528</v>
       </c>
-      <c r="NC10" s="6">
+      <c r="NE10" s="6">
         <v>13141</v>
       </c>
-      <c r="ND10" s="6">
+      <c r="NF10" s="6">
         <v>757</v>
       </c>
-      <c r="NE10" s="6">
+      <c r="NG10" s="6">
         <v>411</v>
       </c>
-      <c r="NF10" s="6">
+      <c r="NH10" s="6">
         <v>219</v>
       </c>
-      <c r="NG10" s="18">
+      <c r="NI10" s="18">
         <v>0.26975985078106784</v>
       </c>
-      <c r="NH10" s="6">
+      <c r="NJ10" s="6">
         <v>3471</v>
       </c>
-      <c r="NI10" s="6">
+      <c r="NK10" s="6">
         <v>12867</v>
       </c>
-      <c r="NJ10" s="13"/>
-      <c r="NK10" s="18">
+      <c r="NL10" s="13"/>
+      <c r="NM10" s="18">
         <v>0.26879162702188392</v>
       </c>
-      <c r="NL10" s="6">
+      <c r="NN10" s="6">
         <v>3390</v>
       </c>
-      <c r="NM10" s="6">
+      <c r="NO10" s="6">
         <v>12612</v>
       </c>
-      <c r="NN10" s="18">
+      <c r="NP10" s="18">
         <v>0.1</v>
       </c>
-      <c r="NO10" s="4" t="s">
-[...2 lines deleted...]
-      <c r="NP10" s="6">
+      <c r="NQ10" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NR10" s="6">
         <v>10</v>
       </c>
-      <c r="NQ10" s="18">
+      <c r="NS10" s="18">
         <v>0.32653061224489793</v>
       </c>
-      <c r="NR10" s="6">
+      <c r="NT10" s="6">
         <v>80</v>
       </c>
-      <c r="NS10" s="6">
+      <c r="NU10" s="6">
         <v>245</v>
       </c>
-      <c r="NT10" s="18">
-[...4 lines deleted...]
-      <c r="NW10" s="6">
+      <c r="NV10" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW10" s="6"/>
+      <c r="NX10" s="6"/>
+      <c r="NY10" s="6">
         <v>13136.258245999998</v>
       </c>
-      <c r="NX10" s="6">
+      <c r="NZ10" s="6">
         <v>12847.759652999997</v>
       </c>
-      <c r="NY10" s="4" t="s">
-[...2 lines deleted...]
-      <c r="NZ10" s="6">
+      <c r="OA10" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OB10" s="6">
         <v>284.28609799999987</v>
       </c>
-      <c r="OA10" s="6"/>
-      <c r="OB10" s="18">
+      <c r="OC10" s="6"/>
+      <c r="OD10" s="18">
         <v>0.76000621745550634</v>
       </c>
-      <c r="OC10" s="6">
+      <c r="OE10" s="6">
         <v>9779</v>
       </c>
-      <c r="OD10" s="6">
+      <c r="OF10" s="6">
         <v>12867</v>
       </c>
-      <c r="OE10" s="16"/>
-      <c r="OF10" s="18">
+      <c r="OG10" s="16"/>
+      <c r="OH10" s="18">
         <v>0.76014906438312713</v>
       </c>
-      <c r="OG10" s="6">
+      <c r="OI10" s="6">
         <v>9587</v>
       </c>
-      <c r="OH10" s="6">
+      <c r="OJ10" s="6">
         <v>12612</v>
       </c>
-      <c r="OI10" s="18">
+      <c r="OK10" s="18">
         <v>1</v>
       </c>
-      <c r="OJ10" s="6">
+      <c r="OL10" s="6">
         <v>10</v>
       </c>
-      <c r="OK10" s="6">
+      <c r="OM10" s="6">
         <v>10</v>
       </c>
-      <c r="OL10" s="18">
+      <c r="ON10" s="18">
         <v>0.74285714285714288</v>
       </c>
-      <c r="OM10" s="6">
+      <c r="OO10" s="6">
         <v>182</v>
       </c>
-      <c r="ON10" s="6">
+      <c r="OP10" s="6">
         <v>245</v>
       </c>
-      <c r="OO10" s="18">
-[...4 lines deleted...]
-      <c r="OR10" s="6">
+      <c r="OQ10" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR10" s="6"/>
+      <c r="OS10" s="6"/>
+      <c r="OT10" s="6">
         <v>1300</v>
       </c>
-      <c r="OS10" s="6">
+      <c r="OU10" s="6">
         <v>14528</v>
       </c>
-      <c r="OT10" s="12">
+      <c r="OV10" s="12">
         <v>8.9482378854625552E-2</v>
       </c>
-      <c r="OU10" s="6">
+      <c r="OW10" s="6">
         <v>507.246129</v>
       </c>
-      <c r="OV10" s="6">
+      <c r="OX10" s="6">
         <v>494.10280699999998</v>
       </c>
-      <c r="OW10" s="6"/>
-      <c r="OX10" s="6">
+      <c r="OY10" s="6"/>
+      <c r="OZ10" s="6">
         <v>13.143321999999998</v>
       </c>
-      <c r="OY10" s="6"/>
+      <c r="PA10" s="6"/>
     </row>
-    <row r="11" spans="1:415" ht="14">
-      <c r="A11" s="61">
+    <row r="11" spans="1:417" ht="14">
+      <c r="A11" s="47">
         <v>45870</v>
       </c>
-      <c r="B11" s="62" t="s">
+      <c r="B11" s="48" t="s">
         <v>3</v>
       </c>
       <c r="C11" s="19"/>
       <c r="D11" s="4"/>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
       <c r="J11" s="4"/>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
       <c r="M11" s="4"/>
       <c r="N11" s="4"/>
       <c r="O11" s="4"/>
       <c r="P11" s="4"/>
       <c r="Q11" s="4"/>
       <c r="R11" s="4"/>
       <c r="S11" s="4"/>
       <c r="T11" s="4"/>
       <c r="U11" s="4"/>
       <c r="V11" s="4"/>
       <c r="W11" s="4"/>
       <c r="X11" s="4"/>
       <c r="Y11" s="4"/>
@@ -29808,674 +38412,676 @@
       <c r="FK11" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FL11" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FM11" s="4">
         <v>6</v>
       </c>
       <c r="FN11" s="4">
         <v>919</v>
       </c>
       <c r="FO11" s="4">
         <v>38</v>
       </c>
       <c r="FP11" s="4">
         <v>59</v>
       </c>
       <c r="FQ11" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FR11" s="4">
         <v>237</v>
       </c>
       <c r="FS11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="FT11" s="4">
         <v>222</v>
       </c>
       <c r="FU11" s="4">
         <v>15</v>
       </c>
       <c r="FV11" s="4">
         <v>197</v>
       </c>
       <c r="FW11" s="4">
         <v>589</v>
       </c>
       <c r="FX11" s="4">
         <v>7</v>
       </c>
       <c r="FY11" s="4">
         <v>182</v>
       </c>
       <c r="FZ11" s="4">
         <v>76</v>
       </c>
       <c r="GA11" s="4">
         <v>159</v>
       </c>
       <c r="GB11" s="4">
         <v>273</v>
       </c>
       <c r="GC11" s="4">
         <v>156</v>
       </c>
       <c r="GD11" s="4">
         <v>261</v>
       </c>
       <c r="GE11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GF11" s="4">
         <v>108</v>
       </c>
       <c r="GG11" s="4">
         <v>85</v>
       </c>
       <c r="GH11" s="4">
         <v>8</v>
       </c>
-      <c r="GI11" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="GI11" s="4"/>
       <c r="GJ11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GK11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GL11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GM11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GN11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GO11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GP11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GQ11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GR11" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="GS11" s="4">
+        <v>1084</v>
+      </c>
+      <c r="GS11" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="GT11" s="4">
         <v>7</v>
       </c>
-      <c r="GT11" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GU11" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="GV11" s="4">
+        <v>1084</v>
+      </c>
+      <c r="GV11" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="GW11" s="4">
         <v>6</v>
       </c>
-      <c r="GW11" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GX11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GY11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GZ11" s="4" t="s">
-        <v>1088</v>
-[...4 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="HA11" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HB11" s="4"/>
       <c r="HC11" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="HD11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HE11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HF11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HG11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HH11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HI11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HJ11" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="HK11" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="HL11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HM11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HN11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HO11" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="HP11" s="4">
+        <v>1084</v>
+      </c>
+      <c r="HP11" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HQ11" s="4">
         <v>5</v>
       </c>
-      <c r="HQ11" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HR11" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="HS11" s="4">
+        <v>1084</v>
+      </c>
+      <c r="HS11" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HT11" s="4">
         <v>3</v>
       </c>
-      <c r="HT11" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HU11" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="HV11" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="HW11" s="4">
+        <v>1081</v>
+      </c>
+      <c r="HW11" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HX11" s="4">
         <v>148</v>
       </c>
-      <c r="HX11" s="4">
+      <c r="HY11" s="4">
         <v>70</v>
       </c>
-      <c r="HY11" s="4">
+      <c r="HZ11" s="4">
         <v>5</v>
       </c>
-      <c r="HZ11" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="IA11" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="IB11" s="4">
+        <v>1084</v>
+      </c>
+      <c r="IB11" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IC11" s="4">
         <v>9</v>
       </c>
-      <c r="IC11" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="ID11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IE11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IF11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IG11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IH11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="II11" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IJ11" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="IK11" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="IL11" s="4">
+      <c r="IL11" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM11" s="4"/>
+      <c r="IN11" s="4">
         <v>235</v>
       </c>
-      <c r="IM11" s="4">
+      <c r="IO11" s="4">
         <v>44</v>
       </c>
-      <c r="IN11" s="4">
+      <c r="IP11" s="4">
         <v>51</v>
       </c>
-      <c r="IO11" s="4">
+      <c r="IQ11" s="4">
         <v>6</v>
       </c>
-      <c r="IP11" s="4" t="s">
-[...2 lines deleted...]
-      <c r="IQ11" s="4">
+      <c r="IR11" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IS11" s="4">
         <v>5</v>
       </c>
-      <c r="IR11" s="4">
+      <c r="IT11" s="4">
         <v>163</v>
       </c>
-      <c r="IS11" s="20">
+      <c r="IU11" s="20">
         <v>1.724537037037037E-3</v>
       </c>
-      <c r="IT11" s="10">
+      <c r="IV11" s="10">
         <v>2.673611111111111E-3</v>
       </c>
-      <c r="IU11" s="4">
+      <c r="IW11" s="4">
         <v>279</v>
       </c>
-      <c r="IV11" s="20">
+      <c r="IX11" s="20">
         <v>3.0092592592592595E-4</v>
       </c>
-      <c r="IW11" s="10">
+      <c r="IY11" s="10">
         <v>2.5578703703703705E-3</v>
       </c>
-      <c r="IX11" s="4">
+      <c r="IZ11" s="4">
         <v>1298</v>
       </c>
-      <c r="IY11" s="12">
+      <c r="JA11" s="12">
         <v>0.19984603541185528</v>
       </c>
-      <c r="IZ11" s="13"/>
-      <c r="JA11" s="6">
+      <c r="JB11" s="13"/>
+      <c r="JC11" s="6">
         <v>231</v>
       </c>
-      <c r="JB11" s="8">
+      <c r="JD11" s="8">
         <v>1298</v>
       </c>
-      <c r="JC11" s="12">
+      <c r="JE11" s="12">
         <v>0.17796610169491525</v>
       </c>
-      <c r="JD11" s="13"/>
-[...3 lines deleted...]
-      <c r="JF11" s="6">
+      <c r="JF11" s="13"/>
+      <c r="JG11" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH11" s="6">
         <v>516</v>
       </c>
-      <c r="JG11" s="12">
+      <c r="JI11" s="12">
         <v>5.8139534883720929E-3</v>
       </c>
-      <c r="JH11" s="4">
+      <c r="JJ11" s="4">
         <v>163</v>
       </c>
-      <c r="JI11" s="11">
+      <c r="JK11" s="11">
         <v>2.9340277777777776E-3</v>
       </c>
-      <c r="JJ11" s="11">
+      <c r="JL11" s="11">
         <v>4.2708333333333339E-3</v>
       </c>
-      <c r="JK11" s="11">
+      <c r="JM11" s="11">
         <v>1.0183055555555556E-2</v>
       </c>
-      <c r="JL11" s="4">
+      <c r="JN11" s="4">
         <v>774</v>
       </c>
-      <c r="JM11" s="11">
+      <c r="JO11" s="11">
         <v>5.7232638888888888E-3</v>
       </c>
-      <c r="JN11" s="11">
+      <c r="JP11" s="11">
         <v>1.2614583333333334E-2</v>
       </c>
-      <c r="JO11" s="63"/>
-[...3 lines deleted...]
-      <c r="JS11" s="4">
+      <c r="JQ11" s="49"/>
+      <c r="JR11" s="49"/>
+      <c r="JS11" s="49"/>
+      <c r="JT11" s="49"/>
+      <c r="JU11" s="4">
         <v>2640</v>
       </c>
-      <c r="JT11" s="11">
+      <c r="JV11" s="11">
         <v>7.0283564814814584E-2</v>
       </c>
-      <c r="JU11" s="11">
+      <c r="JW11" s="11">
         <v>0.10438078703703681</v>
       </c>
-      <c r="JV11" s="11">
+      <c r="JX11" s="11">
         <v>0.26191319444444444</v>
       </c>
-      <c r="JW11" s="4">
+      <c r="JY11" s="4">
         <v>170</v>
       </c>
-      <c r="JX11" s="11">
+      <c r="JZ11" s="11">
         <v>8.4149305555555554E-2</v>
       </c>
-      <c r="JY11" s="11">
+      <c r="KA11" s="11">
         <v>0.12713946759259237</v>
       </c>
-      <c r="JZ11" s="11">
+      <c r="KB11" s="11">
         <v>0.59506192129629654</v>
       </c>
-      <c r="KA11" s="6">
+      <c r="KC11" s="6">
         <v>2586</v>
       </c>
-      <c r="KB11" s="14">
+      <c r="KD11" s="14">
         <v>0.81863882443928848</v>
       </c>
-      <c r="KC11" s="14">
+      <c r="KE11" s="14">
         <v>0.15003866976024749</v>
       </c>
-      <c r="KD11" s="14">
+      <c r="KF11" s="14">
         <v>2.6295436968290797E-2</v>
       </c>
-      <c r="KE11" s="14">
+      <c r="KG11" s="14">
         <v>5.0270688321732409E-3</v>
       </c>
-      <c r="KF11" s="8">
+      <c r="KH11" s="8">
         <v>50</v>
       </c>
-      <c r="KG11" s="6">
+      <c r="KI11" s="6">
         <v>8</v>
       </c>
-      <c r="KH11" s="6">
+      <c r="KJ11" s="6">
         <v>14</v>
       </c>
-      <c r="KI11" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="KK11" s="6">
+        <v>0</v>
+      </c>
+      <c r="KL11" s="6">
+        <v>0</v>
+      </c>
+      <c r="KM11" s="6">
         <v>27</v>
       </c>
-      <c r="KL11" s="4" t="s">
-[...2 lines deleted...]
-      <c r="KM11" s="6">
+      <c r="KN11" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KO11" s="6">
         <v>41</v>
       </c>
-      <c r="KN11" s="18">
+      <c r="KP11" s="18">
         <v>0.82</v>
       </c>
-      <c r="KO11" s="21"/>
-      <c r="KP11" s="21"/>
       <c r="KQ11" s="21"/>
       <c r="KR11" s="21"/>
       <c r="KS11" s="21"/>
       <c r="KT11" s="21"/>
       <c r="KU11" s="21"/>
       <c r="KV11" s="21"/>
       <c r="KW11" s="21"/>
       <c r="KX11" s="21"/>
       <c r="KY11" s="21"/>
       <c r="KZ11" s="21"/>
       <c r="LA11" s="21"/>
       <c r="LB11" s="21"/>
       <c r="LC11" s="21"/>
       <c r="LD11" s="21"/>
       <c r="LE11" s="21"/>
       <c r="LF11" s="21"/>
       <c r="LG11" s="21"/>
       <c r="LH11" s="21"/>
       <c r="LI11" s="21"/>
       <c r="LJ11" s="21"/>
       <c r="LK11" s="21"/>
-      <c r="LL11" s="6">
+      <c r="LL11" s="21"/>
+      <c r="LM11" s="21"/>
+      <c r="LN11" s="6">
         <v>744</v>
       </c>
-      <c r="LM11" s="6">
+      <c r="LO11" s="6">
         <v>520</v>
       </c>
-      <c r="LN11" s="6">
+      <c r="LP11" s="6">
         <v>224</v>
       </c>
-      <c r="LO11" s="16"/>
-      <c r="LP11" s="6">
+      <c r="LQ11" s="16"/>
+      <c r="LR11" s="6">
         <v>2072</v>
       </c>
-      <c r="LQ11" s="6">
+      <c r="LS11" s="6">
         <v>241</v>
       </c>
-      <c r="LR11" s="17">
+      <c r="LT11" s="17">
         <v>0.11631274131274132</v>
       </c>
-      <c r="LS11" s="6">
+      <c r="LU11" s="6">
         <v>7</v>
       </c>
-      <c r="LT11" s="17">
+      <c r="LV11" s="17">
         <v>3.3783783783783786E-3</v>
       </c>
-      <c r="LU11" s="16"/>
-      <c r="LV11" s="6">
+      <c r="LW11" s="16"/>
+      <c r="LX11" s="6">
         <v>568</v>
       </c>
-      <c r="LW11" s="6">
+      <c r="LY11" s="6">
         <v>24</v>
       </c>
-      <c r="LX11" s="17">
+      <c r="LZ11" s="17">
         <v>4.2253521126760563E-2</v>
       </c>
-      <c r="LY11" s="4" t="s">
-[...2 lines deleted...]
-      <c r="LZ11" s="17">
+      <c r="MA11" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB11" s="17">
         <v>1.7605633802816902E-3</v>
       </c>
-      <c r="MA11" s="16"/>
-      <c r="MB11" s="6">
+      <c r="MC11" s="16"/>
+      <c r="MD11" s="6">
         <v>2640</v>
       </c>
-      <c r="MC11" s="6">
+      <c r="ME11" s="6">
         <v>265</v>
       </c>
-      <c r="MD11" s="17">
+      <c r="MF11" s="17">
         <v>0.10037878787878787</v>
       </c>
-      <c r="ME11" s="6">
+      <c r="MG11" s="6">
         <v>8</v>
       </c>
-      <c r="MF11" s="17">
+      <c r="MH11" s="17">
         <v>3.0303030303030303E-3</v>
       </c>
-      <c r="MG11" s="16"/>
-      <c r="MH11" s="6">
+      <c r="MI11" s="16"/>
+      <c r="MJ11" s="6">
         <v>116</v>
       </c>
-      <c r="MI11" s="6">
+      <c r="MK11" s="6">
         <v>5</v>
       </c>
-      <c r="MJ11" s="17">
+      <c r="ML11" s="17">
         <v>4.3103448275862072E-2</v>
       </c>
-      <c r="MK11" s="6">
-[...6 lines deleted...]
-      <c r="MN11" s="6">
+      <c r="MM11" s="6">
+        <v>0</v>
+      </c>
+      <c r="MN11" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO11" s="16"/>
+      <c r="MP11" s="6">
         <v>54</v>
       </c>
-      <c r="MO11" s="6">
+      <c r="MQ11" s="6">
         <v>6</v>
       </c>
-      <c r="MP11" s="17">
+      <c r="MR11" s="17">
         <v>0.1111111111111111</v>
       </c>
-      <c r="MQ11" s="6"/>
-[...4 lines deleted...]
-      <c r="MT11" s="6">
+      <c r="MS11" s="6"/>
+      <c r="MT11" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU11" s="16"/>
+      <c r="MV11" s="6">
         <v>284</v>
       </c>
-      <c r="MU11" s="6">
+      <c r="MW11" s="6">
         <v>9</v>
       </c>
-      <c r="MV11" s="17">
+      <c r="MX11" s="17">
         <v>3.1690140845070422E-2</v>
       </c>
-      <c r="MW11" s="6">
+      <c r="MY11" s="6">
         <v>6</v>
       </c>
-      <c r="MX11" s="17">
+      <c r="MZ11" s="17">
         <v>2.1126760563380281E-2</v>
       </c>
-      <c r="MY11" s="6">
+      <c r="NA11" s="6">
         <v>2260</v>
       </c>
-      <c r="MZ11" s="6">
+      <c r="NB11" s="6">
         <v>3604</v>
       </c>
-      <c r="NA11" s="18">
+      <c r="NC11" s="18">
         <v>0.62708102108768038</v>
       </c>
-      <c r="NB11" s="6">
+      <c r="ND11" s="6">
         <v>2652</v>
       </c>
-      <c r="NC11" s="6">
+      <c r="NE11" s="6">
         <v>1948</v>
       </c>
-      <c r="ND11" s="6">
+      <c r="NF11" s="6">
         <v>685</v>
       </c>
-      <c r="NE11" s="6">
-[...2 lines deleted...]
-      <c r="NF11" s="6">
+      <c r="NG11" s="6">
+        <v>0</v>
+      </c>
+      <c r="NH11" s="6">
         <v>19</v>
       </c>
-      <c r="NG11" s="18">
+      <c r="NI11" s="18">
         <v>0.18128310771041789</v>
       </c>
-      <c r="NH11" s="6">
+      <c r="NJ11" s="6">
         <v>308</v>
       </c>
-      <c r="NI11" s="6">
+      <c r="NK11" s="6">
         <v>1699</v>
       </c>
-      <c r="NJ11" s="13"/>
-      <c r="NK11" s="18">
+      <c r="NL11" s="13"/>
+      <c r="NM11" s="18">
         <v>0.18149675898644668</v>
       </c>
-      <c r="NL11" s="6">
+      <c r="NN11" s="6">
         <v>308</v>
       </c>
-      <c r="NM11" s="6">
+      <c r="NO11" s="6">
         <v>1697</v>
       </c>
-      <c r="NN11" s="18">
-[...13 lines deleted...]
-      </c>
+      <c r="NP11" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ11" s="6"/>
+      <c r="NR11" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NS11" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT11" s="6"/>
       <c r="NU11" s="6"/>
-      <c r="NV11" s="6"/>
-      <c r="NW11" s="6">
+      <c r="NV11" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW11" s="6"/>
+      <c r="NX11" s="6"/>
+      <c r="NY11" s="6">
         <v>2628.4410699999994</v>
       </c>
-      <c r="NX11" s="6">
+      <c r="NZ11" s="6">
         <v>2625.3244039999995</v>
       </c>
-      <c r="NY11" s="4" t="s">
-[...4 lines deleted...]
-      <c r="OB11" s="18">
+      <c r="OA11" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OB11" s="6"/>
+      <c r="OC11" s="6"/>
+      <c r="OD11" s="18">
         <v>0.72984108298999406</v>
       </c>
-      <c r="OC11" s="6">
+      <c r="OE11" s="6">
         <v>1240</v>
       </c>
-      <c r="OD11" s="6">
+      <c r="OF11" s="6">
         <v>1699</v>
       </c>
-      <c r="OE11" s="16"/>
-      <c r="OF11" s="18">
+      <c r="OG11" s="16"/>
+      <c r="OH11" s="18">
         <v>0.72952268709487333</v>
       </c>
-      <c r="OG11" s="6">
+      <c r="OI11" s="6">
         <v>1238</v>
       </c>
-      <c r="OH11" s="6">
+      <c r="OJ11" s="6">
         <v>1697</v>
       </c>
-      <c r="OI11" s="18">
+      <c r="OK11" s="18">
         <v>1</v>
       </c>
-      <c r="OJ11" s="4" t="s">
-[...17 lines deleted...]
-      <c r="OR11" s="6">
+      <c r="OL11" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OM11" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ON11" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO11" s="6"/>
+      <c r="OP11" s="6">
+        <v>0</v>
+      </c>
+      <c r="OQ11" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR11" s="6"/>
+      <c r="OS11" s="8"/>
+      <c r="OT11" s="6">
         <v>292</v>
       </c>
-      <c r="OS11" s="6">
+      <c r="OU11" s="6">
         <v>2652</v>
       </c>
-      <c r="OT11" s="12">
+      <c r="OV11" s="12">
         <v>0.11010558069381599</v>
       </c>
-      <c r="OU11" s="6">
+      <c r="OW11" s="6">
         <v>86.42635700000001</v>
       </c>
-      <c r="OV11" s="6">
+      <c r="OX11" s="6">
         <v>86.42635700000001</v>
       </c>
-      <c r="OW11" s="6"/>
-      <c r="OX11" s="6"/>
       <c r="OY11" s="6"/>
+      <c r="OZ11" s="6"/>
+      <c r="PA11" s="6"/>
     </row>
-    <row r="12" spans="1:415" ht="14">
-      <c r="A12" s="61">
+    <row r="12" spans="1:417" ht="14">
+      <c r="A12" s="47">
         <v>45870</v>
       </c>
-      <c r="B12" s="62" t="s">
+      <c r="B12" s="48" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="19"/>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
       <c r="J12" s="4"/>
       <c r="K12" s="4"/>
       <c r="L12" s="4"/>
       <c r="M12" s="4"/>
       <c r="N12" s="4"/>
       <c r="O12" s="4"/>
       <c r="P12" s="4"/>
       <c r="Q12" s="4"/>
       <c r="R12" s="4"/>
       <c r="S12" s="4"/>
       <c r="T12" s="4"/>
       <c r="U12" s="4"/>
       <c r="V12" s="4"/>
       <c r="W12" s="4"/>
       <c r="X12" s="4"/>
       <c r="Y12" s="4"/>
@@ -30711,630 +39317,632 @@
       <c r="FW12" s="4">
         <v>764</v>
       </c>
       <c r="FX12" s="4">
         <v>9</v>
       </c>
       <c r="FY12" s="4">
         <v>258</v>
       </c>
       <c r="FZ12" s="4">
         <v>100</v>
       </c>
       <c r="GA12" s="4">
         <v>265</v>
       </c>
       <c r="GB12" s="4">
         <v>404</v>
       </c>
       <c r="GC12" s="4">
         <v>196</v>
       </c>
       <c r="GD12" s="4">
         <v>152</v>
       </c>
       <c r="GE12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GF12" s="4">
         <v>265</v>
       </c>
       <c r="GG12" s="4">
         <v>47</v>
       </c>
       <c r="GH12" s="4" t="s">
-        <v>1088</v>
-[...3 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="GI12" s="4"/>
       <c r="GJ12" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GK12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GL12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GM12" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="GN12" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="GO12" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GP12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GQ12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GR12" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="GS12" s="4">
+        <v>1084</v>
+      </c>
+      <c r="GS12" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="GT12" s="4">
         <v>7</v>
       </c>
-      <c r="GT12" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GU12" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="GV12" s="4">
+        <v>1084</v>
+      </c>
+      <c r="GV12" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="GW12" s="4">
         <v>13</v>
       </c>
-      <c r="GW12" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GX12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GY12" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="GZ12" s="4" t="s">
-        <v>1088</v>
-[...4 lines deleted...]
-      </c>
+        <v>1081</v>
+      </c>
+      <c r="HA12" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HB12" s="4"/>
       <c r="HC12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HD12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HE12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HF12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HG12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HH12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HI12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HJ12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HK12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HL12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HM12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HN12" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="HO12" s="4">
+        <v>1084</v>
+      </c>
+      <c r="HO12" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HP12" s="4">
         <v>7</v>
       </c>
-      <c r="HP12" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HQ12" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="HR12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HS12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HT12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HU12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HV12" s="4" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="HW12" s="4">
+        <v>1084</v>
+      </c>
+      <c r="HW12" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HX12" s="4">
         <v>222</v>
       </c>
-      <c r="HX12" s="4">
+      <c r="HY12" s="4">
         <v>151</v>
       </c>
-      <c r="HY12" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HZ12" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="IA12" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="IB12" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="IC12" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="ID12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IE12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IF12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IG12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IH12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="II12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IJ12" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IK12" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="IL12" s="4">
+        <v>1084</v>
+      </c>
+      <c r="IL12" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IM12" s="4"/>
+      <c r="IN12" s="4">
         <v>341</v>
       </c>
-      <c r="IM12" s="4">
+      <c r="IO12" s="4">
         <v>82</v>
       </c>
-      <c r="IN12" s="4">
+      <c r="IP12" s="4">
         <v>71</v>
       </c>
-      <c r="IO12" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="IQ12" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="IR12" s="4">
+      <c r="IR12" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IS12" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IT12" s="4">
         <v>191</v>
       </c>
-      <c r="IS12" s="20">
+      <c r="IU12" s="20">
         <v>1.261574074074074E-3</v>
       </c>
-      <c r="IT12" s="10">
+      <c r="IV12" s="10">
         <v>2.8124999999999999E-3</v>
       </c>
-      <c r="IU12" s="4">
+      <c r="IW12" s="4">
         <v>373</v>
       </c>
-      <c r="IV12" s="20">
+      <c r="IX12" s="20">
         <v>3.0092592592592595E-4</v>
       </c>
-      <c r="IW12" s="10">
+      <c r="IY12" s="10">
         <v>2.5636574074074073E-3</v>
       </c>
-      <c r="IX12" s="4">
+      <c r="IZ12" s="4">
         <v>1731</v>
       </c>
-      <c r="IY12" s="12">
+      <c r="JA12" s="12">
         <v>0.18739850600844429</v>
       </c>
-      <c r="IZ12" s="13"/>
-      <c r="JA12" s="6">
+      <c r="JB12" s="13"/>
+      <c r="JC12" s="6">
         <v>356</v>
       </c>
-      <c r="JB12" s="8">
+      <c r="JD12" s="8">
         <v>1731</v>
       </c>
-      <c r="JC12" s="12">
+      <c r="JE12" s="12">
         <v>0.20566146735990756</v>
       </c>
-      <c r="JD12" s="13"/>
-      <c r="JE12" s="6">
+      <c r="JF12" s="13"/>
+      <c r="JG12" s="6">
         <v>6</v>
       </c>
-      <c r="JF12" s="6">
+      <c r="JH12" s="6">
         <v>785</v>
       </c>
-      <c r="JG12" s="12">
+      <c r="JI12" s="12">
         <v>7.6433121019108281E-3</v>
       </c>
-      <c r="JH12" s="4">
+      <c r="JJ12" s="4">
         <v>191</v>
       </c>
-      <c r="JI12" s="11">
+      <c r="JK12" s="11">
         <v>3.9004629629629628E-3</v>
       </c>
-      <c r="JJ12" s="11">
+      <c r="JL12" s="11">
         <v>5.0347222222222225E-3</v>
       </c>
-      <c r="JK12" s="11">
+      <c r="JM12" s="11">
         <v>1.4226944444444443E-2</v>
       </c>
-      <c r="JL12" s="4">
+      <c r="JN12" s="4">
         <v>1038</v>
       </c>
-      <c r="JM12" s="11">
+      <c r="JO12" s="11">
         <v>7.1180555555555554E-3</v>
       </c>
-      <c r="JN12" s="11">
+      <c r="JP12" s="11">
         <v>1.7220833333333331E-2</v>
       </c>
-      <c r="JO12" s="63"/>
-[...3 lines deleted...]
-      <c r="JS12" s="4">
+      <c r="JQ12" s="49"/>
+      <c r="JR12" s="49"/>
+      <c r="JS12" s="49"/>
+      <c r="JT12" s="49"/>
+      <c r="JU12" s="4">
         <v>4116</v>
       </c>
-      <c r="JT12" s="11">
+      <c r="JV12" s="11">
         <v>6.0023148148148124E-2</v>
       </c>
-      <c r="JU12" s="11">
+      <c r="JW12" s="11">
         <v>9.4360532407407646E-2</v>
       </c>
-      <c r="JV12" s="11">
+      <c r="JX12" s="11">
         <v>0.29856192129629655</v>
       </c>
-      <c r="JW12" s="4">
+      <c r="JY12" s="4">
         <v>228</v>
       </c>
-      <c r="JX12" s="11">
+      <c r="JZ12" s="11">
         <v>6.0034722222222225E-2</v>
       </c>
-      <c r="JY12" s="11">
+      <c r="KA12" s="11">
         <v>9.8914930555555558E-2</v>
       </c>
-      <c r="JZ12" s="11">
+      <c r="KB12" s="11">
         <v>0.50311342592592567</v>
       </c>
-      <c r="KA12" s="6">
+      <c r="KC12" s="6">
         <v>3570</v>
       </c>
-      <c r="KB12" s="14">
+      <c r="KD12" s="14">
         <v>0.8134453781512605</v>
       </c>
-      <c r="KC12" s="14">
+      <c r="KE12" s="14">
         <v>0.14369747899159663</v>
       </c>
-      <c r="KD12" s="14">
+      <c r="KF12" s="14">
         <v>3.3333333333333333E-2</v>
       </c>
-      <c r="KE12" s="14">
+      <c r="KG12" s="14">
         <v>9.5238095238095247E-3</v>
       </c>
-      <c r="KF12" s="8">
+      <c r="KH12" s="8">
         <v>222</v>
       </c>
-      <c r="KG12" s="6">
+      <c r="KI12" s="6">
         <v>13</v>
       </c>
-      <c r="KH12" s="6">
+      <c r="KJ12" s="6">
         <v>48</v>
       </c>
-      <c r="KI12" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="KK12" s="6">
+        <v>0</v>
+      </c>
+      <c r="KL12" s="6">
+        <v>0</v>
+      </c>
+      <c r="KM12" s="6">
         <v>151</v>
       </c>
-      <c r="KL12" s="6">
+      <c r="KN12" s="6">
         <v>10</v>
       </c>
-      <c r="KM12" s="6">
+      <c r="KO12" s="6">
         <v>183</v>
       </c>
-      <c r="KN12" s="18">
+      <c r="KP12" s="18">
         <v>0.82432432432432434</v>
       </c>
-      <c r="KO12" s="21"/>
-      <c r="KP12" s="21"/>
       <c r="KQ12" s="21"/>
       <c r="KR12" s="21"/>
       <c r="KS12" s="21"/>
       <c r="KT12" s="21"/>
       <c r="KU12" s="21"/>
       <c r="KV12" s="21"/>
       <c r="KW12" s="21"/>
       <c r="KX12" s="21"/>
       <c r="KY12" s="21"/>
       <c r="KZ12" s="21"/>
       <c r="LA12" s="21"/>
       <c r="LB12" s="21"/>
       <c r="LC12" s="21"/>
       <c r="LD12" s="21"/>
       <c r="LE12" s="21"/>
       <c r="LF12" s="21"/>
       <c r="LG12" s="21"/>
       <c r="LH12" s="21"/>
       <c r="LI12" s="21"/>
       <c r="LJ12" s="21"/>
       <c r="LK12" s="21"/>
-      <c r="LL12" s="6">
+      <c r="LL12" s="21"/>
+      <c r="LM12" s="21"/>
+      <c r="LN12" s="6">
         <v>1105</v>
       </c>
-      <c r="LM12" s="6">
+      <c r="LO12" s="6">
         <v>792</v>
       </c>
-      <c r="LN12" s="6">
+      <c r="LP12" s="6">
         <v>313</v>
       </c>
-      <c r="LO12" s="16"/>
-      <c r="LP12" s="6">
+      <c r="LQ12" s="16"/>
+      <c r="LR12" s="6">
         <v>3167</v>
       </c>
-      <c r="LQ12" s="6">
+      <c r="LS12" s="6">
         <v>418</v>
       </c>
-      <c r="LR12" s="17">
+      <c r="LT12" s="17">
         <v>0.13198610672560784</v>
       </c>
-      <c r="LS12" s="6">
+      <c r="LU12" s="6">
         <v>18</v>
       </c>
-      <c r="LT12" s="17">
+      <c r="LV12" s="17">
         <v>5.6836122513419639E-3</v>
       </c>
-      <c r="LU12" s="16"/>
-      <c r="LV12" s="6">
+      <c r="LW12" s="16"/>
+      <c r="LX12" s="6">
         <v>949</v>
       </c>
-      <c r="LW12" s="6">
+      <c r="LY12" s="6">
         <v>68</v>
       </c>
-      <c r="LX12" s="17">
+      <c r="LZ12" s="17">
         <v>7.1654373024236037E-2</v>
       </c>
-      <c r="LY12" s="4" t="s">
-[...2 lines deleted...]
-      <c r="LZ12" s="17">
+      <c r="MA12" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB12" s="17">
         <v>2.1074815595363539E-3</v>
       </c>
-      <c r="MA12" s="16"/>
-      <c r="MB12" s="6">
+      <c r="MC12" s="16"/>
+      <c r="MD12" s="6">
         <v>4116</v>
       </c>
-      <c r="MC12" s="6">
+      <c r="ME12" s="6">
         <v>486</v>
       </c>
-      <c r="MD12" s="17">
+      <c r="MF12" s="17">
         <v>0.11807580174927114</v>
       </c>
-      <c r="ME12" s="6">
+      <c r="MG12" s="6">
         <v>20</v>
       </c>
-      <c r="MF12" s="17">
+      <c r="MH12" s="17">
         <v>4.859086491739553E-3</v>
       </c>
-      <c r="MG12" s="16"/>
-      <c r="MH12" s="6">
+      <c r="MI12" s="16"/>
+      <c r="MJ12" s="6">
         <v>150</v>
       </c>
-      <c r="MI12" s="6">
+      <c r="MK12" s="6">
         <v>14</v>
       </c>
-      <c r="MJ12" s="17">
+      <c r="ML12" s="17">
         <v>9.3333333333333338E-2</v>
       </c>
-      <c r="MK12" s="4" t="s">
-[...2 lines deleted...]
-      <c r="ML12" s="17">
+      <c r="MM12" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MN12" s="17">
         <v>6.6666666666666671E-3</v>
       </c>
-      <c r="MM12" s="16"/>
-      <c r="MN12" s="6">
+      <c r="MO12" s="16"/>
+      <c r="MP12" s="6">
         <v>79</v>
       </c>
-      <c r="MO12" s="6">
-[...5 lines deleted...]
-      <c r="MQ12" s="6"/>
+      <c r="MQ12" s="6">
+        <v>0</v>
+      </c>
       <c r="MR12" s="17">
         <v>0</v>
       </c>
-      <c r="MS12" s="16"/>
-      <c r="MT12" s="6">
+      <c r="MS12" s="6"/>
+      <c r="MT12" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU12" s="16"/>
+      <c r="MV12" s="6">
         <v>146</v>
       </c>
-      <c r="MU12" s="4" t="s">
-[...2 lines deleted...]
-      <c r="MV12" s="17">
+      <c r="MW12" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MX12" s="17">
         <v>2.0547945205479451E-2</v>
       </c>
-      <c r="MW12" s="4" t="s">
-[...2 lines deleted...]
-      <c r="MX12" s="17">
+      <c r="MY12" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MZ12" s="17">
         <v>1.3698630136986301E-2</v>
       </c>
-      <c r="MY12" s="6">
+      <c r="NA12" s="6">
         <v>3257</v>
       </c>
-      <c r="MZ12" s="6">
+      <c r="NB12" s="6">
         <v>5283</v>
       </c>
-      <c r="NA12" s="18">
+      <c r="NC12" s="18">
         <v>0.61650577323490441</v>
       </c>
-      <c r="NB12" s="6">
+      <c r="ND12" s="6">
         <v>3663</v>
       </c>
-      <c r="NC12" s="6">
+      <c r="NE12" s="6">
         <v>3555</v>
       </c>
-      <c r="ND12" s="6">
+      <c r="NF12" s="6">
         <v>8</v>
       </c>
-      <c r="NE12" s="6">
-[...2 lines deleted...]
-      <c r="NF12" s="6">
+      <c r="NG12" s="6">
+        <v>0</v>
+      </c>
+      <c r="NH12" s="6">
         <v>100</v>
       </c>
-      <c r="NG12" s="18">
+      <c r="NI12" s="18">
         <v>0.13155874072178142</v>
       </c>
-      <c r="NH12" s="6">
+      <c r="NJ12" s="6">
         <v>514</v>
       </c>
-      <c r="NI12" s="6">
+      <c r="NK12" s="6">
         <v>3907</v>
       </c>
-      <c r="NJ12" s="13"/>
-      <c r="NK12" s="18">
+      <c r="NL12" s="13"/>
+      <c r="NM12" s="18">
         <v>0.13155874072178142</v>
       </c>
-      <c r="NL12" s="6">
+      <c r="NN12" s="6">
         <v>514</v>
       </c>
-      <c r="NM12" s="6">
+      <c r="NO12" s="6">
         <v>3907</v>
       </c>
-      <c r="NN12" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="NP12" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ12" s="6"/>
       <c r="NR12" s="6"/>
-      <c r="NS12" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="NS12" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT12" s="6"/>
       <c r="NU12" s="6"/>
-      <c r="NV12" s="6"/>
-      <c r="NW12" s="6">
+      <c r="NV12" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW12" s="6"/>
+      <c r="NX12" s="6"/>
+      <c r="NY12" s="6">
         <v>6137.2691029999978</v>
       </c>
-      <c r="NX12" s="6">
+      <c r="NZ12" s="6">
         <v>6137.2691029999978</v>
       </c>
-      <c r="NY12" s="6"/>
-      <c r="NZ12" s="6"/>
       <c r="OA12" s="6"/>
-      <c r="OB12" s="18">
+      <c r="OB12" s="6"/>
+      <c r="OC12" s="6"/>
+      <c r="OD12" s="18">
         <v>0.82723317123112361</v>
       </c>
-      <c r="OC12" s="6">
+      <c r="OE12" s="6">
         <v>3232</v>
       </c>
-      <c r="OD12" s="6">
+      <c r="OF12" s="6">
         <v>3907</v>
       </c>
-      <c r="OE12" s="16"/>
-      <c r="OF12" s="18">
+      <c r="OG12" s="16"/>
+      <c r="OH12" s="18">
         <v>0.82723317123112361</v>
       </c>
-      <c r="OG12" s="6">
+      <c r="OI12" s="6">
         <v>3232</v>
       </c>
-      <c r="OH12" s="6">
+      <c r="OJ12" s="6">
         <v>3907</v>
       </c>
-      <c r="OI12" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="OK12" s="18">
+        <v>0</v>
+      </c>
+      <c r="OL12" s="6"/>
       <c r="OM12" s="6"/>
-      <c r="ON12" s="6">
-[...7 lines deleted...]
-      <c r="OR12" s="6">
+      <c r="ON12" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO12" s="6"/>
+      <c r="OP12" s="6">
+        <v>0</v>
+      </c>
+      <c r="OQ12" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR12" s="6"/>
+      <c r="OS12" s="8"/>
+      <c r="OT12" s="6">
         <v>185</v>
       </c>
-      <c r="OS12" s="6">
+      <c r="OU12" s="6">
         <v>3663</v>
       </c>
-      <c r="OT12" s="12">
+      <c r="OV12" s="12">
         <v>5.0505050505050504E-2</v>
       </c>
-      <c r="OU12" s="6">
+      <c r="OW12" s="6">
         <v>101.46662399999991</v>
       </c>
-      <c r="OV12" s="6">
+      <c r="OX12" s="6">
         <v>101.46662399999991</v>
       </c>
-      <c r="OW12" s="6"/>
-      <c r="OX12" s="6"/>
       <c r="OY12" s="6"/>
+      <c r="OZ12" s="6"/>
+      <c r="PA12" s="6"/>
     </row>
-    <row r="13" spans="1:415" ht="14">
-      <c r="A13" s="61">
+    <row r="13" spans="1:417" ht="14">
+      <c r="A13" s="47">
         <v>45870</v>
       </c>
-      <c r="B13" s="62" t="s">
+      <c r="B13" s="48" t="s">
         <v>1078</v>
       </c>
       <c r="C13" s="19"/>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
       <c r="J13" s="4"/>
       <c r="K13" s="4"/>
       <c r="L13" s="4"/>
       <c r="M13" s="4"/>
       <c r="N13" s="4"/>
       <c r="O13" s="4"/>
       <c r="P13" s="4"/>
       <c r="Q13" s="4"/>
       <c r="R13" s="4"/>
       <c r="S13" s="4"/>
       <c r="T13" s="4"/>
       <c r="U13" s="4"/>
       <c r="V13" s="4"/>
       <c r="W13" s="4"/>
       <c r="X13" s="4"/>
       <c r="Y13" s="4"/>
@@ -31477,51 +40085,51 @@
         <v>7</v>
       </c>
       <c r="ER13" s="4"/>
       <c r="ES13" s="4">
         <v>3210</v>
       </c>
       <c r="ET13" s="4">
         <v>761</v>
       </c>
       <c r="EU13" s="4">
         <v>4711</v>
       </c>
       <c r="EV13" s="4">
         <v>221</v>
       </c>
       <c r="EW13" s="4">
         <v>9</v>
       </c>
       <c r="EX13" s="4">
         <v>121</v>
       </c>
       <c r="EY13" s="4">
         <v>32</v>
       </c>
       <c r="EZ13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="FA13" s="4">
         <v>43</v>
       </c>
       <c r="FB13" s="4">
         <v>48</v>
       </c>
       <c r="FC13" s="4">
         <v>436</v>
       </c>
       <c r="FD13" s="4">
         <v>9</v>
       </c>
       <c r="FE13" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FF13" s="4">
         <v>76</v>
       </c>
       <c r="FG13" s="4">
         <v>416</v>
       </c>
       <c r="FH13" s="4">
         <v>12</v>
       </c>
@@ -31534,670 +40142,672 @@
       <c r="FK13" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FL13" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FM13" s="4">
         <v>9</v>
       </c>
       <c r="FN13" s="4">
         <v>634</v>
       </c>
       <c r="FO13" s="4">
         <v>20</v>
       </c>
       <c r="FP13" s="4">
         <v>54</v>
       </c>
       <c r="FQ13" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FR13" s="4">
         <v>181</v>
       </c>
       <c r="FS13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="FT13" s="4">
         <v>203</v>
       </c>
       <c r="FU13" s="4">
         <v>27</v>
       </c>
       <c r="FV13" s="4">
         <v>225</v>
       </c>
       <c r="FW13" s="4">
         <v>412</v>
       </c>
       <c r="FX13" s="4">
         <v>8</v>
       </c>
       <c r="FY13" s="4">
         <v>135</v>
       </c>
       <c r="FZ13" s="4">
         <v>51</v>
       </c>
       <c r="GA13" s="4">
         <v>128</v>
       </c>
       <c r="GB13" s="4">
         <v>257</v>
       </c>
       <c r="GC13" s="4">
         <v>47</v>
       </c>
       <c r="GD13" s="4">
         <v>162</v>
       </c>
       <c r="GE13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GF13" s="4">
         <v>57</v>
       </c>
       <c r="GG13" s="4">
         <v>28</v>
       </c>
       <c r="GH13" s="4" t="s">
-        <v>1088</v>
-[...3 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="GI13" s="4"/>
       <c r="GJ13" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GK13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GL13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GM13" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="GN13" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GO13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GP13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GQ13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GR13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GS13" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="GT13" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GU13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GV13" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="GW13" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GX13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GY13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GZ13" s="4" t="s">
-        <v>1081</v>
-[...4 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="HA13" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HB13" s="4"/>
       <c r="HC13" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="HD13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HE13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HF13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HG13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HH13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HI13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HJ13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HK13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HL13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HM13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HN13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HO13" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="HP13" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="HQ13" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="HR13" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="HS13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HT13" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="HU13" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="HV13" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="HW13" s="4">
+        <v>1084</v>
+      </c>
+      <c r="HW13" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HX13" s="4">
         <v>104</v>
       </c>
-      <c r="HX13" s="4">
+      <c r="HY13" s="4">
         <v>42</v>
       </c>
-      <c r="HY13" s="4">
+      <c r="HZ13" s="4">
         <v>5</v>
       </c>
-      <c r="HZ13" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="IA13" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="IB13" s="4">
+        <v>1081</v>
+      </c>
+      <c r="IB13" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IC13" s="4">
         <v>23</v>
       </c>
-      <c r="IC13" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="ID13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IE13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IF13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IG13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IH13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="II13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IJ13" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IK13" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="IL13" s="4">
+        <v>1084</v>
+      </c>
+      <c r="IL13" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IM13" s="4"/>
+      <c r="IN13" s="4">
         <v>117</v>
       </c>
-      <c r="IM13" s="4">
+      <c r="IO13" s="4">
         <v>26</v>
       </c>
-      <c r="IN13" s="4">
+      <c r="IP13" s="4">
         <v>30</v>
       </c>
-      <c r="IO13" s="4" t="s">
-[...5 lines deleted...]
-      <c r="IQ13" s="4">
+      <c r="IQ13" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IR13" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IS13" s="4">
         <v>9</v>
       </c>
-      <c r="IR13" s="4">
+      <c r="IT13" s="4">
         <v>106</v>
       </c>
-      <c r="IS13" s="20">
+      <c r="IU13" s="20">
         <v>1.2847222222222223E-3</v>
       </c>
-      <c r="IT13" s="10">
+      <c r="IV13" s="10">
         <v>2.5462962962962965E-3</v>
       </c>
-      <c r="IU13" s="4">
+      <c r="IW13" s="4">
         <v>178</v>
       </c>
-      <c r="IV13" s="20">
+      <c r="IX13" s="20">
         <v>3.3564814814814812E-4</v>
       </c>
-      <c r="IW13" s="10">
+      <c r="IY13" s="10">
         <v>2.1064814814814813E-3</v>
       </c>
-      <c r="IX13" s="4">
+      <c r="IZ13" s="4">
         <v>961</v>
       </c>
-      <c r="IY13" s="12">
+      <c r="JA13" s="12">
         <v>0.20399066015707917</v>
       </c>
-      <c r="IZ13" s="16"/>
-      <c r="JA13" s="6">
+      <c r="JB13" s="16"/>
+      <c r="JC13" s="6">
         <v>125</v>
       </c>
-      <c r="JB13" s="8">
+      <c r="JD13" s="8">
         <v>961</v>
       </c>
-      <c r="JC13" s="12">
+      <c r="JE13" s="12">
         <v>0.13007284079084286</v>
       </c>
-      <c r="JD13" s="16"/>
-[...3 lines deleted...]
-      <c r="JF13" s="6">
+      <c r="JF13" s="16"/>
+      <c r="JG13" s="6">
+        <v>0</v>
+      </c>
+      <c r="JH13" s="6">
         <v>369</v>
       </c>
-      <c r="JG13" s="12">
-[...2 lines deleted...]
-      <c r="JH13" s="4">
+      <c r="JI13" s="12">
+        <v>0</v>
+      </c>
+      <c r="JJ13" s="4">
         <v>106</v>
       </c>
-      <c r="JI13" s="11">
+      <c r="JK13" s="11">
         <v>8.0439814814814816E-4</v>
       </c>
-      <c r="JJ13" s="11">
+      <c r="JL13" s="11">
         <v>4.3284722222222223E-3</v>
       </c>
-      <c r="JK13" s="11">
+      <c r="JM13" s="11">
         <v>8.8423611111111116E-3</v>
       </c>
-      <c r="JL13" s="4">
+      <c r="JN13" s="4">
         <v>625</v>
       </c>
-      <c r="JM13" s="11">
+      <c r="JO13" s="11">
         <v>5.8798611111111117E-3</v>
       </c>
-      <c r="JN13" s="11">
+      <c r="JP13" s="11">
         <v>1.2002222222222223E-2</v>
       </c>
-      <c r="JO13" s="63"/>
-[...3 lines deleted...]
-      <c r="JS13" s="4">
+      <c r="JQ13" s="49"/>
+      <c r="JR13" s="49"/>
+      <c r="JS13" s="49"/>
+      <c r="JT13" s="49"/>
+      <c r="JU13" s="4">
         <v>1833</v>
       </c>
-      <c r="JT13" s="11">
+      <c r="JV13" s="11">
         <v>5.9918981481481462E-2</v>
       </c>
-      <c r="JU13" s="11">
+      <c r="JW13" s="11">
         <v>8.3604166666666674E-2</v>
       </c>
-      <c r="JV13" s="11">
+      <c r="JX13" s="11">
         <v>0.2274201388888889</v>
       </c>
-      <c r="JW13" s="4">
+      <c r="JY13" s="4">
         <v>96</v>
       </c>
-      <c r="JX13" s="11">
+      <c r="JZ13" s="11">
         <v>6.9201388888888896E-2</v>
       </c>
-      <c r="JY13" s="11">
+      <c r="KA13" s="11">
         <v>0.13928240740740763</v>
       </c>
-      <c r="JZ13" s="11">
+      <c r="KB13" s="11">
         <v>0.45213831018518541</v>
       </c>
-      <c r="KA13" s="6">
+      <c r="KC13" s="6">
         <v>1721</v>
       </c>
-      <c r="KB13" s="14">
+      <c r="KD13" s="14">
         <v>0.87158628704241725</v>
       </c>
-      <c r="KC13" s="14">
+      <c r="KE13" s="14">
         <v>0.11330621731551424</v>
       </c>
-      <c r="KD13" s="14">
+      <c r="KF13" s="14">
         <v>1.3364323067983731E-2</v>
       </c>
-      <c r="KE13" s="14">
+      <c r="KG13" s="14">
         <v>1.7431725740848344E-3</v>
       </c>
-      <c r="KF13" s="8">
+      <c r="KH13" s="8">
         <v>47</v>
       </c>
-      <c r="KG13" s="6">
+      <c r="KI13" s="6">
         <v>5</v>
       </c>
-      <c r="KH13" s="6">
+      <c r="KJ13" s="6">
         <v>17</v>
       </c>
-      <c r="KI13" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="KK13" s="6">
+        <v>0</v>
+      </c>
+      <c r="KL13" s="6">
+        <v>0</v>
+      </c>
+      <c r="KM13" s="6">
         <v>25</v>
       </c>
-      <c r="KL13" s="6"/>
-      <c r="KM13" s="6">
+      <c r="KN13" s="6"/>
+      <c r="KO13" s="6">
         <v>35</v>
       </c>
-      <c r="KN13" s="18">
+      <c r="KP13" s="18">
         <v>0.74468085106382975</v>
       </c>
-      <c r="KO13" s="21"/>
-      <c r="KP13" s="21"/>
       <c r="KQ13" s="21"/>
       <c r="KR13" s="21"/>
       <c r="KS13" s="21"/>
       <c r="KT13" s="21"/>
       <c r="KU13" s="21"/>
       <c r="KV13" s="21"/>
       <c r="KW13" s="21"/>
       <c r="KX13" s="21"/>
       <c r="KY13" s="21"/>
       <c r="KZ13" s="21"/>
       <c r="LA13" s="21"/>
       <c r="LB13" s="21"/>
       <c r="LC13" s="21"/>
       <c r="LD13" s="21"/>
       <c r="LE13" s="21"/>
       <c r="LF13" s="21"/>
       <c r="LG13" s="21"/>
       <c r="LH13" s="21"/>
       <c r="LI13" s="21"/>
       <c r="LJ13" s="21"/>
       <c r="LK13" s="21"/>
-      <c r="LL13" s="6">
+      <c r="LL13" s="21"/>
+      <c r="LM13" s="21"/>
+      <c r="LN13" s="6">
         <v>523</v>
       </c>
-      <c r="LM13" s="6">
+      <c r="LO13" s="6">
         <v>370</v>
       </c>
-      <c r="LN13" s="6">
+      <c r="LP13" s="6">
         <v>153</v>
       </c>
-      <c r="LO13" s="16"/>
-      <c r="LP13" s="6">
+      <c r="LQ13" s="16"/>
+      <c r="LR13" s="6">
         <v>1416</v>
       </c>
-      <c r="LQ13" s="6">
+      <c r="LS13" s="6">
         <v>156</v>
       </c>
-      <c r="LR13" s="17">
+      <c r="LT13" s="17">
         <v>0.11016949152542373</v>
       </c>
-      <c r="LS13" s="6">
+      <c r="LU13" s="6">
         <v>6</v>
       </c>
-      <c r="LT13" s="17">
+      <c r="LV13" s="17">
         <v>4.2372881355932203E-3</v>
       </c>
-      <c r="LU13" s="16"/>
-      <c r="LV13" s="6">
+      <c r="LW13" s="16"/>
+      <c r="LX13" s="6">
         <v>417</v>
       </c>
-      <c r="LW13" s="6">
+      <c r="LY13" s="6">
         <v>14</v>
       </c>
-      <c r="LX13" s="17">
+      <c r="LZ13" s="17">
         <v>3.3573141486810551E-2</v>
       </c>
-      <c r="LY13" s="4" t="s">
-[...2 lines deleted...]
-      <c r="LZ13" s="17">
+      <c r="MA13" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB13" s="17">
         <v>2.3980815347721821E-3</v>
       </c>
-      <c r="MA13" s="16"/>
-      <c r="MB13" s="6">
+      <c r="MC13" s="16"/>
+      <c r="MD13" s="6">
         <v>1833</v>
       </c>
-      <c r="MC13" s="6">
+      <c r="ME13" s="6">
         <v>170</v>
       </c>
-      <c r="MD13" s="17">
+      <c r="MF13" s="17">
         <v>9.2744135297326794E-2</v>
       </c>
-      <c r="ME13" s="6">
+      <c r="MG13" s="6">
         <v>7</v>
       </c>
-      <c r="MF13" s="17">
+      <c r="MH13" s="17">
         <v>3.8188761593016913E-3</v>
       </c>
-      <c r="MG13" s="16"/>
-      <c r="MH13" s="6">
+      <c r="MI13" s="16"/>
+      <c r="MJ13" s="6">
         <v>51</v>
       </c>
-      <c r="MI13" s="4" t="s">
-[...2 lines deleted...]
-      <c r="MJ13" s="17">
+      <c r="MK13" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ML13" s="17">
         <v>5.8823529411764705E-2</v>
       </c>
-      <c r="MK13" s="6">
-[...6 lines deleted...]
-      <c r="MN13" s="6">
+      <c r="MM13" s="6">
+        <v>0</v>
+      </c>
+      <c r="MN13" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO13" s="16"/>
+      <c r="MP13" s="6">
         <v>45</v>
       </c>
-      <c r="MO13" s="4" t="s">
-[...2 lines deleted...]
-      <c r="MP13" s="17">
+      <c r="MQ13" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MR13" s="17">
         <v>2.2222222222222223E-2</v>
       </c>
-      <c r="MQ13" s="6"/>
-[...4 lines deleted...]
-      <c r="MT13" s="6">
+      <c r="MS13" s="6"/>
+      <c r="MT13" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU13" s="16"/>
+      <c r="MV13" s="6">
         <v>169</v>
       </c>
-      <c r="MU13" s="4" t="s">
-[...2 lines deleted...]
-      <c r="MV13" s="17">
+      <c r="MW13" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MX13" s="17">
         <v>2.3668639053254437E-2</v>
       </c>
-      <c r="MW13" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="MY13" s="6">
+        <v>0</v>
+      </c>
+      <c r="MZ13" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA13" s="6">
         <v>1530</v>
       </c>
-      <c r="MZ13" s="6">
+      <c r="NB13" s="6">
         <v>2579</v>
       </c>
-      <c r="NA13" s="18">
+      <c r="NC13" s="18">
         <v>0.59325319891430783</v>
       </c>
-      <c r="NB13" s="6">
+      <c r="ND13" s="6">
         <v>1752</v>
       </c>
-      <c r="NC13" s="6">
+      <c r="NE13" s="6">
         <v>1546</v>
       </c>
-      <c r="ND13" s="4" t="s">
-[...2 lines deleted...]
-      <c r="NE13" s="6">
+      <c r="NF13" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NG13" s="6">
         <v>179</v>
       </c>
-      <c r="NF13" s="6">
+      <c r="NH13" s="6">
         <v>26</v>
       </c>
-      <c r="NG13" s="18">
+      <c r="NI13" s="18">
         <v>0.1749819233550253</v>
       </c>
-      <c r="NH13" s="6">
+      <c r="NJ13" s="6">
         <v>242</v>
       </c>
-      <c r="NI13" s="6">
+      <c r="NK13" s="6">
         <v>1383</v>
       </c>
-      <c r="NJ13" s="16"/>
-      <c r="NK13" s="18">
+      <c r="NL13" s="16"/>
+      <c r="NM13" s="18">
         <v>0.17438494934876989</v>
       </c>
-      <c r="NL13" s="6">
+      <c r="NN13" s="6">
         <v>241</v>
       </c>
-      <c r="NM13" s="6">
+      <c r="NO13" s="6">
         <v>1382</v>
       </c>
-      <c r="NN13" s="18">
-[...4 lines deleted...]
-      <c r="NQ13" s="18">
+      <c r="NP13" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ13" s="6"/>
+      <c r="NR13" s="6"/>
+      <c r="NS13" s="18">
         <v>1</v>
       </c>
-      <c r="NR13" s="4" t="s">
-[...10 lines deleted...]
-      <c r="NW13" s="6">
+      <c r="NT13" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NU13" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NV13" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW13" s="6"/>
+      <c r="NX13" s="6"/>
+      <c r="NY13" s="6">
         <v>318.48718699999984</v>
       </c>
-      <c r="NX13" s="6">
+      <c r="NZ13" s="6">
         <v>318.48718699999984</v>
       </c>
-      <c r="NY13" s="6"/>
-      <c r="NZ13" s="6"/>
       <c r="OA13" s="6"/>
-      <c r="OB13" s="18">
+      <c r="OB13" s="6"/>
+      <c r="OC13" s="6"/>
+      <c r="OD13" s="18">
         <v>0.63557483731019526</v>
       </c>
-      <c r="OC13" s="6">
+      <c r="OE13" s="6">
         <v>879</v>
       </c>
-      <c r="OD13" s="6">
+      <c r="OF13" s="6">
         <v>1383</v>
       </c>
-      <c r="OE13" s="16"/>
-      <c r="OF13" s="18">
+      <c r="OG13" s="16"/>
+      <c r="OH13" s="18">
         <v>0.63531114327062232</v>
       </c>
-      <c r="OG13" s="6">
+      <c r="OI13" s="6">
         <v>878</v>
       </c>
-      <c r="OH13" s="6">
+      <c r="OJ13" s="6">
         <v>1382</v>
       </c>
-      <c r="OI13" s="18">
-[...4 lines deleted...]
-      <c r="OL13" s="18">
+      <c r="OK13" s="18">
+        <v>0</v>
+      </c>
+      <c r="OL13" s="6"/>
+      <c r="OM13" s="6"/>
+      <c r="ON13" s="18">
         <v>1</v>
       </c>
-      <c r="OM13" s="4" t="s">
-[...10 lines deleted...]
-      <c r="OR13" s="6">
+      <c r="OO13" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OP13" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OQ13" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR13" s="6"/>
+      <c r="OS13" s="8"/>
+      <c r="OT13" s="6">
         <v>115</v>
       </c>
-      <c r="OS13" s="6">
+      <c r="OU13" s="6">
         <v>1752</v>
       </c>
-      <c r="OT13" s="12">
+      <c r="OV13" s="12">
         <v>6.5639269406392697E-2</v>
       </c>
-      <c r="OU13" s="6">
+      <c r="OW13" s="6">
         <v>69.563307999999992</v>
       </c>
-      <c r="OV13" s="6">
+      <c r="OX13" s="6">
         <v>69.563307999999992</v>
       </c>
-      <c r="OW13" s="6"/>
-      <c r="OX13" s="6"/>
       <c r="OY13" s="6"/>
+      <c r="OZ13" s="6"/>
+      <c r="PA13" s="6"/>
     </row>
-    <row r="14" spans="1:415" ht="14">
-      <c r="A14" s="61">
+    <row r="14" spans="1:417" ht="14">
+      <c r="A14" s="47">
         <v>45870</v>
       </c>
-      <c r="B14" s="62" t="s">
+      <c r="B14" s="48" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="19"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
       <c r="J14" s="4"/>
       <c r="K14" s="4"/>
       <c r="L14" s="4"/>
       <c r="M14" s="4"/>
       <c r="N14" s="4"/>
       <c r="O14" s="4"/>
       <c r="P14" s="4"/>
       <c r="Q14" s="4"/>
       <c r="R14" s="4"/>
       <c r="S14" s="4"/>
       <c r="T14" s="4"/>
       <c r="U14" s="4"/>
       <c r="V14" s="4"/>
       <c r="W14" s="4"/>
       <c r="X14" s="4"/>
       <c r="Y14" s="4"/>
@@ -32391,672 +41001,674 @@
       <c r="FI14" s="4">
         <v>195</v>
       </c>
       <c r="FJ14" s="4">
         <v>54</v>
       </c>
       <c r="FK14" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FL14" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FM14" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FN14" s="4">
         <v>587</v>
       </c>
       <c r="FO14" s="4">
         <v>21</v>
       </c>
       <c r="FP14" s="4">
         <v>43</v>
       </c>
       <c r="FQ14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="FR14" s="4">
         <v>166</v>
       </c>
       <c r="FS14" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FT14" s="4">
         <v>167</v>
       </c>
       <c r="FU14" s="4">
         <v>21</v>
       </c>
       <c r="FV14" s="4">
         <v>203</v>
       </c>
       <c r="FW14" s="4">
         <v>343</v>
       </c>
       <c r="FX14" s="4">
         <v>8</v>
       </c>
       <c r="FY14" s="4">
         <v>152</v>
       </c>
       <c r="FZ14" s="4">
         <v>60</v>
       </c>
       <c r="GA14" s="4">
         <v>132</v>
       </c>
       <c r="GB14" s="4">
         <v>210</v>
       </c>
       <c r="GC14" s="4">
         <v>48</v>
       </c>
       <c r="GD14" s="4">
         <v>101</v>
       </c>
       <c r="GE14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GF14" s="4">
         <v>188</v>
       </c>
       <c r="GG14" s="4">
         <v>80</v>
       </c>
       <c r="GH14" s="4" t="s">
-        <v>1088</v>
-[...3 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="GI14" s="4"/>
       <c r="GJ14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GK14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GL14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GM14" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="GN14" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="GO14" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GP14" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="GQ14" s="4">
+        <v>1084</v>
+      </c>
+      <c r="GQ14" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="GR14" s="4">
         <v>1</v>
       </c>
-      <c r="GR14" s="4" t="s">
-[...2 lines deleted...]
-      <c r="GS14" s="4">
+      <c r="GS14" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="GT14" s="4">
         <v>5</v>
       </c>
-      <c r="GT14" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GU14" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="GV14" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="GW14" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GX14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GY14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GZ14" s="4" t="s">
-        <v>1088</v>
-[...4 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="HA14" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HB14" s="4"/>
       <c r="HC14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HD14" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="HE14" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="HF14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HG14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HH14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HI14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HJ14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HK14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HL14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HM14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HN14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HO14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HP14" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="HQ14" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="HR14" s="4">
+        <v>1081</v>
+      </c>
+      <c r="HR14" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HS14" s="4">
         <v>1</v>
       </c>
-      <c r="HS14" s="4">
+      <c r="HT14" s="4">
         <v>3</v>
       </c>
-      <c r="HT14" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HU14" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="HV14" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="HW14" s="4">
+        <v>1081</v>
+      </c>
+      <c r="HW14" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HX14" s="4">
         <v>116</v>
       </c>
-      <c r="HX14" s="4">
+      <c r="HY14" s="4">
         <v>12</v>
       </c>
-      <c r="HY14" s="4">
+      <c r="HZ14" s="4">
         <v>6</v>
       </c>
-      <c r="HZ14" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="IA14" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="IB14" s="4">
+        <v>1084</v>
+      </c>
+      <c r="IB14" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IC14" s="4">
         <v>16</v>
       </c>
-      <c r="IC14" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="ID14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IE14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IF14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IG14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IH14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="II14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IJ14" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IK14" s="4" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="IL14" s="4">
+        <v>1084</v>
+      </c>
+      <c r="IL14" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM14" s="4"/>
+      <c r="IN14" s="4">
         <v>132</v>
       </c>
-      <c r="IM14" s="4">
+      <c r="IO14" s="4">
         <v>32</v>
       </c>
-      <c r="IN14" s="4">
+      <c r="IP14" s="4">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>1088</v>
       </c>
       <c r="IQ14" s="4">
         <v>7</v>
       </c>
-      <c r="IR14" s="4">
+      <c r="IR14" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IS14" s="4">
+        <v>7</v>
+      </c>
+      <c r="IT14" s="4">
         <v>97</v>
       </c>
-      <c r="IS14" s="20">
+      <c r="IU14" s="20">
         <v>1.6782407407407408E-3</v>
       </c>
-      <c r="IT14" s="10">
+      <c r="IV14" s="10">
         <v>2.7893518518518519E-3</v>
       </c>
-      <c r="IU14" s="4">
+      <c r="IW14" s="4">
         <v>206</v>
       </c>
-      <c r="IV14" s="20">
+      <c r="IX14" s="20">
         <v>3.3564814814814812E-4</v>
       </c>
-      <c r="IW14" s="10">
+      <c r="IY14" s="10">
         <v>2.673611111111111E-3</v>
       </c>
-      <c r="IX14" s="4">
+      <c r="IZ14" s="4">
         <v>844</v>
       </c>
-      <c r="IY14" s="12">
+      <c r="JA14" s="12">
         <v>0.18300086730268864</v>
       </c>
-      <c r="IZ14" s="16"/>
-      <c r="JA14" s="6">
+      <c r="JB14" s="16"/>
+      <c r="JC14" s="6">
         <v>140</v>
       </c>
-      <c r="JB14" s="8">
+      <c r="JD14" s="8">
         <v>844</v>
       </c>
-      <c r="JC14" s="12">
+      <c r="JE14" s="12">
         <v>0.16587677725118483</v>
       </c>
-      <c r="JD14" s="16"/>
-[...3 lines deleted...]
-      <c r="JF14" s="6">
+      <c r="JF14" s="16"/>
+      <c r="JG14" s="6">
+        <v>0</v>
+      </c>
+      <c r="JH14" s="6">
         <v>207</v>
       </c>
-      <c r="JG14" s="12">
-[...2 lines deleted...]
-      <c r="JH14" s="4">
+      <c r="JI14" s="12">
+        <v>0</v>
+      </c>
+      <c r="JJ14" s="4">
         <v>97</v>
       </c>
-      <c r="JI14" s="11">
+      <c r="JK14" s="11">
         <v>3.2175925925925926E-3</v>
       </c>
-      <c r="JJ14" s="11">
+      <c r="JL14" s="11">
         <v>5.4861111111111117E-3</v>
       </c>
-      <c r="JK14" s="11">
+      <c r="JM14" s="11">
         <v>1.0687638888888889E-2</v>
       </c>
-      <c r="JL14" s="4">
+      <c r="JN14" s="4">
         <v>682</v>
       </c>
-      <c r="JM14" s="11">
+      <c r="JO14" s="11">
         <v>6.7708333333333336E-3</v>
       </c>
-      <c r="JN14" s="11">
+      <c r="JP14" s="11">
         <v>1.5703472222222223E-2</v>
       </c>
-      <c r="JO14" s="63"/>
-[...3 lines deleted...]
-      <c r="JS14" s="4">
+      <c r="JQ14" s="49"/>
+      <c r="JR14" s="49"/>
+      <c r="JS14" s="49"/>
+      <c r="JT14" s="49"/>
+      <c r="JU14" s="4">
         <v>1882</v>
       </c>
-      <c r="JT14" s="11">
+      <c r="JV14" s="11">
         <v>5.6493055555555553E-2</v>
       </c>
-      <c r="JU14" s="11">
+      <c r="JW14" s="11">
         <v>8.6400462962963193E-2</v>
       </c>
-      <c r="JV14" s="11">
+      <c r="JX14" s="11">
         <v>0.25827083333333262</v>
       </c>
-      <c r="JW14" s="4">
+      <c r="JY14" s="4">
         <v>93</v>
       </c>
-      <c r="JX14" s="11">
+      <c r="JZ14" s="11">
         <v>6.4722222222222223E-2</v>
       </c>
-      <c r="JY14" s="11">
+      <c r="KA14" s="11">
         <v>0.10869212962962986</v>
       </c>
-      <c r="JZ14" s="11">
+      <c r="KB14" s="11">
         <v>0.386354166666666</v>
       </c>
-      <c r="KA14" s="6">
+      <c r="KC14" s="6">
         <v>1758</v>
       </c>
-      <c r="KB14" s="14">
+      <c r="KD14" s="14">
         <v>0.87883959044368598</v>
       </c>
-      <c r="KC14" s="14">
+      <c r="KE14" s="14">
         <v>9.4994311717861199E-2</v>
       </c>
-      <c r="KD14" s="14">
+      <c r="KF14" s="14">
         <v>1.5927189988623434E-2</v>
       </c>
-      <c r="KE14" s="14">
+      <c r="KG14" s="14">
         <v>1.0238907849829351E-2</v>
       </c>
-      <c r="KF14" s="8">
+      <c r="KH14" s="8">
         <v>92</v>
       </c>
-      <c r="KG14" s="6">
+      <c r="KI14" s="6">
         <v>11</v>
       </c>
-      <c r="KH14" s="6">
+      <c r="KJ14" s="6">
         <v>26</v>
       </c>
-      <c r="KI14" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="KK14" s="6">
+        <v>0</v>
+      </c>
+      <c r="KL14" s="6">
+        <v>0</v>
+      </c>
+      <c r="KM14" s="6">
         <v>53</v>
       </c>
-      <c r="KL14" s="4" t="s">
-[...2 lines deleted...]
-      <c r="KM14" s="6">
+      <c r="KN14" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KO14" s="6">
         <v>79</v>
       </c>
-      <c r="KN14" s="18">
+      <c r="KP14" s="18">
         <v>0.85869565217391308</v>
       </c>
-      <c r="KO14" s="21"/>
-      <c r="KP14" s="21"/>
       <c r="KQ14" s="21"/>
       <c r="KR14" s="21"/>
       <c r="KS14" s="21"/>
       <c r="KT14" s="21"/>
       <c r="KU14" s="21"/>
       <c r="KV14" s="21"/>
       <c r="KW14" s="21"/>
       <c r="KX14" s="21"/>
       <c r="KY14" s="21"/>
       <c r="KZ14" s="21"/>
       <c r="LA14" s="21"/>
       <c r="LB14" s="21"/>
       <c r="LC14" s="21"/>
       <c r="LD14" s="21"/>
       <c r="LE14" s="21"/>
       <c r="LF14" s="21"/>
       <c r="LG14" s="21"/>
       <c r="LH14" s="21"/>
       <c r="LI14" s="21"/>
       <c r="LJ14" s="21"/>
       <c r="LK14" s="21"/>
-      <c r="LL14" s="6">
+      <c r="LL14" s="21"/>
+      <c r="LM14" s="21"/>
+      <c r="LN14" s="6">
         <v>338</v>
       </c>
-      <c r="LM14" s="6">
+      <c r="LO14" s="6">
         <v>211</v>
       </c>
-      <c r="LN14" s="6">
+      <c r="LP14" s="6">
         <v>127</v>
       </c>
-      <c r="LO14" s="16"/>
-      <c r="LP14" s="6">
+      <c r="LQ14" s="16"/>
+      <c r="LR14" s="6">
         <v>1474</v>
       </c>
-      <c r="LQ14" s="6">
+      <c r="LS14" s="6">
         <v>226</v>
       </c>
-      <c r="LR14" s="17">
+      <c r="LT14" s="17">
         <v>0.15332428765264586</v>
       </c>
-      <c r="LS14" s="6">
+      <c r="LU14" s="6">
         <v>5</v>
       </c>
-      <c r="LT14" s="17">
+      <c r="LV14" s="17">
         <v>3.3921302578018998E-3</v>
       </c>
-      <c r="LU14" s="16"/>
-      <c r="LV14" s="6">
+      <c r="LW14" s="16"/>
+      <c r="LX14" s="6">
         <v>408</v>
       </c>
-      <c r="LW14" s="6">
+      <c r="LY14" s="6">
         <v>26</v>
       </c>
-      <c r="LX14" s="17">
+      <c r="LZ14" s="17">
         <v>6.3725490196078427E-2</v>
       </c>
-      <c r="LY14" s="4" t="s">
-[...2 lines deleted...]
-      <c r="LZ14" s="17">
+      <c r="MA14" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB14" s="17">
         <v>4.9019607843137254E-3</v>
       </c>
-      <c r="MA14" s="16"/>
-      <c r="MB14" s="6">
+      <c r="MC14" s="16"/>
+      <c r="MD14" s="6">
         <v>1882</v>
       </c>
-      <c r="MC14" s="6">
+      <c r="ME14" s="6">
         <v>252</v>
       </c>
-      <c r="MD14" s="17">
+      <c r="MF14" s="17">
         <v>0.1339001062699256</v>
       </c>
-      <c r="ME14" s="6">
+      <c r="MG14" s="6">
         <v>7</v>
       </c>
-      <c r="MF14" s="17">
+      <c r="MH14" s="17">
         <v>3.7194473963868225E-3</v>
       </c>
-      <c r="MG14" s="16"/>
-      <c r="MH14" s="6">
+      <c r="MI14" s="16"/>
+      <c r="MJ14" s="6">
         <v>55</v>
       </c>
-      <c r="MI14" s="4" t="s">
-[...2 lines deleted...]
-      <c r="MJ14" s="17">
+      <c r="MK14" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ML14" s="17">
         <v>3.6363636363636362E-2</v>
       </c>
-      <c r="MK14" s="6">
-[...6 lines deleted...]
-      <c r="MN14" s="6">
+      <c r="MM14" s="6">
+        <v>0</v>
+      </c>
+      <c r="MN14" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO14" s="16"/>
+      <c r="MP14" s="6">
         <v>38</v>
       </c>
-      <c r="MO14" s="4" t="s">
-[...2 lines deleted...]
-      <c r="MP14" s="17">
+      <c r="MQ14" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MR14" s="17">
         <v>5.2631578947368418E-2</v>
       </c>
-      <c r="MQ14" s="6"/>
-[...4 lines deleted...]
-      <c r="MT14" s="6">
+      <c r="MS14" s="6"/>
+      <c r="MT14" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU14" s="16"/>
+      <c r="MV14" s="6">
         <v>162</v>
       </c>
-      <c r="MU14" s="6">
+      <c r="MW14" s="6">
         <v>21</v>
       </c>
-      <c r="MV14" s="17">
+      <c r="MX14" s="17">
         <v>0.12962962962962962</v>
       </c>
-      <c r="MW14" s="4" t="s">
-[...2 lines deleted...]
-      <c r="MX14" s="17">
+      <c r="MY14" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MZ14" s="17">
         <v>6.1728395061728392E-3</v>
       </c>
-      <c r="MY14" s="6">
+      <c r="NA14" s="6">
         <v>1728</v>
       </c>
-      <c r="MZ14" s="6">
+      <c r="NB14" s="6">
         <v>2547</v>
       </c>
-      <c r="NA14" s="18">
+      <c r="NC14" s="18">
         <v>0.67844522968197885</v>
       </c>
-      <c r="NB14" s="6">
+      <c r="ND14" s="6">
         <v>2071</v>
       </c>
-      <c r="NC14" s="6">
+      <c r="NE14" s="6">
         <v>2050</v>
       </c>
-      <c r="ND14" s="4" t="s">
-[...5 lines deleted...]
-      <c r="NF14" s="6">
+      <c r="NF14" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NG14" s="6">
+        <v>0</v>
+      </c>
+      <c r="NH14" s="6">
         <v>17</v>
       </c>
-      <c r="NG14" s="18">
+      <c r="NI14" s="18">
         <v>0.54220085470085466</v>
       </c>
-      <c r="NH14" s="6">
+      <c r="NJ14" s="6">
         <v>1015</v>
       </c>
-      <c r="NI14" s="6">
+      <c r="NK14" s="6">
         <v>1872</v>
       </c>
-      <c r="NJ14" s="16"/>
-      <c r="NK14" s="18">
+      <c r="NL14" s="16"/>
+      <c r="NM14" s="18">
         <v>0.54220085470085466</v>
       </c>
-      <c r="NL14" s="6">
+      <c r="NN14" s="6">
         <v>1015</v>
       </c>
-      <c r="NM14" s="6">
+      <c r="NO14" s="6">
         <v>1872</v>
       </c>
-      <c r="NN14" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="NP14" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ14" s="6"/>
       <c r="NR14" s="6"/>
-      <c r="NS14" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="NS14" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT14" s="6"/>
       <c r="NU14" s="6"/>
-      <c r="NV14" s="6"/>
-      <c r="NW14" s="6">
+      <c r="NV14" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW14" s="6"/>
+      <c r="NX14" s="6"/>
+      <c r="NY14" s="6">
         <v>604.28939500000001</v>
       </c>
-      <c r="NX14" s="6">
+      <c r="NZ14" s="6">
         <v>604.28939500000001</v>
       </c>
-      <c r="NY14" s="6"/>
-      <c r="NZ14" s="6"/>
       <c r="OA14" s="6"/>
-      <c r="OB14" s="18">
+      <c r="OB14" s="6"/>
+      <c r="OC14" s="6"/>
+      <c r="OD14" s="18">
         <v>0.72115384615384615</v>
       </c>
-      <c r="OC14" s="6">
+      <c r="OE14" s="6">
         <v>1350</v>
       </c>
-      <c r="OD14" s="6">
+      <c r="OF14" s="6">
         <v>1872</v>
       </c>
-      <c r="OE14" s="16"/>
-      <c r="OF14" s="18">
+      <c r="OG14" s="16"/>
+      <c r="OH14" s="18">
         <v>0.72115384615384615</v>
       </c>
-      <c r="OG14" s="6">
+      <c r="OI14" s="6">
         <v>1350</v>
       </c>
-      <c r="OH14" s="6">
+      <c r="OJ14" s="6">
         <v>1872</v>
       </c>
-      <c r="OI14" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="OK14" s="18">
+        <v>0</v>
+      </c>
+      <c r="OL14" s="6"/>
       <c r="OM14" s="6"/>
-      <c r="ON14" s="6">
-[...7 lines deleted...]
-      <c r="OR14" s="6">
+      <c r="ON14" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO14" s="6"/>
+      <c r="OP14" s="6">
+        <v>0</v>
+      </c>
+      <c r="OQ14" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR14" s="6"/>
+      <c r="OS14" s="8"/>
+      <c r="OT14" s="6">
         <v>147</v>
       </c>
-      <c r="OS14" s="6">
+      <c r="OU14" s="6">
         <v>2071</v>
       </c>
-      <c r="OT14" s="12">
+      <c r="OV14" s="12">
         <v>7.0980202800579428E-2</v>
       </c>
-      <c r="OU14" s="6">
+      <c r="OW14" s="6">
         <v>61.419393999999997</v>
       </c>
-      <c r="OV14" s="6">
+      <c r="OX14" s="6">
         <v>61.419393999999997</v>
       </c>
-      <c r="OW14" s="6"/>
-      <c r="OX14" s="6"/>
       <c r="OY14" s="6"/>
+      <c r="OZ14" s="6"/>
+      <c r="PA14" s="6"/>
     </row>
-    <row r="15" spans="1:415" ht="14">
-      <c r="A15" s="61">
+    <row r="15" spans="1:417" ht="14">
+      <c r="A15" s="47">
         <v>45870</v>
       </c>
-      <c r="B15" s="62" t="s">
+      <c r="B15" s="48" t="s">
         <v>6</v>
       </c>
       <c r="C15" s="19"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
       <c r="I15" s="4"/>
       <c r="J15" s="4"/>
       <c r="K15" s="4"/>
       <c r="L15" s="4"/>
       <c r="M15" s="4"/>
       <c r="N15" s="4"/>
       <c r="O15" s="4"/>
       <c r="P15" s="4"/>
       <c r="Q15" s="4"/>
       <c r="R15" s="4"/>
       <c r="S15" s="4"/>
       <c r="T15" s="4"/>
       <c r="U15" s="4"/>
       <c r="V15" s="4"/>
       <c r="W15" s="4"/>
       <c r="X15" s="4"/>
       <c r="Y15" s="4"/>
@@ -33256,684 +41868,686 @@
       <c r="FK15" s="4">
         <v>7</v>
       </c>
       <c r="FL15" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FM15" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FN15" s="4">
         <v>627</v>
       </c>
       <c r="FO15" s="4">
         <v>11</v>
       </c>
       <c r="FP15" s="4">
         <v>36</v>
       </c>
       <c r="FQ15" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FR15" s="4">
         <v>174</v>
       </c>
       <c r="FS15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="FT15" s="4">
         <v>107</v>
       </c>
       <c r="FU15" s="4">
         <v>21</v>
       </c>
       <c r="FV15" s="4">
         <v>111</v>
       </c>
       <c r="FW15" s="4">
         <v>419</v>
       </c>
       <c r="FX15" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FY15" s="4">
         <v>143</v>
       </c>
       <c r="FZ15" s="4">
         <v>70</v>
       </c>
       <c r="GA15" s="4">
         <v>171</v>
       </c>
       <c r="GB15" s="4">
         <v>200</v>
       </c>
       <c r="GC15" s="4">
         <v>66</v>
       </c>
       <c r="GD15" s="4">
         <v>101</v>
       </c>
       <c r="GE15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GF15" s="4">
         <v>160</v>
       </c>
       <c r="GG15" s="4">
         <v>49</v>
       </c>
       <c r="GH15" s="4" t="s">
-        <v>1088</v>
-[...3 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="GI15" s="4"/>
       <c r="GJ15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GK15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GL15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GM15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GN15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GO15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GP15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GQ15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GR15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GS15" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="GT15" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GU15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GV15" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="GW15" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GX15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GY15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GZ15" s="4" t="s">
-        <v>1088</v>
-[...4 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="HA15" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HB15" s="4"/>
       <c r="HC15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HD15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HE15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HF15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HG15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HH15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HI15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HJ15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HK15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HL15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HM15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HN15" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="HO15" s="4">
+        <v>1084</v>
+      </c>
+      <c r="HO15" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HP15" s="4">
         <v>5</v>
       </c>
-      <c r="HP15" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HQ15" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="HR15" s="4">
+      <c r="HR15" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HS15" s="4">
         <v>3</v>
       </c>
-      <c r="HS15" s="4">
+      <c r="HT15" s="4">
         <v>7</v>
       </c>
-      <c r="HT15" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HU15" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="HV15" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="HW15" s="4">
+        <v>1081</v>
+      </c>
+      <c r="HW15" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HX15" s="4">
         <v>129</v>
       </c>
-      <c r="HX15" s="4">
+      <c r="HY15" s="4">
         <v>20</v>
       </c>
-      <c r="HY15" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HZ15" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="IA15" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="IB15" s="4">
+        <v>1084</v>
+      </c>
+      <c r="IB15" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IC15" s="4">
         <v>9</v>
       </c>
-      <c r="IC15" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="ID15" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="IE15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IF15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IG15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IH15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="II15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IJ15" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IK15" s="4" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="IL15" s="4">
+        <v>1084</v>
+      </c>
+      <c r="IL15" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM15" s="4"/>
+      <c r="IN15" s="4">
         <v>203</v>
       </c>
-      <c r="IM15" s="4">
+      <c r="IO15" s="4">
         <v>44</v>
       </c>
-      <c r="IN15" s="4">
+      <c r="IP15" s="4">
         <v>48</v>
       </c>
-      <c r="IO15" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="IQ15" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="IR15" s="4">
+      <c r="IR15" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IS15" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IT15" s="4">
         <v>102</v>
       </c>
-      <c r="IS15" s="20">
+      <c r="IU15" s="20">
         <v>1.9907407407407408E-3</v>
       </c>
-      <c r="IT15" s="10">
+      <c r="IV15" s="10">
         <v>3.5879629629629629E-3</v>
       </c>
-      <c r="IU15" s="4">
+      <c r="IW15" s="4">
         <v>180</v>
       </c>
-      <c r="IV15" s="20">
+      <c r="IX15" s="20">
         <v>2.5462962962962961E-4</v>
       </c>
-      <c r="IW15" s="10">
+      <c r="IY15" s="10">
         <v>2.9282407407407408E-3</v>
       </c>
-      <c r="IX15" s="4">
+      <c r="IZ15" s="4">
         <v>765</v>
       </c>
-      <c r="IY15" s="12">
+      <c r="JA15" s="12">
         <v>0.17194875252865813</v>
       </c>
-      <c r="IZ15" s="16"/>
-      <c r="JA15" s="6">
+      <c r="JB15" s="16"/>
+      <c r="JC15" s="6">
         <v>144</v>
       </c>
-      <c r="JB15" s="8">
+      <c r="JD15" s="8">
         <v>765</v>
       </c>
-      <c r="JC15" s="12">
+      <c r="JE15" s="12">
         <v>0.18823529411764706</v>
       </c>
-      <c r="JD15" s="16"/>
-[...3 lines deleted...]
-      <c r="JF15" s="6">
+      <c r="JF15" s="16"/>
+      <c r="JG15" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH15" s="6">
         <v>243</v>
       </c>
-      <c r="JG15" s="12">
+      <c r="JI15" s="12">
         <v>4.11522633744856E-3</v>
       </c>
-      <c r="JH15" s="4">
+      <c r="JJ15" s="4">
         <v>102</v>
       </c>
-      <c r="JI15" s="11">
+      <c r="JK15" s="11">
         <v>5.4976851851851853E-3</v>
       </c>
-      <c r="JJ15" s="11">
+      <c r="JL15" s="11">
         <v>6.7822916666666674E-3</v>
       </c>
-      <c r="JK15" s="11">
+      <c r="JM15" s="11">
         <v>1.4851875E-2</v>
       </c>
-      <c r="JL15" s="4">
+      <c r="JN15" s="4">
         <v>549</v>
       </c>
-      <c r="JM15" s="11">
+      <c r="JO15" s="11">
         <v>7.7777777777777776E-3</v>
       </c>
-      <c r="JN15" s="11">
+      <c r="JP15" s="11">
         <v>1.7803194444444444E-2</v>
       </c>
-      <c r="JO15" s="63"/>
-[...3 lines deleted...]
-      <c r="JS15" s="4">
+      <c r="JQ15" s="49"/>
+      <c r="JR15" s="49"/>
+      <c r="JS15" s="49"/>
+      <c r="JT15" s="49"/>
+      <c r="JU15" s="4">
         <v>1954</v>
       </c>
-      <c r="JT15" s="11">
+      <c r="JV15" s="11">
         <v>5.7048611111111112E-2</v>
       </c>
-      <c r="JU15" s="11">
+      <c r="JW15" s="11">
         <v>8.4185185185185418E-2</v>
       </c>
-      <c r="JV15" s="11">
+      <c r="JX15" s="11">
         <v>0.25056134259259238</v>
       </c>
-      <c r="JW15" s="4">
+      <c r="JY15" s="4">
         <v>119</v>
       </c>
-      <c r="JX15" s="11">
+      <c r="JZ15" s="11">
         <v>5.6412037037037017E-2</v>
       </c>
-      <c r="JY15" s="11">
+      <c r="KA15" s="11">
         <v>8.0817129629629864E-2</v>
       </c>
-      <c r="JZ15" s="11">
+      <c r="KB15" s="11">
         <v>0.503866898148148</v>
       </c>
-      <c r="KA15" s="6">
+      <c r="KC15" s="6">
         <v>1732</v>
       </c>
-      <c r="KB15" s="14">
+      <c r="KD15" s="14">
         <v>0.83775981524249421</v>
       </c>
-      <c r="KC15" s="14">
+      <c r="KE15" s="14">
         <v>0.14087759815242495</v>
       </c>
-      <c r="KD15" s="14">
+      <c r="KF15" s="14">
         <v>1.7321016166281754E-2</v>
       </c>
-      <c r="KE15" s="14">
+      <c r="KG15" s="14">
         <v>4.0415704387990765E-3</v>
       </c>
-      <c r="KF15" s="8">
+      <c r="KH15" s="8">
         <v>144</v>
       </c>
-      <c r="KG15" s="6">
+      <c r="KI15" s="6">
         <v>25</v>
       </c>
-      <c r="KH15" s="6">
+      <c r="KJ15" s="6">
         <v>35</v>
       </c>
-      <c r="KI15" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="KK15" s="6">
+        <v>0</v>
+      </c>
+      <c r="KL15" s="6">
+        <v>0</v>
+      </c>
+      <c r="KM15" s="6">
         <v>79</v>
       </c>
-      <c r="KL15" s="6">
+      <c r="KN15" s="6">
         <v>5</v>
       </c>
-      <c r="KM15" s="6">
+      <c r="KO15" s="6">
         <v>118</v>
       </c>
-      <c r="KN15" s="18">
+      <c r="KP15" s="18">
         <v>0.81944444444444442</v>
       </c>
-      <c r="KO15" s="21"/>
-      <c r="KP15" s="21"/>
       <c r="KQ15" s="21"/>
       <c r="KR15" s="21"/>
       <c r="KS15" s="21"/>
       <c r="KT15" s="21"/>
       <c r="KU15" s="21"/>
       <c r="KV15" s="21"/>
       <c r="KW15" s="21"/>
       <c r="KX15" s="21"/>
       <c r="KY15" s="21"/>
       <c r="KZ15" s="21"/>
       <c r="LA15" s="21"/>
       <c r="LB15" s="21"/>
       <c r="LC15" s="21"/>
       <c r="LD15" s="21"/>
       <c r="LE15" s="21"/>
       <c r="LF15" s="21"/>
       <c r="LG15" s="21"/>
       <c r="LH15" s="21"/>
       <c r="LI15" s="21"/>
       <c r="LJ15" s="21"/>
       <c r="LK15" s="21"/>
-      <c r="LL15" s="6">
+      <c r="LL15" s="21"/>
+      <c r="LM15" s="21"/>
+      <c r="LN15" s="6">
         <v>381</v>
       </c>
-      <c r="LM15" s="6">
+      <c r="LO15" s="6">
         <v>243</v>
       </c>
-      <c r="LN15" s="6">
+      <c r="LP15" s="6">
         <v>138</v>
       </c>
-      <c r="LO15" s="16"/>
-      <c r="LP15" s="6">
+      <c r="LQ15" s="16"/>
+      <c r="LR15" s="6">
         <v>1555</v>
       </c>
-      <c r="LQ15" s="6">
+      <c r="LS15" s="6">
         <v>279</v>
       </c>
-      <c r="LR15" s="17">
+      <c r="LT15" s="17">
         <v>0.17942122186495177</v>
       </c>
-      <c r="LS15" s="6">
+      <c r="LU15" s="6">
         <v>7</v>
       </c>
-      <c r="LT15" s="17">
+      <c r="LV15" s="17">
         <v>4.5016077170418004E-3</v>
       </c>
-      <c r="LU15" s="16"/>
-      <c r="LV15" s="6">
+      <c r="LW15" s="16"/>
+      <c r="LX15" s="6">
         <v>399</v>
       </c>
-      <c r="LW15" s="6">
+      <c r="LY15" s="6">
         <v>38</v>
       </c>
-      <c r="LX15" s="17">
+      <c r="LZ15" s="17">
         <v>9.5238095238095233E-2</v>
       </c>
-      <c r="LY15" s="6">
-[...6 lines deleted...]
-      <c r="MB15" s="6">
+      <c r="MA15" s="6">
+        <v>0</v>
+      </c>
+      <c r="MB15" s="17">
+        <v>0</v>
+      </c>
+      <c r="MC15" s="16"/>
+      <c r="MD15" s="6">
         <v>1954</v>
       </c>
-      <c r="MC15" s="6">
+      <c r="ME15" s="6">
         <v>317</v>
       </c>
-      <c r="MD15" s="17">
+      <c r="MF15" s="17">
         <v>0.16223132036847493</v>
       </c>
-      <c r="ME15" s="6">
+      <c r="MG15" s="6">
         <v>7</v>
       </c>
-      <c r="MF15" s="17">
+      <c r="MH15" s="17">
         <v>3.5823950870010235E-3</v>
       </c>
-      <c r="MG15" s="16"/>
-      <c r="MH15" s="6">
+      <c r="MI15" s="16"/>
+      <c r="MJ15" s="6">
         <v>72</v>
       </c>
-      <c r="MI15" s="6">
+      <c r="MK15" s="6">
         <v>9</v>
       </c>
-      <c r="MJ15" s="17">
+      <c r="ML15" s="17">
         <v>0.125</v>
       </c>
-      <c r="MK15" s="6">
-[...6 lines deleted...]
-      <c r="MN15" s="6">
+      <c r="MM15" s="6">
+        <v>0</v>
+      </c>
+      <c r="MN15" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO15" s="16"/>
+      <c r="MP15" s="6">
         <v>48</v>
       </c>
-      <c r="MO15" s="6">
-[...5 lines deleted...]
-      <c r="MQ15" s="6"/>
+      <c r="MQ15" s="6">
+        <v>0</v>
+      </c>
       <c r="MR15" s="17">
         <v>0</v>
       </c>
-      <c r="MS15" s="16"/>
-      <c r="MT15" s="6">
+      <c r="MS15" s="6"/>
+      <c r="MT15" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU15" s="16"/>
+      <c r="MV15" s="6">
         <v>124</v>
       </c>
-      <c r="MU15" s="6">
+      <c r="MW15" s="6">
         <v>7</v>
       </c>
-      <c r="MV15" s="17">
+      <c r="MX15" s="17">
         <v>5.6451612903225805E-2</v>
       </c>
-      <c r="MW15" s="4" t="s">
-[...2 lines deleted...]
-      <c r="MX15" s="17">
+      <c r="MY15" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MZ15" s="17">
         <v>8.0645161290322578E-3</v>
       </c>
-      <c r="MY15" s="6">
+      <c r="NA15" s="6">
         <v>1763</v>
       </c>
-      <c r="MZ15" s="6">
+      <c r="NB15" s="6">
         <v>2546</v>
       </c>
-      <c r="NA15" s="18">
+      <c r="NC15" s="18">
         <v>0.69245875883739194</v>
       </c>
-      <c r="NB15" s="6">
+      <c r="ND15" s="6">
         <v>2050</v>
       </c>
-      <c r="NC15" s="6">
+      <c r="NE15" s="6">
         <v>1812</v>
       </c>
-      <c r="ND15" s="4" t="s">
-[...2 lines deleted...]
-      <c r="NE15" s="6">
+      <c r="NF15" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NG15" s="6">
         <v>226</v>
       </c>
-      <c r="NF15" s="6">
+      <c r="NH15" s="6">
         <v>9</v>
       </c>
-      <c r="NG15" s="18">
+      <c r="NI15" s="18">
         <v>0.27255550307038262</v>
       </c>
-      <c r="NH15" s="6">
+      <c r="NJ15" s="6">
         <v>577</v>
       </c>
-      <c r="NI15" s="6">
+      <c r="NK15" s="6">
         <v>2117</v>
       </c>
-      <c r="NJ15" s="16"/>
-      <c r="NK15" s="18">
+      <c r="NL15" s="16"/>
+      <c r="NM15" s="18">
         <v>0.26584976025572721</v>
       </c>
-      <c r="NL15" s="6">
+      <c r="NN15" s="6">
         <v>499</v>
       </c>
-      <c r="NM15" s="6">
+      <c r="NO15" s="6">
         <v>1877</v>
       </c>
-      <c r="NN15" s="18">
-[...6 lines deleted...]
-      <c r="NQ15" s="18">
+      <c r="NP15" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ15" s="6"/>
+      <c r="NR15" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NS15" s="18">
         <v>0.32773109243697479</v>
       </c>
-      <c r="NR15" s="6">
+      <c r="NT15" s="6">
         <v>78</v>
       </c>
-      <c r="NS15" s="6">
+      <c r="NU15" s="6">
         <v>238</v>
       </c>
-      <c r="NT15" s="18">
-[...4 lines deleted...]
-      <c r="NW15" s="6">
+      <c r="NV15" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW15" s="6"/>
+      <c r="NX15" s="6"/>
+      <c r="NY15" s="6">
         <v>2616.5493649999994</v>
       </c>
-      <c r="NX15" s="6">
+      <c r="NZ15" s="6">
         <v>2341.4763229999994</v>
       </c>
-      <c r="NY15" s="6">
+      <c r="OA15" s="6">
         <v>0.26055400000000001</v>
       </c>
-      <c r="NZ15" s="6">
+      <c r="OB15" s="6">
         <v>274.81248799999986</v>
       </c>
-      <c r="OA15" s="6"/>
-      <c r="OB15" s="18">
+      <c r="OC15" s="6"/>
+      <c r="OD15" s="18">
         <v>0.79026924893717521</v>
       </c>
-      <c r="OC15" s="6">
+      <c r="OE15" s="6">
         <v>1673</v>
       </c>
-      <c r="OD15" s="6">
+      <c r="OF15" s="6">
         <v>2117</v>
       </c>
-      <c r="OE15" s="16"/>
-      <c r="OF15" s="18">
+      <c r="OG15" s="16"/>
+      <c r="OH15" s="18">
         <v>0.79541822056473099</v>
       </c>
-      <c r="OG15" s="6">
+      <c r="OI15" s="6">
         <v>1493</v>
       </c>
-      <c r="OH15" s="6">
+      <c r="OJ15" s="6">
         <v>1877</v>
       </c>
-      <c r="OI15" s="18">
+      <c r="OK15" s="18">
         <v>1</v>
       </c>
-      <c r="OJ15" s="4" t="s">
-[...5 lines deleted...]
-      <c r="OL15" s="18">
+      <c r="OL15" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OM15" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ON15" s="18">
         <v>0.74789915966386555</v>
       </c>
-      <c r="OM15" s="6">
+      <c r="OO15" s="6">
         <v>178</v>
       </c>
-      <c r="ON15" s="6">
+      <c r="OP15" s="6">
         <v>238</v>
       </c>
-      <c r="OO15" s="18">
-[...4 lines deleted...]
-      <c r="OR15" s="6">
+      <c r="OQ15" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR15" s="6"/>
+      <c r="OS15" s="8"/>
+      <c r="OT15" s="6">
         <v>164</v>
       </c>
-      <c r="OS15" s="6">
+      <c r="OU15" s="6">
         <v>2050</v>
       </c>
-      <c r="OT15" s="12">
+      <c r="OV15" s="12">
         <v>0.08</v>
       </c>
-      <c r="OU15" s="6">
+      <c r="OW15" s="6">
         <v>115.243279</v>
       </c>
-      <c r="OV15" s="6">
+      <c r="OX15" s="6">
         <v>104.442734</v>
       </c>
-      <c r="OW15" s="6"/>
-      <c r="OX15" s="6">
+      <c r="OY15" s="6"/>
+      <c r="OZ15" s="6">
         <v>10.800544999999998</v>
       </c>
-      <c r="OY15" s="6"/>
+      <c r="PA15" s="6"/>
     </row>
-    <row r="16" spans="1:415" ht="14">
-      <c r="A16" s="61">
+    <row r="16" spans="1:417" ht="14">
+      <c r="A16" s="47">
         <v>45870</v>
       </c>
-      <c r="B16" s="62" t="s">
+      <c r="B16" s="48" t="s">
         <v>7</v>
       </c>
       <c r="C16" s="19"/>
       <c r="D16" s="4"/>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
       <c r="I16" s="4"/>
       <c r="J16" s="4"/>
       <c r="K16" s="4"/>
       <c r="L16" s="4"/>
       <c r="M16" s="4"/>
       <c r="N16" s="4"/>
       <c r="O16" s="4"/>
       <c r="P16" s="4"/>
       <c r="Q16" s="4"/>
       <c r="R16" s="4"/>
       <c r="S16" s="4"/>
       <c r="T16" s="4"/>
       <c r="U16" s="4"/>
       <c r="V16" s="4"/>
       <c r="W16" s="4"/>
       <c r="X16" s="4"/>
       <c r="Y16" s="4"/>
@@ -34112,687 +42726,689 @@
       <c r="FD16" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FE16" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FF16" s="4">
         <v>15</v>
       </c>
       <c r="FG16" s="4">
         <v>151</v>
       </c>
       <c r="FH16" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FI16" s="4">
         <v>46</v>
       </c>
       <c r="FJ16" s="4">
         <v>15</v>
       </c>
       <c r="FK16" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FL16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="FM16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="FN16" s="4">
         <v>220</v>
       </c>
       <c r="FO16" s="4">
         <v>7</v>
       </c>
       <c r="FP16" s="4">
         <v>13</v>
       </c>
       <c r="FQ16" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FR16" s="4">
         <v>58</v>
       </c>
       <c r="FS16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="FT16" s="4">
         <v>38</v>
       </c>
       <c r="FU16" s="4">
         <v>8</v>
       </c>
       <c r="FV16" s="4">
         <v>31</v>
       </c>
       <c r="FW16" s="4">
         <v>137</v>
       </c>
       <c r="FX16" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FY16" s="4">
         <v>45</v>
       </c>
       <c r="FZ16" s="4">
         <v>35</v>
       </c>
       <c r="GA16" s="4">
         <v>61</v>
       </c>
       <c r="GB16" s="4">
         <v>58</v>
       </c>
       <c r="GC16" s="4">
         <v>22</v>
       </c>
       <c r="GD16" s="4">
         <v>44</v>
       </c>
       <c r="GE16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GF16" s="4">
         <v>35</v>
       </c>
       <c r="GG16" s="4">
         <v>6</v>
       </c>
       <c r="GH16" s="4" t="s">
-        <v>1088</v>
-[...3 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="GI16" s="4"/>
       <c r="GJ16" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GK16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GL16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GM16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GN16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GO16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GP16" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="GQ16" s="4">
+        <v>1084</v>
+      </c>
+      <c r="GQ16" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="GR16" s="4">
         <v>1</v>
       </c>
-      <c r="GR16" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GS16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GT16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GU16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GV16" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="GW16" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GX16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GY16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GZ16" s="4" t="s">
-        <v>1088</v>
-[...4 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="HA16" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HB16" s="4"/>
       <c r="HC16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HD16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HE16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HF16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HG16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HH16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HI16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HJ16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HK16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HL16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HM16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HN16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HO16" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="HP16" s="4">
+        <v>1084</v>
+      </c>
+      <c r="HP16" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HQ16" s="4">
         <v>5</v>
       </c>
-      <c r="HQ16" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HR16" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="HS16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HT16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HU16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HV16" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="HW16" s="4">
+        <v>1084</v>
+      </c>
+      <c r="HW16" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HX16" s="4">
         <v>51</v>
       </c>
-      <c r="HX16" s="4">
+      <c r="HY16" s="4">
         <v>20</v>
       </c>
-      <c r="HY16" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HZ16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IA16" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="IB16" s="4">
+        <v>1084</v>
+      </c>
+      <c r="IB16" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IC16" s="4">
         <v>8</v>
       </c>
-      <c r="IC16" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="ID16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IE16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IF16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IG16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IH16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="II16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IJ16" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IK16" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="IL16" s="4">
+        <v>1084</v>
+      </c>
+      <c r="IL16" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IM16" s="4"/>
+      <c r="IN16" s="4">
         <v>83</v>
       </c>
-      <c r="IM16" s="4">
+      <c r="IO16" s="4">
         <v>20</v>
       </c>
-      <c r="IN16" s="4">
+      <c r="IP16" s="4">
         <v>12</v>
       </c>
-      <c r="IO16" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="IQ16" s="4" t="s">
         <v>1081</v>
       </c>
-      <c r="IR16" s="4">
+      <c r="IR16" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IS16" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IT16" s="4">
         <v>27</v>
       </c>
-      <c r="IS16" s="20">
+      <c r="IU16" s="20">
         <v>3.9236111111111112E-3</v>
       </c>
-      <c r="IT16" s="10">
+      <c r="IV16" s="10">
         <v>2.7546296296296294E-3</v>
       </c>
-      <c r="IU16" s="4">
+      <c r="IW16" s="4">
         <v>41</v>
       </c>
-      <c r="IV16" s="20">
+      <c r="IX16" s="20">
         <v>2.4305555555555555E-4</v>
       </c>
-      <c r="IW16" s="10">
+      <c r="IY16" s="10">
         <v>2.2974537037037039E-3</v>
       </c>
-      <c r="IX16" s="4">
+      <c r="IZ16" s="4">
         <v>228</v>
       </c>
-      <c r="IY16" s="12">
+      <c r="JA16" s="12">
         <v>0.14709677419354839</v>
       </c>
-      <c r="IZ16" s="16"/>
-      <c r="JA16" s="6">
+      <c r="JB16" s="16"/>
+      <c r="JC16" s="6">
         <v>51</v>
       </c>
-      <c r="JB16" s="8">
+      <c r="JD16" s="8">
         <v>228</v>
       </c>
-      <c r="JC16" s="12">
+      <c r="JE16" s="12">
         <v>0.22368421052631579</v>
       </c>
-      <c r="JD16" s="16"/>
-[...3 lines deleted...]
-      <c r="JF16" s="6">
+      <c r="JF16" s="16"/>
+      <c r="JG16" s="6">
+        <v>0</v>
+      </c>
+      <c r="JH16" s="6">
         <v>126</v>
       </c>
-      <c r="JG16" s="12">
-[...2 lines deleted...]
-      <c r="JH16" s="4">
+      <c r="JI16" s="12">
+        <v>0</v>
+      </c>
+      <c r="JJ16" s="4">
         <v>27</v>
       </c>
-      <c r="JI16" s="11">
+      <c r="JK16" s="11">
         <v>5.6828703703703702E-3</v>
       </c>
-      <c r="JJ16" s="11">
+      <c r="JL16" s="11">
         <v>6.3312500000000009E-3</v>
       </c>
-      <c r="JK16" s="11">
+      <c r="JM16" s="11">
         <v>1.8317083333333335E-2</v>
       </c>
-      <c r="JL16" s="4">
+      <c r="JN16" s="4">
         <v>151</v>
       </c>
-      <c r="JM16" s="11">
+      <c r="JO16" s="11">
         <v>7.9979166666666671E-3</v>
       </c>
-      <c r="JN16" s="11">
+      <c r="JP16" s="11">
         <v>2.2516250000000002E-2</v>
       </c>
-      <c r="JO16" s="63"/>
-[...3 lines deleted...]
-      <c r="JS16" s="4">
+      <c r="JQ16" s="49"/>
+      <c r="JR16" s="49"/>
+      <c r="JS16" s="49"/>
+      <c r="JT16" s="49"/>
+      <c r="JU16" s="4">
         <v>768</v>
       </c>
-      <c r="JT16" s="11">
+      <c r="JV16" s="11">
         <v>4.6516203703703685E-2</v>
       </c>
-      <c r="JU16" s="11">
+      <c r="JW16" s="11">
         <v>6.9351851851851873E-2</v>
       </c>
-      <c r="JV16" s="11">
+      <c r="JX16" s="11">
         <v>0.23624652777777777</v>
       </c>
-      <c r="JW16" s="4">
+      <c r="JY16" s="4">
         <v>49</v>
       </c>
-      <c r="JX16" s="11">
+      <c r="JZ16" s="11">
         <v>4.182870370370368E-2</v>
       </c>
-      <c r="JY16" s="11">
+      <c r="KA16" s="11">
         <v>5.9855902777777775E-2</v>
       </c>
-      <c r="JZ16" s="11">
+      <c r="KB16" s="11">
         <v>0.24710879629629651</v>
       </c>
-      <c r="KA16" s="6">
+      <c r="KC16" s="6">
         <v>676</v>
       </c>
-      <c r="KB16" s="14">
+      <c r="KD16" s="14">
         <v>0.85059171597633132</v>
       </c>
-      <c r="KC16" s="14">
+      <c r="KE16" s="14">
         <v>0.1257396449704142</v>
       </c>
-      <c r="KD16" s="14">
+      <c r="KF16" s="14">
         <v>1.7751479289940829E-2</v>
       </c>
-      <c r="KE16" s="14">
+      <c r="KG16" s="14">
         <v>5.9171597633136093E-3</v>
       </c>
-      <c r="KF16" s="8">
+      <c r="KH16" s="8">
         <v>24</v>
       </c>
-      <c r="KG16" s="6">
+      <c r="KI16" s="6">
         <v>10</v>
       </c>
-      <c r="KH16" s="4" t="s">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="KJ16" s="4" t="s">
+        <v>1081</v>
       </c>
       <c r="KK16" s="6">
+        <v>0</v>
+      </c>
+      <c r="KL16" s="6">
+        <v>0</v>
+      </c>
+      <c r="KM16" s="6">
         <v>5</v>
       </c>
-      <c r="KL16" s="6">
+      <c r="KN16" s="6">
         <v>5</v>
       </c>
-      <c r="KM16" s="6">
+      <c r="KO16" s="6">
         <v>18</v>
       </c>
-      <c r="KN16" s="18">
+      <c r="KP16" s="18">
         <v>0.75</v>
       </c>
-      <c r="KO16" s="21"/>
-      <c r="KP16" s="21"/>
       <c r="KQ16" s="21"/>
       <c r="KR16" s="21"/>
       <c r="KS16" s="21"/>
       <c r="KT16" s="21"/>
       <c r="KU16" s="21"/>
       <c r="KV16" s="21"/>
       <c r="KW16" s="21"/>
       <c r="KX16" s="21"/>
       <c r="KY16" s="21"/>
       <c r="KZ16" s="21"/>
       <c r="LA16" s="21"/>
       <c r="LB16" s="21"/>
       <c r="LC16" s="21"/>
       <c r="LD16" s="21"/>
       <c r="LE16" s="21"/>
       <c r="LF16" s="21"/>
       <c r="LG16" s="21"/>
       <c r="LH16" s="21"/>
       <c r="LI16" s="21"/>
       <c r="LJ16" s="21"/>
       <c r="LK16" s="21"/>
-      <c r="LL16" s="6">
+      <c r="LL16" s="21"/>
+      <c r="LM16" s="21"/>
+      <c r="LN16" s="6">
         <v>177</v>
       </c>
-      <c r="LM16" s="6">
+      <c r="LO16" s="6">
         <v>127</v>
       </c>
-      <c r="LN16" s="6">
+      <c r="LP16" s="6">
         <v>50</v>
       </c>
-      <c r="LO16" s="16"/>
-      <c r="LP16" s="6">
+      <c r="LQ16" s="16"/>
+      <c r="LR16" s="6">
         <v>598</v>
       </c>
-      <c r="LQ16" s="6">
+      <c r="LS16" s="6">
         <v>101</v>
       </c>
-      <c r="LR16" s="17">
+      <c r="LT16" s="17">
         <v>0.16889632107023411</v>
       </c>
-      <c r="LS16" s="4" t="s">
-[...2 lines deleted...]
-      <c r="LT16" s="17">
+      <c r="LU16" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="LV16" s="17">
         <v>1.6722408026755853E-3</v>
       </c>
-      <c r="LU16" s="16"/>
-      <c r="LV16" s="6">
+      <c r="LW16" s="16"/>
+      <c r="LX16" s="6">
         <v>170</v>
       </c>
-      <c r="LW16" s="6">
+      <c r="LY16" s="6">
         <v>7</v>
       </c>
-      <c r="LX16" s="17">
+      <c r="LZ16" s="17">
         <v>4.1176470588235294E-2</v>
       </c>
-      <c r="LY16" s="4" t="s">
-[...2 lines deleted...]
-      <c r="LZ16" s="17">
+      <c r="MA16" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB16" s="17">
         <v>5.8823529411764705E-3</v>
       </c>
-      <c r="MA16" s="16"/>
-      <c r="MB16" s="6">
+      <c r="MC16" s="16"/>
+      <c r="MD16" s="6">
         <v>768</v>
       </c>
-      <c r="MC16" s="6">
+      <c r="ME16" s="6">
         <v>108</v>
       </c>
-      <c r="MD16" s="17">
+      <c r="MF16" s="17">
         <v>0.140625</v>
       </c>
-      <c r="ME16" s="4" t="s">
-[...2 lines deleted...]
-      <c r="MF16" s="17">
+      <c r="MG16" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MH16" s="17">
         <v>2.6041666666666665E-3</v>
       </c>
-      <c r="MG16" s="16"/>
-      <c r="MH16" s="6">
+      <c r="MI16" s="16"/>
+      <c r="MJ16" s="6">
         <v>27</v>
       </c>
-      <c r="MI16" s="4" t="s">
-[...2 lines deleted...]
-      <c r="MJ16" s="17">
+      <c r="MK16" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ML16" s="17">
         <v>7.407407407407407E-2</v>
       </c>
-      <c r="MK16" s="6">
-[...6 lines deleted...]
-      <c r="MN16" s="6">
+      <c r="MM16" s="6">
+        <v>0</v>
+      </c>
+      <c r="MN16" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO16" s="16"/>
+      <c r="MP16" s="6">
         <v>22</v>
       </c>
-      <c r="MO16" s="6">
-[...5 lines deleted...]
-      <c r="MQ16" s="6"/>
+      <c r="MQ16" s="6">
+        <v>0</v>
+      </c>
       <c r="MR16" s="17">
         <v>0</v>
       </c>
-      <c r="MS16" s="16"/>
-      <c r="MT16" s="6">
+      <c r="MS16" s="6"/>
+      <c r="MT16" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU16" s="16"/>
+      <c r="MV16" s="6">
         <v>31</v>
       </c>
-      <c r="MU16" s="4" t="s">
-[...2 lines deleted...]
-      <c r="MV16" s="17">
+      <c r="MW16" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MX16" s="17">
         <v>9.6774193548387094E-2</v>
       </c>
-      <c r="MW16" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="MY16" s="6">
+        <v>0</v>
+      </c>
+      <c r="MZ16" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA16" s="6">
         <v>620</v>
       </c>
-      <c r="MZ16" s="6">
+      <c r="NB16" s="6">
         <v>944</v>
       </c>
-      <c r="NA16" s="18">
+      <c r="NC16" s="18">
         <v>0.65677966101694918</v>
       </c>
-      <c r="NB16" s="6">
+      <c r="ND16" s="6">
         <v>697</v>
       </c>
-      <c r="NC16" s="6">
+      <c r="NE16" s="6">
         <v>646</v>
       </c>
-      <c r="ND16" s="6">
+      <c r="NF16" s="6">
         <v>14</v>
       </c>
-      <c r="NE16" s="6">
-[...2 lines deleted...]
-      <c r="NF16" s="6">
+      <c r="NG16" s="6">
+        <v>0</v>
+      </c>
+      <c r="NH16" s="6">
         <v>37</v>
       </c>
-      <c r="NG16" s="18">
+      <c r="NI16" s="18">
         <v>0.21450617283950618</v>
       </c>
-      <c r="NH16" s="6">
+      <c r="NJ16" s="6">
         <v>139</v>
       </c>
-      <c r="NI16" s="6">
+      <c r="NK16" s="6">
         <v>648</v>
       </c>
-      <c r="NJ16" s="16"/>
-      <c r="NK16" s="18">
+      <c r="NL16" s="16"/>
+      <c r="NM16" s="18">
         <v>0.21450617283950618</v>
       </c>
-      <c r="NL16" s="6">
+      <c r="NN16" s="6">
         <v>139</v>
       </c>
-      <c r="NM16" s="6">
+      <c r="NO16" s="6">
         <v>648</v>
       </c>
-      <c r="NN16" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="NP16" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ16" s="6"/>
       <c r="NR16" s="6"/>
-      <c r="NS16" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="NS16" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT16" s="6"/>
       <c r="NU16" s="6"/>
-      <c r="NV16" s="6"/>
-      <c r="NW16" s="6">
+      <c r="NV16" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW16" s="6"/>
+      <c r="NX16" s="6"/>
+      <c r="NY16" s="6">
         <v>432.12549300000012</v>
       </c>
-      <c r="NX16" s="6">
+      <c r="NZ16" s="6">
         <v>432.12549300000012</v>
       </c>
-      <c r="NY16" s="64"/>
-[...2 lines deleted...]
-      <c r="OB16" s="18">
+      <c r="OA16" s="50"/>
+      <c r="OB16" s="50"/>
+      <c r="OC16" s="6"/>
+      <c r="OD16" s="18">
         <v>0.83950617283950613</v>
       </c>
-      <c r="OC16" s="6">
+      <c r="OE16" s="6">
         <v>544</v>
       </c>
-      <c r="OD16" s="6">
+      <c r="OF16" s="6">
         <v>648</v>
       </c>
-      <c r="OE16" s="16"/>
-      <c r="OF16" s="18">
+      <c r="OG16" s="16"/>
+      <c r="OH16" s="18">
         <v>0.83950617283950613</v>
       </c>
-      <c r="OG16" s="6">
+      <c r="OI16" s="6">
         <v>544</v>
       </c>
-      <c r="OH16" s="6">
+      <c r="OJ16" s="6">
         <v>648</v>
       </c>
-      <c r="OI16" s="18">
-[...6 lines deleted...]
-      </c>
+      <c r="OK16" s="18">
+        <v>0</v>
+      </c>
+      <c r="OL16" s="6"/>
       <c r="OM16" s="6"/>
-      <c r="ON16" s="6">
-[...7 lines deleted...]
-      <c r="OR16" s="6">
+      <c r="ON16" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO16" s="6"/>
+      <c r="OP16" s="6">
+        <v>0</v>
+      </c>
+      <c r="OQ16" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR16" s="6"/>
+      <c r="OS16" s="8"/>
+      <c r="OT16" s="6">
         <v>304</v>
       </c>
-      <c r="OS16" s="6">
+      <c r="OU16" s="6">
         <v>697</v>
       </c>
-      <c r="OT16" s="12">
+      <c r="OV16" s="12">
         <v>0.43615494978479197</v>
       </c>
-      <c r="OU16" s="6">
+      <c r="OW16" s="6">
         <v>14.785798000000002</v>
       </c>
-      <c r="OV16" s="6">
+      <c r="OX16" s="6">
         <v>14.785798000000002</v>
       </c>
-      <c r="OW16" s="6"/>
-      <c r="OX16" s="6"/>
       <c r="OY16" s="6"/>
+      <c r="OZ16" s="6"/>
+      <c r="PA16" s="6"/>
     </row>
-    <row r="17" spans="1:415" ht="14">
-      <c r="A17" s="61">
+    <row r="17" spans="1:417" ht="14">
+      <c r="A17" s="47">
         <v>45870</v>
       </c>
-      <c r="B17" s="62" t="s">
+      <c r="B17" s="48" t="s">
         <v>1079</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="4"/>
       <c r="H17" s="4"/>
       <c r="I17" s="4"/>
       <c r="J17" s="4"/>
       <c r="K17" s="4"/>
       <c r="L17" s="4"/>
       <c r="M17" s="4"/>
       <c r="N17" s="4"/>
       <c r="O17" s="4"/>
       <c r="P17" s="4"/>
       <c r="Q17" s="4"/>
       <c r="R17" s="4"/>
       <c r="S17" s="4"/>
       <c r="T17" s="4"/>
       <c r="U17" s="4"/>
       <c r="V17" s="4"/>
       <c r="W17" s="4"/>
       <c r="X17" s="4"/>
       <c r="Y17" s="4"/>
@@ -34926,759 +43542,8563 @@
         <v>4162</v>
       </c>
       <c r="EO17" s="4">
         <v>118</v>
       </c>
       <c r="EP17" s="4">
         <v>564</v>
       </c>
       <c r="EQ17" s="4">
         <v>7</v>
       </c>
       <c r="ER17" s="4"/>
       <c r="ES17" s="4">
         <v>2875</v>
       </c>
       <c r="ET17" s="4">
         <v>598</v>
       </c>
       <c r="EU17" s="4">
         <v>4162</v>
       </c>
       <c r="EV17" s="4">
         <v>184</v>
       </c>
       <c r="EW17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="EX17" s="4">
         <v>129</v>
       </c>
       <c r="EY17" s="4">
         <v>24</v>
       </c>
       <c r="EZ17" s="4">
         <v>6</v>
       </c>
       <c r="FA17" s="4">
         <v>32</v>
       </c>
       <c r="FB17" s="4">
         <v>50</v>
       </c>
       <c r="FC17" s="4">
         <v>463</v>
       </c>
       <c r="FD17" s="4">
         <v>7</v>
       </c>
       <c r="FE17" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FF17" s="4">
         <v>86</v>
       </c>
       <c r="FG17" s="4">
         <v>375</v>
       </c>
       <c r="FH17" s="4">
         <v>17</v>
       </c>
       <c r="FI17" s="4">
         <v>160</v>
       </c>
       <c r="FJ17" s="4">
         <v>39</v>
       </c>
       <c r="FK17" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FL17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="FM17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="FN17" s="4">
         <v>545</v>
       </c>
       <c r="FO17" s="4">
         <v>14</v>
       </c>
       <c r="FP17" s="4">
         <v>42</v>
       </c>
       <c r="FQ17" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="FR17" s="4">
         <v>168</v>
       </c>
       <c r="FS17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="FT17" s="4">
         <v>128</v>
       </c>
       <c r="FU17" s="4">
         <v>25</v>
       </c>
       <c r="FV17" s="4">
         <v>172</v>
       </c>
       <c r="FW17" s="4">
         <v>349</v>
       </c>
       <c r="FX17" s="4">
         <v>9</v>
       </c>
       <c r="FY17" s="4">
         <v>116</v>
       </c>
       <c r="FZ17" s="4">
         <v>50</v>
       </c>
       <c r="GA17" s="4">
         <v>124</v>
       </c>
       <c r="GB17" s="4">
         <v>201</v>
       </c>
       <c r="GC17" s="4">
         <v>83</v>
       </c>
       <c r="GD17" s="4">
         <v>57</v>
       </c>
       <c r="GE17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GF17" s="4">
         <v>95</v>
       </c>
       <c r="GG17" s="4">
         <v>15</v>
       </c>
       <c r="GH17" s="4">
         <v>9</v>
       </c>
-      <c r="GI17" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="GI17" s="4"/>
       <c r="GJ17" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GK17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GL17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GM17" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="GN17" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="GO17" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="GP17" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="GQ17" s="4">
+        <v>1084</v>
+      </c>
+      <c r="GQ17" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="GR17" s="4">
         <v>1</v>
       </c>
-      <c r="GR17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="GS17" s="4">
+      <c r="GS17" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="GT17" s="4">
         <v>5</v>
       </c>
-      <c r="GT17" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GU17" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="GV17" s="4">
+        <v>1084</v>
+      </c>
+      <c r="GV17" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="GW17" s="4">
         <v>6</v>
       </c>
-      <c r="GW17" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="GX17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GY17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="GZ17" s="4" t="s">
-        <v>1088</v>
-[...4 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="HA17" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HB17" s="4"/>
       <c r="HC17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HD17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HE17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HF17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HG17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HH17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HI17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HJ17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HK17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HL17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HM17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HN17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="HO17" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="HP17" s="4" t="s">
         <v>1081</v>
       </c>
       <c r="HQ17" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="HR17" s="4">
+        <v>1081</v>
+      </c>
+      <c r="HR17" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HS17" s="4">
         <v>2</v>
       </c>
-      <c r="HS17" s="4">
+      <c r="HT17" s="4">
         <v>3</v>
       </c>
-      <c r="HT17" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HU17" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="HV17" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="HW17" s="4">
+        <v>1084</v>
+      </c>
+      <c r="HW17" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="HX17" s="4">
         <v>117</v>
       </c>
-      <c r="HX17" s="4">
+      <c r="HY17" s="4">
         <v>17</v>
       </c>
-      <c r="HY17" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="HZ17" s="4" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="IA17" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="IB17" s="4">
+        <v>1084</v>
+      </c>
+      <c r="IB17" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IC17" s="4">
         <v>6</v>
       </c>
-      <c r="IC17" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="ID17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IE17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IF17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IG17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IH17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="II17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IJ17" s="4" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="IK17" s="4" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="IL17" s="4">
+        <v>1084</v>
+      </c>
+      <c r="IL17" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM17" s="4"/>
+      <c r="IN17" s="4">
         <v>130</v>
       </c>
-      <c r="IM17" s="4">
+      <c r="IO17" s="4">
         <v>31</v>
       </c>
-      <c r="IN17" s="4">
+      <c r="IP17" s="4">
         <v>34</v>
       </c>
-      <c r="IO17" s="4" t="s">
-[...5 lines deleted...]
-      <c r="IQ17" s="4">
+      <c r="IQ17" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IR17" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="IS17" s="4">
         <v>10</v>
       </c>
-      <c r="IR17" s="4">
+      <c r="IT17" s="4">
         <v>116</v>
       </c>
-      <c r="IS17" s="20">
+      <c r="IU17" s="20">
         <v>1.7592592592592592E-3</v>
       </c>
-      <c r="IT17" s="10">
+      <c r="IV17" s="10">
         <v>3.8657407407407408E-3</v>
       </c>
-      <c r="IU17" s="4">
+      <c r="IW17" s="4">
         <v>194</v>
       </c>
-      <c r="IV17" s="20">
+      <c r="IX17" s="20">
         <v>3.3564814814814812E-4</v>
       </c>
-      <c r="IW17" s="10">
+      <c r="IY17" s="10">
         <v>2.685185185185185E-3</v>
       </c>
-      <c r="IX17" s="4">
+      <c r="IZ17" s="4">
         <v>927</v>
       </c>
-      <c r="IY17" s="12">
+      <c r="JA17" s="12">
         <v>0.22272945699183086</v>
       </c>
-      <c r="IZ17" s="16"/>
-      <c r="JA17" s="6">
+      <c r="JB17" s="16"/>
+      <c r="JC17" s="6">
         <v>204</v>
       </c>
-      <c r="JB17" s="8">
+      <c r="JD17" s="8">
         <v>927</v>
       </c>
-      <c r="JC17" s="12">
+      <c r="JE17" s="12">
         <v>0.22006472491909385</v>
       </c>
-      <c r="JD17" s="16"/>
-[...3 lines deleted...]
-      <c r="JF17" s="6">
+      <c r="JF17" s="16"/>
+      <c r="JG17" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH17" s="6">
         <v>288</v>
       </c>
-      <c r="JG17" s="12">
+      <c r="JI17" s="12">
         <v>6.9444444444444441E-3</v>
       </c>
-      <c r="JH17" s="4">
+      <c r="JJ17" s="4">
         <v>116</v>
       </c>
-      <c r="JI17" s="11">
+      <c r="JK17" s="11">
         <v>3.8194444444444446E-4</v>
       </c>
-      <c r="JJ17" s="11">
+      <c r="JL17" s="11">
         <v>5.0000000000000001E-3</v>
       </c>
-      <c r="JK17" s="11">
+      <c r="JM17" s="11">
         <v>1.0419166666666667E-2</v>
       </c>
-      <c r="JL17" s="4">
+      <c r="JN17" s="4">
         <v>561</v>
       </c>
-      <c r="JM17" s="11">
+      <c r="JO17" s="11">
         <v>5.9951388888888884E-3</v>
       </c>
-      <c r="JN17" s="11">
+      <c r="JP17" s="11">
         <v>1.4154861111111111E-2</v>
       </c>
-      <c r="JO17" s="63"/>
-[...3 lines deleted...]
-      <c r="JS17" s="4">
+      <c r="JQ17" s="49"/>
+      <c r="JR17" s="49"/>
+      <c r="JS17" s="49"/>
+      <c r="JT17" s="49"/>
+      <c r="JU17" s="4">
         <v>1747</v>
       </c>
-      <c r="JT17" s="11">
+      <c r="JV17" s="11">
         <v>5.9942129629629658E-2</v>
       </c>
-      <c r="JU17" s="11">
+      <c r="JW17" s="11">
         <v>9.0815972222222222E-2</v>
       </c>
-      <c r="JV17" s="11">
+      <c r="JX17" s="11">
         <v>0.24403240740740761</v>
       </c>
-      <c r="JW17" s="4">
+      <c r="JY17" s="4">
         <v>104</v>
       </c>
-      <c r="JX17" s="11">
+      <c r="JZ17" s="11">
         <v>6.4826388888888892E-2</v>
       </c>
-      <c r="JY17" s="11">
+      <c r="KA17" s="11">
         <v>0.10346875</v>
       </c>
-      <c r="JZ17" s="11">
+      <c r="KB17" s="11">
         <v>0.49269560185185141</v>
       </c>
-      <c r="KA17" s="6">
+      <c r="KC17" s="6">
         <v>1543</v>
       </c>
-      <c r="KB17" s="14">
+      <c r="KD17" s="14">
         <v>0.87232663642255348</v>
       </c>
-      <c r="KC17" s="14">
+      <c r="KE17" s="14">
         <v>0.10887880751782242</v>
       </c>
-      <c r="KD17" s="14">
+      <c r="KF17" s="14">
         <v>1.4906027219701879E-2</v>
       </c>
-      <c r="KE17" s="14">
+      <c r="KG17" s="14">
         <v>3.8885288399222295E-3</v>
       </c>
-      <c r="KF17" s="8">
+      <c r="KH17" s="8">
         <v>95</v>
       </c>
-      <c r="KG17" s="6">
+      <c r="KI17" s="6">
         <v>15</v>
       </c>
-      <c r="KH17" s="6">
+      <c r="KJ17" s="6">
         <v>31</v>
       </c>
-      <c r="KI17" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="KK17" s="6">
+        <v>0</v>
+      </c>
+      <c r="KL17" s="6">
+        <v>0</v>
+      </c>
+      <c r="KM17" s="6">
         <v>47</v>
       </c>
-      <c r="KL17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="KM17" s="6">
+      <c r="KN17" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KO17" s="6">
         <v>74</v>
       </c>
-      <c r="KN17" s="14">
+      <c r="KP17" s="14">
         <v>0.77894736842105261</v>
       </c>
-      <c r="KO17" s="21"/>
-      <c r="KP17" s="21"/>
       <c r="KQ17" s="21"/>
       <c r="KR17" s="21"/>
       <c r="KS17" s="21"/>
       <c r="KT17" s="21"/>
       <c r="KU17" s="21"/>
       <c r="KV17" s="21"/>
       <c r="KW17" s="21"/>
       <c r="KX17" s="21"/>
       <c r="KY17" s="21"/>
       <c r="KZ17" s="21"/>
       <c r="LA17" s="21"/>
       <c r="LB17" s="21"/>
       <c r="LC17" s="21"/>
       <c r="LD17" s="21"/>
       <c r="LE17" s="21"/>
       <c r="LF17" s="21"/>
       <c r="LG17" s="21"/>
       <c r="LH17" s="21"/>
       <c r="LI17" s="21"/>
       <c r="LJ17" s="21"/>
       <c r="LK17" s="21"/>
-      <c r="LL17" s="6">
+      <c r="LL17" s="21"/>
+      <c r="LM17" s="21"/>
+      <c r="LN17" s="6">
         <v>436</v>
       </c>
-      <c r="LM17" s="6">
+      <c r="LO17" s="6">
         <v>290</v>
       </c>
-      <c r="LN17" s="6">
+      <c r="LP17" s="6">
         <v>146</v>
       </c>
-      <c r="LO17" s="16"/>
-      <c r="LP17" s="6">
+      <c r="LQ17" s="16"/>
+      <c r="LR17" s="6">
         <v>1371</v>
       </c>
-      <c r="LQ17" s="6">
+      <c r="LS17" s="6">
         <v>197</v>
       </c>
-      <c r="LR17" s="17">
+      <c r="LT17" s="17">
         <v>0.14369073668854851</v>
       </c>
-      <c r="LS17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="LT17" s="17">
+      <c r="LU17" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="LV17" s="17">
         <v>1.4587892049598833E-3</v>
       </c>
-      <c r="LU17" s="16"/>
-      <c r="LV17" s="6">
+      <c r="LW17" s="16"/>
+      <c r="LX17" s="6">
         <v>377</v>
       </c>
-      <c r="LW17" s="6">
+      <c r="LY17" s="6">
         <v>18</v>
       </c>
-      <c r="LX17" s="17">
+      <c r="LZ17" s="17">
         <v>4.7745358090185673E-2</v>
       </c>
-      <c r="LY17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="LZ17" s="17">
+      <c r="MA17" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB17" s="17">
         <v>7.9575596816976128E-3</v>
       </c>
-      <c r="MA17" s="16"/>
-      <c r="MB17" s="6">
+      <c r="MC17" s="16"/>
+      <c r="MD17" s="6">
         <v>1748</v>
       </c>
-      <c r="MC17" s="6">
+      <c r="ME17" s="6">
         <v>215</v>
       </c>
-      <c r="MD17" s="17">
+      <c r="MF17" s="17">
         <v>0.12299771167048056</v>
       </c>
-      <c r="ME17" s="6">
+      <c r="MG17" s="6">
         <v>5</v>
       </c>
-      <c r="MF17" s="17">
+      <c r="MH17" s="17">
         <v>2.860411899313501E-3</v>
       </c>
-      <c r="MG17" s="16"/>
-      <c r="MH17" s="6">
+      <c r="MI17" s="16"/>
+      <c r="MJ17" s="6">
         <v>79</v>
       </c>
-      <c r="MI17" s="6">
+      <c r="MK17" s="6">
         <v>7</v>
       </c>
-      <c r="MJ17" s="17">
+      <c r="ML17" s="17">
         <v>8.8607594936708861E-2</v>
       </c>
-      <c r="MK17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="ML17" s="17">
+      <c r="MM17" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MN17" s="17">
         <v>1.2658227848101266E-2</v>
       </c>
-      <c r="MM17" s="16"/>
-      <c r="MN17" s="6">
+      <c r="MO17" s="16"/>
+      <c r="MP17" s="6">
         <v>25</v>
       </c>
-      <c r="MO17" s="6">
-[...5 lines deleted...]
-      <c r="MQ17" s="6"/>
+      <c r="MQ17" s="6">
+        <v>0</v>
+      </c>
       <c r="MR17" s="17">
         <v>0</v>
       </c>
-      <c r="MS17" s="16"/>
-      <c r="MT17" s="6">
+      <c r="MS17" s="6"/>
+      <c r="MT17" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU17" s="16"/>
+      <c r="MV17" s="6">
         <v>71</v>
       </c>
-      <c r="MU17" s="6">
+      <c r="MW17" s="6">
         <v>5</v>
       </c>
-      <c r="MV17" s="17">
+      <c r="MX17" s="17">
         <v>7.0422535211267609E-2</v>
       </c>
-      <c r="MW17" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="MY17" s="6">
+        <v>0</v>
+      </c>
+      <c r="MZ17" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA17" s="6">
         <v>1487</v>
       </c>
-      <c r="MZ17" s="6">
+      <c r="NB17" s="6">
         <v>2421</v>
       </c>
-      <c r="NA17" s="18">
+      <c r="NC17" s="18">
         <v>0.61420900454357708</v>
       </c>
-      <c r="NB17" s="6">
+      <c r="ND17" s="6">
         <v>1643</v>
       </c>
-      <c r="NC17" s="6">
+      <c r="NE17" s="6">
         <v>1584</v>
       </c>
-      <c r="ND17" s="6">
+      <c r="NF17" s="6">
         <v>42</v>
       </c>
-      <c r="NE17" s="6">
+      <c r="NG17" s="6">
         <v>6</v>
       </c>
-      <c r="NF17" s="6">
+      <c r="NH17" s="6">
         <v>11</v>
       </c>
-      <c r="NG17" s="18">
+      <c r="NI17" s="18">
         <v>0.54472199838839641</v>
       </c>
-      <c r="NH17" s="6">
+      <c r="NJ17" s="6">
         <v>676</v>
       </c>
-      <c r="NI17" s="6">
+      <c r="NK17" s="6">
         <v>1241</v>
       </c>
-      <c r="NJ17" s="16"/>
-      <c r="NK17" s="18">
+      <c r="NL17" s="16"/>
+      <c r="NM17" s="18">
         <v>0.54841334418226195</v>
       </c>
-      <c r="NL17" s="6">
+      <c r="NN17" s="6">
         <v>674</v>
       </c>
-      <c r="NM17" s="6">
+      <c r="NO17" s="6">
         <v>1229</v>
       </c>
-      <c r="NN17" s="18">
+      <c r="NP17" s="18">
         <v>0.16666666666666666</v>
       </c>
-      <c r="NO17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="NP17" s="6">
+      <c r="NQ17" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NR17" s="6">
         <v>6</v>
       </c>
-      <c r="NQ17" s="18">
+      <c r="NS17" s="18">
         <v>0.16666666666666666</v>
       </c>
-      <c r="NR17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="NS17" s="6">
+      <c r="NT17" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NU17" s="6">
         <v>6</v>
       </c>
-      <c r="NT17" s="18">
-[...4 lines deleted...]
-      <c r="NW17" s="6">
+      <c r="NV17" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW17" s="6"/>
+      <c r="NX17" s="6"/>
+      <c r="NY17" s="6">
         <v>399.09663299999994</v>
       </c>
-      <c r="NX17" s="6">
+      <c r="NZ17" s="6">
         <v>388.78774799999991</v>
       </c>
-      <c r="NY17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="NZ17" s="6">
+      <c r="OA17" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OB17" s="6">
         <v>9.473609999999999</v>
       </c>
-      <c r="OA17" s="6"/>
-      <c r="OB17" s="18">
+      <c r="OC17" s="6"/>
+      <c r="OD17" s="18">
         <v>0.69379532634971797</v>
       </c>
-      <c r="OC17" s="6">
+      <c r="OE17" s="6">
         <v>861</v>
       </c>
-      <c r="OD17" s="6">
+      <c r="OF17" s="6">
         <v>1241</v>
       </c>
-      <c r="OE17" s="16"/>
-      <c r="OF17" s="18">
+      <c r="OG17" s="16"/>
+      <c r="OH17" s="18">
         <v>0.69324654190398693</v>
       </c>
-      <c r="OG17" s="6">
+      <c r="OI17" s="6">
         <v>852</v>
       </c>
-      <c r="OH17" s="6">
+      <c r="OJ17" s="6">
         <v>1229</v>
       </c>
-      <c r="OI17" s="18">
+      <c r="OK17" s="18">
         <v>1</v>
       </c>
-      <c r="OJ17" s="6">
+      <c r="OL17" s="6">
         <v>6</v>
       </c>
-      <c r="OK17" s="6">
+      <c r="OM17" s="6">
         <v>6</v>
       </c>
-      <c r="OL17" s="18">
+      <c r="ON17" s="18">
         <v>0.5</v>
       </c>
-      <c r="OM17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="ON17" s="6">
+      <c r="OO17" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OP17" s="6">
         <v>6</v>
       </c>
-      <c r="OO17" s="18">
-[...4 lines deleted...]
-      <c r="OR17" s="6">
+      <c r="OQ17" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR17" s="6"/>
+      <c r="OS17" s="8"/>
+      <c r="OT17" s="6">
         <v>93</v>
       </c>
-      <c r="OS17" s="6">
+      <c r="OU17" s="6">
         <v>1643</v>
       </c>
-      <c r="OT17" s="12">
+      <c r="OV17" s="12">
         <v>5.6603773584905662E-2</v>
       </c>
-      <c r="OU17" s="6">
+      <c r="OW17" s="6">
         <v>58.341369000000007</v>
       </c>
-      <c r="OV17" s="6">
+      <c r="OX17" s="6">
         <v>55.998592000000009</v>
       </c>
-      <c r="OW17" s="6"/>
-[...2 lines deleted...]
-      </c>
       <c r="OY17" s="6"/>
+      <c r="OZ17" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="PA17" s="6"/>
+    </row>
+    <row r="18" spans="1:417" ht="14">
+      <c r="A18" s="47">
+        <v>45901</v>
+      </c>
+      <c r="B18" s="48" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C18" s="22">
+        <v>398445</v>
+      </c>
+      <c r="D18" s="4"/>
+      <c r="E18" s="4"/>
+      <c r="F18" s="4"/>
+      <c r="G18" s="4"/>
+      <c r="H18" s="4"/>
+      <c r="I18" s="4"/>
+      <c r="J18" s="4"/>
+      <c r="K18" s="4"/>
+      <c r="L18" s="4"/>
+      <c r="M18" s="4"/>
+      <c r="N18" s="4"/>
+      <c r="O18" s="4"/>
+      <c r="P18" s="4"/>
+      <c r="Q18" s="4"/>
+      <c r="R18" s="4"/>
+      <c r="S18" s="4"/>
+      <c r="T18" s="4"/>
+      <c r="U18" s="4"/>
+      <c r="V18" s="4"/>
+      <c r="W18" s="4"/>
+      <c r="X18" s="4"/>
+      <c r="Y18" s="4"/>
+      <c r="Z18" s="4"/>
+      <c r="AA18" s="4"/>
+      <c r="AB18" s="4"/>
+      <c r="AC18" s="4"/>
+      <c r="AD18" s="4"/>
+      <c r="AE18" s="4"/>
+      <c r="AF18" s="4"/>
+      <c r="AG18" s="4"/>
+      <c r="AH18" s="4"/>
+      <c r="AI18" s="4"/>
+      <c r="AJ18" s="4"/>
+      <c r="AK18" s="4"/>
+      <c r="AL18" s="4"/>
+      <c r="AM18" s="4"/>
+      <c r="AN18" s="4"/>
+      <c r="AO18" s="4"/>
+      <c r="AP18" s="4"/>
+      <c r="AQ18" s="4"/>
+      <c r="AR18" s="4"/>
+      <c r="AS18" s="4"/>
+      <c r="AT18" s="4"/>
+      <c r="AU18" s="4"/>
+      <c r="AV18" s="4"/>
+      <c r="AW18" s="4"/>
+      <c r="AX18" s="4"/>
+      <c r="AY18" s="4"/>
+      <c r="AZ18" s="4"/>
+      <c r="BA18" s="4"/>
+      <c r="BB18" s="4"/>
+      <c r="BC18" s="4"/>
+      <c r="BD18" s="4"/>
+      <c r="BE18" s="4"/>
+      <c r="BF18" s="4"/>
+      <c r="BG18" s="4"/>
+      <c r="BH18" s="4"/>
+      <c r="BI18" s="4"/>
+      <c r="BJ18" s="4"/>
+      <c r="BK18" s="4"/>
+      <c r="BL18" s="4"/>
+      <c r="BM18" s="4"/>
+      <c r="BN18" s="4"/>
+      <c r="BO18" s="4"/>
+      <c r="BP18" s="4"/>
+      <c r="BQ18" s="4"/>
+      <c r="BR18" s="4"/>
+      <c r="BS18" s="4"/>
+      <c r="BT18" s="4"/>
+      <c r="BU18" s="4"/>
+      <c r="BV18" s="4"/>
+      <c r="BW18" s="4"/>
+      <c r="BX18" s="4"/>
+      <c r="BY18" s="4"/>
+      <c r="BZ18" s="4"/>
+      <c r="CA18" s="4"/>
+      <c r="CB18" s="4"/>
+      <c r="CC18" s="4"/>
+      <c r="CD18" s="4"/>
+      <c r="CE18" s="4"/>
+      <c r="CF18" s="4"/>
+      <c r="CG18" s="4"/>
+      <c r="CH18" s="4"/>
+      <c r="CI18" s="4"/>
+      <c r="CJ18" s="4"/>
+      <c r="CK18" s="4"/>
+      <c r="CL18" s="4"/>
+      <c r="CM18" s="4"/>
+      <c r="CN18" s="4"/>
+      <c r="CO18" s="4"/>
+      <c r="CP18" s="4"/>
+      <c r="CQ18" s="4"/>
+      <c r="CR18" s="4"/>
+      <c r="CS18" s="4"/>
+      <c r="CT18" s="4"/>
+      <c r="CU18" s="4"/>
+      <c r="CV18" s="4"/>
+      <c r="CW18" s="4"/>
+      <c r="CX18" s="4"/>
+      <c r="CY18" s="4"/>
+      <c r="CZ18" s="4"/>
+      <c r="DA18" s="4"/>
+      <c r="DB18" s="4"/>
+      <c r="DC18" s="4"/>
+      <c r="DD18" s="4"/>
+      <c r="DE18" s="4"/>
+      <c r="DF18" s="4"/>
+      <c r="DG18" s="4"/>
+      <c r="DH18" s="4"/>
+      <c r="DI18" s="4"/>
+      <c r="DJ18" s="4"/>
+      <c r="DK18" s="4"/>
+      <c r="DL18" s="4"/>
+      <c r="DM18" s="4"/>
+      <c r="DN18" s="4"/>
+      <c r="DO18" s="4"/>
+      <c r="DP18" s="4"/>
+      <c r="DQ18" s="4"/>
+      <c r="DR18" s="4"/>
+      <c r="DS18" s="4"/>
+      <c r="DT18" s="4"/>
+      <c r="DU18" s="4"/>
+      <c r="DV18" s="4"/>
+      <c r="DW18" s="4"/>
+      <c r="DX18" s="4"/>
+      <c r="DY18" s="4"/>
+      <c r="DZ18" s="4"/>
+      <c r="EA18" s="4"/>
+      <c r="EB18" s="4">
+        <v>282</v>
+      </c>
+      <c r="EC18" s="4">
+        <v>2875</v>
+      </c>
+      <c r="ED18" s="6">
+        <v>33924</v>
+      </c>
+      <c r="EE18" s="7">
+        <v>8.4748260818299725E-2</v>
+      </c>
+      <c r="EF18" s="19">
+        <v>3948</v>
+      </c>
+      <c r="EG18" s="19">
+        <v>1478</v>
+      </c>
+      <c r="EH18" s="19">
+        <v>634</v>
+      </c>
+      <c r="EI18" s="19">
+        <v>1836</v>
+      </c>
+      <c r="EJ18" s="19">
+        <v>44720</v>
+      </c>
+      <c r="EK18" s="19">
+        <v>1.1574074074074073E-5</v>
+      </c>
+      <c r="EL18" s="19">
+        <v>1.1574074074074073E-5</v>
+      </c>
+      <c r="EM18" s="19">
+        <v>2.0833333333333335E-4</v>
+      </c>
+      <c r="EN18" s="8">
+        <v>33924</v>
+      </c>
+      <c r="EO18" s="4">
+        <v>785</v>
+      </c>
+      <c r="EP18" s="4">
+        <v>4453</v>
+      </c>
+      <c r="EQ18" s="4">
+        <v>83</v>
+      </c>
+      <c r="ER18" s="4"/>
+      <c r="ES18" s="4">
+        <v>23370</v>
+      </c>
+      <c r="ET18" s="4">
+        <v>5233</v>
+      </c>
+      <c r="EU18" s="4">
+        <v>33924</v>
+      </c>
+      <c r="EV18" s="4">
+        <v>1229</v>
+      </c>
+      <c r="EW18" s="4">
+        <v>80</v>
+      </c>
+      <c r="EX18" s="4">
+        <v>973</v>
+      </c>
+      <c r="EY18" s="4">
+        <v>232</v>
+      </c>
+      <c r="EZ18" s="4">
+        <v>29</v>
+      </c>
+      <c r="FA18" s="4">
+        <v>214</v>
+      </c>
+      <c r="FB18" s="4">
+        <v>364</v>
+      </c>
+      <c r="FC18" s="4">
+        <v>3750</v>
+      </c>
+      <c r="FD18" s="4">
+        <v>85</v>
+      </c>
+      <c r="FE18" s="4">
+        <v>32</v>
+      </c>
+      <c r="FF18" s="4">
+        <v>591</v>
+      </c>
+      <c r="FG18" s="4">
+        <v>3062</v>
+      </c>
+      <c r="FH18" s="4">
+        <v>96</v>
+      </c>
+      <c r="FI18" s="4">
+        <v>1314</v>
+      </c>
+      <c r="FJ18" s="4">
+        <v>260</v>
+      </c>
+      <c r="FK18" s="4">
+        <v>27</v>
+      </c>
+      <c r="FL18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FM18" s="4">
+        <v>27</v>
+      </c>
+      <c r="FN18" s="4">
+        <v>4545</v>
+      </c>
+      <c r="FO18" s="4">
+        <v>151</v>
+      </c>
+      <c r="FP18" s="4">
+        <v>382</v>
+      </c>
+      <c r="FQ18" s="4">
+        <v>6</v>
+      </c>
+      <c r="FR18" s="4">
+        <v>1302</v>
+      </c>
+      <c r="FS18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FT18" s="4">
+        <v>1060</v>
+      </c>
+      <c r="FU18" s="4">
+        <v>172</v>
+      </c>
+      <c r="FV18" s="4">
+        <v>1310</v>
+      </c>
+      <c r="FW18" s="4">
+        <v>2744</v>
+      </c>
+      <c r="FX18" s="4">
+        <v>30</v>
+      </c>
+      <c r="FY18" s="4">
+        <v>1068</v>
+      </c>
+      <c r="FZ18" s="4">
+        <v>423</v>
+      </c>
+      <c r="GA18" s="4">
+        <v>889</v>
+      </c>
+      <c r="GB18" s="4">
+        <v>1351</v>
+      </c>
+      <c r="GC18" s="4">
+        <v>655</v>
+      </c>
+      <c r="GD18" s="4">
+        <v>961</v>
+      </c>
+      <c r="GE18" s="4">
+        <v>0</v>
+      </c>
+      <c r="GF18" s="4">
+        <v>811</v>
+      </c>
+      <c r="GG18" s="4">
+        <v>310</v>
+      </c>
+      <c r="GH18" s="4">
+        <v>11</v>
+      </c>
+      <c r="GI18" s="4">
+        <v>30</v>
+      </c>
+      <c r="GJ18" s="4">
+        <v>8</v>
+      </c>
+      <c r="GK18" s="4">
+        <v>0</v>
+      </c>
+      <c r="GL18" s="4">
+        <v>0</v>
+      </c>
+      <c r="GM18" s="4">
+        <v>0</v>
+      </c>
+      <c r="GN18" s="4">
+        <v>6</v>
+      </c>
+      <c r="GO18" s="4">
+        <v>9</v>
+      </c>
+      <c r="GP18" s="4">
+        <v>0</v>
+      </c>
+      <c r="GQ18" s="4">
+        <v>0</v>
+      </c>
+      <c r="GR18" s="4">
+        <v>0</v>
+      </c>
+      <c r="GS18" s="4">
+        <v>0</v>
+      </c>
+      <c r="GT18" s="4">
+        <v>20</v>
+      </c>
+      <c r="GU18" s="4">
+        <v>0</v>
+      </c>
+      <c r="GV18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GW18" s="4">
+        <v>39</v>
+      </c>
+      <c r="GX18" s="4">
+        <v>0</v>
+      </c>
+      <c r="GY18" s="4">
+        <v>0</v>
+      </c>
+      <c r="GZ18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HA18" s="4">
+        <v>0</v>
+      </c>
+      <c r="HB18" s="4">
+        <v>0</v>
+      </c>
+      <c r="HC18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HD18" s="4">
+        <v>0</v>
+      </c>
+      <c r="HE18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HF18" s="4">
+        <v>0</v>
+      </c>
+      <c r="HG18" s="4">
+        <v>0</v>
+      </c>
+      <c r="HH18" s="4">
+        <v>0</v>
+      </c>
+      <c r="HI18" s="4">
+        <v>0</v>
+      </c>
+      <c r="HJ18" s="4">
+        <v>0</v>
+      </c>
+      <c r="HK18" s="4">
+        <v>5</v>
+      </c>
+      <c r="HL18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HM18" s="4">
+        <v>0</v>
+      </c>
+      <c r="HN18" s="4">
+        <v>0</v>
+      </c>
+      <c r="HO18" s="4">
+        <v>0</v>
+      </c>
+      <c r="HP18" s="4">
+        <v>13</v>
+      </c>
+      <c r="HQ18" s="4">
+        <v>28</v>
+      </c>
+      <c r="HR18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HS18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HT18" s="4">
+        <v>21</v>
+      </c>
+      <c r="HU18" s="4">
+        <v>5</v>
+      </c>
+      <c r="HV18" s="4">
+        <v>0</v>
+      </c>
+      <c r="HW18" s="4">
+        <v>0</v>
+      </c>
+      <c r="HX18" s="4">
+        <v>922</v>
+      </c>
+      <c r="HY18" s="4">
+        <v>269</v>
+      </c>
+      <c r="HZ18" s="4">
+        <v>17</v>
+      </c>
+      <c r="IA18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IB18" s="4">
+        <v>0</v>
+      </c>
+      <c r="IC18" s="4">
+        <v>69</v>
+      </c>
+      <c r="ID18" s="4">
+        <v>0</v>
+      </c>
+      <c r="IE18" s="4">
+        <v>0</v>
+      </c>
+      <c r="IF18" s="4">
+        <v>0</v>
+      </c>
+      <c r="IG18" s="4">
+        <v>0</v>
+      </c>
+      <c r="IH18" s="4">
+        <v>0</v>
+      </c>
+      <c r="II18" s="4">
+        <v>0</v>
+      </c>
+      <c r="IJ18" s="4">
+        <v>0</v>
+      </c>
+      <c r="IK18" s="4">
+        <v>0</v>
+      </c>
+      <c r="IL18" s="4">
+        <v>16</v>
+      </c>
+      <c r="IM18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IN18" s="4">
+        <v>1239</v>
+      </c>
+      <c r="IO18" s="4">
+        <v>276</v>
+      </c>
+      <c r="IP18" s="4">
+        <v>244</v>
+      </c>
+      <c r="IQ18" s="4">
+        <v>33</v>
+      </c>
+      <c r="IR18" s="4">
+        <v>0</v>
+      </c>
+      <c r="IS18" s="4">
+        <v>85</v>
+      </c>
+      <c r="IT18" s="4">
+        <v>771</v>
+      </c>
+      <c r="IU18" s="20">
+        <v>1.4930555555555556E-3</v>
+      </c>
+      <c r="IV18" s="10">
+        <v>2.8356481481481483E-3</v>
+      </c>
+      <c r="IW18" s="4">
+        <v>1725</v>
+      </c>
+      <c r="IX18" s="20">
+        <v>3.0092592592592595E-4</v>
+      </c>
+      <c r="IY18" s="10">
+        <v>2.4305555555555556E-3</v>
+      </c>
+      <c r="IZ18" s="4">
+        <v>6355</v>
+      </c>
+      <c r="JA18" s="12">
+        <v>0.18733050347836341</v>
+      </c>
+      <c r="JB18" s="16"/>
+      <c r="JC18" s="6">
+        <v>1282</v>
+      </c>
+      <c r="JD18" s="8">
+        <v>6355</v>
+      </c>
+      <c r="JE18" s="12">
+        <v>0.20173092053501179</v>
+      </c>
+      <c r="JF18" s="16"/>
+      <c r="JG18" s="6">
+        <v>13</v>
+      </c>
+      <c r="JH18" s="6">
+        <v>2582</v>
+      </c>
+      <c r="JI18" s="12">
+        <v>5.034856700232378E-3</v>
+      </c>
+      <c r="JJ18" s="4">
+        <v>771</v>
+      </c>
+      <c r="JK18" s="11">
+        <v>3.4432870370370372E-3</v>
+      </c>
+      <c r="JL18" s="11">
+        <v>5.0347222222222225E-3</v>
+      </c>
+      <c r="JM18" s="11">
+        <v>1.1518333333333334E-2</v>
+      </c>
+      <c r="JN18" s="4">
+        <v>4443</v>
+      </c>
+      <c r="JO18" s="11">
+        <v>5.9722222222222216E-3</v>
+      </c>
+      <c r="JP18" s="11">
+        <v>1.5211875000000001E-2</v>
+      </c>
+      <c r="JQ18" s="49"/>
+      <c r="JR18" s="49"/>
+      <c r="JS18" s="49"/>
+      <c r="JT18" s="49"/>
+      <c r="JU18" s="4">
+        <v>14784</v>
+      </c>
+      <c r="JV18" s="11">
+        <v>5.7962962962962966E-2</v>
+      </c>
+      <c r="JW18" s="11">
+        <v>8.4398148148148153E-2</v>
+      </c>
+      <c r="JX18" s="11">
+        <v>0.2503009259259259</v>
+      </c>
+      <c r="JY18" s="4">
+        <v>733</v>
+      </c>
+      <c r="JZ18" s="11">
+        <v>5.5162037037037037E-2</v>
+      </c>
+      <c r="KA18" s="11">
+        <v>8.7638888888888891E-2</v>
+      </c>
+      <c r="KB18" s="11">
+        <v>0.41002314814814816</v>
+      </c>
+      <c r="KC18" s="6">
+        <v>13330</v>
+      </c>
+      <c r="KD18" s="14">
+        <v>0.85551387846961735</v>
+      </c>
+      <c r="KE18" s="14">
+        <v>0.12220555138784696</v>
+      </c>
+      <c r="KF18" s="14">
+        <v>1.770442610652663E-2</v>
+      </c>
+      <c r="KG18" s="14">
+        <v>4.5761440360090021E-3</v>
+      </c>
+      <c r="KH18" s="8">
+        <v>609</v>
+      </c>
+      <c r="KI18" s="6">
+        <v>76</v>
+      </c>
+      <c r="KJ18" s="6">
+        <v>165</v>
+      </c>
+      <c r="KK18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KL18" s="6"/>
+      <c r="KM18" s="6">
+        <v>347</v>
+      </c>
+      <c r="KN18" s="6">
+        <v>19</v>
+      </c>
+      <c r="KO18" s="6">
+        <v>490</v>
+      </c>
+      <c r="KP18" s="14">
+        <v>0.8045977011494253</v>
+      </c>
+      <c r="KQ18" s="21">
+        <v>0.23673469387755103</v>
+      </c>
+      <c r="KR18" s="52">
+        <v>58</v>
+      </c>
+      <c r="KS18" s="52">
+        <v>245</v>
+      </c>
+      <c r="KT18" s="21">
+        <v>0.88497652582159625</v>
+      </c>
+      <c r="KU18" s="52">
+        <v>377</v>
+      </c>
+      <c r="KV18" s="52">
+        <v>426</v>
+      </c>
+      <c r="KW18" s="21">
+        <v>0.90681003584229392</v>
+      </c>
+      <c r="KX18" s="52">
+        <v>253</v>
+      </c>
+      <c r="KY18" s="52">
+        <v>279</v>
+      </c>
+      <c r="KZ18" s="21">
+        <v>0.99283154121863804</v>
+      </c>
+      <c r="LA18" s="52">
+        <v>277</v>
+      </c>
+      <c r="LB18" s="21">
+        <v>0.67469879518072284</v>
+      </c>
+      <c r="LC18" s="52">
+        <v>56</v>
+      </c>
+      <c r="LD18" s="52">
+        <v>83</v>
+      </c>
+      <c r="LE18" s="21">
+        <v>0</v>
+      </c>
+      <c r="LF18" s="21"/>
+      <c r="LG18" s="21"/>
+      <c r="LH18" s="21">
+        <v>0</v>
+      </c>
+      <c r="LI18" s="21"/>
+      <c r="LJ18" s="21"/>
+      <c r="LK18" s="21">
+        <v>0.75744680851063828</v>
+      </c>
+      <c r="LL18" s="52">
+        <v>178</v>
+      </c>
+      <c r="LM18" s="52">
+        <v>235</v>
+      </c>
+      <c r="LN18" s="6">
+        <v>3757</v>
+      </c>
+      <c r="LO18" s="6">
+        <v>2592</v>
+      </c>
+      <c r="LP18" s="6">
+        <v>1165</v>
+      </c>
+      <c r="LQ18" s="16"/>
+      <c r="LR18" s="6">
+        <v>11418</v>
+      </c>
+      <c r="LS18" s="6">
+        <v>1550</v>
+      </c>
+      <c r="LT18" s="17">
+        <v>0.13575056927658083</v>
+      </c>
+      <c r="LU18" s="6">
+        <v>45</v>
+      </c>
+      <c r="LV18" s="17">
+        <v>3.9411455596426691E-3</v>
+      </c>
+      <c r="LW18" s="16"/>
+      <c r="LX18" s="6">
+        <v>3367</v>
+      </c>
+      <c r="LY18" s="6">
+        <v>245</v>
+      </c>
+      <c r="LZ18" s="17">
+        <v>7.2765072765072769E-2</v>
+      </c>
+      <c r="MA18" s="6">
+        <v>5</v>
+      </c>
+      <c r="MB18" s="17">
+        <v>1.4850014850014851E-3</v>
+      </c>
+      <c r="MC18" s="16"/>
+      <c r="MD18" s="6">
+        <v>14785</v>
+      </c>
+      <c r="ME18" s="6">
+        <v>1795</v>
+      </c>
+      <c r="MF18" s="17">
+        <v>0.12140683124788637</v>
+      </c>
+      <c r="MG18" s="6">
+        <v>50</v>
+      </c>
+      <c r="MH18" s="17">
+        <v>3.3818058843422386E-3</v>
+      </c>
+      <c r="MI18" s="16"/>
+      <c r="MJ18" s="6">
+        <v>465</v>
+      </c>
+      <c r="MK18" s="6">
+        <v>43</v>
+      </c>
+      <c r="ML18" s="17">
+        <v>9.2473118279569888E-2</v>
+      </c>
+      <c r="MM18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MN18" s="17">
+        <v>8.6021505376344086E-3</v>
+      </c>
+      <c r="MO18" s="16"/>
+      <c r="MP18" s="6">
+        <v>270</v>
+      </c>
+      <c r="MQ18" s="6">
+        <v>17</v>
+      </c>
+      <c r="MR18" s="17">
+        <v>6.2962962962962957E-2</v>
+      </c>
+      <c r="MS18" s="6">
+        <v>0</v>
+      </c>
+      <c r="MT18" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU18" s="16"/>
+      <c r="MV18" s="6">
+        <v>999</v>
+      </c>
+      <c r="MW18" s="6">
+        <v>45</v>
+      </c>
+      <c r="MX18" s="17">
+        <v>4.5045045045045043E-2</v>
+      </c>
+      <c r="MY18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MZ18" s="17">
+        <v>3.003003003003003E-3</v>
+      </c>
+      <c r="NA18" s="6">
+        <v>12579</v>
+      </c>
+      <c r="NB18" s="6">
+        <v>19712</v>
+      </c>
+      <c r="NC18" s="18">
+        <v>0.63813920454545459</v>
+      </c>
+      <c r="ND18" s="6">
+        <v>14420</v>
+      </c>
+      <c r="NE18" s="6">
+        <v>12944</v>
+      </c>
+      <c r="NF18" s="6">
+        <v>829</v>
+      </c>
+      <c r="NG18" s="6">
+        <v>437</v>
+      </c>
+      <c r="NH18" s="6">
+        <v>210</v>
+      </c>
+      <c r="NI18" s="18">
+        <v>0.31511460169899025</v>
+      </c>
+      <c r="NJ18" s="6">
+        <v>3932</v>
+      </c>
+      <c r="NK18" s="6">
+        <v>12478</v>
+      </c>
+      <c r="NL18" s="16"/>
+      <c r="NM18" s="18">
+        <v>0.30989604649259228</v>
+      </c>
+      <c r="NN18" s="6">
+        <v>3786</v>
+      </c>
+      <c r="NO18" s="6">
+        <v>12217</v>
+      </c>
+      <c r="NP18" s="18">
+        <v>0.29411764705882354</v>
+      </c>
+      <c r="NQ18" s="6">
+        <v>5</v>
+      </c>
+      <c r="NR18" s="6">
+        <v>17</v>
+      </c>
+      <c r="NS18" s="18">
+        <v>0.57786885245901642</v>
+      </c>
+      <c r="NT18" s="6">
+        <v>141</v>
+      </c>
+      <c r="NU18" s="6">
+        <v>244</v>
+      </c>
+      <c r="NV18" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW18" s="6">
+        <v>0</v>
+      </c>
+      <c r="NX18" s="6">
+        <v>0</v>
+      </c>
+      <c r="NY18" s="6">
+        <v>12276.617182999998</v>
+      </c>
+      <c r="NZ18" s="6">
+        <v>12207.010531999998</v>
+      </c>
+      <c r="OA18" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OB18" s="6">
+        <v>65.50332299999998</v>
+      </c>
+      <c r="OC18" s="6">
+        <v>0</v>
+      </c>
+      <c r="OD18" s="18">
+        <v>0.79692258374739544</v>
+      </c>
+      <c r="OE18" s="6">
+        <v>9944</v>
+      </c>
+      <c r="OF18" s="6">
+        <v>12478</v>
+      </c>
+      <c r="OG18" s="16"/>
+      <c r="OH18" s="18">
+        <v>0.7978227060653188</v>
+      </c>
+      <c r="OI18" s="6">
+        <v>9747</v>
+      </c>
+      <c r="OJ18" s="6">
+        <v>12217</v>
+      </c>
+      <c r="OK18" s="18">
+        <v>1</v>
+      </c>
+      <c r="OL18" s="6">
+        <v>17</v>
+      </c>
+      <c r="OM18" s="6">
+        <v>17</v>
+      </c>
+      <c r="ON18" s="18">
+        <v>0.73770491803278693</v>
+      </c>
+      <c r="OO18" s="6">
+        <v>180</v>
+      </c>
+      <c r="OP18" s="6">
+        <v>244</v>
+      </c>
+      <c r="OQ18" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR18" s="6">
+        <v>0</v>
+      </c>
+      <c r="OS18" s="8">
+        <v>0</v>
+      </c>
+      <c r="OT18" s="6">
+        <v>1217</v>
+      </c>
+      <c r="OU18" s="6">
+        <v>14420</v>
+      </c>
+      <c r="OV18" s="12">
+        <v>8.4396671289875172E-2</v>
+      </c>
+      <c r="OW18" s="6">
+        <v>329.47447299999999</v>
+      </c>
+      <c r="OX18" s="6">
+        <v>321.442542</v>
+      </c>
+      <c r="OY18" s="6" t="s">
+        <v>1084</v>
+      </c>
+      <c r="OZ18" s="6">
+        <v>8.0319310000000002</v>
+      </c>
+      <c r="PA18" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:417" ht="14">
+      <c r="A19" s="47">
+        <v>45901</v>
+      </c>
+      <c r="B19" s="48" t="s">
+        <v>3</v>
+      </c>
+      <c r="C19" s="22"/>
+      <c r="D19" s="4"/>
+      <c r="E19" s="4"/>
+      <c r="F19" s="4"/>
+      <c r="G19" s="4"/>
+      <c r="H19" s="4"/>
+      <c r="I19" s="4"/>
+      <c r="J19" s="4"/>
+      <c r="K19" s="4"/>
+      <c r="L19" s="4"/>
+      <c r="M19" s="4"/>
+      <c r="N19" s="4"/>
+      <c r="O19" s="4"/>
+      <c r="P19" s="4"/>
+      <c r="Q19" s="4"/>
+      <c r="R19" s="4"/>
+      <c r="S19" s="4"/>
+      <c r="T19" s="4"/>
+      <c r="U19" s="4"/>
+      <c r="V19" s="4"/>
+      <c r="W19" s="4"/>
+      <c r="X19" s="4"/>
+      <c r="Y19" s="4"/>
+      <c r="Z19" s="4"/>
+      <c r="AA19" s="4"/>
+      <c r="AB19" s="4"/>
+      <c r="AC19" s="4"/>
+      <c r="AD19" s="4"/>
+      <c r="AE19" s="4"/>
+      <c r="AF19" s="4"/>
+      <c r="AG19" s="4"/>
+      <c r="AH19" s="4"/>
+      <c r="AI19" s="4"/>
+      <c r="AJ19" s="4"/>
+      <c r="AK19" s="4"/>
+      <c r="AL19" s="4"/>
+      <c r="AM19" s="4"/>
+      <c r="AN19" s="4"/>
+      <c r="AO19" s="4"/>
+      <c r="AP19" s="4"/>
+      <c r="AQ19" s="4"/>
+      <c r="AR19" s="4"/>
+      <c r="AS19" s="4"/>
+      <c r="AT19" s="4"/>
+      <c r="AU19" s="4"/>
+      <c r="AV19" s="4"/>
+      <c r="AW19" s="4"/>
+      <c r="AX19" s="4"/>
+      <c r="AY19" s="4"/>
+      <c r="AZ19" s="4"/>
+      <c r="BA19" s="4"/>
+      <c r="BB19" s="4"/>
+      <c r="BC19" s="4"/>
+      <c r="BD19" s="4"/>
+      <c r="BE19" s="4"/>
+      <c r="BF19" s="4"/>
+      <c r="BG19" s="4"/>
+      <c r="BH19" s="4"/>
+      <c r="BI19" s="4"/>
+      <c r="BJ19" s="4"/>
+      <c r="BK19" s="4"/>
+      <c r="BL19" s="4"/>
+      <c r="BM19" s="4"/>
+      <c r="BN19" s="4"/>
+      <c r="BO19" s="4"/>
+      <c r="BP19" s="4"/>
+      <c r="BQ19" s="4"/>
+      <c r="BR19" s="4"/>
+      <c r="BS19" s="4"/>
+      <c r="BT19" s="4"/>
+      <c r="BU19" s="4"/>
+      <c r="BV19" s="4"/>
+      <c r="BW19" s="4"/>
+      <c r="BX19" s="4"/>
+      <c r="BY19" s="4"/>
+      <c r="BZ19" s="4"/>
+      <c r="CA19" s="4"/>
+      <c r="CB19" s="4"/>
+      <c r="CC19" s="4"/>
+      <c r="CD19" s="4"/>
+      <c r="CE19" s="4"/>
+      <c r="CF19" s="4"/>
+      <c r="CG19" s="4"/>
+      <c r="CH19" s="4"/>
+      <c r="CI19" s="4"/>
+      <c r="CJ19" s="4"/>
+      <c r="CK19" s="4"/>
+      <c r="CL19" s="4"/>
+      <c r="CM19" s="4"/>
+      <c r="CN19" s="4"/>
+      <c r="CO19" s="4"/>
+      <c r="CP19" s="4"/>
+      <c r="CQ19" s="4"/>
+      <c r="CR19" s="4"/>
+      <c r="CS19" s="4"/>
+      <c r="CT19" s="4"/>
+      <c r="CU19" s="4"/>
+      <c r="CV19" s="4"/>
+      <c r="CW19" s="4"/>
+      <c r="CX19" s="4"/>
+      <c r="CY19" s="4"/>
+      <c r="CZ19" s="4"/>
+      <c r="DA19" s="4"/>
+      <c r="DB19" s="4"/>
+      <c r="DC19" s="4"/>
+      <c r="DD19" s="4"/>
+      <c r="DE19" s="4"/>
+      <c r="DF19" s="4"/>
+      <c r="DG19" s="4"/>
+      <c r="DH19" s="4"/>
+      <c r="DI19" s="4"/>
+      <c r="DJ19" s="4"/>
+      <c r="DK19" s="4"/>
+      <c r="DL19" s="4"/>
+      <c r="DM19" s="4"/>
+      <c r="DN19" s="4"/>
+      <c r="DO19" s="4"/>
+      <c r="DP19" s="4"/>
+      <c r="DQ19" s="4"/>
+      <c r="DR19" s="4"/>
+      <c r="DS19" s="4"/>
+      <c r="DT19" s="4"/>
+      <c r="DU19" s="4"/>
+      <c r="DV19" s="4"/>
+      <c r="DW19" s="4"/>
+      <c r="DX19" s="4"/>
+      <c r="DY19" s="4"/>
+      <c r="DZ19" s="4"/>
+      <c r="EA19" s="4"/>
+      <c r="EB19" s="4">
+        <v>55</v>
+      </c>
+      <c r="EC19" s="4">
+        <v>537</v>
+      </c>
+      <c r="ED19" s="6">
+        <v>6463</v>
+      </c>
+      <c r="EE19" s="7">
+        <v>8.3088349063902209E-2</v>
+      </c>
+      <c r="EF19" s="19"/>
+      <c r="EG19" s="19"/>
+      <c r="EH19" s="19"/>
+      <c r="EI19" s="19"/>
+      <c r="EJ19" s="19"/>
+      <c r="EK19" s="19"/>
+      <c r="EL19" s="19"/>
+      <c r="EM19" s="19"/>
+      <c r="EN19" s="8">
+        <v>6463</v>
+      </c>
+      <c r="EO19" s="4">
+        <v>156</v>
+      </c>
+      <c r="EP19" s="4">
+        <v>821</v>
+      </c>
+      <c r="EQ19" s="4">
+        <v>13</v>
+      </c>
+      <c r="ER19" s="4"/>
+      <c r="ES19" s="4">
+        <v>4362</v>
+      </c>
+      <c r="ET19" s="4">
+        <v>1111</v>
+      </c>
+      <c r="EU19" s="4">
+        <v>6463</v>
+      </c>
+      <c r="EV19" s="4">
+        <v>254</v>
+      </c>
+      <c r="EW19" s="4">
+        <v>13</v>
+      </c>
+      <c r="EX19" s="4">
+        <v>168</v>
+      </c>
+      <c r="EY19" s="4">
+        <v>41</v>
+      </c>
+      <c r="EZ19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FA19" s="4">
+        <v>39</v>
+      </c>
+      <c r="FB19" s="4">
+        <v>64</v>
+      </c>
+      <c r="FC19" s="4">
+        <v>692</v>
+      </c>
+      <c r="FD19" s="4">
+        <v>7</v>
+      </c>
+      <c r="FE19" s="4">
+        <v>7</v>
+      </c>
+      <c r="FF19" s="4">
+        <v>119</v>
+      </c>
+      <c r="FG19" s="4">
+        <v>605</v>
+      </c>
+      <c r="FH19" s="4">
+        <v>15</v>
+      </c>
+      <c r="FI19" s="4">
+        <v>236</v>
+      </c>
+      <c r="FJ19" s="4">
+        <v>50</v>
+      </c>
+      <c r="FK19" s="4">
+        <v>1</v>
+      </c>
+      <c r="FL19" s="4">
+        <v>0</v>
+      </c>
+      <c r="FM19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FN19" s="4">
+        <v>835</v>
+      </c>
+      <c r="FO19" s="4">
+        <v>32</v>
+      </c>
+      <c r="FP19" s="4">
+        <v>73</v>
+      </c>
+      <c r="FQ19" s="4">
+        <v>0</v>
+      </c>
+      <c r="FR19" s="4">
+        <v>241</v>
+      </c>
+      <c r="FS19" s="4">
+        <v>0</v>
+      </c>
+      <c r="FT19" s="4">
+        <v>194</v>
+      </c>
+      <c r="FU19" s="4">
+        <v>17</v>
+      </c>
+      <c r="FV19" s="4">
+        <v>202</v>
+      </c>
+      <c r="FW19" s="4">
+        <v>523</v>
+      </c>
+      <c r="FX19" s="4">
+        <v>10</v>
+      </c>
+      <c r="FY19" s="4">
+        <v>183</v>
+      </c>
+      <c r="FZ19" s="4">
+        <v>65</v>
+      </c>
+      <c r="GA19" s="4">
+        <v>166</v>
+      </c>
+      <c r="GB19" s="4">
+        <v>273</v>
+      </c>
+      <c r="GC19" s="4">
+        <v>198</v>
+      </c>
+      <c r="GD19" s="4">
+        <v>299</v>
+      </c>
+      <c r="GE19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GF19" s="4">
+        <v>101</v>
+      </c>
+      <c r="GG19" s="4">
+        <v>88</v>
+      </c>
+      <c r="GH19" s="4">
+        <v>5</v>
+      </c>
+      <c r="GI19" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GJ19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GK19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GL19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GM19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GN19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GO19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GP19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GQ19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GR19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GS19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GT19" s="4">
+        <v>5</v>
+      </c>
+      <c r="GU19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GV19" s="4">
+        <v>0</v>
+      </c>
+      <c r="GW19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GX19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GY19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GZ19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HA19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HB19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HC19" s="4">
+        <v>0</v>
+      </c>
+      <c r="HD19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HE19" s="4">
+        <v>0</v>
+      </c>
+      <c r="HF19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HG19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HH19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HI19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HJ19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HK19" s="4">
+        <v>0</v>
+      </c>
+      <c r="HL19" s="4">
+        <v>0</v>
+      </c>
+      <c r="HM19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HN19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HO19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HP19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HQ19" s="4">
+        <v>6</v>
+      </c>
+      <c r="HR19" s="4">
+        <v>0</v>
+      </c>
+      <c r="HS19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HT19" s="4">
+        <v>9</v>
+      </c>
+      <c r="HU19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HV19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HW19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HX19" s="4">
+        <v>182</v>
+      </c>
+      <c r="HY19" s="4">
+        <v>53</v>
+      </c>
+      <c r="HZ19" s="4">
+        <v>8</v>
+      </c>
+      <c r="IA19" s="4">
+        <v>0</v>
+      </c>
+      <c r="IB19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IC19" s="4">
+        <v>14</v>
+      </c>
+      <c r="ID19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IE19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IF19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IG19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IH19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="II19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IJ19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IK19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IL19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM19" s="6">
+        <v>0</v>
+      </c>
+      <c r="IN19" s="4">
+        <v>217</v>
+      </c>
+      <c r="IO19" s="4">
+        <v>53</v>
+      </c>
+      <c r="IP19" s="4">
+        <v>50</v>
+      </c>
+      <c r="IQ19" s="4">
+        <v>6</v>
+      </c>
+      <c r="IR19" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IS19" s="4">
+        <v>21</v>
+      </c>
+      <c r="IT19" s="4">
+        <v>152</v>
+      </c>
+      <c r="IU19" s="20">
+        <v>2.1354166666666665E-3</v>
+      </c>
+      <c r="IV19" s="10">
+        <v>3.0092592592592593E-3</v>
+      </c>
+      <c r="IW19" s="4">
+        <v>336</v>
+      </c>
+      <c r="IX19" s="20">
+        <v>3.0092592592592595E-4</v>
+      </c>
+      <c r="IY19" s="10">
+        <v>2.2453703703703702E-3</v>
+      </c>
+      <c r="IZ19" s="4">
+        <v>1132</v>
+      </c>
+      <c r="JA19" s="12">
+        <v>0.17515085873433389</v>
+      </c>
+      <c r="JB19" s="16"/>
+      <c r="JC19" s="6">
+        <v>217</v>
+      </c>
+      <c r="JD19" s="8">
+        <v>1132</v>
+      </c>
+      <c r="JE19" s="12">
+        <v>0.19169611307420495</v>
+      </c>
+      <c r="JF19" s="16"/>
+      <c r="JG19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH19" s="6">
+        <v>584</v>
+      </c>
+      <c r="JI19" s="12">
+        <v>5.1369863013698627E-3</v>
+      </c>
+      <c r="JJ19" s="4">
+        <v>152</v>
+      </c>
+      <c r="JK19" s="11">
+        <v>8.3333333333333339E-4</v>
+      </c>
+      <c r="JL19" s="11">
+        <v>4.5138888888888885E-3</v>
+      </c>
+      <c r="JM19" s="11">
+        <v>1.0654861111111111E-2</v>
+      </c>
+      <c r="JN19" s="4">
+        <v>823</v>
+      </c>
+      <c r="JO19" s="11">
+        <v>5.3125000000000004E-3</v>
+      </c>
+      <c r="JP19" s="11">
+        <v>1.2454791666666666E-2</v>
+      </c>
+      <c r="JQ19" s="49"/>
+      <c r="JR19" s="49"/>
+      <c r="JS19" s="49"/>
+      <c r="JT19" s="49"/>
+      <c r="JU19" s="4">
+        <v>2797</v>
+      </c>
+      <c r="JV19" s="11">
+        <v>5.6469907407407406E-2</v>
+      </c>
+      <c r="JW19" s="11">
+        <v>8.0671296296296297E-2</v>
+      </c>
+      <c r="JX19" s="11">
+        <v>0.2361111111111111</v>
+      </c>
+      <c r="JY19" s="4">
+        <v>153</v>
+      </c>
+      <c r="JZ19" s="11">
+        <v>4.8564814814814818E-2</v>
+      </c>
+      <c r="KA19" s="11">
+        <v>8.8935185185185187E-2</v>
+      </c>
+      <c r="KB19" s="11">
+        <v>0.48850694444444442</v>
+      </c>
+      <c r="KC19" s="6">
+        <v>2710</v>
+      </c>
+      <c r="KD19" s="14">
+        <v>0.86900369003690037</v>
+      </c>
+      <c r="KE19" s="14">
+        <v>0.11512915129151291</v>
+      </c>
+      <c r="KF19" s="14">
+        <v>1.2177121771217712E-2</v>
+      </c>
+      <c r="KG19" s="14">
+        <v>3.6900369003690036E-3</v>
+      </c>
+      <c r="KH19" s="8">
+        <v>66</v>
+      </c>
+      <c r="KI19" s="6">
+        <v>3</v>
+      </c>
+      <c r="KJ19" s="6">
+        <v>15</v>
+      </c>
+      <c r="KK19" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KL19" s="6"/>
+      <c r="KM19" s="6">
+        <v>47</v>
+      </c>
+      <c r="KN19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KO19" s="6">
+        <v>61</v>
+      </c>
+      <c r="KP19" s="14">
+        <v>0.9242424242424242</v>
+      </c>
+      <c r="KQ19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KR19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KS19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KT19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KU19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KV19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KW19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KX19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KY19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KZ19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LA19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LB19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LC19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LD19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LE19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LF19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LG19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LH19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LI19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LJ19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LK19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LL19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LM19" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LN19" s="6">
+        <v>812</v>
+      </c>
+      <c r="LO19" s="6">
+        <v>585</v>
+      </c>
+      <c r="LP19" s="6">
+        <v>227</v>
+      </c>
+      <c r="LQ19" s="16"/>
+      <c r="LR19" s="6">
+        <v>2117</v>
+      </c>
+      <c r="LS19" s="6">
+        <v>259</v>
+      </c>
+      <c r="LT19" s="17">
+        <v>0.12234293811998111</v>
+      </c>
+      <c r="LU19" s="6">
+        <v>5</v>
+      </c>
+      <c r="LV19" s="17">
+        <v>2.3618327822390174E-3</v>
+      </c>
+      <c r="LW19" s="16"/>
+      <c r="LX19" s="6">
+        <v>680</v>
+      </c>
+      <c r="LY19" s="6">
+        <v>49</v>
+      </c>
+      <c r="LZ19" s="17">
+        <v>7.2058823529411759E-2</v>
+      </c>
+      <c r="MA19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB19" s="17">
+        <v>2.9411764705882353E-3</v>
+      </c>
+      <c r="MC19" s="16"/>
+      <c r="MD19" s="6">
+        <v>2797</v>
+      </c>
+      <c r="ME19" s="6">
+        <v>308</v>
+      </c>
+      <c r="MF19" s="17">
+        <v>0.11011798355380766</v>
+      </c>
+      <c r="MG19" s="6">
+        <v>7</v>
+      </c>
+      <c r="MH19" s="17">
+        <v>2.5026814444047193E-3</v>
+      </c>
+      <c r="MI19" s="16"/>
+      <c r="MJ19" s="6">
+        <v>97</v>
+      </c>
+      <c r="MK19" s="6">
+        <v>8</v>
+      </c>
+      <c r="ML19" s="17">
+        <v>8.247422680412371E-2</v>
+      </c>
+      <c r="MM19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MN19" s="17">
+        <v>2.0618556701030927E-2</v>
+      </c>
+      <c r="MO19" s="16"/>
+      <c r="MP19" s="6">
+        <v>56</v>
+      </c>
+      <c r="MQ19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MR19" s="17">
+        <v>7.1428571428571425E-2</v>
+      </c>
+      <c r="MS19" s="6">
+        <v>0</v>
+      </c>
+      <c r="MT19" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU19" s="16"/>
+      <c r="MV19" s="6">
+        <v>321</v>
+      </c>
+      <c r="MW19" s="6">
+        <v>10</v>
+      </c>
+      <c r="MX19" s="17">
+        <v>3.1152647975077882E-2</v>
+      </c>
+      <c r="MY19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MZ19" s="17">
+        <v>3.1152647975077881E-3</v>
+      </c>
+      <c r="NA19" s="6">
+        <v>2318</v>
+      </c>
+      <c r="NB19" s="6">
+        <v>3774</v>
+      </c>
+      <c r="NC19" s="18">
+        <v>0.61420243773184946</v>
+      </c>
+      <c r="ND19" s="6">
+        <v>2747</v>
+      </c>
+      <c r="NE19" s="6">
+        <v>1967</v>
+      </c>
+      <c r="NF19" s="6">
+        <v>751</v>
+      </c>
+      <c r="NG19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NH19" s="6">
+        <v>27</v>
+      </c>
+      <c r="NI19" s="18">
+        <v>0.38348271446862997</v>
+      </c>
+      <c r="NJ19" s="6">
+        <v>599</v>
+      </c>
+      <c r="NK19" s="6">
+        <v>1562</v>
+      </c>
+      <c r="NL19" s="16"/>
+      <c r="NM19" s="18">
+        <v>0.38357921744708146</v>
+      </c>
+      <c r="NN19" s="6">
+        <v>598</v>
+      </c>
+      <c r="NO19" s="6">
+        <v>1559</v>
+      </c>
+      <c r="NP19" s="18">
+        <v>0.33333333333333331</v>
+      </c>
+      <c r="NQ19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NR19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NS19" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT19" s="6">
+        <v>0</v>
+      </c>
+      <c r="NU19" s="6">
+        <v>0</v>
+      </c>
+      <c r="NV19" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW19" s="6">
+        <v>0</v>
+      </c>
+      <c r="NX19" s="6">
+        <v>0</v>
+      </c>
+      <c r="NY19" s="6">
+        <v>1067.8102470000001</v>
+      </c>
+      <c r="NZ19" s="6">
+        <v>1066.4769140000001</v>
+      </c>
+      <c r="OA19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OB19" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OC19" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OD19" s="18">
+        <v>0.82778489116517284</v>
+      </c>
+      <c r="OE19" s="6">
+        <v>1293</v>
+      </c>
+      <c r="OF19" s="6">
+        <v>1562</v>
+      </c>
+      <c r="OG19" s="16"/>
+      <c r="OH19" s="18">
+        <v>0.82745349583066063</v>
+      </c>
+      <c r="OI19" s="6">
+        <v>1290</v>
+      </c>
+      <c r="OJ19" s="6">
+        <v>1559</v>
+      </c>
+      <c r="OK19" s="18">
+        <v>1</v>
+      </c>
+      <c r="OL19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OM19" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ON19" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO19" s="6">
+        <v>0</v>
+      </c>
+      <c r="OP19" s="6">
+        <v>0</v>
+      </c>
+      <c r="OQ19" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR19" s="6">
+        <v>0</v>
+      </c>
+      <c r="OS19" s="8">
+        <v>0</v>
+      </c>
+      <c r="OT19" s="6">
+        <v>267</v>
+      </c>
+      <c r="OU19" s="6">
+        <v>2747</v>
+      </c>
+      <c r="OV19" s="12">
+        <v>9.7196942118674912E-2</v>
+      </c>
+      <c r="OW19" s="6">
+        <v>46.499411000000002</v>
+      </c>
+      <c r="OX19" s="6">
+        <v>46.499411000000002</v>
+      </c>
+      <c r="OY19" s="6" t="s">
+        <v>1084</v>
+      </c>
+      <c r="OZ19" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="PA19" s="6" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="20" spans="1:417" ht="14">
+      <c r="A20" s="47">
+        <v>45901</v>
+      </c>
+      <c r="B20" s="48" t="s">
+        <v>4</v>
+      </c>
+      <c r="C20" s="22"/>
+      <c r="D20" s="4"/>
+      <c r="E20" s="4"/>
+      <c r="F20" s="4"/>
+      <c r="G20" s="4"/>
+      <c r="H20" s="4"/>
+      <c r="I20" s="4"/>
+      <c r="J20" s="4"/>
+      <c r="K20" s="4"/>
+      <c r="L20" s="4"/>
+      <c r="M20" s="4"/>
+      <c r="N20" s="4"/>
+      <c r="O20" s="4"/>
+      <c r="P20" s="4"/>
+      <c r="Q20" s="4"/>
+      <c r="R20" s="4"/>
+      <c r="S20" s="4"/>
+      <c r="T20" s="4"/>
+      <c r="U20" s="4"/>
+      <c r="V20" s="4"/>
+      <c r="W20" s="4"/>
+      <c r="X20" s="4"/>
+      <c r="Y20" s="4"/>
+      <c r="Z20" s="4"/>
+      <c r="AA20" s="4"/>
+      <c r="AB20" s="4"/>
+      <c r="AC20" s="4"/>
+      <c r="AD20" s="4"/>
+      <c r="AE20" s="4"/>
+      <c r="AF20" s="4"/>
+      <c r="AG20" s="4"/>
+      <c r="AH20" s="4"/>
+      <c r="AI20" s="4"/>
+      <c r="AJ20" s="4"/>
+      <c r="AK20" s="4"/>
+      <c r="AL20" s="4"/>
+      <c r="AM20" s="4"/>
+      <c r="AN20" s="4"/>
+      <c r="AO20" s="4"/>
+      <c r="AP20" s="4"/>
+      <c r="AQ20" s="4"/>
+      <c r="AR20" s="4"/>
+      <c r="AS20" s="4"/>
+      <c r="AT20" s="4"/>
+      <c r="AU20" s="4"/>
+      <c r="AV20" s="4"/>
+      <c r="AW20" s="4"/>
+      <c r="AX20" s="4"/>
+      <c r="AY20" s="4"/>
+      <c r="AZ20" s="4"/>
+      <c r="BA20" s="4"/>
+      <c r="BB20" s="4"/>
+      <c r="BC20" s="4"/>
+      <c r="BD20" s="4"/>
+      <c r="BE20" s="4"/>
+      <c r="BF20" s="4"/>
+      <c r="BG20" s="4"/>
+      <c r="BH20" s="4"/>
+      <c r="BI20" s="4"/>
+      <c r="BJ20" s="4"/>
+      <c r="BK20" s="4"/>
+      <c r="BL20" s="4"/>
+      <c r="BM20" s="4"/>
+      <c r="BN20" s="4"/>
+      <c r="BO20" s="4"/>
+      <c r="BP20" s="4"/>
+      <c r="BQ20" s="4"/>
+      <c r="BR20" s="4"/>
+      <c r="BS20" s="4"/>
+      <c r="BT20" s="4"/>
+      <c r="BU20" s="4"/>
+      <c r="BV20" s="4"/>
+      <c r="BW20" s="4"/>
+      <c r="BX20" s="4"/>
+      <c r="BY20" s="4"/>
+      <c r="BZ20" s="4"/>
+      <c r="CA20" s="4"/>
+      <c r="CB20" s="4"/>
+      <c r="CC20" s="4"/>
+      <c r="CD20" s="4"/>
+      <c r="CE20" s="4"/>
+      <c r="CF20" s="4"/>
+      <c r="CG20" s="4"/>
+      <c r="CH20" s="4"/>
+      <c r="CI20" s="4"/>
+      <c r="CJ20" s="4"/>
+      <c r="CK20" s="4"/>
+      <c r="CL20" s="4"/>
+      <c r="CM20" s="4"/>
+      <c r="CN20" s="4"/>
+      <c r="CO20" s="4"/>
+      <c r="CP20" s="4"/>
+      <c r="CQ20" s="4"/>
+      <c r="CR20" s="4"/>
+      <c r="CS20" s="4"/>
+      <c r="CT20" s="4"/>
+      <c r="CU20" s="4"/>
+      <c r="CV20" s="4"/>
+      <c r="CW20" s="4"/>
+      <c r="CX20" s="4"/>
+      <c r="CY20" s="4"/>
+      <c r="CZ20" s="4"/>
+      <c r="DA20" s="4"/>
+      <c r="DB20" s="4"/>
+      <c r="DC20" s="4"/>
+      <c r="DD20" s="4"/>
+      <c r="DE20" s="4"/>
+      <c r="DF20" s="4"/>
+      <c r="DG20" s="4"/>
+      <c r="DH20" s="4"/>
+      <c r="DI20" s="4"/>
+      <c r="DJ20" s="4"/>
+      <c r="DK20" s="4"/>
+      <c r="DL20" s="4"/>
+      <c r="DM20" s="4"/>
+      <c r="DN20" s="4"/>
+      <c r="DO20" s="4"/>
+      <c r="DP20" s="4"/>
+      <c r="DQ20" s="4"/>
+      <c r="DR20" s="4"/>
+      <c r="DS20" s="4"/>
+      <c r="DT20" s="4"/>
+      <c r="DU20" s="4"/>
+      <c r="DV20" s="4"/>
+      <c r="DW20" s="4"/>
+      <c r="DX20" s="4"/>
+      <c r="DY20" s="4"/>
+      <c r="DZ20" s="4"/>
+      <c r="EA20" s="4"/>
+      <c r="EB20" s="4">
+        <v>80</v>
+      </c>
+      <c r="EC20" s="4">
+        <v>764</v>
+      </c>
+      <c r="ED20" s="6">
+        <v>8599</v>
+      </c>
+      <c r="EE20" s="7">
+        <v>8.8847540411675779E-2</v>
+      </c>
+      <c r="EF20" s="19"/>
+      <c r="EG20" s="19"/>
+      <c r="EH20" s="19"/>
+      <c r="EI20" s="19"/>
+      <c r="EJ20" s="19"/>
+      <c r="EK20" s="19"/>
+      <c r="EL20" s="19"/>
+      <c r="EM20" s="19"/>
+      <c r="EN20" s="8">
+        <v>8599</v>
+      </c>
+      <c r="EO20" s="4">
+        <v>188</v>
+      </c>
+      <c r="EP20" s="4">
+        <v>1091</v>
+      </c>
+      <c r="EQ20" s="4">
+        <v>20</v>
+      </c>
+      <c r="ER20" s="4"/>
+      <c r="ES20" s="4">
+        <v>6082</v>
+      </c>
+      <c r="ET20" s="4">
+        <v>1218</v>
+      </c>
+      <c r="EU20" s="4">
+        <v>8599</v>
+      </c>
+      <c r="EV20" s="4">
+        <v>254</v>
+      </c>
+      <c r="EW20" s="4">
+        <v>18</v>
+      </c>
+      <c r="EX20" s="4">
+        <v>263</v>
+      </c>
+      <c r="EY20" s="4">
+        <v>52</v>
+      </c>
+      <c r="EZ20" s="4">
+        <v>11</v>
+      </c>
+      <c r="FA20" s="4">
+        <v>63</v>
+      </c>
+      <c r="FB20" s="4">
+        <v>85</v>
+      </c>
+      <c r="FC20" s="4">
+        <v>965</v>
+      </c>
+      <c r="FD20" s="4">
+        <v>49</v>
+      </c>
+      <c r="FE20" s="4">
+        <v>9</v>
+      </c>
+      <c r="FF20" s="4">
+        <v>146</v>
+      </c>
+      <c r="FG20" s="4">
+        <v>779</v>
+      </c>
+      <c r="FH20" s="4">
+        <v>32</v>
+      </c>
+      <c r="FI20" s="4">
+        <v>304</v>
+      </c>
+      <c r="FJ20" s="4">
+        <v>59</v>
+      </c>
+      <c r="FK20" s="4">
+        <v>12</v>
+      </c>
+      <c r="FL20" s="4">
+        <v>0</v>
+      </c>
+      <c r="FM20" s="4">
+        <v>8</v>
+      </c>
+      <c r="FN20" s="4">
+        <v>1167</v>
+      </c>
+      <c r="FO20" s="4">
+        <v>30</v>
+      </c>
+      <c r="FP20" s="4">
+        <v>115</v>
+      </c>
+      <c r="FQ20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FR20" s="4">
+        <v>363</v>
+      </c>
+      <c r="FS20" s="4">
+        <v>0</v>
+      </c>
+      <c r="FT20" s="4">
+        <v>251</v>
+      </c>
+      <c r="FU20" s="4">
+        <v>44</v>
+      </c>
+      <c r="FV20" s="4">
+        <v>453</v>
+      </c>
+      <c r="FW20" s="4">
+        <v>681</v>
+      </c>
+      <c r="FX20" s="4">
+        <v>6</v>
+      </c>
+      <c r="FY20" s="4">
+        <v>266</v>
+      </c>
+      <c r="FZ20" s="4">
+        <v>94</v>
+      </c>
+      <c r="GA20" s="4">
+        <v>225</v>
+      </c>
+      <c r="GB20" s="4">
+        <v>327</v>
+      </c>
+      <c r="GC20" s="4">
+        <v>196</v>
+      </c>
+      <c r="GD20" s="4">
+        <v>144</v>
+      </c>
+      <c r="GE20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GF20" s="4">
+        <v>207</v>
+      </c>
+      <c r="GG20" s="4">
+        <v>44</v>
+      </c>
+      <c r="GH20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GI20" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GJ20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GK20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GL20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GM20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GN20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GO20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GP20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GQ20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GR20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GS20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GT20" s="4">
+        <v>6</v>
+      </c>
+      <c r="GU20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GV20" s="4">
+        <v>0</v>
+      </c>
+      <c r="GW20" s="4">
+        <v>17</v>
+      </c>
+      <c r="GX20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GY20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GZ20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HA20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HB20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HC20" s="4">
+        <v>0</v>
+      </c>
+      <c r="HD20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HE20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HF20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HG20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HH20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HI20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HJ20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HK20" s="4">
+        <v>0</v>
+      </c>
+      <c r="HL20" s="4">
+        <v>0</v>
+      </c>
+      <c r="HM20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HN20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HO20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HP20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HQ20" s="4">
+        <v>5</v>
+      </c>
+      <c r="HR20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HS20" s="4">
+        <v>0</v>
+      </c>
+      <c r="HT20" s="4">
+        <v>0</v>
+      </c>
+      <c r="HU20" s="4">
+        <v>0</v>
+      </c>
+      <c r="HV20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HW20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HX20" s="4">
+        <v>232</v>
+      </c>
+      <c r="HY20" s="4">
+        <v>122</v>
+      </c>
+      <c r="HZ20" s="4">
+        <v>0</v>
+      </c>
+      <c r="IA20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IB20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IC20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ID20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IE20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IF20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IG20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IH20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="II20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IJ20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IK20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IL20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM20" s="6">
+        <v>0</v>
+      </c>
+      <c r="IN20" s="4">
+        <v>338</v>
+      </c>
+      <c r="IO20" s="4">
+        <v>72</v>
+      </c>
+      <c r="IP20" s="4">
+        <v>51</v>
+      </c>
+      <c r="IQ20" s="4">
+        <v>8</v>
+      </c>
+      <c r="IR20" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IS20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IT20" s="4">
+        <v>180</v>
+      </c>
+      <c r="IU20" s="20">
+        <v>1.238425925925926E-3</v>
+      </c>
+      <c r="IV20" s="10">
+        <v>2.8703703703703703E-3</v>
+      </c>
+      <c r="IW20" s="4">
+        <v>435</v>
+      </c>
+      <c r="IX20" s="20">
+        <v>2.8935185185185184E-4</v>
+      </c>
+      <c r="IY20" s="10">
+        <v>2.3495370370370371E-3</v>
+      </c>
+      <c r="IZ20" s="4">
+        <v>1687</v>
+      </c>
+      <c r="JA20" s="12">
+        <v>0.19618560297709037</v>
+      </c>
+      <c r="JB20" s="16"/>
+      <c r="JC20" s="6">
+        <v>410</v>
+      </c>
+      <c r="JD20" s="8">
+        <v>1687</v>
+      </c>
+      <c r="JE20" s="12">
+        <v>0.24303497332542975</v>
+      </c>
+      <c r="JF20" s="16"/>
+      <c r="JG20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH20" s="6">
+        <v>729</v>
+      </c>
+      <c r="JI20" s="12">
+        <v>4.11522633744856E-3</v>
+      </c>
+      <c r="JJ20" s="4">
+        <v>180</v>
+      </c>
+      <c r="JK20" s="11">
+        <v>3.6458333333333334E-3</v>
+      </c>
+      <c r="JL20" s="11">
+        <v>5.1274305555555552E-3</v>
+      </c>
+      <c r="JM20" s="11">
+        <v>1.370138888888889E-2</v>
+      </c>
+      <c r="JN20" s="4">
+        <v>1083</v>
+      </c>
+      <c r="JO20" s="11">
+        <v>6.7129629629629631E-3</v>
+      </c>
+      <c r="JP20" s="11">
+        <v>1.8402569444444444E-2</v>
+      </c>
+      <c r="JQ20" s="49"/>
+      <c r="JR20" s="49"/>
+      <c r="JS20" s="49"/>
+      <c r="JT20" s="49"/>
+      <c r="JU20" s="4">
+        <v>3690</v>
+      </c>
+      <c r="JV20" s="11">
+        <v>6.9953703703703699E-2</v>
+      </c>
+      <c r="JW20" s="11">
+        <v>0.1032986111111111</v>
+      </c>
+      <c r="JX20" s="11">
+        <v>0.32320601851851855</v>
+      </c>
+      <c r="JY20" s="4">
+        <v>161</v>
+      </c>
+      <c r="JZ20" s="11">
+        <v>6.5451388888888892E-2</v>
+      </c>
+      <c r="KA20" s="11">
+        <v>0.10207175925925926</v>
+      </c>
+      <c r="KB20" s="11">
+        <v>0.50011574074074072</v>
+      </c>
+      <c r="KC20" s="6">
+        <v>3141</v>
+      </c>
+      <c r="KD20" s="14">
+        <v>0.80356574339382358</v>
+      </c>
+      <c r="KE20" s="14">
+        <v>0.14708691499522444</v>
+      </c>
+      <c r="KF20" s="14">
+        <v>3.8841133397007323E-2</v>
+      </c>
+      <c r="KG20" s="14">
+        <v>1.0506208213944603E-2</v>
+      </c>
+      <c r="KH20" s="8">
+        <v>183</v>
+      </c>
+      <c r="KI20" s="6">
+        <v>11</v>
+      </c>
+      <c r="KJ20" s="6">
+        <v>30</v>
+      </c>
+      <c r="KK20" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KL20" s="6"/>
+      <c r="KM20" s="6">
+        <v>135</v>
+      </c>
+      <c r="KN20" s="6">
+        <v>7</v>
+      </c>
+      <c r="KO20" s="6">
+        <v>154</v>
+      </c>
+      <c r="KP20" s="14">
+        <v>0.84153005464480879</v>
+      </c>
+      <c r="KQ20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KR20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KS20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KT20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KU20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KV20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KW20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KX20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KY20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KZ20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LA20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LB20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LC20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LD20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LE20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LF20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LG20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LH20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LI20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LJ20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LK20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LL20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LM20" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LN20" s="6">
+        <v>993</v>
+      </c>
+      <c r="LO20" s="6">
+        <v>735</v>
+      </c>
+      <c r="LP20" s="6">
+        <v>258</v>
+      </c>
+      <c r="LQ20" s="16"/>
+      <c r="LR20" s="6">
+        <v>2907</v>
+      </c>
+      <c r="LS20" s="6">
+        <v>397</v>
+      </c>
+      <c r="LT20" s="17">
+        <v>0.13656690746474029</v>
+      </c>
+      <c r="LU20" s="6">
+        <v>11</v>
+      </c>
+      <c r="LV20" s="17">
+        <v>3.7839697282421739E-3</v>
+      </c>
+      <c r="LW20" s="16"/>
+      <c r="LX20" s="6">
+        <v>784</v>
+      </c>
+      <c r="LY20" s="6">
+        <v>56</v>
+      </c>
+      <c r="LZ20" s="17">
+        <v>7.1428571428571425E-2</v>
+      </c>
+      <c r="MA20" s="6">
+        <v>0</v>
+      </c>
+      <c r="MB20" s="17">
+        <v>0</v>
+      </c>
+      <c r="MC20" s="16"/>
+      <c r="MD20" s="6">
+        <v>3691</v>
+      </c>
+      <c r="ME20" s="6">
+        <v>453</v>
+      </c>
+      <c r="MF20" s="17">
+        <v>0.12273096721755622</v>
+      </c>
+      <c r="MG20" s="6">
+        <v>11</v>
+      </c>
+      <c r="MH20" s="17">
+        <v>2.980222162015714E-3</v>
+      </c>
+      <c r="MI20" s="16"/>
+      <c r="MJ20" s="6">
+        <v>115</v>
+      </c>
+      <c r="MK20" s="6">
+        <v>9</v>
+      </c>
+      <c r="ML20" s="17">
+        <v>7.8260869565217397E-2</v>
+      </c>
+      <c r="MM20" s="6">
+        <v>0</v>
+      </c>
+      <c r="MN20" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO20" s="16"/>
+      <c r="MP20" s="6">
+        <v>46</v>
+      </c>
+      <c r="MQ20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MR20" s="17">
+        <v>2.1739130434782608E-2</v>
+      </c>
+      <c r="MS20" s="6">
+        <v>0</v>
+      </c>
+      <c r="MT20" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU20" s="16"/>
+      <c r="MV20" s="6">
+        <v>120</v>
+      </c>
+      <c r="MW20" s="6">
+        <v>0</v>
+      </c>
+      <c r="MX20" s="17">
+        <v>0</v>
+      </c>
+      <c r="MY20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MZ20" s="17">
+        <v>8.3333333333333332E-3</v>
+      </c>
+      <c r="NA20" s="6">
+        <v>3020</v>
+      </c>
+      <c r="NB20" s="6">
+        <v>4858</v>
+      </c>
+      <c r="NC20" s="18">
+        <v>0.62165500205846025</v>
+      </c>
+      <c r="ND20" s="6">
+        <v>3364</v>
+      </c>
+      <c r="NE20" s="6">
+        <v>3284</v>
+      </c>
+      <c r="NF20" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NG20" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="NH20" s="6">
+        <v>79</v>
+      </c>
+      <c r="NI20" s="18">
+        <v>0.11753681392235608</v>
+      </c>
+      <c r="NJ20" s="6">
+        <v>439</v>
+      </c>
+      <c r="NK20" s="6">
+        <v>3735</v>
+      </c>
+      <c r="NL20" s="16"/>
+      <c r="NM20" s="18">
+        <v>0.11753681392235608</v>
+      </c>
+      <c r="NN20" s="6">
+        <v>439</v>
+      </c>
+      <c r="NO20" s="6">
+        <v>3735</v>
+      </c>
+      <c r="NP20" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ20" s="6">
+        <v>0</v>
+      </c>
+      <c r="NR20" s="6">
+        <v>0</v>
+      </c>
+      <c r="NS20" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT20" s="6">
+        <v>0</v>
+      </c>
+      <c r="NU20" s="6">
+        <v>0</v>
+      </c>
+      <c r="NV20" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW20" s="6">
+        <v>0</v>
+      </c>
+      <c r="NX20" s="6">
+        <v>0</v>
+      </c>
+      <c r="NY20" s="6">
+        <v>7565.1918869999981</v>
+      </c>
+      <c r="NZ20" s="6">
+        <v>7565.1918869999981</v>
+      </c>
+      <c r="OA20" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OB20" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OC20" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OD20" s="18">
+        <v>0.84230254350736278</v>
+      </c>
+      <c r="OE20" s="6">
+        <v>3146</v>
+      </c>
+      <c r="OF20" s="6">
+        <v>3735</v>
+      </c>
+      <c r="OG20" s="16"/>
+      <c r="OH20" s="18">
+        <v>0.84230254350736278</v>
+      </c>
+      <c r="OI20" s="6">
+        <v>3146</v>
+      </c>
+      <c r="OJ20" s="6">
+        <v>3735</v>
+      </c>
+      <c r="OK20" s="18">
+        <v>0</v>
+      </c>
+      <c r="OL20" s="6">
+        <v>0</v>
+      </c>
+      <c r="OM20" s="6">
+        <v>0</v>
+      </c>
+      <c r="ON20" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO20" s="6">
+        <v>0</v>
+      </c>
+      <c r="OP20" s="6">
+        <v>0</v>
+      </c>
+      <c r="OQ20" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR20" s="6">
+        <v>0</v>
+      </c>
+      <c r="OS20" s="8">
+        <v>0</v>
+      </c>
+      <c r="OT20" s="6">
+        <v>162</v>
+      </c>
+      <c r="OU20" s="6">
+        <v>3364</v>
+      </c>
+      <c r="OV20" s="12">
+        <v>4.8156956004756245E-2</v>
+      </c>
+      <c r="OW20" s="6">
+        <v>69.792455000000004</v>
+      </c>
+      <c r="OX20" s="6">
+        <v>69.792455000000004</v>
+      </c>
+      <c r="OY20" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OZ20" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="PA20" s="6" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="21" spans="1:417" ht="14">
+      <c r="A21" s="47">
+        <v>45901</v>
+      </c>
+      <c r="B21" s="48" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C21" s="22"/>
+      <c r="D21" s="4"/>
+      <c r="E21" s="4"/>
+      <c r="F21" s="4"/>
+      <c r="G21" s="4"/>
+      <c r="H21" s="4"/>
+      <c r="I21" s="4"/>
+      <c r="J21" s="4"/>
+      <c r="K21" s="4"/>
+      <c r="L21" s="4"/>
+      <c r="M21" s="4"/>
+      <c r="N21" s="4"/>
+      <c r="O21" s="4"/>
+      <c r="P21" s="4"/>
+      <c r="Q21" s="4"/>
+      <c r="R21" s="4"/>
+      <c r="S21" s="4"/>
+      <c r="T21" s="4"/>
+      <c r="U21" s="4"/>
+      <c r="V21" s="4"/>
+      <c r="W21" s="4"/>
+      <c r="X21" s="4"/>
+      <c r="Y21" s="4"/>
+      <c r="Z21" s="4"/>
+      <c r="AA21" s="4"/>
+      <c r="AB21" s="4"/>
+      <c r="AC21" s="4"/>
+      <c r="AD21" s="4"/>
+      <c r="AE21" s="4"/>
+      <c r="AF21" s="4"/>
+      <c r="AG21" s="4"/>
+      <c r="AH21" s="4"/>
+      <c r="AI21" s="4"/>
+      <c r="AJ21" s="4"/>
+      <c r="AK21" s="4"/>
+      <c r="AL21" s="4"/>
+      <c r="AM21" s="4"/>
+      <c r="AN21" s="4"/>
+      <c r="AO21" s="4"/>
+      <c r="AP21" s="4"/>
+      <c r="AQ21" s="4"/>
+      <c r="AR21" s="4"/>
+      <c r="AS21" s="4"/>
+      <c r="AT21" s="4"/>
+      <c r="AU21" s="4"/>
+      <c r="AV21" s="4"/>
+      <c r="AW21" s="4"/>
+      <c r="AX21" s="4"/>
+      <c r="AY21" s="4"/>
+      <c r="AZ21" s="4"/>
+      <c r="BA21" s="4"/>
+      <c r="BB21" s="4"/>
+      <c r="BC21" s="4"/>
+      <c r="BD21" s="4"/>
+      <c r="BE21" s="4"/>
+      <c r="BF21" s="4"/>
+      <c r="BG21" s="4"/>
+      <c r="BH21" s="4"/>
+      <c r="BI21" s="4"/>
+      <c r="BJ21" s="4"/>
+      <c r="BK21" s="4"/>
+      <c r="BL21" s="4"/>
+      <c r="BM21" s="4"/>
+      <c r="BN21" s="4"/>
+      <c r="BO21" s="4"/>
+      <c r="BP21" s="4"/>
+      <c r="BQ21" s="4"/>
+      <c r="BR21" s="4"/>
+      <c r="BS21" s="4"/>
+      <c r="BT21" s="4"/>
+      <c r="BU21" s="4"/>
+      <c r="BV21" s="4"/>
+      <c r="BW21" s="4"/>
+      <c r="BX21" s="4"/>
+      <c r="BY21" s="4"/>
+      <c r="BZ21" s="4"/>
+      <c r="CA21" s="4"/>
+      <c r="CB21" s="4"/>
+      <c r="CC21" s="4"/>
+      <c r="CD21" s="4"/>
+      <c r="CE21" s="4"/>
+      <c r="CF21" s="4"/>
+      <c r="CG21" s="4"/>
+      <c r="CH21" s="4"/>
+      <c r="CI21" s="4"/>
+      <c r="CJ21" s="4"/>
+      <c r="CK21" s="4"/>
+      <c r="CL21" s="4"/>
+      <c r="CM21" s="4"/>
+      <c r="CN21" s="4"/>
+      <c r="CO21" s="4"/>
+      <c r="CP21" s="4"/>
+      <c r="CQ21" s="4"/>
+      <c r="CR21" s="4"/>
+      <c r="CS21" s="4"/>
+      <c r="CT21" s="4"/>
+      <c r="CU21" s="4"/>
+      <c r="CV21" s="4"/>
+      <c r="CW21" s="4"/>
+      <c r="CX21" s="4"/>
+      <c r="CY21" s="4"/>
+      <c r="CZ21" s="4"/>
+      <c r="DA21" s="4"/>
+      <c r="DB21" s="4"/>
+      <c r="DC21" s="4"/>
+      <c r="DD21" s="4"/>
+      <c r="DE21" s="4"/>
+      <c r="DF21" s="4"/>
+      <c r="DG21" s="4"/>
+      <c r="DH21" s="4"/>
+      <c r="DI21" s="4"/>
+      <c r="DJ21" s="4"/>
+      <c r="DK21" s="4"/>
+      <c r="DL21" s="4"/>
+      <c r="DM21" s="4"/>
+      <c r="DN21" s="4"/>
+      <c r="DO21" s="4"/>
+      <c r="DP21" s="4"/>
+      <c r="DQ21" s="4"/>
+      <c r="DR21" s="4"/>
+      <c r="DS21" s="4"/>
+      <c r="DT21" s="4"/>
+      <c r="DU21" s="4"/>
+      <c r="DV21" s="4"/>
+      <c r="DW21" s="4"/>
+      <c r="DX21" s="4"/>
+      <c r="DY21" s="4"/>
+      <c r="DZ21" s="4"/>
+      <c r="EA21" s="4"/>
+      <c r="EB21" s="4">
+        <v>33</v>
+      </c>
+      <c r="EC21" s="4">
+        <v>355</v>
+      </c>
+      <c r="ED21" s="6">
+        <v>4792</v>
+      </c>
+      <c r="EE21" s="7">
+        <v>7.4081803005008343E-2</v>
+      </c>
+      <c r="EF21" s="19"/>
+      <c r="EG21" s="19"/>
+      <c r="EH21" s="19"/>
+      <c r="EI21" s="19"/>
+      <c r="EJ21" s="19"/>
+      <c r="EK21" s="19"/>
+      <c r="EL21" s="19"/>
+      <c r="EM21" s="19"/>
+      <c r="EN21" s="8">
+        <v>4792</v>
+      </c>
+      <c r="EO21" s="4">
+        <v>108</v>
+      </c>
+      <c r="EP21" s="4">
+        <v>691</v>
+      </c>
+      <c r="EQ21" s="4">
+        <v>15</v>
+      </c>
+      <c r="ER21" s="4"/>
+      <c r="ES21" s="4">
+        <v>3205</v>
+      </c>
+      <c r="ET21" s="4">
+        <v>773</v>
+      </c>
+      <c r="EU21" s="4">
+        <v>4792</v>
+      </c>
+      <c r="EV21" s="4">
+        <v>243</v>
+      </c>
+      <c r="EW21" s="4">
+        <v>7</v>
+      </c>
+      <c r="EX21" s="4">
+        <v>140</v>
+      </c>
+      <c r="EY21" s="4">
+        <v>37</v>
+      </c>
+      <c r="EZ21" s="4">
+        <v>5</v>
+      </c>
+      <c r="FA21" s="4">
+        <v>54</v>
+      </c>
+      <c r="FB21" s="4">
+        <v>44</v>
+      </c>
+      <c r="FC21" s="4">
+        <v>504</v>
+      </c>
+      <c r="FD21" s="4">
+        <v>7</v>
+      </c>
+      <c r="FE21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FF21" s="4">
+        <v>83</v>
+      </c>
+      <c r="FG21" s="4">
+        <v>377</v>
+      </c>
+      <c r="FH21" s="4">
+        <v>18</v>
+      </c>
+      <c r="FI21" s="4">
+        <v>255</v>
+      </c>
+      <c r="FJ21" s="4">
+        <v>46</v>
+      </c>
+      <c r="FK21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FL21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FM21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FN21" s="4">
+        <v>587</v>
+      </c>
+      <c r="FO21" s="4">
+        <v>27</v>
+      </c>
+      <c r="FP21" s="4">
+        <v>71</v>
+      </c>
+      <c r="FQ21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FR21" s="4">
+        <v>172</v>
+      </c>
+      <c r="FS21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FT21" s="4">
+        <v>179</v>
+      </c>
+      <c r="FU21" s="4">
+        <v>42</v>
+      </c>
+      <c r="FV21" s="4">
+        <v>214</v>
+      </c>
+      <c r="FW21" s="4">
+        <v>364</v>
+      </c>
+      <c r="FX21" s="4">
+        <v>7</v>
+      </c>
+      <c r="FY21" s="4">
+        <v>163</v>
+      </c>
+      <c r="FZ21" s="4">
+        <v>71</v>
+      </c>
+      <c r="GA21" s="4">
+        <v>128</v>
+      </c>
+      <c r="GB21" s="4">
+        <v>218</v>
+      </c>
+      <c r="GC21" s="4">
+        <v>57</v>
+      </c>
+      <c r="GD21" s="4">
+        <v>166</v>
+      </c>
+      <c r="GE21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GF21" s="4">
+        <v>40</v>
+      </c>
+      <c r="GG21" s="4">
+        <v>34</v>
+      </c>
+      <c r="GH21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GI21" s="6">
+        <v>10</v>
+      </c>
+      <c r="GJ21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GK21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GL21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GM21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GN21" s="4">
+        <v>0</v>
+      </c>
+      <c r="GO21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GP21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GQ21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GR21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GS21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GT21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GU21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GV21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GW21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GX21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GY21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GZ21" s="4">
+        <v>0</v>
+      </c>
+      <c r="HA21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HB21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HC21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HD21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HE21" s="4">
+        <v>0</v>
+      </c>
+      <c r="HF21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HG21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HH21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HI21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HJ21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HK21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HL21" s="4">
+        <v>0</v>
+      </c>
+      <c r="HM21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HN21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HO21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HP21" s="4">
+        <v>0</v>
+      </c>
+      <c r="HQ21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HR21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HS21" s="4">
+        <v>0</v>
+      </c>
+      <c r="HT21" s="4">
+        <v>0</v>
+      </c>
+      <c r="HU21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HV21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HW21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HX21" s="4">
+        <v>108</v>
+      </c>
+      <c r="HY21" s="4">
+        <v>27</v>
+      </c>
+      <c r="HZ21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IA21" s="4">
+        <v>0</v>
+      </c>
+      <c r="IB21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IC21" s="4">
+        <v>17</v>
+      </c>
+      <c r="ID21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IE21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IF21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IG21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IH21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="II21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IJ21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IK21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IL21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM21" s="6">
+        <v>0</v>
+      </c>
+      <c r="IN21" s="4">
+        <v>130</v>
+      </c>
+      <c r="IO21" s="4">
+        <v>33</v>
+      </c>
+      <c r="IP21" s="4">
+        <v>47</v>
+      </c>
+      <c r="IQ21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IR21" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IS21" s="4">
+        <v>20</v>
+      </c>
+      <c r="IT21" s="4">
+        <v>107</v>
+      </c>
+      <c r="IU21" s="20">
+        <v>1.1168981481481481E-3</v>
+      </c>
+      <c r="IV21" s="10">
+        <v>3.0960648148148149E-3</v>
+      </c>
+      <c r="IW21" s="4">
+        <v>238</v>
+      </c>
+      <c r="IX21" s="20">
+        <v>2.8935185185185184E-4</v>
+      </c>
+      <c r="IY21" s="10">
+        <v>2.5694444444444445E-3</v>
+      </c>
+      <c r="IZ21" s="4">
+        <v>1003</v>
+      </c>
+      <c r="JA21" s="12">
+        <v>0.20930717863105175</v>
+      </c>
+      <c r="JB21" s="16"/>
+      <c r="JC21" s="6">
+        <v>126</v>
+      </c>
+      <c r="JD21" s="8">
+        <v>1003</v>
+      </c>
+      <c r="JE21" s="12">
+        <v>0.12562313060817548</v>
+      </c>
+      <c r="JF21" s="16"/>
+      <c r="JG21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH21" s="6">
+        <v>384</v>
+      </c>
+      <c r="JI21" s="12">
+        <v>5.208333333333333E-3</v>
+      </c>
+      <c r="JJ21" s="4">
+        <v>107</v>
+      </c>
+      <c r="JK21" s="11">
+        <v>9.4907407407407408E-4</v>
+      </c>
+      <c r="JL21" s="11">
+        <v>5.0635416666666667E-3</v>
+      </c>
+      <c r="JM21" s="11">
+        <v>1.0445833333333333E-2</v>
+      </c>
+      <c r="JN21" s="4">
+        <v>685</v>
+      </c>
+      <c r="JO21" s="11">
+        <v>5.7986111111111112E-3</v>
+      </c>
+      <c r="JP21" s="11">
+        <v>1.1833472222222221E-2</v>
+      </c>
+      <c r="JQ21" s="49"/>
+      <c r="JR21" s="49"/>
+      <c r="JS21" s="49"/>
+      <c r="JT21" s="49"/>
+      <c r="JU21" s="4">
+        <v>1915</v>
+      </c>
+      <c r="JV21" s="11">
+        <v>5.395833333333333E-2</v>
+      </c>
+      <c r="JW21" s="11">
+        <v>7.7604166666666669E-2</v>
+      </c>
+      <c r="JX21" s="11">
+        <v>0.2114236111111111</v>
+      </c>
+      <c r="JY21" s="4">
+        <v>85</v>
+      </c>
+      <c r="JZ21" s="11">
+        <v>6.8240740740740741E-2</v>
+      </c>
+      <c r="KA21" s="11">
+        <v>8.8749999999999996E-2</v>
+      </c>
+      <c r="KB21" s="11">
+        <v>0.39155092592592594</v>
+      </c>
+      <c r="KC21" s="6">
+        <v>1761</v>
+      </c>
+      <c r="KD21" s="14">
+        <v>0.85292447473026689</v>
+      </c>
+      <c r="KE21" s="14">
+        <v>0.13458262350936967</v>
+      </c>
+      <c r="KF21" s="14">
+        <v>9.6536059057353782E-3</v>
+      </c>
+      <c r="KG21" s="14">
+        <v>2.8392958546280523E-3</v>
+      </c>
+      <c r="KH21" s="8">
+        <v>77</v>
+      </c>
+      <c r="KI21" s="6">
+        <v>6</v>
+      </c>
+      <c r="KJ21" s="6">
+        <v>34</v>
+      </c>
+      <c r="KK21" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KL21" s="6"/>
+      <c r="KM21" s="6">
+        <v>35</v>
+      </c>
+      <c r="KN21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KO21" s="6">
+        <v>54</v>
+      </c>
+      <c r="KP21" s="14">
+        <v>0.70129870129870131</v>
+      </c>
+      <c r="KQ21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KR21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KS21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KT21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KU21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KV21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KW21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KX21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KY21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KZ21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LA21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LB21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LC21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LD21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LE21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LF21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LG21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LH21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LI21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LJ21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LK21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LL21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LM21" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LN21" s="6">
+        <v>562</v>
+      </c>
+      <c r="LO21" s="6">
+        <v>385</v>
+      </c>
+      <c r="LP21" s="6">
+        <v>177</v>
+      </c>
+      <c r="LQ21" s="16"/>
+      <c r="LR21" s="6">
+        <v>1483</v>
+      </c>
+      <c r="LS21" s="6">
+        <v>162</v>
+      </c>
+      <c r="LT21" s="17">
+        <v>0.10923803101820634</v>
+      </c>
+      <c r="LU21" s="6">
+        <v>6</v>
+      </c>
+      <c r="LV21" s="17">
+        <v>4.045853000674309E-3</v>
+      </c>
+      <c r="LW21" s="16"/>
+      <c r="LX21" s="6">
+        <v>432</v>
+      </c>
+      <c r="LY21" s="6">
+        <v>28</v>
+      </c>
+      <c r="LZ21" s="17">
+        <v>6.4814814814814811E-2</v>
+      </c>
+      <c r="MA21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB21" s="17">
+        <v>2.3148148148148147E-3</v>
+      </c>
+      <c r="MC21" s="16"/>
+      <c r="MD21" s="6">
+        <v>1915</v>
+      </c>
+      <c r="ME21" s="6">
+        <v>190</v>
+      </c>
+      <c r="MF21" s="17">
+        <v>9.921671018276762E-2</v>
+      </c>
+      <c r="MG21" s="6">
+        <v>7</v>
+      </c>
+      <c r="MH21" s="17">
+        <v>3.6553524804177544E-3</v>
+      </c>
+      <c r="MI21" s="16"/>
+      <c r="MJ21" s="6">
+        <v>52</v>
+      </c>
+      <c r="MK21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ML21" s="17">
+        <v>7.6923076923076927E-2</v>
+      </c>
+      <c r="MM21" s="6">
+        <v>0</v>
+      </c>
+      <c r="MN21" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO21" s="16"/>
+      <c r="MP21" s="6">
+        <v>33</v>
+      </c>
+      <c r="MQ21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MR21" s="17">
+        <v>9.0909090909090912E-2</v>
+      </c>
+      <c r="MS21" s="6">
+        <v>0</v>
+      </c>
+      <c r="MT21" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU21" s="16"/>
+      <c r="MV21" s="6">
+        <v>170</v>
+      </c>
+      <c r="MW21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MX21" s="17">
+        <v>5.8823529411764705E-3</v>
+      </c>
+      <c r="MY21" s="6">
+        <v>0</v>
+      </c>
+      <c r="MZ21" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA21" s="6">
+        <v>1667</v>
+      </c>
+      <c r="NB21" s="6">
+        <v>2720</v>
+      </c>
+      <c r="NC21" s="18">
+        <v>0.61286764705882357</v>
+      </c>
+      <c r="ND21" s="6">
+        <v>1882</v>
+      </c>
+      <c r="NE21" s="6">
+        <v>1666</v>
+      </c>
+      <c r="NF21" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NG21" s="6">
+        <v>188</v>
+      </c>
+      <c r="NH21" s="6">
+        <v>25</v>
+      </c>
+      <c r="NI21" s="18">
+        <v>0.25138121546961328</v>
+      </c>
+      <c r="NJ21" s="6">
+        <v>364</v>
+      </c>
+      <c r="NK21" s="6">
+        <v>1448</v>
+      </c>
+      <c r="NL21" s="16"/>
+      <c r="NM21" s="18">
+        <v>0.25138121546961328</v>
+      </c>
+      <c r="NN21" s="6">
+        <v>364</v>
+      </c>
+      <c r="NO21" s="6">
+        <v>1448</v>
+      </c>
+      <c r="NP21" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ21" s="6">
+        <v>0</v>
+      </c>
+      <c r="NR21" s="6">
+        <v>0</v>
+      </c>
+      <c r="NS21" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT21" s="6">
+        <v>0</v>
+      </c>
+      <c r="NU21" s="6">
+        <v>0</v>
+      </c>
+      <c r="NV21" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW21" s="6">
+        <v>0</v>
+      </c>
+      <c r="NX21" s="6">
+        <v>0</v>
+      </c>
+      <c r="NY21" s="6">
+        <v>268.11441199999996</v>
+      </c>
+      <c r="NZ21" s="6">
+        <v>268.11441199999996</v>
+      </c>
+      <c r="OA21" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OB21" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OC21" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OD21" s="18">
+        <v>0.79696132596685088</v>
+      </c>
+      <c r="OE21" s="6">
+        <v>1154</v>
+      </c>
+      <c r="OF21" s="6">
+        <v>1448</v>
+      </c>
+      <c r="OG21" s="16"/>
+      <c r="OH21" s="18">
+        <v>0.79696132596685088</v>
+      </c>
+      <c r="OI21" s="6">
+        <v>1154</v>
+      </c>
+      <c r="OJ21" s="6">
+        <v>1448</v>
+      </c>
+      <c r="OK21" s="18">
+        <v>0</v>
+      </c>
+      <c r="OL21" s="6">
+        <v>0</v>
+      </c>
+      <c r="OM21" s="6">
+        <v>0</v>
+      </c>
+      <c r="ON21" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO21" s="6">
+        <v>0</v>
+      </c>
+      <c r="OP21" s="6">
+        <v>0</v>
+      </c>
+      <c r="OQ21" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR21" s="6">
+        <v>0</v>
+      </c>
+      <c r="OS21" s="8">
+        <v>0</v>
+      </c>
+      <c r="OT21" s="6">
+        <v>119</v>
+      </c>
+      <c r="OU21" s="6">
+        <v>1882</v>
+      </c>
+      <c r="OV21" s="12">
+        <v>6.3230605738575987E-2</v>
+      </c>
+      <c r="OW21" s="6">
+        <v>30.903314999999996</v>
+      </c>
+      <c r="OX21" s="6">
+        <v>30.903314999999996</v>
+      </c>
+      <c r="OY21" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OZ21" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="PA21" s="6" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="22" spans="1:417" ht="14">
+      <c r="A22" s="47">
+        <v>45901</v>
+      </c>
+      <c r="B22" s="48" t="s">
+        <v>5</v>
+      </c>
+      <c r="C22" s="22"/>
+      <c r="D22" s="4"/>
+      <c r="E22" s="4"/>
+      <c r="F22" s="4"/>
+      <c r="G22" s="4"/>
+      <c r="H22" s="4"/>
+      <c r="I22" s="4"/>
+      <c r="J22" s="4"/>
+      <c r="K22" s="4"/>
+      <c r="L22" s="4"/>
+      <c r="M22" s="4"/>
+      <c r="N22" s="4"/>
+      <c r="O22" s="4"/>
+      <c r="P22" s="4"/>
+      <c r="Q22" s="4"/>
+      <c r="R22" s="4"/>
+      <c r="S22" s="4"/>
+      <c r="T22" s="4"/>
+      <c r="U22" s="4"/>
+      <c r="V22" s="4"/>
+      <c r="W22" s="4"/>
+      <c r="X22" s="4"/>
+      <c r="Y22" s="4"/>
+      <c r="Z22" s="4"/>
+      <c r="AA22" s="4"/>
+      <c r="AB22" s="4"/>
+      <c r="AC22" s="4"/>
+      <c r="AD22" s="4"/>
+      <c r="AE22" s="4"/>
+      <c r="AF22" s="4"/>
+      <c r="AG22" s="4"/>
+      <c r="AH22" s="4"/>
+      <c r="AI22" s="4"/>
+      <c r="AJ22" s="4"/>
+      <c r="AK22" s="4"/>
+      <c r="AL22" s="4"/>
+      <c r="AM22" s="4"/>
+      <c r="AN22" s="4"/>
+      <c r="AO22" s="4"/>
+      <c r="AP22" s="4"/>
+      <c r="AQ22" s="4"/>
+      <c r="AR22" s="4"/>
+      <c r="AS22" s="4"/>
+      <c r="AT22" s="4"/>
+      <c r="AU22" s="4"/>
+      <c r="AV22" s="4"/>
+      <c r="AW22" s="4"/>
+      <c r="AX22" s="4"/>
+      <c r="AY22" s="4"/>
+      <c r="AZ22" s="4"/>
+      <c r="BA22" s="4"/>
+      <c r="BB22" s="4"/>
+      <c r="BC22" s="4"/>
+      <c r="BD22" s="4"/>
+      <c r="BE22" s="4"/>
+      <c r="BF22" s="4"/>
+      <c r="BG22" s="4"/>
+      <c r="BH22" s="4"/>
+      <c r="BI22" s="4"/>
+      <c r="BJ22" s="4"/>
+      <c r="BK22" s="4"/>
+      <c r="BL22" s="4"/>
+      <c r="BM22" s="4"/>
+      <c r="BN22" s="4"/>
+      <c r="BO22" s="4"/>
+      <c r="BP22" s="4"/>
+      <c r="BQ22" s="4"/>
+      <c r="BR22" s="4"/>
+      <c r="BS22" s="4"/>
+      <c r="BT22" s="4"/>
+      <c r="BU22" s="4"/>
+      <c r="BV22" s="4"/>
+      <c r="BW22" s="4"/>
+      <c r="BX22" s="4"/>
+      <c r="BY22" s="4"/>
+      <c r="BZ22" s="4"/>
+      <c r="CA22" s="4"/>
+      <c r="CB22" s="4"/>
+      <c r="CC22" s="4"/>
+      <c r="CD22" s="4"/>
+      <c r="CE22" s="4"/>
+      <c r="CF22" s="4"/>
+      <c r="CG22" s="4"/>
+      <c r="CH22" s="4"/>
+      <c r="CI22" s="4"/>
+      <c r="CJ22" s="4"/>
+      <c r="CK22" s="4"/>
+      <c r="CL22" s="4"/>
+      <c r="CM22" s="4"/>
+      <c r="CN22" s="4"/>
+      <c r="CO22" s="4"/>
+      <c r="CP22" s="4"/>
+      <c r="CQ22" s="4"/>
+      <c r="CR22" s="4"/>
+      <c r="CS22" s="4"/>
+      <c r="CT22" s="4"/>
+      <c r="CU22" s="4"/>
+      <c r="CV22" s="4"/>
+      <c r="CW22" s="4"/>
+      <c r="CX22" s="4"/>
+      <c r="CY22" s="4"/>
+      <c r="CZ22" s="4"/>
+      <c r="DA22" s="4"/>
+      <c r="DB22" s="4"/>
+      <c r="DC22" s="4"/>
+      <c r="DD22" s="4"/>
+      <c r="DE22" s="4"/>
+      <c r="DF22" s="4"/>
+      <c r="DG22" s="4"/>
+      <c r="DH22" s="4"/>
+      <c r="DI22" s="4"/>
+      <c r="DJ22" s="4"/>
+      <c r="DK22" s="4"/>
+      <c r="DL22" s="4"/>
+      <c r="DM22" s="4"/>
+      <c r="DN22" s="4"/>
+      <c r="DO22" s="4"/>
+      <c r="DP22" s="4"/>
+      <c r="DQ22" s="4"/>
+      <c r="DR22" s="4"/>
+      <c r="DS22" s="4"/>
+      <c r="DT22" s="4"/>
+      <c r="DU22" s="4"/>
+      <c r="DV22" s="4"/>
+      <c r="DW22" s="4"/>
+      <c r="DX22" s="4"/>
+      <c r="DY22" s="4"/>
+      <c r="DZ22" s="4"/>
+      <c r="EA22" s="4"/>
+      <c r="EB22" s="4">
+        <v>44</v>
+      </c>
+      <c r="EC22" s="4">
+        <v>439</v>
+      </c>
+      <c r="ED22" s="6">
+        <v>4363</v>
+      </c>
+      <c r="EE22" s="7">
+        <v>0.1006188402475361</v>
+      </c>
+      <c r="EF22" s="19"/>
+      <c r="EG22" s="19"/>
+      <c r="EH22" s="19"/>
+      <c r="EI22" s="19"/>
+      <c r="EJ22" s="19"/>
+      <c r="EK22" s="19"/>
+      <c r="EL22" s="19"/>
+      <c r="EM22" s="19"/>
+      <c r="EN22" s="8">
+        <v>4363</v>
+      </c>
+      <c r="EO22" s="4">
+        <v>90</v>
+      </c>
+      <c r="EP22" s="4">
+        <v>625</v>
+      </c>
+      <c r="EQ22" s="4">
+        <v>7</v>
+      </c>
+      <c r="ER22" s="4"/>
+      <c r="ES22" s="4">
+        <v>2946</v>
+      </c>
+      <c r="ET22" s="4">
+        <v>695</v>
+      </c>
+      <c r="EU22" s="4">
+        <v>4363</v>
+      </c>
+      <c r="EV22" s="4">
+        <v>149</v>
+      </c>
+      <c r="EW22" s="4">
+        <v>9</v>
+      </c>
+      <c r="EX22" s="4">
+        <v>132</v>
+      </c>
+      <c r="EY22" s="4">
+        <v>33</v>
+      </c>
+      <c r="EZ22" s="4">
+        <v>6</v>
+      </c>
+      <c r="FA22" s="4">
+        <v>14</v>
+      </c>
+      <c r="FB22" s="4">
+        <v>52</v>
+      </c>
+      <c r="FC22" s="4">
+        <v>499</v>
+      </c>
+      <c r="FD22" s="4">
+        <v>6</v>
+      </c>
+      <c r="FE22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FF22" s="4">
+        <v>68</v>
+      </c>
+      <c r="FG22" s="4">
+        <v>332</v>
+      </c>
+      <c r="FH22" s="4">
+        <v>10</v>
+      </c>
+      <c r="FI22" s="4">
+        <v>191</v>
+      </c>
+      <c r="FJ22" s="4">
+        <v>34</v>
+      </c>
+      <c r="FK22" s="4">
+        <v>2</v>
+      </c>
+      <c r="FL22" s="4">
+        <v>0</v>
+      </c>
+      <c r="FM22" s="4">
+        <v>7</v>
+      </c>
+      <c r="FN22" s="4">
+        <v>606</v>
+      </c>
+      <c r="FO22" s="4">
+        <v>15</v>
+      </c>
+      <c r="FP22" s="4">
+        <v>35</v>
+      </c>
+      <c r="FQ22" s="4">
+        <v>0</v>
+      </c>
+      <c r="FR22" s="4">
+        <v>151</v>
+      </c>
+      <c r="FS22" s="4">
+        <v>0</v>
+      </c>
+      <c r="FT22" s="4">
+        <v>159</v>
+      </c>
+      <c r="FU22" s="4">
+        <v>23</v>
+      </c>
+      <c r="FV22" s="4">
+        <v>196</v>
+      </c>
+      <c r="FW22" s="4">
+        <v>342</v>
+      </c>
+      <c r="FX22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FY22" s="4">
+        <v>139</v>
+      </c>
+      <c r="FZ22" s="4">
+        <v>59</v>
+      </c>
+      <c r="GA22" s="4">
+        <v>98</v>
+      </c>
+      <c r="GB22" s="4">
+        <v>165</v>
+      </c>
+      <c r="GC22" s="4">
+        <v>42</v>
+      </c>
+      <c r="GD22" s="4">
+        <v>119</v>
+      </c>
+      <c r="GE22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GF22" s="4">
+        <v>178</v>
+      </c>
+      <c r="GG22" s="4">
+        <v>80</v>
+      </c>
+      <c r="GH22" s="4">
+        <v>0</v>
+      </c>
+      <c r="GI22" s="6">
+        <v>6</v>
+      </c>
+      <c r="GJ22" s="4">
+        <v>0</v>
+      </c>
+      <c r="GK22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GL22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GM22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GN22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GO22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GP22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GQ22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GR22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GS22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GT22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GU22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GV22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GW22" s="4">
+        <v>6</v>
+      </c>
+      <c r="GX22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GY22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GZ22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HA22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HB22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HC22" s="4">
+        <v>0</v>
+      </c>
+      <c r="HD22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HE22" s="4">
+        <v>0</v>
+      </c>
+      <c r="HF22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HG22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HH22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HI22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HJ22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HK22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HL22" s="4">
+        <v>0</v>
+      </c>
+      <c r="HM22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HN22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HO22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HP22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HQ22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HR22" s="4">
+        <v>0</v>
+      </c>
+      <c r="HS22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HT22" s="4">
+        <v>7</v>
+      </c>
+      <c r="HU22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HV22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HW22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HX22" s="4">
+        <v>124</v>
+      </c>
+      <c r="HY22" s="4">
+        <v>13</v>
+      </c>
+      <c r="HZ22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IA22" s="4">
+        <v>0</v>
+      </c>
+      <c r="IB22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IC22" s="4">
+        <v>13</v>
+      </c>
+      <c r="ID22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IE22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IF22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IG22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IH22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="II22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IJ22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IK22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IL22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM22" s="6">
+        <v>0</v>
+      </c>
+      <c r="IN22" s="4">
+        <v>137</v>
+      </c>
+      <c r="IO22" s="4">
+        <v>31</v>
+      </c>
+      <c r="IP22" s="4">
+        <v>29</v>
+      </c>
+      <c r="IQ22" s="4">
+        <v>5</v>
+      </c>
+      <c r="IR22" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IS22" s="4">
+        <v>15</v>
+      </c>
+      <c r="IT22" s="4">
+        <v>90</v>
+      </c>
+      <c r="IU22" s="20">
+        <v>1.3425925925925925E-3</v>
+      </c>
+      <c r="IV22" s="10">
+        <v>3.1250000000000002E-3</v>
+      </c>
+      <c r="IW22" s="4">
+        <v>228</v>
+      </c>
+      <c r="IX22" s="20">
+        <v>3.4143518518518518E-4</v>
+      </c>
+      <c r="IY22" s="10">
+        <v>2.4479166666666668E-3</v>
+      </c>
+      <c r="IZ22" s="4">
+        <v>784</v>
+      </c>
+      <c r="JA22" s="12">
+        <v>0.17969287187714875</v>
+      </c>
+      <c r="JB22" s="16"/>
+      <c r="JC22" s="6">
+        <v>139</v>
+      </c>
+      <c r="JD22" s="8">
+        <v>784</v>
+      </c>
+      <c r="JE22" s="12">
+        <v>0.17729591836734693</v>
+      </c>
+      <c r="JF22" s="16"/>
+      <c r="JG22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH22" s="6">
+        <v>229</v>
+      </c>
+      <c r="JI22" s="12">
+        <v>4.3668122270742356E-3</v>
+      </c>
+      <c r="JJ22" s="4">
+        <v>90</v>
+      </c>
+      <c r="JK22" s="11">
+        <v>4.1550925925925922E-3</v>
+      </c>
+      <c r="JL22" s="11">
+        <v>6.1920138888888884E-3</v>
+      </c>
+      <c r="JM22" s="11">
+        <v>1.0973472222222223E-2</v>
+      </c>
+      <c r="JN22" s="4">
+        <v>625</v>
+      </c>
+      <c r="JO22" s="11">
+        <v>6.0645833333333333E-3</v>
+      </c>
+      <c r="JP22" s="11">
+        <v>1.4677083333333334E-2</v>
+      </c>
+      <c r="JQ22" s="49"/>
+      <c r="JR22" s="49"/>
+      <c r="JS22" s="49"/>
+      <c r="JT22" s="49"/>
+      <c r="JU22" s="4">
+        <v>1877</v>
+      </c>
+      <c r="JV22" s="11">
+        <v>5.5092592592592596E-2</v>
+      </c>
+      <c r="JW22" s="11">
+        <v>7.902777777777778E-2</v>
+      </c>
+      <c r="JX22" s="11">
+        <v>0.20836805555555554</v>
+      </c>
+      <c r="JY22" s="4">
+        <v>91</v>
+      </c>
+      <c r="JZ22" s="11">
+        <v>5.4004629629629632E-2</v>
+      </c>
+      <c r="KA22" s="11">
+        <v>9.6909722222222217E-2</v>
+      </c>
+      <c r="KB22" s="11">
+        <v>0.31430555555555556</v>
+      </c>
+      <c r="KC22" s="6">
+        <v>1764</v>
+      </c>
+      <c r="KD22" s="14">
+        <v>0.89455782312925169</v>
+      </c>
+      <c r="KE22" s="14">
+        <v>9.4671201814058956E-2</v>
+      </c>
+      <c r="KF22" s="14">
+        <v>9.6371882086167798E-3</v>
+      </c>
+      <c r="KG22" s="14">
+        <v>1.1337868480725624E-3</v>
+      </c>
+      <c r="KH22" s="8">
+        <v>80</v>
+      </c>
+      <c r="KI22" s="6">
+        <v>8</v>
+      </c>
+      <c r="KJ22" s="6">
+        <v>28</v>
+      </c>
+      <c r="KK22" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KL22" s="6"/>
+      <c r="KM22" s="6">
+        <v>43</v>
+      </c>
+      <c r="KN22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KO22" s="6">
+        <v>67</v>
+      </c>
+      <c r="KP22" s="14">
+        <v>0.83750000000000002</v>
+      </c>
+      <c r="KQ22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KR22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KS22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KT22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KU22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KV22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KW22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KX22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KY22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KZ22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LA22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LB22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LC22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LD22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LE22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LF22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LG22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LH22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LI22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LJ22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LK22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LL22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LM22" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LN22" s="6">
+        <v>356</v>
+      </c>
+      <c r="LO22" s="6">
+        <v>229</v>
+      </c>
+      <c r="LP22" s="6">
+        <v>127</v>
+      </c>
+      <c r="LQ22" s="16"/>
+      <c r="LR22" s="6">
+        <v>1451</v>
+      </c>
+      <c r="LS22" s="6">
+        <v>231</v>
+      </c>
+      <c r="LT22" s="17">
+        <v>0.15920055134390076</v>
+      </c>
+      <c r="LU22" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="LV22" s="17">
+        <v>2.7567195037904893E-3</v>
+      </c>
+      <c r="LW22" s="16"/>
+      <c r="LX22" s="6">
+        <v>426</v>
+      </c>
+      <c r="LY22" s="6">
+        <v>35</v>
+      </c>
+      <c r="LZ22" s="17">
+        <v>8.2159624413145546E-2</v>
+      </c>
+      <c r="MA22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB22" s="17">
+        <v>2.3474178403755869E-3</v>
+      </c>
+      <c r="MC22" s="16"/>
+      <c r="MD22" s="6">
+        <v>1877</v>
+      </c>
+      <c r="ME22" s="6">
+        <v>266</v>
+      </c>
+      <c r="MF22" s="17">
+        <v>0.14171550346297282</v>
+      </c>
+      <c r="MG22" s="6">
+        <v>5</v>
+      </c>
+      <c r="MH22" s="17">
+        <v>2.6638252530633991E-3</v>
+      </c>
+      <c r="MI22" s="16"/>
+      <c r="MJ22" s="6">
+        <v>56</v>
+      </c>
+      <c r="MK22" s="6">
+        <v>5</v>
+      </c>
+      <c r="ML22" s="17">
+        <v>8.9285714285714288E-2</v>
+      </c>
+      <c r="MM22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MN22" s="17">
+        <v>1.7857142857142856E-2</v>
+      </c>
+      <c r="MO22" s="16"/>
+      <c r="MP22" s="6">
+        <v>35</v>
+      </c>
+      <c r="MQ22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MR22" s="17">
+        <v>0.11428571428571428</v>
+      </c>
+      <c r="MS22" s="6">
+        <v>0</v>
+      </c>
+      <c r="MT22" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU22" s="16"/>
+      <c r="MV22" s="6">
+        <v>168</v>
+      </c>
+      <c r="MW22" s="6">
+        <v>17</v>
+      </c>
+      <c r="MX22" s="17">
+        <v>0.10119047619047619</v>
+      </c>
+      <c r="MY22" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MZ22" s="17">
+        <v>5.9523809523809521E-3</v>
+      </c>
+      <c r="NA22" s="6">
+        <v>1719</v>
+      </c>
+      <c r="NB22" s="6">
+        <v>2482</v>
+      </c>
+      <c r="NC22" s="18">
+        <v>0.69258662369057211</v>
+      </c>
+      <c r="ND22" s="6">
+        <v>2061</v>
+      </c>
+      <c r="NE22" s="6">
+        <v>2041</v>
+      </c>
+      <c r="NF22" s="6">
+        <v>6</v>
+      </c>
+      <c r="NG22" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="NH22" s="6">
+        <v>14</v>
+      </c>
+      <c r="NI22" s="18">
+        <v>0.52087912087912092</v>
+      </c>
+      <c r="NJ22" s="6">
+        <v>948</v>
+      </c>
+      <c r="NK22" s="6">
+        <v>1820</v>
+      </c>
+      <c r="NL22" s="16"/>
+      <c r="NM22" s="18">
+        <v>0.52087912087912092</v>
+      </c>
+      <c r="NN22" s="6">
+        <v>948</v>
+      </c>
+      <c r="NO22" s="6">
+        <v>1820</v>
+      </c>
+      <c r="NP22" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ22" s="6">
+        <v>0</v>
+      </c>
+      <c r="NR22" s="6">
+        <v>0</v>
+      </c>
+      <c r="NS22" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT22" s="6">
+        <v>0</v>
+      </c>
+      <c r="NU22" s="6">
+        <v>0</v>
+      </c>
+      <c r="NV22" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW22" s="6">
+        <v>0</v>
+      </c>
+      <c r="NX22" s="6">
+        <v>0</v>
+      </c>
+      <c r="NY22" s="6">
+        <v>582.96161899999993</v>
+      </c>
+      <c r="NZ22" s="6">
+        <v>582.96161899999993</v>
+      </c>
+      <c r="OA22" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OB22" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OC22" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OD22" s="18">
+        <v>0.75274725274725274</v>
+      </c>
+      <c r="OE22" s="6">
+        <v>1370</v>
+      </c>
+      <c r="OF22" s="6">
+        <v>1820</v>
+      </c>
+      <c r="OG22" s="16"/>
+      <c r="OH22" s="18">
+        <v>0.75274725274725274</v>
+      </c>
+      <c r="OI22" s="6">
+        <v>1370</v>
+      </c>
+      <c r="OJ22" s="6">
+        <v>1820</v>
+      </c>
+      <c r="OK22" s="18">
+        <v>0</v>
+      </c>
+      <c r="OL22" s="6">
+        <v>0</v>
+      </c>
+      <c r="OM22" s="6">
+        <v>0</v>
+      </c>
+      <c r="ON22" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO22" s="6">
+        <v>0</v>
+      </c>
+      <c r="OP22" s="6">
+        <v>0</v>
+      </c>
+      <c r="OQ22" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR22" s="6">
+        <v>0</v>
+      </c>
+      <c r="OS22" s="8">
+        <v>0</v>
+      </c>
+      <c r="OT22" s="6">
+        <v>144</v>
+      </c>
+      <c r="OU22" s="6">
+        <v>2061</v>
+      </c>
+      <c r="OV22" s="12">
+        <v>6.9868995633187769E-2</v>
+      </c>
+      <c r="OW22" s="6">
+        <v>45.799399999999977</v>
+      </c>
+      <c r="OX22" s="6">
+        <v>45.799399999999977</v>
+      </c>
+      <c r="OY22" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OZ22" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="PA22" s="6" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="23" spans="1:417" ht="14">
+      <c r="A23" s="47">
+        <v>45901</v>
+      </c>
+      <c r="B23" s="48" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" s="22"/>
+      <c r="D23" s="4"/>
+      <c r="E23" s="4"/>
+      <c r="F23" s="4"/>
+      <c r="G23" s="4"/>
+      <c r="H23" s="4"/>
+      <c r="I23" s="4"/>
+      <c r="J23" s="4"/>
+      <c r="K23" s="4"/>
+      <c r="L23" s="4"/>
+      <c r="M23" s="4"/>
+      <c r="N23" s="4"/>
+      <c r="O23" s="4"/>
+      <c r="P23" s="4"/>
+      <c r="Q23" s="4"/>
+      <c r="R23" s="4"/>
+      <c r="S23" s="4"/>
+      <c r="T23" s="4"/>
+      <c r="U23" s="4"/>
+      <c r="V23" s="4"/>
+      <c r="W23" s="4"/>
+      <c r="X23" s="4"/>
+      <c r="Y23" s="4"/>
+      <c r="Z23" s="4"/>
+      <c r="AA23" s="4"/>
+      <c r="AB23" s="4"/>
+      <c r="AC23" s="4"/>
+      <c r="AD23" s="4"/>
+      <c r="AE23" s="4"/>
+      <c r="AF23" s="4"/>
+      <c r="AG23" s="4"/>
+      <c r="AH23" s="4"/>
+      <c r="AI23" s="4"/>
+      <c r="AJ23" s="4"/>
+      <c r="AK23" s="4"/>
+      <c r="AL23" s="4"/>
+      <c r="AM23" s="4"/>
+      <c r="AN23" s="4"/>
+      <c r="AO23" s="4"/>
+      <c r="AP23" s="4"/>
+      <c r="AQ23" s="4"/>
+      <c r="AR23" s="4"/>
+      <c r="AS23" s="4"/>
+      <c r="AT23" s="4"/>
+      <c r="AU23" s="4"/>
+      <c r="AV23" s="4"/>
+      <c r="AW23" s="4"/>
+      <c r="AX23" s="4"/>
+      <c r="AY23" s="4"/>
+      <c r="AZ23" s="4"/>
+      <c r="BA23" s="4"/>
+      <c r="BB23" s="4"/>
+      <c r="BC23" s="4"/>
+      <c r="BD23" s="4"/>
+      <c r="BE23" s="4"/>
+      <c r="BF23" s="4"/>
+      <c r="BG23" s="4"/>
+      <c r="BH23" s="4"/>
+      <c r="BI23" s="4"/>
+      <c r="BJ23" s="4"/>
+      <c r="BK23" s="4"/>
+      <c r="BL23" s="4"/>
+      <c r="BM23" s="4"/>
+      <c r="BN23" s="4"/>
+      <c r="BO23" s="4"/>
+      <c r="BP23" s="4"/>
+      <c r="BQ23" s="4"/>
+      <c r="BR23" s="4"/>
+      <c r="BS23" s="4"/>
+      <c r="BT23" s="4"/>
+      <c r="BU23" s="4"/>
+      <c r="BV23" s="4"/>
+      <c r="BW23" s="4"/>
+      <c r="BX23" s="4"/>
+      <c r="BY23" s="4"/>
+      <c r="BZ23" s="4"/>
+      <c r="CA23" s="4"/>
+      <c r="CB23" s="4"/>
+      <c r="CC23" s="4"/>
+      <c r="CD23" s="4"/>
+      <c r="CE23" s="4"/>
+      <c r="CF23" s="4"/>
+      <c r="CG23" s="4"/>
+      <c r="CH23" s="4"/>
+      <c r="CI23" s="4"/>
+      <c r="CJ23" s="4"/>
+      <c r="CK23" s="4"/>
+      <c r="CL23" s="4"/>
+      <c r="CM23" s="4"/>
+      <c r="CN23" s="4"/>
+      <c r="CO23" s="4"/>
+      <c r="CP23" s="4"/>
+      <c r="CQ23" s="4"/>
+      <c r="CR23" s="4"/>
+      <c r="CS23" s="4"/>
+      <c r="CT23" s="4"/>
+      <c r="CU23" s="4"/>
+      <c r="CV23" s="4"/>
+      <c r="CW23" s="4"/>
+      <c r="CX23" s="4"/>
+      <c r="CY23" s="4"/>
+      <c r="CZ23" s="4"/>
+      <c r="DA23" s="4"/>
+      <c r="DB23" s="4"/>
+      <c r="DC23" s="4"/>
+      <c r="DD23" s="4"/>
+      <c r="DE23" s="4"/>
+      <c r="DF23" s="4"/>
+      <c r="DG23" s="4"/>
+      <c r="DH23" s="4"/>
+      <c r="DI23" s="4"/>
+      <c r="DJ23" s="4"/>
+      <c r="DK23" s="4"/>
+      <c r="DL23" s="4"/>
+      <c r="DM23" s="4"/>
+      <c r="DN23" s="4"/>
+      <c r="DO23" s="4"/>
+      <c r="DP23" s="4"/>
+      <c r="DQ23" s="4"/>
+      <c r="DR23" s="4"/>
+      <c r="DS23" s="4"/>
+      <c r="DT23" s="4"/>
+      <c r="DU23" s="4"/>
+      <c r="DV23" s="4"/>
+      <c r="DW23" s="4"/>
+      <c r="DX23" s="4"/>
+      <c r="DY23" s="4"/>
+      <c r="DZ23" s="4"/>
+      <c r="EA23" s="4"/>
+      <c r="EB23" s="4">
+        <v>30</v>
+      </c>
+      <c r="EC23" s="4">
+        <v>340</v>
+      </c>
+      <c r="ED23" s="6">
+        <v>4336</v>
+      </c>
+      <c r="EE23" s="7">
+        <v>7.8413284132841335E-2</v>
+      </c>
+      <c r="EF23" s="19"/>
+      <c r="EG23" s="19"/>
+      <c r="EH23" s="19"/>
+      <c r="EI23" s="19"/>
+      <c r="EJ23" s="19"/>
+      <c r="EK23" s="19"/>
+      <c r="EL23" s="19"/>
+      <c r="EM23" s="19"/>
+      <c r="EN23" s="8">
+        <v>4336</v>
+      </c>
+      <c r="EO23" s="4">
+        <v>103</v>
+      </c>
+      <c r="EP23" s="4">
+        <v>548</v>
+      </c>
+      <c r="EQ23" s="4">
+        <v>11</v>
+      </c>
+      <c r="ER23" s="4"/>
+      <c r="ES23" s="4">
+        <v>3042</v>
+      </c>
+      <c r="ET23" s="4">
+        <v>632</v>
+      </c>
+      <c r="EU23" s="4">
+        <v>4336</v>
+      </c>
+      <c r="EV23" s="4">
+        <v>148</v>
+      </c>
+      <c r="EW23" s="4">
+        <v>10</v>
+      </c>
+      <c r="EX23" s="4">
+        <v>119</v>
+      </c>
+      <c r="EY23" s="4">
+        <v>34</v>
+      </c>
+      <c r="EZ23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FA23" s="4">
+        <v>13</v>
+      </c>
+      <c r="FB23" s="4">
+        <v>46</v>
+      </c>
+      <c r="FC23" s="4">
+        <v>492</v>
+      </c>
+      <c r="FD23" s="4">
+        <v>9</v>
+      </c>
+      <c r="FE23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FF23" s="4">
+        <v>69</v>
+      </c>
+      <c r="FG23" s="4">
+        <v>372</v>
+      </c>
+      <c r="FH23" s="4">
+        <v>9</v>
+      </c>
+      <c r="FI23" s="4">
+        <v>150</v>
+      </c>
+      <c r="FJ23" s="4">
+        <v>30</v>
+      </c>
+      <c r="FK23" s="4">
+        <v>6</v>
+      </c>
+      <c r="FL23" s="4">
+        <v>0</v>
+      </c>
+      <c r="FM23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FN23" s="4">
+        <v>647</v>
+      </c>
+      <c r="FO23" s="4">
+        <v>19</v>
+      </c>
+      <c r="FP23" s="4">
+        <v>44</v>
+      </c>
+      <c r="FQ23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FR23" s="4">
+        <v>184</v>
+      </c>
+      <c r="FS23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FT23" s="4">
+        <v>114</v>
+      </c>
+      <c r="FU23" s="4">
+        <v>17</v>
+      </c>
+      <c r="FV23" s="4">
+        <v>84</v>
+      </c>
+      <c r="FW23" s="4">
+        <v>358</v>
+      </c>
+      <c r="FX23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FY23" s="4">
+        <v>135</v>
+      </c>
+      <c r="FZ23" s="4">
+        <v>65</v>
+      </c>
+      <c r="GA23" s="4">
+        <v>115</v>
+      </c>
+      <c r="GB23" s="4">
+        <v>159</v>
+      </c>
+      <c r="GC23" s="4">
+        <v>70</v>
+      </c>
+      <c r="GD23" s="4">
+        <v>101</v>
+      </c>
+      <c r="GE23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GF23" s="4">
+        <v>163</v>
+      </c>
+      <c r="GG23" s="4">
+        <v>49</v>
+      </c>
+      <c r="GH23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GI23" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GJ23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GK23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GL23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GM23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GN23" s="4">
+        <v>0</v>
+      </c>
+      <c r="GO23" s="4">
+        <v>0</v>
+      </c>
+      <c r="GP23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GQ23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GR23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GS23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GT23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GU23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GV23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GW23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GX23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GY23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GZ23" s="4">
+        <v>0</v>
+      </c>
+      <c r="HA23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HB23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HC23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HD23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HE23" s="4">
+        <v>0</v>
+      </c>
+      <c r="HF23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HG23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HH23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HI23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HJ23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HK23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HL23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HM23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HN23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HO23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HP23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HQ23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HR23" s="4">
+        <v>0</v>
+      </c>
+      <c r="HS23" s="4">
+        <v>0</v>
+      </c>
+      <c r="HT23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HU23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HV23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HW23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HX23" s="4">
+        <v>126</v>
+      </c>
+      <c r="HY23" s="4">
+        <v>23</v>
+      </c>
+      <c r="HZ23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IA23" s="4">
+        <v>0</v>
+      </c>
+      <c r="IB23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IC23" s="4">
+        <v>18</v>
+      </c>
+      <c r="ID23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IE23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IF23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IG23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IH23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="II23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IJ23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IK23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IL23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IN23" s="4">
+        <v>207</v>
+      </c>
+      <c r="IO23" s="4">
+        <v>39</v>
+      </c>
+      <c r="IP23" s="4">
+        <v>33</v>
+      </c>
+      <c r="IQ23" s="4">
+        <v>6</v>
+      </c>
+      <c r="IR23" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IS23" s="4">
+        <v>11</v>
+      </c>
+      <c r="IT23" s="4">
+        <v>102</v>
+      </c>
+      <c r="IU23" s="20">
+        <v>1.5972222222222223E-3</v>
+      </c>
+      <c r="IV23" s="10">
+        <v>2.8356481481481483E-3</v>
+      </c>
+      <c r="IW23" s="4">
+        <v>217</v>
+      </c>
+      <c r="IX23" s="20">
+        <v>3.2407407407407406E-4</v>
+      </c>
+      <c r="IY23" s="10">
+        <v>2.2974537037037039E-3</v>
+      </c>
+      <c r="IZ23" s="4">
+        <v>694</v>
+      </c>
+      <c r="JA23" s="12">
+        <v>0.16005535055350553</v>
+      </c>
+      <c r="JB23" s="16"/>
+      <c r="JC23" s="6">
+        <v>175</v>
+      </c>
+      <c r="JD23" s="8">
+        <v>694</v>
+      </c>
+      <c r="JE23" s="12">
+        <v>0.25216138328530258</v>
+      </c>
+      <c r="JF23" s="16"/>
+      <c r="JG23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH23" s="6">
+        <v>282</v>
+      </c>
+      <c r="JI23" s="12">
+        <v>7.0921985815602835E-3</v>
+      </c>
+      <c r="JJ23" s="4">
+        <v>102</v>
+      </c>
+      <c r="JK23" s="11">
+        <v>2.9745370370370373E-3</v>
+      </c>
+      <c r="JL23" s="11">
+        <v>5.4166666666666669E-3</v>
+      </c>
+      <c r="JM23" s="11">
+        <v>1.194076388888889E-2</v>
+      </c>
+      <c r="JN23" s="4">
+        <v>551</v>
+      </c>
+      <c r="JO23" s="11">
+        <v>6.9097222222222216E-3</v>
+      </c>
+      <c r="JP23" s="11">
+        <v>1.787013888888889E-2</v>
+      </c>
+      <c r="JQ23" s="49"/>
+      <c r="JR23" s="49"/>
+      <c r="JS23" s="49"/>
+      <c r="JT23" s="49"/>
+      <c r="JU23" s="4">
+        <v>2033</v>
+      </c>
+      <c r="JV23" s="11">
+        <v>5.2928240740740741E-2</v>
+      </c>
+      <c r="JW23" s="11">
+        <v>8.0844907407407407E-2</v>
+      </c>
+      <c r="JX23" s="11">
+        <v>0.21631944444444445</v>
+      </c>
+      <c r="JY23" s="4">
+        <v>105</v>
+      </c>
+      <c r="JZ23" s="11">
+        <v>5.3310185185185183E-2</v>
+      </c>
+      <c r="KA23" s="11">
+        <v>7.8726851851851853E-2</v>
+      </c>
+      <c r="KB23" s="11">
+        <v>0.21993055555555555</v>
+      </c>
+      <c r="KC23" s="6">
+        <v>1821</v>
+      </c>
+      <c r="KD23" s="14">
+        <v>0.87918725974739154</v>
+      </c>
+      <c r="KE23" s="14">
+        <v>0.1015925315760571</v>
+      </c>
+      <c r="KF23" s="14">
+        <v>1.4827018121911038E-2</v>
+      </c>
+      <c r="KG23" s="14">
+        <v>4.3931905546403076E-3</v>
+      </c>
+      <c r="KH23" s="8">
+        <v>111</v>
+      </c>
+      <c r="KI23" s="6">
+        <v>27</v>
+      </c>
+      <c r="KJ23" s="6">
+        <v>25</v>
+      </c>
+      <c r="KK23" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KL23" s="6"/>
+      <c r="KM23" s="6">
+        <v>55</v>
+      </c>
+      <c r="KN23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KO23" s="6">
+        <v>90</v>
+      </c>
+      <c r="KP23" s="14">
+        <v>0.81081081081081086</v>
+      </c>
+      <c r="KQ23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KR23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KS23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KT23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KU23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KV23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KW23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KX23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KY23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KZ23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LA23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LB23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LC23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LD23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LE23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LF23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LG23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LH23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LI23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LJ23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LK23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LL23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LM23" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LN23" s="6">
+        <v>437</v>
+      </c>
+      <c r="LO23" s="6">
+        <v>283</v>
+      </c>
+      <c r="LP23" s="6">
+        <v>154</v>
+      </c>
+      <c r="LQ23" s="16"/>
+      <c r="LR23" s="6">
+        <v>1555</v>
+      </c>
+      <c r="LS23" s="6">
+        <v>265</v>
+      </c>
+      <c r="LT23" s="17">
+        <v>0.17041800643086816</v>
+      </c>
+      <c r="LU23" s="6">
+        <v>5</v>
+      </c>
+      <c r="LV23" s="17">
+        <v>3.2154340836012861E-3</v>
+      </c>
+      <c r="LW23" s="16"/>
+      <c r="LX23" s="6">
+        <v>478</v>
+      </c>
+      <c r="LY23" s="6">
+        <v>43</v>
+      </c>
+      <c r="LZ23" s="17">
+        <v>8.9958158995815898E-2</v>
+      </c>
+      <c r="MA23" s="6">
+        <v>0</v>
+      </c>
+      <c r="MB23" s="17">
+        <v>0</v>
+      </c>
+      <c r="MC23" s="16"/>
+      <c r="MD23" s="6">
+        <v>2033</v>
+      </c>
+      <c r="ME23" s="6">
+        <v>308</v>
+      </c>
+      <c r="MF23" s="17">
+        <v>0.15150024594195768</v>
+      </c>
+      <c r="MG23" s="6">
+        <v>5</v>
+      </c>
+      <c r="MH23" s="17">
+        <v>2.4594195769798328E-3</v>
+      </c>
+      <c r="MI23" s="16"/>
+      <c r="MJ23" s="6">
+        <v>60</v>
+      </c>
+      <c r="MK23" s="6">
+        <v>7</v>
+      </c>
+      <c r="ML23" s="17">
+        <v>0.11666666666666667</v>
+      </c>
+      <c r="MM23" s="6">
+        <v>0</v>
+      </c>
+      <c r="MN23" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO23" s="16"/>
+      <c r="MP23" s="6">
+        <v>47</v>
+      </c>
+      <c r="MQ23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MR23" s="17">
+        <v>8.5106382978723402E-2</v>
+      </c>
+      <c r="MS23" s="6">
+        <v>0</v>
+      </c>
+      <c r="MT23" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU23" s="16"/>
+      <c r="MV23" s="6">
+        <v>108</v>
+      </c>
+      <c r="MW23" s="6">
+        <v>11</v>
+      </c>
+      <c r="MX23" s="17">
+        <v>0.10185185185185185</v>
+      </c>
+      <c r="MY23" s="6">
+        <v>0</v>
+      </c>
+      <c r="MZ23" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA23" s="6">
+        <v>1755</v>
+      </c>
+      <c r="NB23" s="6">
+        <v>2594</v>
+      </c>
+      <c r="NC23" s="18">
+        <v>0.67656129529683884</v>
+      </c>
+      <c r="ND23" s="6">
+        <v>2037</v>
+      </c>
+      <c r="NE23" s="6">
+        <v>1767</v>
+      </c>
+      <c r="NF23" s="6">
+        <v>9</v>
+      </c>
+      <c r="NG23" s="6">
+        <v>245</v>
+      </c>
+      <c r="NH23" s="6">
+        <v>16</v>
+      </c>
+      <c r="NI23" s="18">
+        <v>0.44608567208271788</v>
+      </c>
+      <c r="NJ23" s="6">
+        <v>906</v>
+      </c>
+      <c r="NK23" s="6">
+        <v>2031</v>
+      </c>
+      <c r="NL23" s="16"/>
+      <c r="NM23" s="18">
+        <v>0.42889137737961924</v>
+      </c>
+      <c r="NN23" s="6">
+        <v>766</v>
+      </c>
+      <c r="NO23" s="6">
+        <v>1786</v>
+      </c>
+      <c r="NP23" s="18">
+        <v>0.33333333333333331</v>
+      </c>
+      <c r="NQ23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NR23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NS23" s="18">
+        <v>0.57438016528925617</v>
+      </c>
+      <c r="NT23" s="6">
+        <v>139</v>
+      </c>
+      <c r="NU23" s="6">
+        <v>242</v>
+      </c>
+      <c r="NV23" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW23" s="6">
+        <v>0</v>
+      </c>
+      <c r="NX23" s="6">
+        <v>0</v>
+      </c>
+      <c r="NY23" s="6">
+        <v>1695.3571670000003</v>
+      </c>
+      <c r="NZ23" s="6">
+        <v>1629.3157890000004</v>
+      </c>
+      <c r="OA23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OB23" s="6">
+        <v>65.50332299999998</v>
+      </c>
+      <c r="OC23" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OD23" s="18">
+        <v>0.78532742491383556</v>
+      </c>
+      <c r="OE23" s="6">
+        <v>1595</v>
+      </c>
+      <c r="OF23" s="6">
+        <v>2031</v>
+      </c>
+      <c r="OG23" s="16"/>
+      <c r="OH23" s="18">
+        <v>0.79115341545352746</v>
+      </c>
+      <c r="OI23" s="6">
+        <v>1413</v>
+      </c>
+      <c r="OJ23" s="6">
+        <v>1786</v>
+      </c>
+      <c r="OK23" s="18">
+        <v>1</v>
+      </c>
+      <c r="OL23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OM23" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ON23" s="18">
+        <v>0.73966942148760328</v>
+      </c>
+      <c r="OO23" s="6">
+        <v>179</v>
+      </c>
+      <c r="OP23" s="6">
+        <v>242</v>
+      </c>
+      <c r="OQ23" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR23" s="6">
+        <v>0</v>
+      </c>
+      <c r="OS23" s="8">
+        <v>0</v>
+      </c>
+      <c r="OT23" s="6">
+        <v>144</v>
+      </c>
+      <c r="OU23" s="6">
+        <v>2037</v>
+      </c>
+      <c r="OV23" s="12">
+        <v>7.0692194403534608E-2</v>
+      </c>
+      <c r="OW23" s="6">
+        <v>67.945778000000004</v>
+      </c>
+      <c r="OX23" s="6">
+        <v>59.946624</v>
+      </c>
+      <c r="OY23" s="6" t="s">
+        <v>1084</v>
+      </c>
+      <c r="OZ23" s="6">
+        <v>7.9991540000000008</v>
+      </c>
+      <c r="PA23" s="6" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="24" spans="1:417" ht="14">
+      <c r="A24" s="47">
+        <v>45901</v>
+      </c>
+      <c r="B24" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="C24" s="22"/>
+      <c r="D24" s="4"/>
+      <c r="E24" s="4"/>
+      <c r="F24" s="4"/>
+      <c r="G24" s="4"/>
+      <c r="H24" s="4"/>
+      <c r="I24" s="4"/>
+      <c r="J24" s="4"/>
+      <c r="K24" s="4"/>
+      <c r="L24" s="4"/>
+      <c r="M24" s="4"/>
+      <c r="N24" s="4"/>
+      <c r="O24" s="4"/>
+      <c r="P24" s="4"/>
+      <c r="Q24" s="4"/>
+      <c r="R24" s="4"/>
+      <c r="S24" s="4"/>
+      <c r="T24" s="4"/>
+      <c r="U24" s="4"/>
+      <c r="V24" s="4"/>
+      <c r="W24" s="4"/>
+      <c r="X24" s="4"/>
+      <c r="Y24" s="4"/>
+      <c r="Z24" s="4"/>
+      <c r="AA24" s="4"/>
+      <c r="AB24" s="4"/>
+      <c r="AC24" s="4"/>
+      <c r="AD24" s="4"/>
+      <c r="AE24" s="4"/>
+      <c r="AF24" s="4"/>
+      <c r="AG24" s="4"/>
+      <c r="AH24" s="4"/>
+      <c r="AI24" s="4"/>
+      <c r="AJ24" s="4"/>
+      <c r="AK24" s="4"/>
+      <c r="AL24" s="4"/>
+      <c r="AM24" s="4"/>
+      <c r="AN24" s="4"/>
+      <c r="AO24" s="4"/>
+      <c r="AP24" s="4"/>
+      <c r="AQ24" s="4"/>
+      <c r="AR24" s="4"/>
+      <c r="AS24" s="4"/>
+      <c r="AT24" s="4"/>
+      <c r="AU24" s="4"/>
+      <c r="AV24" s="4"/>
+      <c r="AW24" s="4"/>
+      <c r="AX24" s="4"/>
+      <c r="AY24" s="4"/>
+      <c r="AZ24" s="4"/>
+      <c r="BA24" s="4"/>
+      <c r="BB24" s="4"/>
+      <c r="BC24" s="4"/>
+      <c r="BD24" s="4"/>
+      <c r="BE24" s="4"/>
+      <c r="BF24" s="4"/>
+      <c r="BG24" s="4"/>
+      <c r="BH24" s="4"/>
+      <c r="BI24" s="4"/>
+      <c r="BJ24" s="4"/>
+      <c r="BK24" s="4"/>
+      <c r="BL24" s="4"/>
+      <c r="BM24" s="4"/>
+      <c r="BN24" s="4"/>
+      <c r="BO24" s="4"/>
+      <c r="BP24" s="4"/>
+      <c r="BQ24" s="4"/>
+      <c r="BR24" s="4"/>
+      <c r="BS24" s="4"/>
+      <c r="BT24" s="4"/>
+      <c r="BU24" s="4"/>
+      <c r="BV24" s="4"/>
+      <c r="BW24" s="4"/>
+      <c r="BX24" s="4"/>
+      <c r="BY24" s="4"/>
+      <c r="BZ24" s="4"/>
+      <c r="CA24" s="4"/>
+      <c r="CB24" s="4"/>
+      <c r="CC24" s="4"/>
+      <c r="CD24" s="4"/>
+      <c r="CE24" s="4"/>
+      <c r="CF24" s="4"/>
+      <c r="CG24" s="4"/>
+      <c r="CH24" s="4"/>
+      <c r="CI24" s="4"/>
+      <c r="CJ24" s="4"/>
+      <c r="CK24" s="4"/>
+      <c r="CL24" s="4"/>
+      <c r="CM24" s="4"/>
+      <c r="CN24" s="4"/>
+      <c r="CO24" s="4"/>
+      <c r="CP24" s="4"/>
+      <c r="CQ24" s="4"/>
+      <c r="CR24" s="4"/>
+      <c r="CS24" s="4"/>
+      <c r="CT24" s="4"/>
+      <c r="CU24" s="4"/>
+      <c r="CV24" s="4"/>
+      <c r="CW24" s="4"/>
+      <c r="CX24" s="4"/>
+      <c r="CY24" s="4"/>
+      <c r="CZ24" s="4"/>
+      <c r="DA24" s="4"/>
+      <c r="DB24" s="4"/>
+      <c r="DC24" s="4"/>
+      <c r="DD24" s="4"/>
+      <c r="DE24" s="4"/>
+      <c r="DF24" s="4"/>
+      <c r="DG24" s="4"/>
+      <c r="DH24" s="4"/>
+      <c r="DI24" s="4"/>
+      <c r="DJ24" s="4"/>
+      <c r="DK24" s="4"/>
+      <c r="DL24" s="4"/>
+      <c r="DM24" s="4"/>
+      <c r="DN24" s="4"/>
+      <c r="DO24" s="4"/>
+      <c r="DP24" s="4"/>
+      <c r="DQ24" s="4"/>
+      <c r="DR24" s="4"/>
+      <c r="DS24" s="4"/>
+      <c r="DT24" s="4"/>
+      <c r="DU24" s="4"/>
+      <c r="DV24" s="4"/>
+      <c r="DW24" s="4"/>
+      <c r="DX24" s="4"/>
+      <c r="DY24" s="4"/>
+      <c r="DZ24" s="4"/>
+      <c r="EA24" s="4"/>
+      <c r="EB24" s="4">
+        <v>10</v>
+      </c>
+      <c r="EC24" s="4">
+        <v>96</v>
+      </c>
+      <c r="ED24" s="6">
+        <v>1571</v>
+      </c>
+      <c r="EE24" s="7">
+        <v>6.1107574793125397E-2</v>
+      </c>
+      <c r="EF24" s="19"/>
+      <c r="EG24" s="19"/>
+      <c r="EH24" s="19"/>
+      <c r="EI24" s="19"/>
+      <c r="EJ24" s="19"/>
+      <c r="EK24" s="19"/>
+      <c r="EL24" s="19"/>
+      <c r="EM24" s="19"/>
+      <c r="EN24" s="8">
+        <v>1571</v>
+      </c>
+      <c r="EO24" s="4">
+        <v>24</v>
+      </c>
+      <c r="EP24" s="4">
+        <v>178</v>
+      </c>
+      <c r="EQ24" s="4">
+        <v>5</v>
+      </c>
+      <c r="ER24" s="4"/>
+      <c r="ES24" s="4">
+        <v>1097</v>
+      </c>
+      <c r="ET24" s="4">
+        <v>267</v>
+      </c>
+      <c r="EU24" s="4">
+        <v>1571</v>
+      </c>
+      <c r="EV24" s="4">
+        <v>41</v>
+      </c>
+      <c r="EW24" s="4">
+        <v>8</v>
+      </c>
+      <c r="EX24" s="4">
+        <v>45</v>
+      </c>
+      <c r="EY24" s="4">
+        <v>14</v>
+      </c>
+      <c r="EZ24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FA24" s="4">
+        <v>8</v>
+      </c>
+      <c r="FB24" s="4">
+        <v>10</v>
+      </c>
+      <c r="FC24" s="4">
+        <v>164</v>
+      </c>
+      <c r="FD24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FE24" s="4">
+        <v>8</v>
+      </c>
+      <c r="FF24" s="4">
+        <v>27</v>
+      </c>
+      <c r="FG24" s="4">
+        <v>177</v>
+      </c>
+      <c r="FH24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FI24" s="4">
+        <v>44</v>
+      </c>
+      <c r="FJ24" s="4">
+        <v>13</v>
+      </c>
+      <c r="FK24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FL24" s="4">
+        <v>0</v>
+      </c>
+      <c r="FM24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FN24" s="4">
+        <v>192</v>
+      </c>
+      <c r="FO24" s="4">
+        <v>8</v>
+      </c>
+      <c r="FP24" s="4">
+        <v>14</v>
+      </c>
+      <c r="FQ24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FR24" s="4">
+        <v>44</v>
+      </c>
+      <c r="FS24" s="4">
+        <v>0</v>
+      </c>
+      <c r="FT24" s="4">
+        <v>29</v>
+      </c>
+      <c r="FU24" s="4">
+        <v>9</v>
+      </c>
+      <c r="FV24" s="4">
+        <v>34</v>
+      </c>
+      <c r="FW24" s="4">
+        <v>151</v>
+      </c>
+      <c r="FX24" s="4">
+        <v>0</v>
+      </c>
+      <c r="FY24" s="4">
+        <v>48</v>
+      </c>
+      <c r="FZ24" s="4">
+        <v>26</v>
+      </c>
+      <c r="GA24" s="4">
+        <v>47</v>
+      </c>
+      <c r="GB24" s="4">
+        <v>52</v>
+      </c>
+      <c r="GC24" s="4">
+        <v>27</v>
+      </c>
+      <c r="GD24" s="4">
+        <v>62</v>
+      </c>
+      <c r="GE24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GF24" s="4">
+        <v>48</v>
+      </c>
+      <c r="GG24" s="4">
+        <v>5</v>
+      </c>
+      <c r="GH24" s="4">
+        <v>0</v>
+      </c>
+      <c r="GI24" s="6">
+        <v>0</v>
+      </c>
+      <c r="GJ24" s="4">
+        <v>0</v>
+      </c>
+      <c r="GK24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GL24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GM24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GN24" s="4">
+        <v>0</v>
+      </c>
+      <c r="GO24" s="4">
+        <v>0</v>
+      </c>
+      <c r="GP24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GQ24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GR24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GS24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GT24" s="4">
+        <v>0</v>
+      </c>
+      <c r="GU24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GV24" s="4">
+        <v>0</v>
+      </c>
+      <c r="GW24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GX24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GY24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GZ24" s="4">
+        <v>0</v>
+      </c>
+      <c r="HA24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HB24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HC24" s="4">
+        <v>0</v>
+      </c>
+      <c r="HD24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HE24" s="4">
+        <v>0</v>
+      </c>
+      <c r="HF24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HG24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HH24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HI24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HJ24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HK24" s="4">
+        <v>0</v>
+      </c>
+      <c r="HL24" s="4">
+        <v>0</v>
+      </c>
+      <c r="HM24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HN24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HO24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HP24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HQ24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HR24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HS24" s="4">
+        <v>0</v>
+      </c>
+      <c r="HT24" s="4">
+        <v>0</v>
+      </c>
+      <c r="HU24" s="4">
+        <v>0</v>
+      </c>
+      <c r="HV24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HW24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HX24" s="4">
+        <v>61</v>
+      </c>
+      <c r="HY24" s="4">
+        <v>17</v>
+      </c>
+      <c r="HZ24" s="4">
+        <v>0</v>
+      </c>
+      <c r="IA24" s="4">
+        <v>0</v>
+      </c>
+      <c r="IB24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IC24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ID24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IE24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IF24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IG24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IH24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="II24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IJ24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IK24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IL24" s="4">
+        <v>0</v>
+      </c>
+      <c r="IM24" s="6">
+        <v>0</v>
+      </c>
+      <c r="IN24" s="4">
+        <v>83</v>
+      </c>
+      <c r="IO24" s="4">
+        <v>20</v>
+      </c>
+      <c r="IP24" s="4">
+        <v>10</v>
+      </c>
+      <c r="IQ24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IR24" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IS24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IT24" s="4">
+        <v>24</v>
+      </c>
+      <c r="IU24" s="20">
+        <v>7.407407407407407E-4</v>
+      </c>
+      <c r="IV24" s="10">
+        <v>2.673611111111111E-3</v>
+      </c>
+      <c r="IW24" s="4">
+        <v>69</v>
+      </c>
+      <c r="IX24" s="20">
+        <v>2.4305555555555555E-4</v>
+      </c>
+      <c r="IY24" s="10">
+        <v>2.5983796296296297E-3</v>
+      </c>
+      <c r="IZ24" s="4">
+        <v>260</v>
+      </c>
+      <c r="JA24" s="12">
+        <v>0.1654996817313813</v>
+      </c>
+      <c r="JB24" s="16"/>
+      <c r="JC24" s="6">
+        <v>75</v>
+      </c>
+      <c r="JD24" s="8">
+        <v>260</v>
+      </c>
+      <c r="JE24" s="12">
+        <v>0.28846153846153844</v>
+      </c>
+      <c r="JF24" s="16"/>
+      <c r="JG24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH24" s="6">
+        <v>109</v>
+      </c>
+      <c r="JI24" s="12">
+        <v>9.1743119266055051E-3</v>
+      </c>
+      <c r="JJ24" s="4">
+        <v>24</v>
+      </c>
+      <c r="JK24" s="11">
+        <v>5.3587962962962964E-3</v>
+      </c>
+      <c r="JL24" s="11">
+        <v>9.8902777777777791E-3</v>
+      </c>
+      <c r="JM24" s="11">
+        <v>1.8606388888888888E-2</v>
+      </c>
+      <c r="JN24" s="4">
+        <v>177</v>
+      </c>
+      <c r="JO24" s="11">
+        <v>7.6506944444444443E-3</v>
+      </c>
+      <c r="JP24" s="11">
+        <v>2.176875E-2</v>
+      </c>
+      <c r="JQ24" s="49"/>
+      <c r="JR24" s="49"/>
+      <c r="JS24" s="49"/>
+      <c r="JT24" s="49"/>
+      <c r="JU24" s="4">
+        <v>774</v>
+      </c>
+      <c r="JV24" s="11">
+        <v>4.7511574074074074E-2</v>
+      </c>
+      <c r="JW24" s="11">
+        <v>7.4120370370370364E-2</v>
+      </c>
+      <c r="JX24" s="11">
+        <v>0.25190972222222224</v>
+      </c>
+      <c r="JY24" s="4">
+        <v>41</v>
+      </c>
+      <c r="JZ24" s="11">
+        <v>4.5706018518518521E-2</v>
+      </c>
+      <c r="KA24" s="11">
+        <v>7.5335648148148152E-2</v>
+      </c>
+      <c r="KB24" s="11">
+        <v>0.28078703703703706</v>
+      </c>
+      <c r="KC24" s="6">
+        <v>682</v>
+      </c>
+      <c r="KD24" s="14">
+        <v>0.84164222873900296</v>
+      </c>
+      <c r="KE24" s="14">
+        <v>0.14516129032258066</v>
+      </c>
+      <c r="KF24" s="14">
+        <v>1.1730205278592375E-2</v>
+      </c>
+      <c r="KG24" s="14">
+        <v>1.4662756598240469E-3</v>
+      </c>
+      <c r="KH24" s="8">
+        <v>19</v>
+      </c>
+      <c r="KI24" s="6">
+        <v>7</v>
+      </c>
+      <c r="KJ24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KK24" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KL24" s="6"/>
+      <c r="KM24" s="6">
+        <v>5</v>
+      </c>
+      <c r="KN24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KO24" s="6">
+        <v>13</v>
+      </c>
+      <c r="KP24" s="14">
+        <v>0.68421052631578949</v>
+      </c>
+      <c r="KQ24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KR24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KS24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KT24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KU24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KV24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KW24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KX24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KY24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KZ24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LA24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LB24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LC24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LD24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LE24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LF24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LG24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LH24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LI24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LJ24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LK24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LL24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LM24" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LN24" s="6">
+        <v>178</v>
+      </c>
+      <c r="LO24" s="6">
+        <v>109</v>
+      </c>
+      <c r="LP24" s="6">
+        <v>69</v>
+      </c>
+      <c r="LQ24" s="16"/>
+      <c r="LR24" s="6">
+        <v>597</v>
+      </c>
+      <c r="LS24" s="6">
+        <v>79</v>
+      </c>
+      <c r="LT24" s="17">
+        <v>0.13232830820770519</v>
+      </c>
+      <c r="LU24" s="6">
+        <v>8</v>
+      </c>
+      <c r="LV24" s="17">
+        <v>1.340033500837521E-2</v>
+      </c>
+      <c r="LW24" s="16"/>
+      <c r="LX24" s="6">
+        <v>177</v>
+      </c>
+      <c r="LY24" s="6">
+        <v>13</v>
+      </c>
+      <c r="LZ24" s="17">
+        <v>7.3446327683615822E-2</v>
+      </c>
+      <c r="MA24" s="6">
+        <v>0</v>
+      </c>
+      <c r="MB24" s="17">
+        <v>0</v>
+      </c>
+      <c r="MC24" s="16"/>
+      <c r="MD24" s="6">
+        <v>774</v>
+      </c>
+      <c r="ME24" s="6">
+        <v>92</v>
+      </c>
+      <c r="MF24" s="17">
+        <v>0.11886304909560723</v>
+      </c>
+      <c r="MG24" s="6">
+        <v>8</v>
+      </c>
+      <c r="MH24" s="17">
+        <v>1.0335917312661499E-2</v>
+      </c>
+      <c r="MI24" s="16"/>
+      <c r="MJ24" s="6">
+        <v>29</v>
+      </c>
+      <c r="MK24" s="6">
+        <v>5</v>
+      </c>
+      <c r="ML24" s="17">
+        <v>0.17241379310344829</v>
+      </c>
+      <c r="MM24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MN24" s="17">
+        <v>3.4482758620689655E-2</v>
+      </c>
+      <c r="MO24" s="16"/>
+      <c r="MP24" s="6">
+        <v>12</v>
+      </c>
+      <c r="MQ24" s="6">
+        <v>0</v>
+      </c>
+      <c r="MR24" s="17">
+        <v>0</v>
+      </c>
+      <c r="MS24" s="6">
+        <v>0</v>
+      </c>
+      <c r="MT24" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU24" s="16"/>
+      <c r="MV24" s="6">
+        <v>46</v>
+      </c>
+      <c r="MW24" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MX24" s="17">
+        <v>4.3478260869565216E-2</v>
+      </c>
+      <c r="MY24" s="6">
+        <v>0</v>
+      </c>
+      <c r="MZ24" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA24" s="6">
+        <v>630</v>
+      </c>
+      <c r="NB24" s="6">
+        <v>961</v>
+      </c>
+      <c r="NC24" s="18">
+        <v>0.65556711758584807</v>
+      </c>
+      <c r="ND24" s="6">
+        <v>721</v>
+      </c>
+      <c r="NE24" s="6">
+        <v>662</v>
+      </c>
+      <c r="NF24" s="6">
+        <v>19</v>
+      </c>
+      <c r="NG24" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="NH24" s="6">
+        <v>40</v>
+      </c>
+      <c r="NI24" s="18">
+        <v>0.24092888243831639</v>
+      </c>
+      <c r="NJ24" s="6">
+        <v>166</v>
+      </c>
+      <c r="NK24" s="6">
+        <v>689</v>
+      </c>
+      <c r="NL24" s="16"/>
+      <c r="NM24" s="18">
+        <v>0.24092888243831639</v>
+      </c>
+      <c r="NN24" s="6">
+        <v>166</v>
+      </c>
+      <c r="NO24" s="6">
+        <v>689</v>
+      </c>
+      <c r="NP24" s="18">
+        <v>0</v>
+      </c>
+      <c r="NQ24" s="6">
+        <v>0</v>
+      </c>
+      <c r="NR24" s="6">
+        <v>0</v>
+      </c>
+      <c r="NS24" s="18">
+        <v>0</v>
+      </c>
+      <c r="NT24" s="6">
+        <v>0</v>
+      </c>
+      <c r="NU24" s="6">
+        <v>0</v>
+      </c>
+      <c r="NV24" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW24" s="6">
+        <v>0</v>
+      </c>
+      <c r="NX24" s="6">
+        <v>0</v>
+      </c>
+      <c r="NY24" s="6">
+        <v>623.99771399999997</v>
+      </c>
+      <c r="NZ24" s="6">
+        <v>623.99771399999997</v>
+      </c>
+      <c r="OA24" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OB24" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OC24" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OD24" s="18">
+        <v>0.83599419448476053</v>
+      </c>
+      <c r="OE24" s="6">
+        <v>576</v>
+      </c>
+      <c r="OF24" s="6">
+        <v>689</v>
+      </c>
+      <c r="OG24" s="16"/>
+      <c r="OH24" s="18">
+        <v>0.83599419448476053</v>
+      </c>
+      <c r="OI24" s="6">
+        <v>576</v>
+      </c>
+      <c r="OJ24" s="6">
+        <v>689</v>
+      </c>
+      <c r="OK24" s="18">
+        <v>0</v>
+      </c>
+      <c r="OL24" s="6">
+        <v>0</v>
+      </c>
+      <c r="OM24" s="6">
+        <v>0</v>
+      </c>
+      <c r="ON24" s="18">
+        <v>0</v>
+      </c>
+      <c r="OO24" s="6">
+        <v>0</v>
+      </c>
+      <c r="OP24" s="6">
+        <v>0</v>
+      </c>
+      <c r="OQ24" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR24" s="6">
+        <v>0</v>
+      </c>
+      <c r="OS24" s="8">
+        <v>0</v>
+      </c>
+      <c r="OT24" s="6">
+        <v>306</v>
+      </c>
+      <c r="OU24" s="6">
+        <v>721</v>
+      </c>
+      <c r="OV24" s="12">
+        <v>0.42441054091539526</v>
+      </c>
+      <c r="OW24" s="6">
+        <v>16.733023000000003</v>
+      </c>
+      <c r="OX24" s="6">
+        <v>16.733023000000003</v>
+      </c>
+      <c r="OY24" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OZ24" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="PA24" s="6" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="25" spans="1:417" ht="14">
+      <c r="A25" s="47">
+        <v>45901</v>
+      </c>
+      <c r="B25" s="48" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C25" s="22"/>
+      <c r="D25" s="4"/>
+      <c r="E25" s="4"/>
+      <c r="F25" s="4"/>
+      <c r="G25" s="4"/>
+      <c r="H25" s="4"/>
+      <c r="I25" s="4"/>
+      <c r="J25" s="4"/>
+      <c r="K25" s="4"/>
+      <c r="L25" s="4"/>
+      <c r="M25" s="4"/>
+      <c r="N25" s="4"/>
+      <c r="O25" s="4"/>
+      <c r="P25" s="4"/>
+      <c r="Q25" s="4"/>
+      <c r="R25" s="4"/>
+      <c r="S25" s="4"/>
+      <c r="T25" s="4"/>
+      <c r="U25" s="4"/>
+      <c r="V25" s="4"/>
+      <c r="W25" s="4"/>
+      <c r="X25" s="4"/>
+      <c r="Y25" s="4"/>
+      <c r="Z25" s="4"/>
+      <c r="AA25" s="4"/>
+      <c r="AB25" s="4"/>
+      <c r="AC25" s="4"/>
+      <c r="AD25" s="4"/>
+      <c r="AE25" s="4"/>
+      <c r="AF25" s="4"/>
+      <c r="AG25" s="4"/>
+      <c r="AH25" s="4"/>
+      <c r="AI25" s="4"/>
+      <c r="AJ25" s="4"/>
+      <c r="AK25" s="4"/>
+      <c r="AL25" s="4"/>
+      <c r="AM25" s="4"/>
+      <c r="AN25" s="4"/>
+      <c r="AO25" s="4"/>
+      <c r="AP25" s="4"/>
+      <c r="AQ25" s="4"/>
+      <c r="AR25" s="4"/>
+      <c r="AS25" s="4"/>
+      <c r="AT25" s="4"/>
+      <c r="AU25" s="4"/>
+      <c r="AV25" s="4"/>
+      <c r="AW25" s="4"/>
+      <c r="AX25" s="4"/>
+      <c r="AY25" s="4"/>
+      <c r="AZ25" s="4"/>
+      <c r="BA25" s="4"/>
+      <c r="BB25" s="4"/>
+      <c r="BC25" s="4"/>
+      <c r="BD25" s="4"/>
+      <c r="BE25" s="4"/>
+      <c r="BF25" s="4"/>
+      <c r="BG25" s="4"/>
+      <c r="BH25" s="4"/>
+      <c r="BI25" s="4"/>
+      <c r="BJ25" s="4"/>
+      <c r="BK25" s="4"/>
+      <c r="BL25" s="4"/>
+      <c r="BM25" s="4"/>
+      <c r="BN25" s="4"/>
+      <c r="BO25" s="4"/>
+      <c r="BP25" s="4"/>
+      <c r="BQ25" s="4"/>
+      <c r="BR25" s="4"/>
+      <c r="BS25" s="4"/>
+      <c r="BT25" s="4"/>
+      <c r="BU25" s="4"/>
+      <c r="BV25" s="4"/>
+      <c r="BW25" s="4"/>
+      <c r="BX25" s="4"/>
+      <c r="BY25" s="4"/>
+      <c r="BZ25" s="4"/>
+      <c r="CA25" s="4"/>
+      <c r="CB25" s="4"/>
+      <c r="CC25" s="4"/>
+      <c r="CD25" s="4"/>
+      <c r="CE25" s="4"/>
+      <c r="CF25" s="4"/>
+      <c r="CG25" s="4"/>
+      <c r="CH25" s="4"/>
+      <c r="CI25" s="4"/>
+      <c r="CJ25" s="4"/>
+      <c r="CK25" s="4"/>
+      <c r="CL25" s="4"/>
+      <c r="CM25" s="4"/>
+      <c r="CN25" s="4"/>
+      <c r="CO25" s="4"/>
+      <c r="CP25" s="4"/>
+      <c r="CQ25" s="4"/>
+      <c r="CR25" s="4"/>
+      <c r="CS25" s="4"/>
+      <c r="CT25" s="4"/>
+      <c r="CU25" s="4"/>
+      <c r="CV25" s="4"/>
+      <c r="CW25" s="4"/>
+      <c r="CX25" s="4"/>
+      <c r="CY25" s="4"/>
+      <c r="CZ25" s="4"/>
+      <c r="DA25" s="4"/>
+      <c r="DB25" s="4"/>
+      <c r="DC25" s="4"/>
+      <c r="DD25" s="4"/>
+      <c r="DE25" s="4"/>
+      <c r="DF25" s="4"/>
+      <c r="DG25" s="4"/>
+      <c r="DH25" s="4"/>
+      <c r="DI25" s="4"/>
+      <c r="DJ25" s="4"/>
+      <c r="DK25" s="4"/>
+      <c r="DL25" s="4"/>
+      <c r="DM25" s="4"/>
+      <c r="DN25" s="4"/>
+      <c r="DO25" s="4"/>
+      <c r="DP25" s="4"/>
+      <c r="DQ25" s="4"/>
+      <c r="DR25" s="4"/>
+      <c r="DS25" s="4"/>
+      <c r="DT25" s="4"/>
+      <c r="DU25" s="4"/>
+      <c r="DV25" s="4"/>
+      <c r="DW25" s="4"/>
+      <c r="DX25" s="4"/>
+      <c r="DY25" s="4"/>
+      <c r="DZ25" s="4"/>
+      <c r="EA25" s="4"/>
+      <c r="EB25" s="4">
+        <v>30</v>
+      </c>
+      <c r="EC25" s="4">
+        <v>344</v>
+      </c>
+      <c r="ED25" s="6">
+        <v>3800</v>
+      </c>
+      <c r="EE25" s="7">
+        <v>9.0526315789473691E-2</v>
+      </c>
+      <c r="EF25" s="19"/>
+      <c r="EG25" s="19"/>
+      <c r="EH25" s="19"/>
+      <c r="EI25" s="19"/>
+      <c r="EJ25" s="19"/>
+      <c r="EK25" s="19"/>
+      <c r="EL25" s="19"/>
+      <c r="EM25" s="19"/>
+      <c r="EN25" s="8">
+        <v>3800</v>
+      </c>
+      <c r="EO25" s="4">
+        <v>116</v>
+      </c>
+      <c r="EP25" s="4">
+        <v>499</v>
+      </c>
+      <c r="EQ25" s="4">
+        <v>12</v>
+      </c>
+      <c r="ER25" s="4"/>
+      <c r="ES25" s="4">
+        <v>2636</v>
+      </c>
+      <c r="ET25" s="4">
+        <v>537</v>
+      </c>
+      <c r="EU25" s="4">
+        <v>3800</v>
+      </c>
+      <c r="EV25" s="4">
+        <v>140</v>
+      </c>
+      <c r="EW25" s="4">
+        <v>15</v>
+      </c>
+      <c r="EX25" s="4">
+        <v>106</v>
+      </c>
+      <c r="EY25" s="4">
+        <v>21</v>
+      </c>
+      <c r="EZ25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FA25" s="4">
+        <v>23</v>
+      </c>
+      <c r="FB25" s="4">
+        <v>63</v>
+      </c>
+      <c r="FC25" s="4">
+        <v>434</v>
+      </c>
+      <c r="FD25" s="4">
+        <v>6</v>
+      </c>
+      <c r="FE25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FF25" s="4">
+        <v>79</v>
+      </c>
+      <c r="FG25" s="4">
+        <v>420</v>
+      </c>
+      <c r="FH25" s="4">
+        <v>8</v>
+      </c>
+      <c r="FI25" s="4">
+        <v>134</v>
+      </c>
+      <c r="FJ25" s="4">
+        <v>28</v>
+      </c>
+      <c r="FK25" s="4">
+        <v>4</v>
+      </c>
+      <c r="FL25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FM25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FN25" s="4">
+        <v>511</v>
+      </c>
+      <c r="FO25" s="4">
+        <v>20</v>
+      </c>
+      <c r="FP25" s="4">
+        <v>30</v>
+      </c>
+      <c r="FQ25" s="4">
+        <v>0</v>
+      </c>
+      <c r="FR25" s="4">
+        <v>147</v>
+      </c>
+      <c r="FS25" s="4">
+        <v>0</v>
+      </c>
+      <c r="FT25" s="4">
+        <v>134</v>
+      </c>
+      <c r="FU25" s="4">
+        <v>20</v>
+      </c>
+      <c r="FV25" s="4">
+        <v>127</v>
+      </c>
+      <c r="FW25" s="4">
+        <v>325</v>
+      </c>
+      <c r="FX25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="FY25" s="4">
+        <v>134</v>
+      </c>
+      <c r="FZ25" s="4">
+        <v>43</v>
+      </c>
+      <c r="GA25" s="4">
+        <v>110</v>
+      </c>
+      <c r="GB25" s="4">
+        <v>157</v>
+      </c>
+      <c r="GC25" s="4">
+        <v>65</v>
+      </c>
+      <c r="GD25" s="4">
+        <v>70</v>
+      </c>
+      <c r="GE25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GF25" s="4">
+        <v>74</v>
+      </c>
+      <c r="GG25" s="4">
+        <v>10</v>
+      </c>
+      <c r="GH25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GI25" s="6">
+        <v>6</v>
+      </c>
+      <c r="GJ25" s="4">
+        <v>0</v>
+      </c>
+      <c r="GK25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GL25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GM25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GN25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GO25" s="4">
+        <v>0</v>
+      </c>
+      <c r="GP25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GQ25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GR25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GS25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GT25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="GU25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GV25" s="4">
+        <v>0</v>
+      </c>
+      <c r="GW25" s="4">
+        <v>5</v>
+      </c>
+      <c r="GX25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GY25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="GZ25" s="4">
+        <v>0</v>
+      </c>
+      <c r="HA25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HB25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HC25" s="4">
+        <v>0</v>
+      </c>
+      <c r="HD25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HE25" s="4">
+        <v>0</v>
+      </c>
+      <c r="HF25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HG25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HH25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HI25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HJ25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HK25" s="4">
+        <v>0</v>
+      </c>
+      <c r="HL25" s="4">
+        <v>0</v>
+      </c>
+      <c r="HM25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HN25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HO25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HP25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HQ25" s="4">
+        <v>7</v>
+      </c>
+      <c r="HR25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HS25" s="4">
+        <v>0</v>
+      </c>
+      <c r="HT25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="HU25" s="4">
+        <v>0</v>
+      </c>
+      <c r="HV25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HW25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="HX25" s="4">
+        <v>89</v>
+      </c>
+      <c r="HY25" s="4">
+        <v>14</v>
+      </c>
+      <c r="HZ25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IA25" s="4">
+        <v>0</v>
+      </c>
+      <c r="IB25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IC25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="ID25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IE25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IF25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IG25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IH25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="II25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IJ25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IK25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IL25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IM25" s="6">
+        <v>0</v>
+      </c>
+      <c r="IN25" s="4">
+        <v>127</v>
+      </c>
+      <c r="IO25" s="4">
+        <v>28</v>
+      </c>
+      <c r="IP25" s="4">
+        <v>24</v>
+      </c>
+      <c r="IQ25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="IR25" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="IS25" s="4">
+        <v>12</v>
+      </c>
+      <c r="IT25" s="4">
+        <v>116</v>
+      </c>
+      <c r="IU25" s="20">
+        <v>1.8749999999999999E-3</v>
+      </c>
+      <c r="IV25" s="10">
+        <v>2.2800925925925927E-3</v>
+      </c>
+      <c r="IW25" s="4">
+        <v>202</v>
+      </c>
+      <c r="IX25" s="20">
+        <v>2.7199074074074072E-4</v>
+      </c>
+      <c r="IY25" s="10">
+        <v>2.4710648148148148E-3</v>
+      </c>
+      <c r="IZ25" s="4">
+        <v>795</v>
+      </c>
+      <c r="JA25" s="12">
+        <v>0.20921052631578949</v>
+      </c>
+      <c r="JB25" s="16"/>
+      <c r="JC25" s="6">
+        <v>140</v>
+      </c>
+      <c r="JD25" s="8">
+        <v>795</v>
+      </c>
+      <c r="JE25" s="12">
+        <v>0.1761006289308176</v>
+      </c>
+      <c r="JF25" s="16"/>
+      <c r="JG25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="JH25" s="6">
+        <v>265</v>
+      </c>
+      <c r="JI25" s="12">
+        <v>3.7735849056603774E-3</v>
+      </c>
+      <c r="JJ25" s="4">
+        <v>116</v>
+      </c>
+      <c r="JK25" s="11">
+        <v>6.898148148148148E-3</v>
+      </c>
+      <c r="JL25" s="11">
+        <v>4.6409722222222217E-3</v>
+      </c>
+      <c r="JM25" s="11">
+        <v>9.1552083333333329E-3</v>
+      </c>
+      <c r="JN25" s="4">
+        <v>499</v>
+      </c>
+      <c r="JO25" s="11">
+        <v>5.4513888888888884E-3</v>
+      </c>
+      <c r="JP25" s="11">
+        <v>1.1393541666666666E-2</v>
+      </c>
+      <c r="JQ25" s="49"/>
+      <c r="JR25" s="49"/>
+      <c r="JS25" s="49"/>
+      <c r="JT25" s="49"/>
+      <c r="JU25" s="4">
+        <v>1698</v>
+      </c>
+      <c r="JV25" s="11">
+        <v>5.5370370370370368E-2</v>
+      </c>
+      <c r="JW25" s="11">
+        <v>7.8726851851851853E-2</v>
+      </c>
+      <c r="JX25" s="11">
+        <v>0.20774305555555556</v>
+      </c>
+      <c r="JY25" s="4">
+        <v>97</v>
+      </c>
+      <c r="JZ25" s="11">
+        <v>5.1203703703703703E-2</v>
+      </c>
+      <c r="KA25" s="11">
+        <v>7.1747685185185192E-2</v>
+      </c>
+      <c r="KB25" s="11">
+        <v>0.42586805555555557</v>
+      </c>
+      <c r="KC25" s="6">
+        <v>1451</v>
+      </c>
+      <c r="KD25" s="14">
+        <v>0.87525844245348039</v>
+      </c>
+      <c r="KE25" s="14">
+        <v>0.11509303928325293</v>
+      </c>
+      <c r="KF25" s="14">
+        <v>8.2701585113714674E-3</v>
+      </c>
+      <c r="KG25" s="14">
+        <v>1.3783597518952446E-3</v>
+      </c>
+      <c r="KH25" s="8">
+        <v>73</v>
+      </c>
+      <c r="KI25" s="6">
+        <v>14</v>
+      </c>
+      <c r="KJ25" s="6">
+        <v>29</v>
+      </c>
+      <c r="KK25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KL25" s="6"/>
+      <c r="KM25" s="6">
+        <v>27</v>
+      </c>
+      <c r="KN25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="KO25" s="6">
+        <v>51</v>
+      </c>
+      <c r="KP25" s="14">
+        <v>0.69863013698630139</v>
+      </c>
+      <c r="KQ25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KR25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KS25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KT25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KU25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KV25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KW25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KX25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KY25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="KZ25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LA25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LB25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LC25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LD25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LE25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LF25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LG25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LH25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LI25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LJ25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LK25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LL25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LM25" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="LN25" s="6">
+        <v>419</v>
+      </c>
+      <c r="LO25" s="6">
+        <v>266</v>
+      </c>
+      <c r="LP25" s="6">
+        <v>153</v>
+      </c>
+      <c r="LQ25" s="16"/>
+      <c r="LR25" s="6">
+        <v>1308</v>
+      </c>
+      <c r="LS25" s="6">
+        <v>157</v>
+      </c>
+      <c r="LT25" s="17">
+        <v>0.12003058103975535</v>
+      </c>
+      <c r="LU25" s="6">
+        <v>6</v>
+      </c>
+      <c r="LV25" s="17">
+        <v>4.5871559633027525E-3</v>
+      </c>
+      <c r="LW25" s="16"/>
+      <c r="LX25" s="6">
+        <v>390</v>
+      </c>
+      <c r="LY25" s="6">
+        <v>21</v>
+      </c>
+      <c r="LZ25" s="17">
+        <v>5.3846153846153849E-2</v>
+      </c>
+      <c r="MA25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MB25" s="17">
+        <v>2.5641025641025641E-3</v>
+      </c>
+      <c r="MC25" s="16"/>
+      <c r="MD25" s="6">
+        <v>1698</v>
+      </c>
+      <c r="ME25" s="6">
+        <v>178</v>
+      </c>
+      <c r="MF25" s="17">
+        <v>0.10482921083627797</v>
+      </c>
+      <c r="MG25" s="6">
+        <v>7</v>
+      </c>
+      <c r="MH25" s="17">
+        <v>4.122497055359246E-3</v>
+      </c>
+      <c r="MI25" s="16"/>
+      <c r="MJ25" s="6">
+        <v>56</v>
+      </c>
+      <c r="MK25" s="6">
+        <v>5</v>
+      </c>
+      <c r="ML25" s="17">
+        <v>8.9285714285714288E-2</v>
+      </c>
+      <c r="MM25" s="6">
+        <v>0</v>
+      </c>
+      <c r="MN25" s="17">
+        <v>0</v>
+      </c>
+      <c r="MO25" s="16"/>
+      <c r="MP25" s="6">
+        <v>41</v>
+      </c>
+      <c r="MQ25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MR25" s="17">
+        <v>2.4390243902439025E-2</v>
+      </c>
+      <c r="MS25" s="6">
+        <v>0</v>
+      </c>
+      <c r="MT25" s="17">
+        <v>0</v>
+      </c>
+      <c r="MU25" s="16"/>
+      <c r="MV25" s="6">
+        <v>66</v>
+      </c>
+      <c r="MW25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="MX25" s="17">
+        <v>6.0606060606060608E-2</v>
+      </c>
+      <c r="MY25" s="6">
+        <v>0</v>
+      </c>
+      <c r="MZ25" s="17">
+        <v>0</v>
+      </c>
+      <c r="NA25" s="6">
+        <v>1470</v>
+      </c>
+      <c r="NB25" s="6">
+        <v>2323</v>
+      </c>
+      <c r="NC25" s="18">
+        <v>0.63280241067585019</v>
+      </c>
+      <c r="ND25" s="6">
+        <v>1608</v>
+      </c>
+      <c r="NE25" s="6">
+        <v>1557</v>
+      </c>
+      <c r="NF25" s="6">
+        <v>40</v>
+      </c>
+      <c r="NG25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NH25" s="6">
+        <v>9</v>
+      </c>
+      <c r="NI25" s="18">
+        <v>0.42749371332774516</v>
+      </c>
+      <c r="NJ25" s="6">
+        <v>510</v>
+      </c>
+      <c r="NK25" s="6">
+        <v>1193</v>
+      </c>
+      <c r="NL25" s="16"/>
+      <c r="NM25" s="18">
+        <v>0.42796610169491528</v>
+      </c>
+      <c r="NN25" s="6">
+        <v>505</v>
+      </c>
+      <c r="NO25" s="6">
+        <v>1180</v>
+      </c>
+      <c r="NP25" s="18">
+        <v>0.27272727272727271</v>
+      </c>
+      <c r="NQ25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NR25" s="6">
+        <v>0</v>
+      </c>
+      <c r="NS25" s="18">
+        <v>1</v>
+      </c>
+      <c r="NT25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NU25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="NV25" s="18">
+        <v>0</v>
+      </c>
+      <c r="NW25" s="6">
+        <v>0</v>
+      </c>
+      <c r="NX25" s="6">
+        <v>0</v>
+      </c>
+      <c r="NY25" s="6">
+        <v>473.18413699999996</v>
+      </c>
+      <c r="NZ25" s="6">
+        <v>470.95219699999996</v>
+      </c>
+      <c r="OA25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OB25" s="6" t="s">
+        <v>1084</v>
+      </c>
+      <c r="OC25" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="OD25" s="18">
+        <v>0.67896060352053644</v>
+      </c>
+      <c r="OE25" s="6">
+        <v>810</v>
+      </c>
+      <c r="OF25" s="6">
+        <v>1193</v>
+      </c>
+      <c r="OG25" s="16"/>
+      <c r="OH25" s="18">
+        <v>0.67627118644067796</v>
+      </c>
+      <c r="OI25" s="6">
+        <v>798</v>
+      </c>
+      <c r="OJ25" s="6">
+        <v>1180</v>
+      </c>
+      <c r="OK25" s="18">
+        <v>1</v>
+      </c>
+      <c r="OL25" s="6">
+        <v>11</v>
+      </c>
+      <c r="OM25" s="6">
+        <v>11</v>
+      </c>
+      <c r="ON25" s="18">
+        <v>0.5</v>
+      </c>
+      <c r="OO25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OP25" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="OQ25" s="18">
+        <v>0</v>
+      </c>
+      <c r="OR25" s="6">
+        <v>0</v>
+      </c>
+      <c r="OS25" s="8">
+        <v>0</v>
+      </c>
+      <c r="OT25" s="6">
+        <v>75</v>
+      </c>
+      <c r="OU25" s="6">
+        <v>1608</v>
+      </c>
+      <c r="OV25" s="12">
+        <v>4.6641791044776122E-2</v>
+      </c>
+      <c r="OW25" s="6">
+        <v>51.801091000000014</v>
+      </c>
+      <c r="OX25" s="6">
+        <v>51.768314000000011</v>
+      </c>
+      <c r="OY25" s="6" t="s">
+        <v>1084</v>
+      </c>
+      <c r="OZ25" s="6">
+        <v>3.2777000000000001E-2</v>
+      </c>
+      <c r="PA25" s="6" t="s">
+        <v>1091</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1D2CDE03-D0E6-4236-91CE-59E046F14D19}">
-  <dimension ref="A1:D40"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C8B39600-8903-41C0-B8BE-E7D2D89C4E84}">
+  <dimension ref="A1:G4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C2" sqref="C2"/>
+      <selection activeCell="C1" sqref="C1"/>
     </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14"/>
+  <cols>
+    <col min="1" max="1" width="8.6640625" style="55"/>
+    <col min="2" max="2" width="8.6640625" style="2"/>
+    <col min="3" max="3" width="13.25" style="2" customWidth="1"/>
+    <col min="4" max="4" width="11.58203125" style="2" customWidth="1"/>
+    <col min="5" max="5" width="8.6640625" style="2"/>
+    <col min="6" max="6" width="12.25" style="2" customWidth="1"/>
+    <col min="7" max="7" width="10.58203125" style="2" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="52">
+      <c r="A1" s="53" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>1097</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>1098</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7">
+      <c r="A2" s="53">
+        <v>45839</v>
+      </c>
+      <c r="B2" s="54">
+        <v>1.7455197132610001</v>
+      </c>
+      <c r="C2" s="54">
+        <v>8.1699029126209997</v>
+      </c>
+      <c r="D2" s="54">
+        <v>407</v>
+      </c>
+      <c r="E2" s="54">
+        <v>280</v>
+      </c>
+      <c r="F2" s="54">
+        <v>150</v>
+      </c>
+      <c r="G2" s="1"/>
+    </row>
+    <row r="3" spans="1:7">
+      <c r="A3" s="53">
+        <v>45870</v>
+      </c>
+      <c r="B3" s="54">
+        <v>1.99293286219</v>
+      </c>
+      <c r="C3" s="54">
+        <v>6.4519230769230003</v>
+      </c>
+      <c r="D3" s="54">
+        <v>379</v>
+      </c>
+      <c r="E3" s="54">
+        <v>262</v>
+      </c>
+      <c r="G3" s="54">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7">
+      <c r="A4" s="53">
+        <v>45901</v>
+      </c>
+      <c r="B4" s="54">
+        <v>1.638596491228</v>
+      </c>
+      <c r="C4" s="54">
+        <v>9.0818713450290005</v>
+      </c>
+      <c r="D4" s="54">
+        <v>352</v>
+      </c>
+      <c r="E4" s="54">
+        <v>317</v>
+      </c>
+      <c r="F4" s="54">
+        <v>151</v>
+      </c>
+      <c r="G4" s="1"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ACAA587C-2F27-4140-BFB8-774E673049FF}">
+  <dimension ref="A1:G4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B1" sqref="B1:C1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14"/>
+  <cols>
+    <col min="1" max="1" width="8.6640625" style="55"/>
+    <col min="2" max="2" width="8.6640625" style="2"/>
+    <col min="3" max="3" width="13.25" style="2" customWidth="1"/>
+    <col min="4" max="4" width="11.58203125" style="2" customWidth="1"/>
+    <col min="5" max="5" width="8.6640625" style="2"/>
+    <col min="6" max="6" width="12.25" style="2" customWidth="1"/>
+    <col min="7" max="7" width="10.58203125" style="2" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="43.5">
+      <c r="A1" s="56" t="s">
+        <v>672</v>
+      </c>
+      <c r="B1" s="56" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C1" s="56" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D1" s="56" t="s">
+        <v>1102</v>
+      </c>
+      <c r="E1" s="56" t="s">
+        <v>1103</v>
+      </c>
+      <c r="F1" s="56" t="s">
+        <v>1104</v>
+      </c>
+      <c r="G1" s="56" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7">
+      <c r="A2" s="53">
+        <v>45839</v>
+      </c>
+      <c r="B2" s="54">
+        <v>1.7455197132610001</v>
+      </c>
+      <c r="C2" s="54">
+        <v>8.1699029126209997</v>
+      </c>
+      <c r="D2" s="54">
+        <v>407</v>
+      </c>
+      <c r="E2" s="54">
+        <v>280</v>
+      </c>
+      <c r="F2" s="54">
+        <v>150</v>
+      </c>
+      <c r="G2" s="1"/>
+    </row>
+    <row r="3" spans="1:7">
+      <c r="A3" s="53">
+        <v>45870</v>
+      </c>
+      <c r="B3" s="54">
+        <v>1.99293286219</v>
+      </c>
+      <c r="C3" s="54">
+        <v>6.4519230769230003</v>
+      </c>
+      <c r="D3" s="54">
+        <v>379</v>
+      </c>
+      <c r="E3" s="54">
+        <v>262</v>
+      </c>
+      <c r="G3" s="54">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7">
+      <c r="A4" s="53">
+        <v>45901</v>
+      </c>
+      <c r="B4" s="54">
+        <v>1.638596491228</v>
+      </c>
+      <c r="C4" s="54">
+        <v>9.0818713450290005</v>
+      </c>
+      <c r="D4" s="54">
+        <v>352</v>
+      </c>
+      <c r="E4" s="54">
+        <v>317</v>
+      </c>
+      <c r="F4" s="54">
+        <v>151</v>
+      </c>
+      <c r="G4" s="1"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1D2CDE03-D0E6-4236-91CE-59E046F14D19}">
+  <dimension ref="A1:D47"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14"/>
   <cols>
     <col min="3" max="3" width="59.75" customWidth="1"/>
     <col min="4" max="4" width="87.75" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="31" t="s">
         <v>590</v>
       </c>
       <c r="B1" s="32" t="s">
         <v>591</v>
       </c>
       <c r="C1" s="32" t="s">
         <v>592</v>
       </c>
       <c r="D1" s="32" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="2" spans="1:4" ht="29">
       <c r="A2" s="33">
         <v>1</v>
       </c>
@@ -36202,652 +52622,113 @@
       </c>
       <c r="B39" s="41" t="s">
         <v>556</v>
       </c>
       <c r="C39" s="35" t="s">
         <v>668</v>
       </c>
       <c r="D39" s="35" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="40" spans="1:4" ht="14.5">
       <c r="A40" s="33">
         <v>39</v>
       </c>
       <c r="B40" s="41" t="s">
         <v>559</v>
       </c>
       <c r="C40" s="35" t="s">
         <v>670</v>
       </c>
       <c r="D40" s="35" t="s">
         <v>671</v>
       </c>
     </row>
-  </sheetData>
-[...29 lines deleted...]
-        <v>450</v>
+    <row r="43" spans="1:4" ht="14.5">
+      <c r="A43" s="62" t="s">
+        <v>1112</v>
       </c>
     </row>
-    <row r="2" spans="1:4" ht="29">
-[...10 lines deleted...]
-        <v>452</v>
+    <row r="44" spans="1:4" ht="28.5">
+      <c r="C44" s="80" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D44" s="81" t="s">
+        <v>1113</v>
       </c>
     </row>
-    <row r="3" spans="1:4" ht="29">
-[...10 lines deleted...]
-        <v>454</v>
+    <row r="45" spans="1:4" ht="58">
+      <c r="C45" s="82"/>
+      <c r="D45" s="83" t="s">
+        <v>1115</v>
       </c>
     </row>
-    <row r="4" spans="1:4" ht="29">
-[...10 lines deleted...]
-        <v>457</v>
+    <row r="46" spans="1:4" ht="29">
+      <c r="C46" s="80" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D46" s="81" t="s">
+        <v>1114</v>
       </c>
     </row>
-    <row r="5" spans="1:4" ht="29">
-[...500 lines deleted...]
-        <v>560</v>
+    <row r="47" spans="1:4" ht="101.5">
+      <c r="C47" s="82"/>
+      <c r="D47" s="83" t="s">
+        <v>1116</v>
       </c>
     </row>
   </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="C44:C45"/>
+    <mergeCell ref="C46:C47"/>
+  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8</vt:i4>
+        <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="8" baseType="lpstr">
+    <vt:vector size="10" baseType="lpstr">
       <vt:lpstr>Clawr</vt:lpstr>
       <vt:lpstr>Cover</vt:lpstr>
       <vt:lpstr>Model Ymateb</vt:lpstr>
       <vt:lpstr>Response Model</vt:lpstr>
       <vt:lpstr> Data ASI</vt:lpstr>
       <vt:lpstr>ASI Data</vt:lpstr>
+      <vt:lpstr>EMERG Clinical Indicators</vt:lpstr>
+      <vt:lpstr>Dangosyddion Clinigol BRYS</vt:lpstr>
       <vt:lpstr> Tabl Diffiniad ASI</vt:lpstr>
       <vt:lpstr>ASI Definition Table</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cwm Taf Morgannwg University Health Board</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ricky Thomas (NHS Wales Joint Commissioning Committee)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>