--- v0 (2025-10-12)
+++ v1 (2025-11-03)
@@ -26,479 +26,583 @@
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="7DE7D5BF" w14:textId="77777777" w:rsidR="00A03829" w:rsidRPr="00276102" w:rsidRDefault="00A03829" w:rsidP="0094397A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="41FFEAA3" w14:textId="4A563EC5" w:rsidR="00347D39" w:rsidRPr="00276102" w:rsidRDefault="0028590A" w:rsidP="0094397A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00276102">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74EA744D" wp14:editId="0A93CD8D">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74EA744D" wp14:editId="56C752F9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
-                  <wp:posOffset>172085</wp:posOffset>
+                  <wp:posOffset>173355</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>4993005</wp:posOffset>
+                  <wp:posOffset>4993640</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6242685" cy="715010"/>
-                <wp:effectExtent l="0" t="0" r="5715" b="8890"/>
+                <wp:extent cx="6581775" cy="1295400"/>
+                <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="16" name="Text Box 1">
                   <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                       <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                     </a:ext>
                   </a:extLst>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6242685" cy="715010"/>
+                          <a:ext cx="6581775" cy="1295400"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="707D357C" w14:textId="5C090170" w:rsidR="00EE2809" w:rsidRDefault="002768E9" w:rsidP="00654024">
+                          <w:p w14:paraId="707D357C" w14:textId="48E4E60D" w:rsidR="00EE2809" w:rsidRDefault="002768E9" w:rsidP="00654024">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="002768E9">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t>Dyddiad yr Adroddiad</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> | Report Date</w:t>
                             </w:r>
                             <w:r w:rsidRPr="002768E9">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
-                            <w:r w:rsidR="009C5BCC">
+                            <w:r w:rsidR="004325A8">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
-                              <w:t>Medi</w:t>
+                              <w:t>Hydref</w:t>
                             </w:r>
                             <w:r w:rsidRPr="002768E9">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> 2025</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> | </w:t>
                             </w:r>
-                            <w:r w:rsidR="009C5BCC">
+                            <w:r w:rsidR="004325A8">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
-                              <w:t>September</w:t>
+                              <w:t>October</w:t>
                             </w:r>
                             <w:r w:rsidR="006C4BAF">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> 2025</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="5DFBCCF7" w14:textId="6EAF1609" w:rsidR="002768E9" w:rsidRDefault="002768E9" w:rsidP="007A4CD1">
+                          <w:p w14:paraId="5DFBCCF7" w14:textId="1E976084" w:rsidR="002768E9" w:rsidRDefault="002768E9" w:rsidP="004325A8">
                             <w:pPr>
                               <w:spacing w:after="0"/>
+                              <w:ind w:left="4320" w:hanging="4320"/>
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="002768E9">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t>Awdur</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> | Author</w:t>
                             </w:r>
                             <w:r w:rsidRPr="002768E9">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
-                              <w:t>: Richard Thomas – Pennaeth Gwybodaeth a Pherfformiad</w:t>
+                              <w:t xml:space="preserve">: </w:t>
+                            </w:r>
+                            <w:r w:rsidR="004325A8">
+                              <w:rPr>
+                                <w:rStyle w:val="oypena"/>
+                                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="285D7F"/>
+                              </w:rPr>
+                              <w:t>Susan Evans</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="002768E9">
+                              <w:rPr>
+                                <w:rStyle w:val="oypena"/>
+                                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="285D7F"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> – </w:t>
+                            </w:r>
+                            <w:r w:rsidR="004325A8">
+                              <w:rPr>
+                                <w:rStyle w:val="oypena"/>
+                                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="285D7F"/>
+                              </w:rPr>
+                              <w:tab/>
+                            </w:r>
+                            <w:r w:rsidR="004325A8" w:rsidRPr="004325A8">
+                              <w:rPr>
+                                <w:rStyle w:val="oypena"/>
+                                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="285D7F"/>
+                              </w:rPr>
+                              <w:t>Dadansoddwr a Datblygwr Data Gwasanaethau Ambiwlans Integredig</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="305E5DAE" w14:textId="77777777" w:rsidR="004325A8" w:rsidRDefault="004325A8" w:rsidP="007A4CD1">
+                            <w:pPr>
+                              <w:spacing w:after="0"/>
+                              <w:rPr>
+                                <w:rStyle w:val="oypena"/>
+                                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="285D7F"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="7971239B" w14:textId="0C38BFCC" w:rsidR="00EE2809" w:rsidRPr="00347D39" w:rsidRDefault="004325A8" w:rsidP="002768E9">
+                            <w:pPr>
+                              <w:spacing w:after="0"/>
+                              <w:ind w:left="4320"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                                <w:sz w:val="40"/>
+                                <w:szCs w:val="40"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="004325A8">
+                              <w:rPr>
+                                <w:rStyle w:val="oypena"/>
+                                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="285D7F"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Integrated Ambulance Services Data Analyst </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> </w:t>
-[...20 lines deleted...]
-                              <w:t xml:space="preserve"> Head of Information and Performance</w:t>
+                              <w:t xml:space="preserve">/Developer </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="74EA744D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:13.55pt;margin-top:393.15pt;width:491.55pt;height:56.3pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDgpRaGHgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8FuGyEQvVfqPyDu9dor20lWXkepU1eV&#10;0rRS0g9ggfWiAkMBe9f9+g6s47jtrSoHxDDD482bmdXtYDQ5SB8U2JrOJlNKpOUglN3V9Nvz9t01&#10;JSEyK5gGK2t6lIHert++WfWukiV0oIX0BEFsqHpX0y5GVxVF4J00LEzASYvOFrxhEU2/K4RnPaIb&#10;XZTT6bLowQvngcsQ8PZ+dNJ1xm9byeOXtg0yEl1T5Bbz7vPepL1Yr1i188x1ip9osH9gYZiy+OkZ&#10;6p5FRvZe/QVlFPcQoI0TDqaAtlVc5hwwm9n0j2yeOuZkzgXFCe4sU/h/sPzx8NUTJbB2S0osM1ij&#10;ZzlE8h4GMkvy9C5UGPXkMC4OeI2hOdXgHoB/D8TCpmN2J++8h76TTCC9/LK4eDrihATS9J9B4Dds&#10;HyEDDa03STtUgyA6lul4Lk2iwvFyWc7L5fWCEo6+q9kCxUrkCla9vHY+xI8SDEmHmnosfUZnh4cQ&#10;x9CXkPRZAK3EVmmdDb9rNtqTA8M22eZ1Qv8tTFvS1/RmUS4ysoX0PneQURHbWCtT0+tpWmNjJTU+&#10;WJFDIlN6PCNpbZF7kicpMmoTh2bAwHTZgDiiUB7GdsXxwkMH/iclPbZqTcOPPfOSEv3Jotg3s/k8&#10;9XY25ourEg1/6WkuPcxyhKpppGQ8bmKeh6SDhTssSquyXq9MTlyxBbPip3FJPX5p56jXoV7/AgAA&#10;//8DAFBLAwQUAAYACAAAACEA3ZXUp98AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF&#10;90j8gzWV2CBqJ0BeZFIBEqjbln6AE0+TqLEdxW6T/j3uCpaje3TvmXKz6IFdaHK9NQjRWgAj01jV&#10;mxbh8PP1lAFzXholB2sI4UoONtX9XSkLZWezo8vetyyUGFdIhM77seDcNR1p6dZ2JBOyo5209OGc&#10;Wq4mOYdyPfBYiIRr2Zuw0MmRPjtqTvuzRjhu58fXfK6//SHdvSQfsk9re0V8WC3vb8A8Lf4Phpt+&#10;UIcqONX2bJRjA0KcRoFESLPkGdgNEJGIgdUIWZ7lwKuS//+h+gUAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQDgpRaGHgIAABwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDdldSn3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHgEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" stroked="f">
+              <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:13.65pt;margin-top:393.2pt;width:518.25pt;height:102pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCDw4guIgIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N7ajXDZWnNU221SV&#10;tttKu/0AjHGMCgwFEjv9+g44m03bt6o8IIaZOcycOaxvB63IUTgvwVS0mOSUCMOhkWZf0W/Pu3c3&#10;lPjATMMUGFHRk/D0dvP2zbq3pZhCB6oRjiCI8WVvK9qFYMss87wTmvkJWGHQ2YLTLKDp9lnjWI/o&#10;WmXTPF9kPbjGOuDCe7y9H510k/DbVvDwpW29CERVFGsLaXdpr+Oebdas3DtmO8nPZbB/qEIzafDR&#10;C9Q9C4wcnPwLSkvuwEMbJhx0Bm0ruUg9YDdF/kc3Tx2zIvWC5Hh7ocn/P1j+ePzqiGxwdgtKDNM4&#10;o2cxBPIeBlJEenrrS4x6shgXBrzG0NSqtw/Av3tiYNsxsxd3zkHfCdZgeSkzu0odcXwEqfvP0OAz&#10;7BAgAQ2t05E7ZIMgOo7pdBlNLIXj5WJ+UyyXc0o4+orpaj7L0/AyVr6kW+fDRwGaxENFHc4+wbPj&#10;gw/YCIa+hMTXPCjZ7KRSyXD7eqscOTLUyS6t2Dum/BamDOkruppP5wnZQMxPEtIyoI6V1BW9yeMa&#10;lRXp+GCaFBKYVOMZYZVB9MhPpGQkJwz1gIHxsobmhEw5GPWK/wsPHbiflPSo1Yr6HwfmBCXqk0G2&#10;V8VsFsWdjNl8OUXDXXvqaw8zHKEqGigZj9uQPkTkwcAdTqWVia/XSs61ogYTJ+f/EkV+baeo11+9&#10;+QUAAP//AwBQSwMEFAAGAAgAAAAhAPCMSMDfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj9FO&#10;g0AQRd9N/IfNmPhi7GKLUChDoyYaX1v7AQO7BVJ2lrDbQv/e7ZM+Tubk3nOL7Wx6cdGj6ywjvCwi&#10;EJprqzpuEA4/n89rEM4TK+ota4SrdrAt7+8KypWdeKcve9+IEMIuJ4TW+yGX0tWtNuQWdtAcfkc7&#10;GvLhHBupRppCuOnlMooSaajj0NDSoD9aXZ/2Z4Nw/J6eXrOp+vKHdBcn79Sllb0iPj7MbxsQXs/+&#10;D4abflCHMjhV9szKiR5hma4CiZCukxjEDYiSVRhTIWRZFIMsC/l/Q/kLAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAg8OILiICAAAdBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEA8IxIwN8AAAALAQAADwAAAAAAAAAAAAAAAAB8BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="707D357C" w14:textId="5C090170" w:rsidR="00EE2809" w:rsidRDefault="002768E9" w:rsidP="00654024">
+                    <w:p w14:paraId="707D357C" w14:textId="48E4E60D" w:rsidR="00EE2809" w:rsidRDefault="002768E9" w:rsidP="00654024">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="002768E9">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t>Dyddiad yr Adroddiad</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> | Report Date</w:t>
                       </w:r>
                       <w:r w:rsidRPr="002768E9">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
-                      <w:r w:rsidR="009C5BCC">
+                      <w:r w:rsidR="004325A8">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
-                        <w:t>Medi</w:t>
+                        <w:t>Hydref</w:t>
                       </w:r>
                       <w:r w:rsidRPr="002768E9">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> 2025</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> | </w:t>
                       </w:r>
-                      <w:r w:rsidR="009C5BCC">
+                      <w:r w:rsidR="004325A8">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
-                        <w:t>September</w:t>
+                        <w:t>October</w:t>
                       </w:r>
                       <w:r w:rsidR="006C4BAF">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> 2025</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="5DFBCCF7" w14:textId="6EAF1609" w:rsidR="002768E9" w:rsidRDefault="002768E9" w:rsidP="007A4CD1">
+                    <w:p w14:paraId="5DFBCCF7" w14:textId="1E976084" w:rsidR="002768E9" w:rsidRDefault="002768E9" w:rsidP="004325A8">
                       <w:pPr>
                         <w:spacing w:after="0"/>
+                        <w:ind w:left="4320" w:hanging="4320"/>
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="002768E9">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t>Awdur</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> | Author</w:t>
                       </w:r>
                       <w:r w:rsidRPr="002768E9">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
-                        <w:t>: Richard Thomas – Pennaeth Gwybodaeth a Pherfformiad</w:t>
+                        <w:t xml:space="preserve">: </w:t>
+                      </w:r>
+                      <w:r w:rsidR="004325A8">
+                        <w:rPr>
+                          <w:rStyle w:val="oypena"/>
+                          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="285D7F"/>
+                        </w:rPr>
+                        <w:t>Susan Evans</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="002768E9">
+                        <w:rPr>
+                          <w:rStyle w:val="oypena"/>
+                          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="285D7F"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> – </w:t>
+                      </w:r>
+                      <w:r w:rsidR="004325A8">
+                        <w:rPr>
+                          <w:rStyle w:val="oypena"/>
+                          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="285D7F"/>
+                        </w:rPr>
+                        <w:tab/>
+                      </w:r>
+                      <w:r w:rsidR="004325A8" w:rsidRPr="004325A8">
+                        <w:rPr>
+                          <w:rStyle w:val="oypena"/>
+                          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="285D7F"/>
+                        </w:rPr>
+                        <w:t>Dadansoddwr a Datblygwr Data Gwasanaethau Ambiwlans Integredig</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="305E5DAE" w14:textId="77777777" w:rsidR="004325A8" w:rsidRDefault="004325A8" w:rsidP="007A4CD1">
+                      <w:pPr>
+                        <w:spacing w:after="0"/>
+                        <w:rPr>
+                          <w:rStyle w:val="oypena"/>
+                          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="285D7F"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="7971239B" w14:textId="0C38BFCC" w:rsidR="00EE2809" w:rsidRPr="00347D39" w:rsidRDefault="004325A8" w:rsidP="002768E9">
+                      <w:pPr>
+                        <w:spacing w:after="0"/>
+                        <w:ind w:left="4320"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                          <w:sz w:val="40"/>
+                          <w:szCs w:val="40"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004325A8">
+                        <w:rPr>
+                          <w:rStyle w:val="oypena"/>
+                          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="285D7F"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Integrated Ambulance Services Data Analyst </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> </w:t>
-[...20 lines deleted...]
-                        <w:t xml:space="preserve"> Head of Information and Performance</w:t>
+                        <w:t xml:space="preserve">/Developer </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="006C4BAF" w:rsidRPr="00276102">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07B9E018" wp14:editId="2F55A2CC">
                 <wp:simplePos x="0" y="0"/>
@@ -576,53 +680,53 @@
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                                 <w:sz w:val="56"/>
                                 <w:szCs w:val="56"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+          <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="07B9E018" id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" alt="&quot;&quot;" style="position:absolute;left:0;text-align:left;margin-left:8.55pt;margin-top:231.8pt;width:507pt;height:119.55pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDoKW9tEAIAAP4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0ySlXdqo6WrpUoS0&#10;XKSFD3Bsp7FwPMZ2m5SvZ+xkuwXeEH6wPJ7xmZkzx5vbodPkJJ1XYCpazHJKpOEglDlU9NvX/asV&#10;JT4wI5gGIyt6lp7ebl++2PS2lHNoQQvpCIIYX/a2om0Itswyz1vZMT8DKw06G3AdC2i6QyYc6xG9&#10;09k8z2+yHpywDrj0Hm/vRyfdJvymkTx8bhovA9EVxdpC2l3a67hn2w0rD47ZVvGpDPYPVXRMGUx6&#10;gbpngZGjU39BdYo78NCEGYcug6ZRXKYesJsi/6Obx5ZZmXpBcry90OT/Hyz/dHq0XxwJw1sYcICp&#10;CW8fgH/3xMCuZeYg75yDvpVMYOIiUpb11pfT00i1L30EqfuPIHDI7BggAQ2N6yIr2CdBdBzA+UK6&#10;HALheHmzeL1a5+ji6CuWxWq+WqYcrHx6bp0P7yV0JB4q6nCqCZ6dHnyI5bDyKSRm86CV2Cutk+EO&#10;9U47cmKogH1aE/pvYdqQvqLr5XyZkA3E90kcnQqoUK26iq7yuEbNRDreGZFCAlN6PGMl2kz8REpG&#10;csJQD0SJibxIVw3ijIQ5GAWJHwgPLbiflPQoxor6H0fmJCX6g0HS18ViEdWbjMXyzRwNd+2prz3M&#10;cISqaKBkPO5CUnykw8AdDqdRibbnSqaSUWSJzelDRBVf2ynq+dtufwEAAP//AwBQSwMEFAAGAAgA&#10;AAAhABKqKOTeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJC6Ipd1GA6Xp&#10;BEigXTf2AG7jtRWNUzXZ2r092QmOv/3p9+diM9tenGn0nWMN6SIBQVw703Gj4fD9+fgMwgdkg71j&#10;0nAhD5vy9qbA3LiJd3Teh0bEEvY5amhDGHIpfd2SRb9wA3HcHd1oMcQ4NtKMOMVy28tlkmTSYsfx&#10;QosDfbRU/+xPVsNxOz08vUzVVzio3Tp7x05V7qL1/d389goi0Bz+YLjqR3Uoo1PlTmy86GNWaSQ1&#10;rLNVBuIKJKs0jioNKlkqkGUh//9Q/gIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDoKW9t&#10;EAIAAP4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAS&#10;qijk3gAAAAsBAAAPAAAAAAAAAAAAAAAAAGoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" stroked="f">
+              <v:shape w14:anchorId="07B9E018" id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:8.55pt;margin-top:231.8pt;width:507pt;height:119.55pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDhel4+IwIAACQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuGyEQfa/Uf0C813upndorr6PUqatK&#10;6UVK+gEsy3pRgaGAvZt+fQbWcdz2rSoPiGFmDmfODOvrUStyFM5LMDUtZjklwnBopdnX9PvD7s2S&#10;Eh+YaZkCI2r6KDy93rx+tR5sJUroQbXCEQQxvhpsTfsQbJVlnvdCMz8DKww6O3CaBTTdPmsdGxBd&#10;q6zM86tsANdaB1x4j7e3k5NuEn7XCR6+dp0XgaiaIreQdpf2Ju7ZZs2qvWO2l/xEg/0DC82kwUfP&#10;ULcsMHJw8i8oLbkDD12YcdAZdJ3kItWA1RT5H9Xc98yKVAuK4+1ZJv//YPmX4zdHZIu9m1NimMYe&#10;PYgxkPcwkjLKM1hfYdS9xbgw4jWGplK9vQP+wxMD256ZvbhxDoZesBbpFTEzu0idcHwEaYbP0OIz&#10;7BAgAY2d01E7VIMgOrbp8dyaSIXj5dX87XKVo4ujr1gUy3K5SG+w6jndOh8+CtAkHmrqsPcJnh3v&#10;fIh0WPUcEl/zoGS7k0olw+2brXLkyHBOdmmd0H8LU4YMNV0tykVCNhDz0whpGXCOldQ1XeZxxXRW&#10;RTk+mDadA5NqOiMTZU76REkmccLYjFMnYm7UroH2EQVzMI0tfjM89OB+UTLgyNbU/zwwJyhRnwyK&#10;virm8zjjyZgv3pVouEtPc+lhhiNUTQMl03Eb0r+ItA3cYHM6mWR7YXKijKOY1Dx9mzjrl3aKevnc&#10;mycAAAD//wMAUEsDBBQABgAIAAAAIQASqijk3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwDIbvSLxDZCQuiKXdRgOl6QRIoF039gBu47UVjVM12dq9PdkJjr/96ffnYjPbXpxp9J1jDeki&#10;AUFcO9Nxo+Hw/fn4DMIHZIO9Y9JwIQ+b8vamwNy4iXd03odGxBL2OWpoQxhyKX3dkkW/cANx3B3d&#10;aDHEODbSjDjFctvLZZJk0mLH8UKLA320VP/sT1bDcTs9PL1M1Vc4qN06e8dOVe6i9f3d/PYKItAc&#10;/mC46kd1KKNT5U5svOhjVmkkNayzVQbiCiSrNI4qDSpZKpBlIf//UP4CAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEA4XpePiMCAAAkBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAEqoo5N4AAAALAQAADwAAAAAAAAAAAAAAAAB9BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="79313502" w14:textId="04F61D3F" w:rsidR="00EE2809" w:rsidRPr="0028590A" w:rsidRDefault="0028590A" w:rsidP="007A4CD1">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:sz w:val="56"/>
                           <w:szCs w:val="56"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="0028590A">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                           <w:sz w:val="56"/>
                           <w:szCs w:val="56"/>
                         </w:rPr>
                         <w:t>Dangosyddion Gwasanaethau Ambiwlans | Ambulance Service Indicators</w:t>
                       </w:r>
                       <w:r w:rsidR="006C4BAF" w:rsidRPr="0028590A">
                         <w:rPr>
@@ -700,51 +804,51 @@
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+          <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
             <w:pict>
               <v:line w14:anchorId="733A49C5" id="Straight Connector 3" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="19.2pt,371.45pt" to="279.3pt,372.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBBYD2wQEAANcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC813oYjgPBcg4x3EvR&#10;Bm3zATS1tIjyBZK17L/vkpLloC2KIsiFIrmzOzvD1ebhrBU5gQ/SmpZWi5ISMNx20hxb+vx9/+Ge&#10;khCZ6ZiyBlp6gUAftu/fbQbXQG17qzrwBIuY0AyupX2MrimKwHvQLCysA4NBYb1mEY/+WHSeDVhd&#10;q6Iuy7tisL5z3nIIAW93Y5Buc30hgMcvQgSIRLUUe4t59Xk9pLXYblhz9Mz1kk9tsFd0oZk0SDqX&#10;2rHIyE8v/yilJfc2WBEX3OrCCiE5ZA2opip/U/OtZw6yFjQnuNmm8HZl+efTo3nyaMPgQhPck08q&#10;zsLr9MX+yDmbdZnNgnMkHC+Xy3JZr9FTjrGqLu9Wyczilux8iB/BapI2LVXSJC2sYadPIY7QKyRd&#10;K0OGltb3q/Uqw4JVsttLpVIw+OPhUXlyYviOiNmt9xPbCxhyK4Mt3JTkXbwoGAm+giCyw96rkSEN&#10;Gcxlux/VVFMZRKYUgfRzUvnvpAmb0iAP3v8mzujMaE2cE7U01v+NNZ6vrYoRf1U9ak2yD7a75HfN&#10;duD05LeZJj2N58tzTr/9j9tfAAAA//8DAFBLAwQUAAYACAAAACEA3TP+WuAAAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbiyldKMrTSdAYjeksYHE0Wu8ttA4VZJ15e3JTnC0&#10;/en395eryfRiJOc7ywpuZwkI4trqjhsF77uXmxyED8gae8uk4Ic8rKrLixILbU/8RuM2NCKGsC9Q&#10;QRvCUEjp65YM+pkdiOPtYJ3BEEfXSO3wFMNNL9MkWUiDHccPLQ703FL9vT0aBbg+brJXt/tMN0+1&#10;+xiX49daH5S6vpoeH0AEmsIfDGf9qA5VdNrbI2svegV3eRZJBfdZugQRgfk8X4DYnzdZDrIq5f8K&#10;1S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAQQWA9sEBAADXAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA3TP+WuAAAAAKAQAADwAAAAAAAAAA&#10;AAAAAAAbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACgFAAAAAA==&#10;" strokecolor="#285d7f" strokeweight="2.25pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00347D39" w:rsidRPr="00276102">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="11D93893" w14:textId="4C948BA0" w:rsidR="005F003F" w:rsidRPr="002768E9" w:rsidRDefault="009D77F9" w:rsidP="00680635">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
@@ -920,51 +1024,51 @@
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="79E5D052" w14:textId="7EE3EE6A" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00A90BCC">
+        <w:p w14:paraId="79E5D052" w14:textId="7EE3EE6A" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00086B69">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc206584450" w:history="1">
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Model Ymateb Clinigol | Clinical Response Model</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
@@ -999,51 +1103,51 @@
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0075DB0B" w14:textId="5D8FE612" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00A90BCC">
+        <w:p w14:paraId="0075DB0B" w14:textId="5D8FE612" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00086B69">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc206584451" w:history="1">
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Llwybr gofal ambiwlans pum cam | Five step ambulance care pathway</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
@@ -1078,51 +1182,51 @@
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4460F536" w14:textId="35B2A131" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00A90BCC" w:rsidP="00C62BCD">
+        <w:p w14:paraId="4460F536" w14:textId="35B2A131" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00086B69" w:rsidP="00C62BCD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc206584452" w:history="1">
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Cam 1 - Helpwch Fi i Ddewis | Step 1 - Help Me Choose</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
@@ -1139,51 +1243,51 @@
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="56ABE5A5" w14:textId="4716685F" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00A90BCC" w:rsidP="00C62BCD">
+        <w:p w14:paraId="56ABE5A5" w14:textId="4716685F" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00086B69" w:rsidP="00C62BCD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc206584453" w:history="1">
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Cam 2 Atebwch Fy Alwad | Step 2 Answer My Call</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
@@ -1200,51 +1304,51 @@
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1B95C5C2" w14:textId="193F8A2D" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00A90BCC" w:rsidP="00C62BCD">
+        <w:p w14:paraId="1B95C5C2" w14:textId="193F8A2D" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00086B69" w:rsidP="00C62BCD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc206584454" w:history="1">
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Cam 3 Dewch i'm Gweld | Step 3 Come To See Me</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
@@ -1261,51 +1365,51 @@
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5BD05CA5" w14:textId="1DA8F283" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00A90BCC" w:rsidP="00C62BCD">
+        <w:p w14:paraId="5BD05CA5" w14:textId="1DA8F283" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00086B69" w:rsidP="00C62BCD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc206584455" w:history="1">
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Cam 4 Rhowch driniaeth i mi | Step 4 Give Me treatment</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
@@ -1322,51 +1426,51 @@
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="637F167B" w14:textId="58810F1A" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00A90BCC" w:rsidP="00C62BCD">
+        <w:p w14:paraId="637F167B" w14:textId="58810F1A" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00086B69" w:rsidP="00C62BCD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc206584456" w:history="1">
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Cam 5 Ewch â Fi i'r Ysbyty | Step 5 Take Me To Hospital</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
@@ -1398,112 +1502,112 @@
               <w:t>14</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="4345865A" w14:textId="1D8E6625" w:rsidR="00680635" w:rsidRDefault="002C3F01" w:rsidP="00C62BCD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
           </w:pPr>
           <w:r w:rsidRPr="00C62BCD">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:id="1" w:name="_Appendix_1:_Operational" w:displacedByCustomXml="prev"/>
-    <w:bookmarkEnd w:id="1" w:displacedByCustomXml="prev"/>
+    <w:bookmarkStart w:id="0" w:name="_Appendix_1:_Operational" w:displacedByCustomXml="prev"/>
+    <w:bookmarkEnd w:id="0" w:displacedByCustomXml="prev"/>
     <w:p w14:paraId="65451724" w14:textId="77777777" w:rsidR="009D77F9" w:rsidRDefault="009D77F9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CA406CB" w14:textId="0F665E87" w:rsidR="00531BDC" w:rsidRPr="002768E9" w:rsidRDefault="009D77F9" w:rsidP="009D77F9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc206584449"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc206584449"/>
       <w:r w:rsidRPr="002768E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Cyflwyniad | </w:t>
       </w:r>
       <w:r w:rsidR="0028590A" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Introduction</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="1F3EEBD4" w14:textId="77777777" w:rsidR="0094397A" w:rsidRDefault="0094397A" w:rsidP="0094397A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3AA2200E" w14:textId="1003F63B" w:rsidR="009D77F9" w:rsidRPr="00A37763" w:rsidRDefault="009D77F9" w:rsidP="00864ADB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -1607,106 +1711,95 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r w:rsidR="00B7767B" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>To monitor performance, the NWJCC and WASUNT developed Ambulance Service Indicators (ASI), published monthly and structured around the Five Step Ambulance Care Pathway. This model ensures resources are dispatched where lives are at risk, while less urgent cases are supported through telephone advice or referral to other NHS services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78B485BC" w14:textId="68C97D69" w:rsidR="009D77F9" w:rsidRPr="00B7767B" w:rsidRDefault="009D77F9" w:rsidP="00864ADB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="407B7688" w14:textId="3585B2C7" w:rsidR="009D77F9" w:rsidRPr="00A37763" w:rsidRDefault="009D77F9" w:rsidP="00864ADB">
+    <w:p w14:paraId="407B7688" w14:textId="3E8C5209" w:rsidR="009D77F9" w:rsidRPr="00A37763" w:rsidRDefault="009D77F9" w:rsidP="00864ADB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mae’r datganiad ASI ar gyfer Gorffennaf 2025 yn cwmpasu perfformiad ar draws y llwybr </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Mae’r datganiad ASI ar gyfer Gorffennaf 2025 yn cwmpasu perfformiad ar draws y llwybr hwn</w:t>
+      </w:r>
       <w:r w:rsidR="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r w:rsidR="00B7767B" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="009C5BCC" w:rsidRPr="009C5BCC">
-[...7 lines deleted...]
-        <w:t>August</w:t>
+      <w:r w:rsidR="004325A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>September</w:t>
       </w:r>
       <w:r w:rsidR="00B7767B" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 ASI release covers performance across this pathway.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BB572D4" w14:textId="557C41F0" w:rsidR="009D77F9" w:rsidRPr="00B7767B" w:rsidRDefault="009D77F9" w:rsidP="00864ADB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1040A247" w14:textId="02C18025" w:rsidR="009F273E" w:rsidRPr="00A37763" w:rsidRDefault="000A1C12" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1844,51 +1937,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864ADB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="21DACE12" w14:textId="5AE371DD" w:rsidR="0028590A" w:rsidRPr="002768E9" w:rsidRDefault="0028590A" w:rsidP="009D77F9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc206584450"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc206584450"/>
       <w:r w:rsidRPr="002768E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Model </w:t>
       </w:r>
       <w:r w:rsidR="009F273E" w:rsidRPr="002768E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
       <w:r w:rsidRPr="002768E9">
         <w:rPr>
@@ -1934,51 +2027,51 @@
         </w:rPr>
         <w:t>|</w:t>
       </w:r>
       <w:r w:rsidR="002768E9" w:rsidRPr="002768E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Clinical Response Model</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="6C837A0A" w14:textId="77777777" w:rsidR="0028590A" w:rsidRDefault="0028590A" w:rsidP="0028590A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18DDA9EF" w14:textId="77777777" w:rsidR="0028590A" w:rsidRPr="00B7767B" w:rsidRDefault="0028590A" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
@@ -2869,82 +2962,82 @@
           <w:color w:val="44546A" w:themeColor="text2"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="41A31E8E" w14:textId="3F162A35" w:rsidR="009D77F9" w:rsidRPr="00A37763" w:rsidRDefault="009D77F9" w:rsidP="009D77F9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc206584451"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc206584451"/>
       <w:r w:rsidRPr="002768E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Llwybr gofal ambiwlans pum cam |</w:t>
       </w:r>
       <w:r w:rsidRPr="002768E9">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Five step ambulance care pathway</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="29D807BA" w14:textId="77777777" w:rsidR="009D77F9" w:rsidRDefault="009D77F9" w:rsidP="009D77F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38A65D32" w14:textId="3F52310D" w:rsidR="00864ADB" w:rsidRPr="00A37763" w:rsidRDefault="00864ADB" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864ADB">
         <w:rPr>
@@ -3407,75 +3500,75 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4082C1E9" w14:textId="3D210592" w:rsidR="009D77F9" w:rsidRPr="00A37763" w:rsidRDefault="009D77F9" w:rsidP="002D0FC9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc206584452"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc206584452"/>
       <w:r w:rsidRPr="002768E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Cam 1 - Helpwch Fi i Ddewis | </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Step 1 - Help Me Choose</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="186944CE" w14:textId="77777777" w:rsidR="000A1C12" w:rsidRDefault="000A1C12" w:rsidP="000A1C12"/>
     <w:p w14:paraId="56F4F939" w14:textId="63C80494" w:rsidR="004A709D" w:rsidRDefault="004A709D" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mae’r adran hon yn edrych ar sut mae pobl yn defnyddio GIG 111 Cymru, ar-lein ac ar y ffôn. Mae’n amlygu’r rhesymau mwyaf cyffredin dros gysylltu â’r gwasanaeth, megis problemau deintyddol, a sut mae’r wybodaeth hon yn helpu GIG 111 i roi’r cyngor cywir ac yn cefnogi Byrddau Iechyd i gynllunio gwasanaethau.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B3003A6" w14:textId="77777777" w:rsidR="00B7767B" w:rsidRPr="00B7767B" w:rsidRDefault="00B7767B" w:rsidP="00B7767B">
       <w:pPr>
@@ -3618,61 +3711,61 @@
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+          <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
             <w:pict>
               <v:line w14:anchorId="597FB0CA" id="Straight Connector 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251659266;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-.15pt,7.05pt" to="532.65pt,7.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNSSOjmwEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815IDVC0Eyz4kSC9B&#10;GrTJBzDU0iLAF5aMJf99l7QtB0mAoEUuFB87szuzq9VmsobtAKP2ruPLRc0ZOOl77bYdf3y4+fqD&#10;s5iE64XxDjq+h8g36y8XqzG0cOkHb3pARiQutmPo+JBSaKsqygGsiAsfwNGj8mhFoiNuqx7FSOzW&#10;VJd13VSjxz6glxAj3V4fHvm68CsFMv1SKkJipuNUWyorlvUpr9V6JdotijBoeSxD/EcVVmhHSWeq&#10;a5EEe0b9hspqiT56lRbS28orpSUUDaRmWb9S82cQAYoWMieG2ab4ebTybnfl7pFsGENsY7jHrGJS&#10;aPOX6mNTMWs/mwVTYpIum+9N860hT+XprToDA8b0E7xledNxo13WIVqxu42JklHoKYQO59Rll/YG&#10;crBxv0Ex3VOyZUGXqYArg2wnqJ9CSnBpmXtIfCU6w5Q2ZgbWHwOP8RkKZWL+BTwjSmbv0gy22nl8&#10;L3uaTiWrQ/zJgYPubMGT7/elKcUaan1ReBzTPFsvzwV+/pnWfwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;AInyqDXeAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8Myhd50o22lpNmICKVW&#10;KFIt2OOanSax2dmwu5r47zvSQz3O9x5v3stmvW3ECX2oHSkYjxIQSIUzNZUKPrcvwycQIWoyunGE&#10;Cs4YYJYPbjKdGtfRB542sRQcQiHVCqoY21TKUFRodRi5Fom1b+etjnz6UhqvOw63jZwkyVRaXRN/&#10;qHSLiwqLn83RKnj3y+VivjofaP1lu91ktVu/9a9K3d3282cQEfv4b4ZLfa4OOXfauyOZIBoFw3s2&#10;Mn4Yg7jIyfSRyf6PyDyT1wPyXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDNSSOjmwEA&#10;AJQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCJ8qg1&#10;3gAAAAgBAAAPAAAAAAAAAAAAAAAAAPUDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;AAUAAAAA&#10;" strokecolor="#4472c4 [3204]" strokeweight=".5pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2283250B" w14:textId="1384CAFD" w:rsidR="00864ADB" w:rsidRPr="00A37763" w:rsidRDefault="000A1C12" w:rsidP="00B7767B">
+    <w:p w14:paraId="2283250B" w14:textId="7FBB1D8B" w:rsidR="00864ADB" w:rsidRPr="00A37763" w:rsidRDefault="000A1C12" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672578" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69D9EAF4" wp14:editId="475E18A2">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1265555</wp:posOffset>
@@ -3717,550 +3810,340 @@
                       <a:ext cx="9021445" cy="3172460"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ym mis </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Ym mis Gorffennaf 2025 bu </w:t>
+      </w:r>
+      <w:r w:rsidR="004325A8" w:rsidRPr="004325A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>398</w:t>
+      </w:r>
+      <w:r w:rsidR="004325A8" w:rsidRPr="004325A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004325A8" w:rsidRPr="004325A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>445</w:t>
+      </w:r>
       <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Gorffennaf</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> o ymweliadau â gwefan GIG 111 Cymru, sy’n darparu gwybodaeth ac arweiniad iechyd. Yn yr un mis, cynhyrchodd </w:t>
+      </w:r>
+      <w:r w:rsidR="004325A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>282</w:t>
+      </w:r>
       <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2025 </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> o alwyr aml </w:t>
+      </w:r>
+      <w:r w:rsidR="009C5BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2,</w:t>
+      </w:r>
+      <w:r w:rsidR="004325A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>875</w:t>
+      </w:r>
       <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>bu</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> o ddigwyddiadau, sef </w:t>
+      </w:r>
       <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r w:rsidR="004325A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="002768E9" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
       <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...5 lines deleted...]
-        <w:t>40</w:t>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gyfanswm y digwyddiadau | </w:t>
+      </w:r>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n July 2025 there were </w:t>
+      </w:r>
+      <w:r w:rsidR="004325A8" w:rsidRPr="004325A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>398,445</w:t>
+      </w:r>
+      <w:r w:rsidR="004325A8" w:rsidRPr="004325A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">visits to the NHS 111 Wales website, which provides health information and advice. During the same month, </w:t>
+      </w:r>
+      <w:r w:rsidR="004325A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>282</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> frequent callers generated </w:t>
       </w:r>
       <w:r w:rsidR="009C5BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="285D7F"/>
-[...10 lines deleted...]
-          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
+      <w:r w:rsidR="004325A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>875</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> incidents, </w:t>
+      </w:r>
       <w:r w:rsidR="009C5BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...181 lines deleted...]
-          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ccounting for </w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8.</w:t>
       </w:r>
-      <w:r w:rsidR="009C5BCC">
-[...232 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="004325A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of all incidents.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C790DB4" w14:textId="0B6488B8" w:rsidR="002D0FC9" w:rsidRDefault="002D0FC9" w:rsidP="004A709D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
@@ -4268,75 +4151,75 @@
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B0F730E" w14:textId="5A97FA24" w:rsidR="002D0FC9" w:rsidRPr="00A37763" w:rsidRDefault="002D0FC9" w:rsidP="002D0FC9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc206584453"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc206584453"/>
       <w:r w:rsidRPr="002768E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Cam 2 Atebwch Fy Alwad | </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Step 2 Answer My Call</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ABDB08F" w14:textId="77777777" w:rsidR="002D0FC9" w:rsidRDefault="002D0FC9" w:rsidP="00FF5D0F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26763BB6" w14:textId="798161D9" w:rsidR="005967CF" w:rsidRPr="00B7767B" w:rsidRDefault="005967CF" w:rsidP="005967CF">
       <w:pPr>
@@ -4528,771 +4411,613 @@
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+          <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
             <w:pict>
               <v:line w14:anchorId="57782746" id="Straight Connector 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251661314;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="0,10.7pt" to="532.8pt,10.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNSSOjmwEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815IDVC0Eyz4kSC9B&#10;GrTJBzDU0iLAF5aMJf99l7QtB0mAoEUuFB87szuzq9VmsobtAKP2ruPLRc0ZOOl77bYdf3y4+fqD&#10;s5iE64XxDjq+h8g36y8XqzG0cOkHb3pARiQutmPo+JBSaKsqygGsiAsfwNGj8mhFoiNuqx7FSOzW&#10;VJd13VSjxz6glxAj3V4fHvm68CsFMv1SKkJipuNUWyorlvUpr9V6JdotijBoeSxD/EcVVmhHSWeq&#10;a5EEe0b9hspqiT56lRbS28orpSUUDaRmWb9S82cQAYoWMieG2ab4ebTybnfl7pFsGENsY7jHrGJS&#10;aPOX6mNTMWs/mwVTYpIum+9N860hT+XprToDA8b0E7xledNxo13WIVqxu42JklHoKYQO59Rll/YG&#10;crBxv0Ex3VOyZUGXqYArg2wnqJ9CSnBpmXtIfCU6w5Q2ZgbWHwOP8RkKZWL+BTwjSmbv0gy22nl8&#10;L3uaTiWrQ/zJgYPubMGT7/elKcUaan1ReBzTPFsvzwV+/pnWfwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;AAtpwF/dAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdNGiQmEkpBbEW&#10;pFiFetxmxySanQ272yb9993ioR7nvcd73xSz0XTiQM63lhGmkwQEcWV1yzXC58fz3SMIHxRr1Vkm&#10;hCN5mJXXV4XKtR34nQ6bUItYwj5XCE0IfS6lrxoyyk9sTxy9b+uMCvF0tdRODbHcdDJNkkwa1XJc&#10;aFRPi4aq383eILy55XIxXx1/eP1lhm262q5fxxfE25tx/gQi0BguYTjjR3QoI9PO7ll70SHERwJC&#10;Or0HcXaT7CEDsftTZFnI//zlCQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM1JI6ObAQAA&#10;lAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAtpwF/d&#10;AAAABwEAAA8AAAAAAAAAAAAAAAAA9QMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD/&#10;BAAAAAA=&#10;" strokecolor="#4472c4 [3204]" strokeweight=".5pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="203A4E69" w14:textId="2528F2C5" w:rsidR="005967CF" w:rsidRPr="005967CF" w:rsidRDefault="005967CF" w:rsidP="005967CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14C810D8" w14:textId="215C0466" w:rsidR="00604718" w:rsidRPr="00604718" w:rsidRDefault="00604718" w:rsidP="00604718">
+    <w:p w14:paraId="14C810D8" w14:textId="386F4F23" w:rsidR="00604718" w:rsidRPr="00604718" w:rsidRDefault="00604718" w:rsidP="00604718">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
-          <w:sz w:val="24"/>
-[...322 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Galwadau Gweithwyr Gofal Iechyd </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Galwadau 999: </w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atebwyd </w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="004325A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="285D7F"/>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004325A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>720</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o alwadau i 999, gyda </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="004325A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004325A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>924</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009C5BCC">
-[...4 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">wedi’u trïo drwy’r System Blaenoriaethu Galwadau Meddygol (MPDS), sy’n helpu i asesu brys pob galwad </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">| </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604718">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>999 Calls</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: 4</w:t>
+      </w:r>
+      <w:r w:rsidR="004325A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004325A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>720</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604718">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calls to 999 were answered, with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B7767B">
-[...4 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="004325A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="009C5BCC">
-[...33 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="004325A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>924</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...29 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00604718">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> calls came from healthcare professionals requesting an urgent admission. Tracking these calls helps WAST plan services for patients referred by GPs, nurses, paramedics and others.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>triaged through the Medical Priority Dispatch System (MPDS), which helps assess the urgency of each call.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7371F14E" w14:textId="4ABDB08E" w:rsidR="000A1C12" w:rsidRPr="00A37763" w:rsidRDefault="00604718" w:rsidP="00604718">
+    <w:p w14:paraId="218780BE" w14:textId="7E66333D" w:rsidR="00604718" w:rsidRPr="00604718" w:rsidRDefault="00604718" w:rsidP="00604718">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">Galwadau Gweithwyr Gofal Iechyd Proffesiynol: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Daeth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C5BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004325A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>948</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o alwadau gan weithwyr gofal iechyd proffesiynol yn gofyn am dderbyniad brys. Mae olrhain y galwadau hyn yn helpu WAST i gynllunio gwasanaethau ar gyfer cleifion a gyfeirir gan feddygon teulu, nyrsys, parafeddygon ac eraill</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604718">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Health Care Professional Calls</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="009C5BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3,</w:t>
+      </w:r>
+      <w:r w:rsidR="004325A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>948</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604718">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calls came from healthcare professionals requesting an urgent admission. Tracking these calls helps WAST plan services for patients referred by GPs, nurses, paramedics and others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7371F14E" w14:textId="22676868" w:rsidR="000A1C12" w:rsidRPr="00A37763" w:rsidRDefault="00604718" w:rsidP="00604718">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Ymgynghori a Chau: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Derbyniodd</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Derbyniodd </w:t>
+      </w:r>
+      <w:r w:rsidR="009C5BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="285D7F"/>
-[...14 lines deleted...]
-        <w:t>6</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004325A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>355</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...65 lines deleted...]
-        <w:t xml:space="preserve"> clinigol dros y ffôn yn lle ambiwlans ar unwaith. Mae’r gwasanaeth hwn yn rhoi cyngor diogel ar gyfer cyflyrau nad ydynt yn bygwth bywyd ac yn gallu arwain cleifion at hunanofal, meddyg teulu, fferyllfa neu gludiant amgen. | </w:t>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o alwyr gyngor clinigol dros y ffôn yn lle ambiwlans ar unwaith. Mae’r gwasanaeth hwn yn rhoi cyngor diogel ar gyfer cyflyrau nad ydynt yn bygwth bywyd ac yn gallu arwain cleifion at hunanofal, meddyg teulu, fferyllfa neu gludiant amgen. | </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Consult and Close: 6,</w:t>
       </w:r>
-      <w:r w:rsidR="009C5BCC">
-[...7 lines deleted...]
-        <w:t>754</w:t>
+      <w:r w:rsidR="004325A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>355</w:t>
       </w:r>
       <w:r w:rsidRPr="00604718">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> callers received telephone advice instead of an immediate ambulance. This service gives safe clinical advice for non-life-threatening conditions and may guide patients to self-care, a GP, pharmacy, or alternative transport.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A247952" w14:textId="77777777" w:rsidR="000A1C12" w:rsidRDefault="000A1C12">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F68EB35" w14:textId="5F1E04D7" w:rsidR="00604718" w:rsidRPr="00604718" w:rsidRDefault="000A1C12" w:rsidP="00604718">
+    <w:p w14:paraId="2F68EB35" w14:textId="1AC5CC26" w:rsidR="00604718" w:rsidRPr="00604718" w:rsidRDefault="000A1C12" w:rsidP="00604718">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668482" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="048781B2" wp14:editId="1A69A644">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>995154</wp:posOffset>
             </wp:positionV>
@@ -5338,393 +5063,258 @@
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Gweled a </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Gweled a Thrin: </w:t>
+      </w:r>
       <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Triniwyd </w:t>
+      </w:r>
       <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>2,5</w:t>
+      </w:r>
+      <w:r w:rsidR="004325A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>82</w:t>
+      </w:r>
+      <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o gleifion ar y safle heb fod angen cludiant i’r ysbyty. Dim ond </w:t>
+      </w:r>
+      <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a gysylltodd eto o fewn 24 awr</w:t>
+      </w:r>
+      <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | </w:t>
+      </w:r>
+      <w:r w:rsidR="00604718" w:rsidRPr="00604718">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>See and Treat</w:t>
+      </w:r>
+      <w:r w:rsidR="00604718" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...115 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="00604718" w:rsidRPr="00604718">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2,</w:t>
+      </w:r>
+      <w:r w:rsidR="00604718" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="004325A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>82</w:t>
+      </w:r>
+      <w:r w:rsidR="00604718" w:rsidRPr="00604718">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> patients were treated at the scene without needing hospital transport. Only </w:t>
+      </w:r>
+      <w:r w:rsidR="00604718" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="009C5BCC">
-[...146 lines deleted...]
-        <w:t>2</w:t>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00604718" w:rsidRPr="00604718">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> re-contacted WAST within 24 hours.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A9E4B10" w14:textId="127DA467" w:rsidR="002D0FC9" w:rsidRPr="00A37763" w:rsidRDefault="002D0FC9" w:rsidP="002D0FC9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc206584454"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc206584454"/>
       <w:r w:rsidRPr="002768E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Cam 3 Dewch i'm Gweld | </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Step 3 Come To See Me</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="45B27642" w14:textId="77777777" w:rsidR="002D0FC9" w:rsidRDefault="002D0FC9" w:rsidP="00FF5D0F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E72089F" w14:textId="77777777" w:rsidR="00D505A8" w:rsidRDefault="00D505A8" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
@@ -6041,51 +5631,51 @@
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+          <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
             <w:pict>
               <v:line w14:anchorId="75E582E0" id="Straight Connector 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251663362;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="0,5.55pt" to="532.8pt,5.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNSSOjmwEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815IDVC0Eyz4kSC9B&#10;GrTJBzDU0iLAF5aMJf99l7QtB0mAoEUuFB87szuzq9VmsobtAKP2ruPLRc0ZOOl77bYdf3y4+fqD&#10;s5iE64XxDjq+h8g36y8XqzG0cOkHb3pARiQutmPo+JBSaKsqygGsiAsfwNGj8mhFoiNuqx7FSOzW&#10;VJd13VSjxz6glxAj3V4fHvm68CsFMv1SKkJipuNUWyorlvUpr9V6JdotijBoeSxD/EcVVmhHSWeq&#10;a5EEe0b9hspqiT56lRbS28orpSUUDaRmWb9S82cQAYoWMieG2ab4ebTybnfl7pFsGENsY7jHrGJS&#10;aPOX6mNTMWs/mwVTYpIum+9N860hT+XprToDA8b0E7xledNxo13WIVqxu42JklHoKYQO59Rll/YG&#10;crBxv0Ex3VOyZUGXqYArg2wnqJ9CSnBpmXtIfCU6w5Q2ZgbWHwOP8RkKZWL+BTwjSmbv0gy22nl8&#10;L3uaTiWrQ/zJgYPubMGT7/elKcUaan1ReBzTPFsvzwV+/pnWfwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;AAk7bCfdAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdpGCQmE0pBbEW&#10;pFiF9rjNTpNodjbsbpv03zvFQz2+94b3vilmo+3ECX1oHSlIJwkIpMqZlmoFX58vD08gQtRkdOcI&#10;FZwxwKy8vSl0btxAH3jaxFpwCYVcK2hi7HMpQ9Wg1WHieiTODs5bHVn6WhqvBy63nZwmSSatbokX&#10;Gt3josHqZ3O0Ct79crmYr87ftN7ZYTtdbddv46tS93fj/BlExDFej+GCz+hQMtPeHckE0SngRyK7&#10;aQrikibZYwZi/+fIspD/+ctfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM1JI6ObAQAA&#10;lAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAk7bCfd&#10;AAAABwEAAA8AAAAAAAAAAAAAAAAA9QMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD/&#10;BAAAAAA=&#10;" strokecolor="#4472c4 [3204]" strokeweight=".5pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DB749B4" w14:textId="4977E9FC" w:rsidR="00A76CDB" w:rsidRPr="00A76CDB" w:rsidRDefault="00A76CDB" w:rsidP="00B7767B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="7030A0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
@@ -6145,738 +5735,535 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A76CDB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ategory</w:t>
       </w:r>
       <w:r w:rsidR="00F24512" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B935ADA" w14:textId="69130464" w:rsidR="00A76CDB" w:rsidRPr="00A37763" w:rsidRDefault="00F24512" w:rsidP="00B7767B">
+    <w:p w14:paraId="5B935ADA" w14:textId="2E887C17" w:rsidR="00A76CDB" w:rsidRPr="00A37763" w:rsidRDefault="00F24512" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Galwadau</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Galwadau ARREST: </w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Roedd </w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>771</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Roedd</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> o alwadau a oedd yn peri bygythiad uniongyrchol i fywyd, gyda’r amser ymateb canolrifol cenedlaethol yn </w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="285D7F"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00:07:</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0269">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a’r 90fed canradd yn </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00:1</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>35</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Yr amser a gymerwyd i ddiffibriliwr mynediad cyhoeddus gyrraedd oedd: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00:0</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0269">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>58</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | </w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ARREST</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A76CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calls</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A76CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B7767B">
-[...8 lines deleted...]
-        <w:t>8</w:t>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">there were </w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>771</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A76CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>immediately life threatening</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calls with a </w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">national median response time </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00:07:</w:t>
       </w:r>
       <w:r w:rsidR="009C5BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="285D7F"/>
-[...48 lines deleted...]
-          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>90</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> percentile </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...48 lines deleted...]
-        <w:t>00:07:</w:t>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00:1</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>35</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The time taken for a public access defibrillator to arrive was: </w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00:0</w:t>
       </w:r>
       <w:r w:rsidR="000F0269">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="285D7F"/>
-[...192 lines deleted...]
-          <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B7767B">
-[...38 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ARREST</w:t>
-[...258 lines deleted...]
-        <w:t>6</w:t>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>58</w:t>
       </w:r>
       <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70BBAB4C" w14:textId="77777777" w:rsidR="00F24512" w:rsidRPr="00B7767B" w:rsidRDefault="00F24512" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="482532B7" w14:textId="0A0052DF" w:rsidR="00F24512" w:rsidRPr="00B7767B" w:rsidRDefault="00F24512" w:rsidP="00B7767B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="EE0000"/>
@@ -6939,580 +6326,382 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">esponse </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A76CDB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ategory</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="079F4A70" w14:textId="4B5A07A9" w:rsidR="00F24512" w:rsidRPr="00B7767B" w:rsidRDefault="00F24512" w:rsidP="00B7767B">
+    <w:p w14:paraId="079F4A70" w14:textId="2234DE60" w:rsidR="00F24512" w:rsidRPr="00B7767B" w:rsidRDefault="00F24512" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Galwadau EMERG: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Galwadau sy’n peri bygythiad uniongyrchol i fywyd, megis pan fydd claf yn anymwybodol neu heb anadlu’n effeithiol ac mewn perygl uchel o ataliad y galon neu’r ysgyfaint. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Galwadau sy’n peri bygythiad uniongyrchol i fywyd, megis pan fydd claf yn anymwybodol neu heb anadlu’n effeithiol ac mewn perygl uchel o ataliad y galon neu’r ysgyfaint. Cofnodwyd </w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="285D7F"/>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4,</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>443</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> o alwadau wedi’u codio gyda’r amser ymateb canolrifol cenedlaethol yn </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00:0</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>36</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a’r 90fed canradd yn </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00:2</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>54</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>EMERG calls</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Immediately life threatening calls such as where a patient is unconscious or has ineffective breathing and at high risk of cardiac or respiratory arrest. There were </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4,</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>443</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B7767B">
-[...135 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">coded calls with a national median response time of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>00:0</w:t>
       </w:r>
-      <w:r w:rsidR="000F0269">
-[...15 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="000F0269">
-[...84 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>36</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and 90th percentile as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>00:2</w:t>
       </w:r>
-      <w:r w:rsidR="000F0269">
-[...15 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="000F0269">
-[...200 lines deleted...]
-        <w:t>20</w:t>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>54</w:t>
       </w:r>
       <w:r w:rsidRPr="00F24512">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A4C4A2A" w14:textId="77777777" w:rsidR="008500EE" w:rsidRPr="00B7767B" w:rsidRDefault="008500EE" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F7CA146" w14:textId="6A101F61" w:rsidR="008500EE" w:rsidRPr="00A37763" w:rsidRDefault="008500EE" w:rsidP="00B7767B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
@@ -7579,575 +6768,400 @@
         <w:t xml:space="preserve">esponse </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A76CDB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ategory</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B43CFA0" w14:textId="13E6B939" w:rsidR="008500EE" w:rsidRPr="00F24512" w:rsidRDefault="008500EE" w:rsidP="00B7767B">
+    <w:p w14:paraId="2B43CFA0" w14:textId="2AEC532E" w:rsidR="008500EE" w:rsidRPr="00F24512" w:rsidRDefault="008500EE" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Galwadau</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Galwadau RCS0: </w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Roedd </w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="285D7F"/>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1,</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>725</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:color w:val="285D7F"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o alwadau RCS0 dros y cyfnod adrodd. Mae galwadau RCS0 yn destun adolygiad clinigol cyflym cyn i ymateb gael ei anfon. Roedd yr amser canolrifol cenedlaethol ar gyfer yr adolygiad clinigol yn </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00:00:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ac roedd yr amser canolrifol i glinigydd ymgysylltu â’r digwyddiad yn </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00:0</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">| </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RCS0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calls</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There were </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1,</w:t>
       </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>725</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> RCS0 calls over the reporting period. RCS0 calls are subject to a rapid clinical review before a response is dispatched. The national median time for clinical review was </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00:00:</w:t>
+      </w:r>
       <w:r w:rsidR="00D06A38">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="285D7F"/>
-[...114 lines deleted...]
-        <w:t>00:00:</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and the median time for a clinician to engage with the incident was </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00:0</w:t>
       </w:r>
       <w:r w:rsidR="00D06A38">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="285D7F"/>
-[...123 lines deleted...]
-        <w:t>00:0</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00D06A38">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="285D7F"/>
-[...200 lines deleted...]
-        <w:t>42</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1866EC1C" w14:textId="102C60BD" w:rsidR="00B7767B" w:rsidRDefault="00B7767B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -8240,770 +7254,546 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">esponse </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A76CDB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ategory</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45D92D73" w14:textId="21B1AF80" w:rsidR="00F24512" w:rsidRPr="00A37763" w:rsidRDefault="00F24512" w:rsidP="00B7767B">
+    <w:p w14:paraId="45D92D73" w14:textId="3D264FAC" w:rsidR="00F24512" w:rsidRPr="00A37763" w:rsidRDefault="00F24512" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Galwadau</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Galwadau AMBR: </w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Roedd </w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="285D7F"/>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="285D7F"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>784</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:color w:val="285D7F"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o alwadau AMBR dros y cyfnod adrodd. Mae galwadau AMBR yn ddifrifol, ond nid ydynt yn peri bygythiad uniongyrchol i fywyd ac fe’u mesurir yn ôl y safon gofal a ddarperir gan WAST. Roedd yr amser ymateb canolrifol yn </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>01:2</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gyda’r 65ain a’r 95ain canradd yn </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>02:</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>01</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>32</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ac </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0:</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yn y drefn honno. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">| </w:t>
+      </w:r>
+      <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AMBER Calls: </w:t>
+      </w:r>
+      <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There were </w:t>
+      </w:r>
+      <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00D06A38">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B7767B">
-[...4 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>784</w:t>
+      </w:r>
+      <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AMBER calls over the reporting period. AMBER calls are serious, but not immediately life threatening and are measured by the standard of care provided by WAST. The median response was </w:t>
+      </w:r>
+      <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>01:2</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with the 65th and 95th percentile as </w:t>
+      </w:r>
+      <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>02:</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>01</w:t>
+      </w:r>
+      <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>32</w:t>
+      </w:r>
+      <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
       <w:r w:rsidR="00D06A38">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="285D7F"/>
-[...110 lines deleted...]
-          <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B7767B">
-[...4 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00D06A38">
-[...157 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="00D06A38">
-[...37 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0:</w:t>
       </w:r>
-      <w:r w:rsidR="00D06A38">
-[...290 lines deleted...]
-        <w:t>18</w:t>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>26</w:t>
       </w:r>
       <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> respectively.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51F57961" w14:textId="77777777" w:rsidR="008500EE" w:rsidRPr="00B7767B" w:rsidRDefault="008500EE" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2846351B" w14:textId="494107C4" w:rsidR="008500EE" w:rsidRPr="00B7767B" w:rsidRDefault="008500EE" w:rsidP="00B7767B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
@@ -9066,675 +7856,457 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">esponse </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A76CDB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ategory</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31ECE41F" w14:textId="30FF6B1C" w:rsidR="008500EE" w:rsidRPr="00A37763" w:rsidRDefault="008500EE" w:rsidP="00B7767B">
+    <w:p w14:paraId="31ECE41F" w14:textId="04573239" w:rsidR="008500EE" w:rsidRPr="00A37763" w:rsidRDefault="008500EE" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Galwadau</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Galwadau GWYRDD:</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> GWYRDD:</w:t>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Roedd </w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>733</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> o alwadau GWYRDD dros y cyfnod adrodd. Mae galwadau GWYRDD yn ddifrifol, ond nid ydynt yn peri bygythiad uniongyrchol i fywyd ac fe’u mesurir yn ôl y safon gofal a ddarperir gan WAST. Roedd yr amser ymateb canolrifol yn </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>01:</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gyda’r 65ain a’r 95ain canradd yn </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>02:</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>06</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ac</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A2A6E" w:rsidRPr="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>09</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2A6E" w:rsidRPr="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2A6E" w:rsidRPr="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Roedd</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> yn y drefn honno.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="285D7F"/>
-[...143 lines deleted...]
-          <w:color w:val="285D7F"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GREEN Calls: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There were </w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>733</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GREEN calls over the reporting period. GREEN calls are serious, but not immediately life threatening and are measured by the standard of care provided by WAST. The median response was 01:</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00D06A38">
-[...104 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="007E5570">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with the 65th and 95th percentile as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>02:</w:t>
       </w:r>
-      <w:r w:rsidR="00D06A38">
-[...15 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="007A2A6E" w:rsidRPr="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>06</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00D06A38">
-[...46 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="007A2A6E" w:rsidRPr="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="007A2A6E" w:rsidRPr="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00D06A38">
-[...15 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="007A2A6E" w:rsidRPr="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00D06A38">
-[...206 lines deleted...]
-        <w:t>23</w:t>
+      <w:r w:rsidR="007A2A6E" w:rsidRPr="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>26</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> respectively.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2870242D" w14:textId="4C9942A3" w:rsidR="008500EE" w:rsidRDefault="000A1C12" w:rsidP="008500EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:color w:val="285D7F"/>
@@ -9796,75 +8368,75 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="4204ACB6" w14:textId="4094D777" w:rsidR="002D0FC9" w:rsidRPr="002768E9" w:rsidRDefault="002D0FC9" w:rsidP="002D0FC9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc206584455"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc206584455"/>
       <w:r w:rsidRPr="002768E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Cam 4 Rhowch driniaeth i mi | </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Step 4 Give Me treatment</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="4862942A" w14:textId="77777777" w:rsidR="002D0FC9" w:rsidRDefault="002D0FC9" w:rsidP="00FF5D0F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48277849" w14:textId="77777777" w:rsidR="00FF5D0F" w:rsidRDefault="00FF5D0F" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
@@ -9955,1499 +8527,1039 @@
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+          <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
             <w:pict>
               <v:line w14:anchorId="18F0F00C" id="Straight Connector 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251665410;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="0,7.85pt" to="532.8pt,7.85pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNSSOjmwEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815IDVC0Eyz4kSC9B&#10;GrTJBzDU0iLAF5aMJf99l7QtB0mAoEUuFB87szuzq9VmsobtAKP2ruPLRc0ZOOl77bYdf3y4+fqD&#10;s5iE64XxDjq+h8g36y8XqzG0cOkHb3pARiQutmPo+JBSaKsqygGsiAsfwNGj8mhFoiNuqx7FSOzW&#10;VJd13VSjxz6glxAj3V4fHvm68CsFMv1SKkJipuNUWyorlvUpr9V6JdotijBoeSxD/EcVVmhHSWeq&#10;a5EEe0b9hspqiT56lRbS28orpSUUDaRmWb9S82cQAYoWMieG2ab4ebTybnfl7pFsGENsY7jHrGJS&#10;aPOX6mNTMWs/mwVTYpIum+9N860hT+XprToDA8b0E7xledNxo13WIVqxu42JklHoKYQO59Rll/YG&#10;crBxv0Ex3VOyZUGXqYArg2wnqJ9CSnBpmXtIfCU6w5Q2ZgbWHwOP8RkKZWL+BTwjSmbv0gy22nl8&#10;L3uaTiWrQ/zJgYPubMGT7/elKcUaan1ReBzTPFsvzwV+/pnWfwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;AMhYLxvdAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe9C/8MyBW9200KjxGxKKYi1&#10;IMUq1OM0Oyap2dmwu23Sf+8WD3p87w3vfZMvBtOKMznfWFYwnSQgiEurG64UfLw/3T2A8AFZY2uZ&#10;FFzIw6IY3eSYadvzG513oRKxhH2GCuoQukxKX9Zk0E9sRxyzL+sMhihdJbXDPpabVs6SJJUGG44L&#10;NXa0qqn83p2Mgle3Xq+Wm8uRt5+m3882++3L8KzU7XhYPoIINIS/Y7jiR3QoItPBnlh70SqIj4To&#10;zu9BXNMknacgDr+OLHL5n7/4AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM1JI6ObAQAA&#10;lAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMhYLxvd&#10;AAAABwEAAA8AAAAAAAAAAAAAAAAA9QMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD/&#10;BAAAAAA=&#10;" strokecolor="#4472c4 [3204]" strokeweight=".5pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02EECD56" w14:textId="22BEBFAD" w:rsidR="00A1539B" w:rsidRPr="00A37763" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
+    <w:p w14:paraId="02EECD56" w14:textId="518A26C6" w:rsidR="00A1539B" w:rsidRPr="00A37763" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ROSC:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mae dychweliad cylchrediad digymell yn cyfeirio at ailddechrau gweithgarwch cardiaidd cynhaliol gyda ymdrech resbiradol sylweddol ar ôl ataliad y galon. O’r 253 o gleifion y ceisiwyd atgyfodi ar ôl ataliad y </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> mae dychweliad cylchrediad digymell yn cyfeirio at ailddechrau gweithgarwch cardiaidd cynhaliol gyda ymdrech resbiradol sylweddol ar ôl ataliad y galon. O’r 253 o gleifion y ceisiwyd atgyfodi ar ôl ataliad y galon, cofnodwyd bod </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="285D7F"/>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.7</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="285D7F"/>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>cofnodwyd</w:t>
-[...16 lines deleted...]
-          <w:color w:val="285D7F"/>
+        <w:t xml:space="preserve"> o gleifion wedi cael ROSC wrth ddrws yr ysbyty </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">| </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ROSC:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> return of spontaneous circulation is the resumption of sustained perfusing cardiac activity associated with significant respiratory effort after cardiac arrest. Of the 253 patients who had resuscitation attempted following a cardiac arrest, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00D06A38">
-[...97 lines deleted...]
-        <w:t xml:space="preserve">| </w:t>
+      <w:r w:rsidR="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.7</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ROSC:</w:t>
-[...41 lines deleted...]
-        <w:t>.4%</w:t>
+        <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of patients were documented as ROSC at the hospital door.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69E4A084" w14:textId="77777777" w:rsidR="00A1539B" w:rsidRPr="00B7767B" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C2E476D" w14:textId="76D3354C" w:rsidR="00A1539B" w:rsidRPr="00A37763" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
+    <w:p w14:paraId="4C2E476D" w14:textId="003B223F" w:rsidR="00A1539B" w:rsidRPr="00A37763" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Strôc:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mae strôc yn digwydd pan fydd cyflenwad gwaed i’r ymennydd yn cael ei dorri’n sydyn. Mae’r dangosydd hwn yn mesur nifer a chanran y cleifion a amheuir o gael strôc a gafodd eu hasesu wyneb yn wyneb ac a dderbyniodd holl elfennau pecyn gofal strôc. Mae’r mesurau’n cynnwys asesiad F.A.S.T (Face Arm Speech Test), cofnodi lefelau glwcos gwaed a phwysedd gwaed. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> mae strôc yn digwydd pan fydd cyflenwad gwaed i’r ymennydd yn cael ei dorri’n sydyn. Mae’r dangosydd hwn yn mesur nifer a chanran y cleifion a amheuir o gael strôc a gafodd eu hasesu wyneb yn wyneb ac a dderbyniodd holl elfennau pecyn gofal strôc. Mae’r mesurau’n cynnwys asesiad F.A.S.T (Face Arm Speech Test), cofnodi lefelau glwcos gwaed a phwysedd gwaed. Cofnodwyd bod </w:t>
+      </w:r>
+      <w:r w:rsidR="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>88</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="285D7F"/>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> bod </w:t>
-[...70 lines deleted...]
-        <w:t xml:space="preserve"> cael y pecyn gofal strôc priodol </w:t>
+        <w:t xml:space="preserve"> o gleifion wedi cael y pecyn gofal strôc priodol </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Stroke:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a stroke happens when the supply of blood to the brain is suddenly interrupted. This indicator measures the number and percentage of suspected stroke patients assessed face to face who received all the elements of the stroke care bundle. The measures include a F.A.S.T (Face Arm Speech Test) assessment, the recording of blood glucose and blood pressure readings. </w:t>
       </w:r>
-      <w:r w:rsidR="00D06A38">
+      <w:r w:rsidR="007A2A6E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>90.8</w:t>
+        <w:t>88.5</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of patients were documented as receiving the appropriate stroke care bundle.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C4D398D" w14:textId="77777777" w:rsidR="00A1539B" w:rsidRPr="00B7767B" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D5F3C67" w14:textId="7B14F2D4" w:rsidR="00A1539B" w:rsidRPr="00A37763" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
+    <w:p w14:paraId="2D5F3C67" w14:textId="2D63C5BD" w:rsidR="00A1539B" w:rsidRPr="00A37763" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Clun wedi torri (a elwir hefyd yn anaf gwddf ffemwr):</w:t>
       </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mae cluniau wedi torri yn achosi poen sylweddol, a all gwaethygu gyda symudiad. Mae rheoli poen ar gyfer cleifion â chlaf clun wedi torri yn syth ar ôl trawma yn hollbwysig i hybu adferiad a phrofiad y claf. Mae hyn yn lleihau dioddefaint ac effeithiau niweidiol poen heb ei reoli. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> mae cluniau wedi torri yn achosi poen sylweddol, a all gwaethygu gyda symudiad. Mae rheoli poen ar gyfer cleifion â chlaf clun wedi torri yn syth ar ôl trawma yn hollbwysig i hybu adferiad a phrofiad y claf. Mae hyn yn lleihau dioddefaint ac effeithiau niweidiol poen heb ei reoli. Cofnodwyd bod </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D06A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0.7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D06A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Cofnodwyd</w:t>
-[...16 lines deleted...]
-          <w:color w:val="285D7F"/>
+        <w:t>wedi cael y pecyn gofal priodol (gan gynnwys analgesia)</w:t>
+      </w:r>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fractured hip</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (known as neck of femur injuries): fractured hips cause significant pain, which can be exacerbated by movement. Pain control for patients with a fractured neck of femur in the immediate post-trauma period is paramount to promoting recovery and patient experience. This reduces suffering and the detrimental effects uncontrolled pain may have, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidR="00D06A38" w:rsidRPr="00D06A38">
-[...68 lines deleted...]
-        <w:t xml:space="preserve"> | </w:t>
+      <w:r w:rsidR="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0.7</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Fractured hip</w:t>
-[...41 lines deleted...]
-        <w:t xml:space="preserve">.1% </w:t>
+        <w:t xml:space="preserve">% </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>were documented as receiving the appropriate care bundle (including analgesia).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68F22AC2" w14:textId="77777777" w:rsidR="00A1539B" w:rsidRPr="00A1539B" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BA4747A" w14:textId="10CA0816" w:rsidR="00A1539B" w:rsidRPr="00A37763" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
+    <w:p w14:paraId="7BA4747A" w14:textId="2D709851" w:rsidR="00A1539B" w:rsidRPr="00A37763" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Cleifion</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Cleifion STEMI:</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> STEMI:</w:t>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> roedd </w:t>
+      </w:r>
+      <w:r w:rsidR="007A2A6E" w:rsidRPr="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>83</w:t>
       </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> o gleifion STEMI, a derbyniodd </w:t>
+      </w:r>
+      <w:r w:rsidR="007A2A6E" w:rsidRPr="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>56</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>roedd</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> ohonynt (</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2A6E" w:rsidRPr="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>67.9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>%)</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t>112</w:t>
+        <w:t xml:space="preserve"> y pecyn gofal priodol </w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">| </w:t>
       </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o </w:t>
-[...152 lines deleted...]
-        </w:rPr>
         <w:t>Cleifion hypoglycemig: roedd 222 o gleifion hypoglycemig, a derbyniodd 153 ohonynt (68.9%) y pecyn gofal priodol (ASI16vii)</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>STEMI patients:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> there were </w:t>
       </w:r>
-      <w:r w:rsidR="00D06A38">
+      <w:r w:rsidR="007A2A6E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>112</w:t>
+        <w:t>83</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> STEMI patients, of these </w:t>
       </w:r>
-      <w:r w:rsidR="00A90BCC">
+      <w:r w:rsidR="007A2A6E" w:rsidRPr="007A2A6E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>85</w:t>
+        <w:t>56</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A37763">
+      <w:r w:rsidR="007A2A6E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>7</w:t>
-[...10 lines deleted...]
-        <w:t>5.9</w:t>
+        <w:t>67.9</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) received the appropriate care bundle. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F69DF32" w14:textId="77777777" w:rsidR="00A1539B" w:rsidRPr="00B7767B" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20E8DEF2" w14:textId="4A9931D5" w:rsidR="004A709D" w:rsidRPr="00A37763" w:rsidRDefault="008E3EA2" w:rsidP="00B7767B">
+    <w:p w14:paraId="20E8DEF2" w14:textId="42880625" w:rsidR="004A709D" w:rsidRPr="00A37763" w:rsidRDefault="008E3EA2" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Cleifion</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Cleifion hypoglycemig:</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:color w:val="285D7F"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> roedd </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2A6E" w:rsidRPr="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>35</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o gleifion hypoglycemig, a derbyniodd 1</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>78</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ohonynt (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A90BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">%) y pecyn gofal priodol | </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1539B" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Hypoglycaemic</w:t>
+      </w:r>
+      <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> patients:</w:t>
+      </w:r>
+      <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> there were </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1539B" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>35</w:t>
+      </w:r>
+      <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...162 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="00A1539B" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hypoglycaemic</w:t>
+      </w:r>
+      <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> patients, of these </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1539B" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>78</w:t>
+      </w:r>
+      <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00A90BCC">
-[...57 lines deleted...]
-      <w:r w:rsidR="00A1539B" w:rsidRPr="00A37763">
+      <w:r w:rsidR="00A90BCC" w:rsidRPr="00A90BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Hypoglycaemic</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2A6E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> patients:</w:t>
-[...99 lines deleted...]
-        <w:t>72.5</w:t>
+        <w:t>5.7</w:t>
       </w:r>
       <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) received the appropriate care bundle.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20BDA496" w14:textId="77777777" w:rsidR="004A709D" w:rsidRPr="00B7767B" w:rsidRDefault="004A709D" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79E01A4B" w14:textId="392477E4" w:rsidR="00864ADB" w:rsidRPr="00A37763" w:rsidRDefault="000A1C12" w:rsidP="00B7767B">
+    <w:p w14:paraId="79E01A4B" w14:textId="6DFDDCEF" w:rsidR="00864ADB" w:rsidRPr="00A37763" w:rsidRDefault="000A1C12" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670530" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="289D9B1F" wp14:editId="75B0E56C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
@@ -11493,520 +9605,260 @@
                       <a:ext cx="8433924" cy="5621572"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dros y cyfnod </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Dros y cyfnod adrodd, ni arweiniodd 3,7</w:t>
+      </w:r>
+      <w:r w:rsidR="00B04983">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>57</w:t>
+      </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>adrodd</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> o ddigwyddiadau at gludo i ysbyty neu leoliad arall. Y rheswm dros beidio â chludo oedd bod 2,5</w:t>
+      </w:r>
+      <w:r w:rsidR="00B04983">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>92</w:t>
+      </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> o’r digwyddiadau hyn wedi’u trin ar y safle a chyfeiriwyd 1,1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B04983">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>65</w:t>
+      </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ni</w:t>
-[...283 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> at ddarparwr amgen </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
       <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Over the reporting period, </w:t>
       </w:r>
       <w:r w:rsidR="00A1539B" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3,7</w:t>
       </w:r>
-      <w:r w:rsidR="00A90BCC">
+      <w:r w:rsidR="00B04983">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>04</w:t>
+        <w:t>57</w:t>
       </w:r>
       <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> incidents did not result in a conveyance to a hospital or another destination. The reason for non-conveyance is that </w:t>
       </w:r>
       <w:r w:rsidR="00A1539B" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2,5</w:t>
       </w:r>
-      <w:r w:rsidR="00A90BCC">
+      <w:r w:rsidR="00B04983">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>53</w:t>
+        <w:t>92</w:t>
       </w:r>
       <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of these incidents were treated at scene and </w:t>
       </w:r>
       <w:r w:rsidR="00A1539B" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1,1</w:t>
       </w:r>
-      <w:r w:rsidR="00A90BCC">
+      <w:r w:rsidR="00B04983">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>51</w:t>
+        <w:t>65</w:t>
       </w:r>
       <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> were referred to an alternative provider</w:t>
       </w:r>
       <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="255DB658" w14:textId="23C42273" w:rsidR="002D0FC9" w:rsidRPr="002768E9" w:rsidRDefault="002D0FC9" w:rsidP="002D0FC9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc206584456"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc206584456"/>
       <w:r w:rsidRPr="002768E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Cam 5 Ewch â Fi i'r Ysbyty | </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Step 5 Take Me To Hospital</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="172914A1" w14:textId="77777777" w:rsidR="002D0FC9" w:rsidRDefault="002D0FC9" w:rsidP="00FF5D0F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04C34CA7" w14:textId="58534B86" w:rsidR="009F273E" w:rsidRPr="00B7767B" w:rsidRDefault="00FF5D0F" w:rsidP="009D77F9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
@@ -12080,407 +9932,276 @@
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+          <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
             <w:pict>
               <v:line w14:anchorId="4AA672A8" id="Straight Connector 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251667458;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="0,5.7pt" to="532.8pt,5.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNSSOjmwEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815IDVC0Eyz4kSC9B&#10;GrTJBzDU0iLAF5aMJf99l7QtB0mAoEUuFB87szuzq9VmsobtAKP2ruPLRc0ZOOl77bYdf3y4+fqD&#10;s5iE64XxDjq+h8g36y8XqzG0cOkHb3pARiQutmPo+JBSaKsqygGsiAsfwNGj8mhFoiNuqx7FSOzW&#10;VJd13VSjxz6glxAj3V4fHvm68CsFMv1SKkJipuNUWyorlvUpr9V6JdotijBoeSxD/EcVVmhHSWeq&#10;a5EEe0b9hspqiT56lRbS28orpSUUDaRmWb9S82cQAYoWMieG2ab4ebTybnfl7pFsGENsY7jHrGJS&#10;aPOX6mNTMWs/mwVTYpIum+9N860hT+XprToDA8b0E7xledNxo13WIVqxu42JklHoKYQO59Rll/YG&#10;crBxv0Ex3VOyZUGXqYArg2wnqJ9CSnBpmXtIfCU6w5Q2ZgbWHwOP8RkKZWL+BTwjSmbv0gy22nl8&#10;L3uaTiWrQ/zJgYPubMGT7/elKcUaan1ReBzTPFsvzwV+/pnWfwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;ABP3RffdAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2GZgje7adFQYjalFMRa&#10;kGIr1OM0Oyap2dmwu23Sf+8WD3p87w3vfZPPB9OKMznfWFYwGScgiEurG64UfOye72cgfEDW2Fom&#10;BRfyMC9ub3LMtO35nc7bUIlYwj5DBXUIXSalL2sy6Me2I47Zl3UGQ5SuktphH8tNK6dJkkqDDceF&#10;Gjta1lR+b09GwZtbrZaL9eXIm0/T76fr/eZ1eFHqbjQsnkAEGsLfMVzxIzoUkelgT6y9aBXER0J0&#10;Jw8grmmSPqYgDr+OLHL5n7/4AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM1JI6ObAQAA&#10;lAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABP3Rffd&#10;AAAABwEAAA8AAAAAAAAAAAAAAAAA9QMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD/&#10;BAAAAAA=&#10;" strokecolor="#4472c4 [3204]" strokeweight=".5pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1575E25E" w14:textId="00CC183D" w:rsidR="008E3EA2" w:rsidRPr="00A37763" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
+    <w:p w14:paraId="1575E25E" w14:textId="731320FD" w:rsidR="008E3EA2" w:rsidRPr="00A37763" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00A90BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
+      <w:r w:rsidR="00B04983">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>420</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o gleifion a ffoniodd 999 a gafodd eu cludo i ysbyty neu leoliad arall dros y cyfnod adrodd </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">| </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
       <w:r w:rsidR="00A90BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="285D7F"/>
-[...48 lines deleted...]
-          <w:color w:val="285D7F"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B04983">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>420</w:t>
+      </w:r>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> patients who called 999 were conveyed to a hospital or another destination over the reporting period.</w:t>
+      </w:r>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...89 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="42390465" w14:textId="4930F89A" w:rsidR="008E3EA2" w:rsidRPr="004A709D" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
+    <w:p w14:paraId="42390465" w14:textId="393BE0E1" w:rsidR="008E3EA2" w:rsidRPr="004A709D" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Mae canllawiau GIG Cymru yn nodi y dylai trosglwyddo gofal cleifion o griw ambiwlans i staff ysbyty ddigwydd o fewn 15 munud. Ar draws Cymru, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Mae canllawiau GIG Cymru yn nodi y dylai trosglwyddo gofal cleifion o griw ambiwlans i staff ysbyty ddigwydd o fewn 15 munud. Ar draws Cymru, digwyddodd hyn mewn </w:t>
+      </w:r>
+      <w:r w:rsidR="00B04983">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>31.5</w:t>
+      </w:r>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="285D7F"/>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...82 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> o achosion</w:t>
+      </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">NHS Wales guidance is that the handover of care of patients from an ambulance crew to hospital staff should be within 15 minutes. Across Wales, this occurred in </w:t>
       </w:r>
-      <w:r w:rsidR="00A90BCC">
+      <w:r w:rsidR="00B04983">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>26.9</w:t>
+        <w:t>31.5</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of cases.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39E617DF" w14:textId="206A697D" w:rsidR="004A709D" w:rsidRPr="004A709D" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -12568,347 +10289,216 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>patient remains in the ambulance, which means the ambulance is not available to</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>respond to other calls in the community.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6805B270" w14:textId="49DAE411" w:rsidR="008E3EA2" w:rsidRPr="00A37763" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
+    <w:p w14:paraId="6805B270" w14:textId="396AAE63" w:rsidR="008E3EA2" w:rsidRPr="00A37763" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Dros y </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Dros y cyfnod adrodd, collwyd </w:t>
+      </w:r>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="285D7F"/>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B04983">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="285D7F"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B04983">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>277</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> awr oherwydd oedi wrth drosglwyddo gofal </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">| </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Over the reporting period, </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B04983">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B04983">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>277</w:t>
+      </w:r>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...33 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A709D">
-[...120 lines deleted...]
-      </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Over the reporting period, </w:t>
-[...85 lines deleted...]
-        <w:t xml:space="preserve"> were lost to delayed handovers of care.</w:t>
+        <w:t>hours were lost to delayed handovers of care.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="761EA371" w14:textId="77777777" w:rsidR="008E3EA2" w:rsidRPr="004A709D" w:rsidRDefault="008E3EA2" w:rsidP="008E3EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07CE7FE7" w14:textId="77777777" w:rsidR="008E3EA2" w:rsidRPr="004A709D" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -12958,459 +10548,241 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Once an ambulance crew has handed over the care of a patient to a hospital or</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>other destination NHS Wales guidance is that ambulances clear and be ready for the next call within 15 minutes or less.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CE1B047" w14:textId="2E3933AC" w:rsidR="008E3EA2" w:rsidRPr="004A709D" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
+    <w:p w14:paraId="5CE1B047" w14:textId="79B74317" w:rsidR="008E3EA2" w:rsidRPr="004A709D" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Dros y </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Dros y cyfnod adrodd, cliriodd </w:t>
+      </w:r>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="285D7F"/>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00086B69">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9.7</w:t>
+      </w:r>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="285D7F"/>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>adrodd</w:t>
-[...36 lines deleted...]
-          <w:color w:val="285D7F"/>
+        <w:t xml:space="preserve"> o ambiwlansys o fewn 15 munud neu lai </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">| </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Over the reporting period, </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00A90BCC">
-[...88 lines deleted...]
-        <w:t xml:space="preserve"> 15 munud neu lai </w:t>
+      <w:r w:rsidR="00086B69">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9.7</w:t>
+      </w:r>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of ambulances cleared within 15 minutes or less</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">| </w:t>
+        <w:t xml:space="preserve"> | </w:t>
+      </w:r>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mae'r trosglwyddo i glirio yn fesur effeithlonrwydd pwysig, mae data'r chwarter hwn yn dangos bod </w:t>
+      </w:r>
+      <w:r w:rsidR="00086B69">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>329</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> awr wedi'u colli oherwydd oedi wrth drosglwyddo i glirio</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Over the reporting period, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A37763">
+        <w:t xml:space="preserve">The handover to clear is an important efficiency measure, this quarter's data shows </w:t>
+      </w:r>
+      <w:r w:rsidR="00086B69">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>7</w:t>
-[...197 lines deleted...]
-        <w:t>507</w:t>
+        <w:t>329</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hours were lost to delayed handovers to clear.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008E3EA2" w:rsidRPr="004A709D" w:rsidSect="009F273E">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
@@ -13830,51 +11202,51 @@
                           <a:alphaModFix amt="5000"/>
                           <a:extLst>
                             <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                               <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </a:blipFill>
                     </wps:spPr>
                     <wps:bodyPr vertOverflow="clip" horzOverflow="clip"/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+        <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
           <w:pict>
             <v:shape w14:anchorId="66373B3F" id="Freeform: Shape 29" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:-152.25pt;margin-top:-48.85pt;width:141.45pt;height:91.2pt;flip:x;z-index:-251652094;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" coordsize="3905735,3632333" o:gfxdata="UEsDBBQABgAIAAAAIQCo1seoEwEAAEkCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSwU7DMBBE&#10;70j8g+UrShx6QAgl6YGUIyBUPsCyN4lFvLa8JrR/j5O2ElRtpR493jc7I7tcbuzARghkHFb8Pi84&#10;A1ROG+wq/rl+yR45oyhRy8EhVHwLxJf17U253noglmikivcx+ichSPVgJeXOA6ab1gUrYzqGTnip&#10;vmQHYlEUD0I5jIAxi5MHr8sGWvk9RLbaJHmXxGPH2fNublpVcWMnftLFSSLAQEeI9H4wSsbUTYyo&#10;j3Jl+0x5IucZ6o2nuxT8zAYaT2dK+gVq8vvf5G+s/ba39ATBaGDvMsRXaVNfoQMJWLjGqfyyx1TN&#10;Uuba1ijIm0CrmTpkOuet3Q8GGK81bxL2AePBXcwfof4FAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy&#10;2fr2M4PBMnrbUb/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb&#10;25HMsYhqlCwG5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/s&#10;FB2T0FQ7R0nTNEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3p&#10;cvwCAAD//wMAUEsDBBQABgAIAAAAIQBA5S+bNwIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO&#10;2yAQvVfqPyDuje04ye5acfYSpa3Udlfd7QcQDDESGAQkdvr1HSBOrO2hatULHsP48ea9Ga8fByXR&#10;iVkndFfjYpZjxDqqG9EdavzjdffhHiPnSdcQqTtW4zNz+HHz/t26NxWb61bLhlkEIJ2relPj1ntT&#10;ZZmjLVPEzbRhHRxybRXx8GoPWWNJD+hKZvM8X2W9to2xmjLnYHebDvEm4nPOqH/i3DGPZI2Bm4+r&#10;jes+rNlmTaqDJaYV9EKD/AMLRUQHl16htsQTdLTiNyglqNVOcz+jWmWac0FZrAGqKfI31by0xLBY&#10;C4jjzFUm9/9g6bfTi3m2IENvXOUgDFUM3CrEpTCfwNNYFzBFQ5TtfJWNDR5R2CzuHlaLYokRhbOi&#10;WN7PF1HYLAEFQHp0/iPTKsTk9MX5pHszRqQdIzp0Y2jBveCbjL55jMA3ixH4tk++GeLDdwE0hKiv&#10;cfmQL+9K4NJCvCrnZVlG/kqf2KuOmT4UkvIWGI3lANlbjuymudA3k6zxbHyaiJdy0o2LwA7wxozx&#10;mTKnN/9t/ijriEildixdFgSIt15FAQZT2fdg505IGTQI8aWbQNM/z1zq062mR8U6nwbPMkk8TL1r&#10;hXHgTcXUnjXg0OcmtQyRpiVfdbMTAyIKJm+Z52MBgUAg4rxlngJxUnHg9h0cT+VcD6CKG/Ps1qQh&#10;2uvm/GzD78c/wcKlhg6gAA32a/vzzV4ADl/BJEWhLlMfRnX6HrNu/6bNLwAAAP//AwBQSwMECgAA&#10;AAAAAAAhAGQ5NMR8PAIAfDwCABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlI&#10;RFIAAAnEAAAJEwgGAAAAIUjZqgAAAAFzUkdCAK7OHOkAAAAEZ0FNQQAAsY8L/GEFAAAACXBIWXMA&#10;ABhMAAAYTAGIN/zbAAD/pUlEQVR4Xuz9C5ykd0Hn+0c3CuwGuWSqJyAa1KAYMlWT5TbVMzB4heNx&#10;FUlXTTLVk0HwsKurK666i/vHfxBU5GZEbumqCVFUlOQomHT1JAZ20KDsHllZNTJkqoYoXlgXjygJ&#10;01UzOn2quh8RJgVMap7fb57n+b3fr9f3NawK6f79+vLwqs/WXAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAJCo1pGNi/YdXn9857b1Zy2vja9e7q9/f2dt/IrO2smblg+PX9lZG724&#10;s3piefN/f/v6ZQffufHI7N8KAAAAAAAAAAAA589112188f7+yd2d1dGPLvfHv7HcH/2v5bXxxtmu&#10;0x99otMf95dXRy/t3Lr+TUu/d/ph2X80AAAAAAAAAAAAhLd/dbyzszZ+Q6c/HswK3eZef/zny2sn&#10;e9N3kMv+UQAAAAAAAAAAAJC/ztr6t3bWRm9dXhudmBm05bn+6B2d20bflf2jAQAAAAAAAAAA4Nwd&#10;WDuxp7M2fuNkfzMzXgu0yT9vvbM2uunA4fVnZx8KAAAAAAAAAAAAPHh7j2xc2Dk8fk2nP1qfFaxF&#10;W390qrN28qbWkY2Lsg8NAAAAAAAAAAAAzs6B/smndPqjX50ZqJ2ndfrj/nL/1DdmHyIAAAAAAAAA&#10;AAB8fstrp/5Npz9+76wo7Xyv0x/9weTPTvahAgAAAAAAAAAAwGyd1fV/2+mvHzszRCvSOmvjj3VW&#10;Rz963XUbX5x92AAAAAAAAAAAAPDPOv31l80K0Aq7/vj67EMHAAAAAAAAAACALZ3+uFwxXLbO6ugl&#10;2acAAAAAAAAAAABA6soaw22uP/p4Z+3EwexTAQAAAAAAAAAAIFWljuE+vdEfLd9+6luyTwkAAAAA&#10;AAAAAIDUVCOG+/RuX75jfEX2qQEAAAAAAAAAAJCK5f74+hlRWbnXH9+SfXoAAAAAAAAAAACkoGLv&#10;DPeZO9E5PPqO7NMEAAAAAAAAAACgyiocw2Ub/Ur2qQIAAAAAAAAAAFBV1Y/hphv9Q2dttJR9ygAA&#10;AAAAAAAAAFRNGjFctv74ltbNG/8i+9QBAAAAAAAAAACoiuX++PqZ4ViF17lt/VnZpw8AAAAAAAAA&#10;AED5bXxRUu8M91k72c0OAQAAAAAAAAAAgHJLOYYbb3T6o7s7a6e/LDsMAAAAAAAAAAAASmlj44s6&#10;h9ON4T691fXnZCcCAAAAAAAAAABA6Yjh/nn98U9kpwIAAAAAAAAAAECpiOE+a5218W9lJwMAAAAA&#10;AAAAAECZLPfH188Kw1LeNbd+clt2PAAAAAAAAAAAABTexsYX7e+Pf2JWEJb69q+efGZ2SgAAAAAA&#10;AAAAABSaGO7zrnN43M5OCgAAAAAAAAAAgMISw33BdfqjH8xOCwAAAAAAAAAAgEISw53d+uNXZicG&#10;AAAAAAAAAABA0WxsbHzRshjurNZZO3lTdmwAAAAAAAAAAAAUzXJ/fP2s+MtmrD8+kh0bAAAAAAAA&#10;AAAAReGd4ebZybdlxwcAAAAAAAAAAEARiOHm3quzIwQAAAAAAAAAAOB8E8PNv05/9B+zYwQAAAAA&#10;AAAAAOB8EsOd2zqHx9dkRwkAAAAAAAAAAMD5IoY79+1fPfUN2XECAAAAAAAAAABwviz3x9fPirzs&#10;7Hdw9f5LsuMEAAAAAAAAAAAgtuuu2/hi7wyXw/qj38mOFAAAAAAAAAAAgNjEcPmt0x//THasAAAA&#10;AAAAAAAAxCSGy3f7V0ffmR0tAAAAAAAAAAAAsYjh8l2nPx4s//p9C9nxAgAAAAAAAAAAEIMYLv91&#10;+qO3ZccLAAAAAAAAAABALMv98fWzoi47h/VHz82OFwAAAAAAAAAAgNA23xludf3lM4MuO4etr3XW&#10;/ubLsmMGAAAAAAAAAAAgpOs2Nr54eW0shguwztr4YHbMAAAAAAAAAAAAhCSGC7p3HTyy8dDsqAEA&#10;AAAAAAAAAAhFDBd2ncPja7KjBgAAAAAAAAAAIKTl/vj6WSGX5bD++Eh2zAAAAAAAAAAAAITineEC&#10;rz96//7+id3ZcQMAAAAAAAAAABCCGC74/rSzNlrKjhsAAAAAAAAAAIAQxHChNxp31tZ/IDtuAAAA&#10;AAAAAAAAQhDDhV9nbfzT2XEDXPDUm+69ZPfK8T2LvWPLi73BK5q9wU3TLfaGtzS7wyPTbf7rT//P&#10;B6+Y7Hum/56ndY89LvuPAQAAAAAAAADgTMv98fWzIi7Laf3xLXuPbFyYHTeQmMVDRx++a+XY3sXe&#10;8R9q9ga/vNgdfmixN9w4lzV7w+HkP+fmZu/YS3b3jn/LU9/woYuzfxwAAAAAAAAAQJpaN9/8L5a9&#10;M1zQddZO3rTv8PrjsyMHErH3pnsfutgbftti99hrF7uDPzgzaMt93cGHFnvH3ri7d8/z9t70wUdm&#10;HwYAAAAAAAAAQBpaN2+I4QJPDAfp2XvTvY9sdocvXewOBzPDtTj788leM/1rWbMPCwAAAAAAAACg&#10;usRw4ddZG4nhICG7evc8bbE7fGWzN/zwGXHaedvkY/noYnfw+t29wbOyDxMAAAAAAAAAoFrEcOEn&#10;hoN0TN8RbrF3/Ppmd7A+K0orwpq94almb3CTd4wDAAAAAAAAACpFDBd+YjhIw1N/8S8uXlw59kOL&#10;3eEfzIrQirhmb3hP89Dwpc1DH7k0+zQAAAAAAAAAAMpJDBd+YjhIQ/PQ8Ipmb/jBWdFZOTa4d/fK&#10;8T3ZpwMAAAAAAAAAUC5iuPDr9Ec37V897V2XoOKaK8e+r9kbfnh2aFaeTT6Hv2r2jr1k1zs++rDs&#10;UwMAAAAAAABI11NvuveSxe49z1/sDV/T7A5/abIjk399tNkdfOLTL7Z2Bx/L3j3lzmZvcNNib/CK&#10;ZvfYt+99490XZf8xQARiuPATw0H17b3p3oc2e8ff8unnnOrsnZ7NAAAAAAAAgOQsHjr68GZ38Oxm&#10;b/CyZm94x+Rf3zfjBdWz3V8s9ga3LHYH/3F399iu7B8BBCCGCz8xHFTfnt7x+uTZ5e0znmkqsWZ3&#10;0F/sHn9G9ukCAAAAAAAAVNfmu6GsbEZwH5/1AmpOO7rYO7ac/SOBnExjuE5//RVnBlyW38RwUH3N&#10;G+55ZrN7vD/j+aVa6w7eN/k8vz37tAEAAAAAAACqZddb7vnyZm/ww5P9/swXTQOs2R30myuDA09e&#10;+cCXZB8GMKetGG4shgs4MRxUX/PQ8IrpXwE/67mlimv2hvftXjm+J/v0AQAAAAAAAMpvz5v/7FGL&#10;veH3NnuD3znzRdJYa3YH//fioeNXZR8S8CCJ4cJvK4Y7IYaDCmuuDJ7b7A0/OOtZpdLrDgfN7vGl&#10;7BgAAAAAAAAAymvx0PApi73Br858cTT+/nF3b/Dqp77x7kuyDw84C2K48BPDQfUlG8Nlm3zuH9jd&#10;O/Yt2XEAAAAAAAAAlM/u3vF/s9gbvvfMF0TP95org19uHjp2ZfZhAp+HGC78xHBQfanHcP+8wXua&#10;bz3+1OxYAAAAAAAAAMpj18rw3za7g2OzXwwtwgbvmfz5bdmHC8wghgu/ztrJt4rhoNp2rxzf0+wN&#10;73vgs0iam5zF+/ded+TC7HgAAAAAAAAAim3x0NGHN3uDlzW7g+K/8Nsdfmh399gLsw8d+AxiuPAT&#10;w0H1NQ95Z7hZa3YHr8qOCAAAAAAAAKC49t507yMXe8evn/XCZ1HX7A4+IYqDzyaGCz8xHFSfGO5z&#10;r9kdrE/fTTg7KgAAAAAAAIDiKWMM9+l1hx+a/OmvT4WJvUeOXNhZE8OFnBgOqs9fk/qFNz2fp7/l&#10;6OOzIwMAAAAAAAAojlLHcJ/e4D3NQ8euzD4lSNLeIxtiuMATw0H1bb4zXHfwP2c/b9hnrXv8rdmx&#10;AQAAAAAAABRDNWK4rTVXBr/89N7x7dmnBkkRw4VfZ20khoOKE8M9uE3O6h929Y7tz44PAAAAAAAA&#10;4Pzae92RCxd7w1vOfHGz1Ds0fEP26UEyxHDhJ4aD6hPDzbnu8PCeG4/VsmMEAAAAAAAAOD823xmu&#10;O/i5mS9slnsnFw8dvyr7NKHyxHDhJ4aD6tu9cnxPsze8b8ZzhZ3Nuvc8PztKAAAAAAAAgPgqHMP9&#10;02558soHviT7dKGyxHDhJ4aD6vPOcDmsOzyyq3f3o7MjBQAAAAAAAIgngRhuc81DgwPZpwyVJIYL&#10;v2kMd+DOja/MjhyoIDFcftvdPfbC7FgBAAAAAAAA4kglhpuu2R30n/ZLx74s+9ShUsRw4SeGg+oT&#10;w+W9weplrz/2kOx4AQAAAAAAAMJKKYb7pzV7wxdlnz5UxjSG299f/8kzAy7Lb2I4qL7dK8f3TJ4T&#10;7pv1/GDzb3qu2REDAAAAAAAAhLP3uiMXLvaGt5z5omUCO5odAVSCGC78xHBQfd4ZLuQG12fHDAAA&#10;AAAAABDG5jvD9dJ6Z7hPrzs4vbt7bFd2FFBqWzHcWAwXcGI4qD4xXOB1h3+4d+XD27LjBgAAAAAA&#10;AMjXnjf/0aOSjeE+veM/lB0HlNZ1RzYuXBbDBd1WDHdCDAcVtqs7/K5mdyiGC7zd3UE7O3IAAAAA&#10;AACA/Ijh/mmDW7IjgVISw4VfZ3X01gO3iuGgynavHN/T7A3vm/2sYHmu2Tv+luzYAQAAAAAAAPIh&#10;hvus/UXz0J9cmh0NlIoYLvzEcFB9m+8M1/POcNHWHbwvO3oAAAAAAACAc7fnzX/2qMXecTHcZ6y5&#10;Mrw6Ox4oDTFchPVP3iiGg2oTw8VfsztY33PjscuzKwAAAAAAAACY397rjly42BvecuYLkzZ4RXZE&#10;UApiuAgTw0HlieHO35orgwPZNQAAAAAAAADMxzvDfd4dyo4JCu9FKx/4EjFc4InhoPJ2rxzf0+wN&#10;75vxTGBx9prsKgAAAAAAAAAePDHcF1h3eGt2VFBoYrgIE8NB5XlnuPO/Znf4a9l1AAAAAAAAADw4&#10;Yriz2n/LjgsK60UrG2K40BPDQeWJ4YqxyR28P7sSAAAAAAAAgLMnhjvrfSQ7MigkMVyE9UdiOKg4&#10;MVxxNrmHv7r85ru/NLsaAAAAAAAAgC9MDPegdv/eN959UXZ0UChiuAgTw0Hl7V45vqfZG9434xnA&#10;ztOeetO9l2TXAwAAAAAAAPD57b3uyIWLveEtZ77waJ972dFBoYjhIkwMB5XnneGKuebKvU/MrggA&#10;AAAAAADgc/POcHPtL7Ljg8IQw0VYf3Tj828//RXZkQMVJIYr7nb1jj8tuyYAAAAAAACA2TZjuO7g&#10;9bNedLTPs+7wD7IjhEJ40Qc2vmT5sBgu6MRwUHmbMVx38Iczf/fbed/u3rFvya4KAAAAAAAA4IHE&#10;cOe027NjhPNODBdhYjiovN0rx/c0e8P7ZvzOt4Ls6b3Bs7LrAgAAAAAAAPhse35FDHdO6w7flh0l&#10;nFebMdza+k/NjLgsn4nhoPK8M1w51jw0/KbsygAAAAAAAAD+mRguh3WHr82OE84bMVyEieGg8sRw&#10;Jdqh4VOyawMAAAAAAADYIobLZ83e8EXZkcJ5sRXDjcVwISeGg8oTw5Vrz3zr8AnZ1QEAAAAAAACI&#10;4fJasze4b9cNwx3ZsUJ0YrgI24zhTojhoMJ2rxzf0+wN75v1u96Kub033fvI7PoAAAAAAACA1Inh&#10;8luzN7wjO1aITgwXfvv7oxv3ieGg0rwzXAnXHfxpdn0AAAAAAABA6sRw+a7ZG7wsO1qISgwXfmI4&#10;qD4xXEnXHf52doUAAAAAAABAysRwAXboI9+aHS9EI4YLv87hk4fEcFBtYrhS723ZNQIAAAAAAACp&#10;2nvdkQsXe8Nbzngx0c5hzd7w49nxQjRiuPATw0H17V45vmfye/y+Wb/frfhrrniHXgAAAAAAAEia&#10;d4YLs+ah4UuzI4YoWjff/aXLYrigE8NB9XlnuArs0PGrsusEAAAAAAAAUrOrd/ejxXD5r9kd/P6u&#10;3uCy7JghODFc+InhoPp2d4ffNXkuEsOVeM3e4G+f0f3Tr8quFAAAAAAAAEiJGC7cmr3BD2fHDMG1&#10;bt4QwwVep3/y0L53iuGgynb37nmeGK4SuzO7UgAAAAAAACAlYrig++3FQ3/22OyoISgxXPh1+iMx&#10;HFTc7pXje5q94X0zfqdb2dYdvjK7VgAAAAAAACAVYrjg+97sqCEoMVz4ieGg+rwzXOX2bdnVAgAA&#10;AAAAACnYe92RCxd7w1vOeOHQclqzOzwyPePsuCEYMVz4ieGg+sRwldvv7r3p3odm1wsAAAAAAABU&#10;nXeGC773Lh4aPiU7bghGDBd+0xius3b6cdmRAxUkhqviBq/IrhcAAAAAAACoOjFc2DV7g3t2947/&#10;m+y4IRgxXPiJ4aD6dq8c39PsDe+b9TvdyrvmoeEV2RUDAAAAAAAAVSaGC7tmd/jJZm/4ouy4IZhp&#10;DNdZXf/pWRGX5TMxHFSfd4ar6LqDX8muGAAAAAAAAKgyMVz4NXuDl2XHDcGI4cJPDAfVJ4ar8A4d&#10;vyq7ZgAAAAAAAKCq9l535MLF3vCWB7xgaDnu+PXZcUMwYrjwE8NB9Ynhqrtmb/iu667b+OLsqgEA&#10;AAAAAIAq8s5wMXb8+r033fvI7MghiK0YbiyGC7itGO5TYjiosN0rx/c0e8P7Zv8+t7Kv2T327dlV&#10;AwAAAAAAAFW0q/fRRy92j4vhgk4MR3hiuPATw0H17e4Nn7fYHXpnuMpu8PbpuyJn1w0AAAAAAABU&#10;zTSGa64Mf372C4aWz8RwhNe6e+NLO2tiuJATw0H1ieGqvWZ3+L93rwz/j+y6AQAAAAAAgKoRw8WY&#10;GI7wxHAxdrInhoNq24rhBn80+/e5VWHN3vB12XUDAAAAAAAAVbMZw/XEcGEnhiM8MVyMieGg6nav&#10;HN8zeS66b/bvc6vGBvd6LgMAAAAAAICKEsPF2OD6vTd90IuuBPWctWMPEcOFnhgOqs47wyWxj07v&#10;ObtyAAAAAAAAoErEcDE2uH7v9WI4whLDxZgYDqpODJfGmocGP5JdOQAAAAAAAFAlYrgYE8MRnhgu&#10;xsRwUHX+mtQ01uwOfym7cgAAAAAAAKBKxHAxNrj+m1eOPyI7cgjiOWunxXDBJ4aDqvPOcKls8Pbm&#10;oY9cml07AAAAAAAAUBViuBgTwxGeGC7GRmI4qDgxXBprdo/39/SO17NrBwAAAAAAAKpCDBd+zd7g&#10;+ieL4QhMDBdjYjioOn9NaiLrDj72tO4xP88BAAAAAACgasRw4SeGIwYxXIyNete++/SXZ0cOVJB3&#10;hktjk2ff9+/qDZ6TXTsAAAAAAABQFU99w4cuFsOFnRiOGMRwMSaGg6oTw6UxMRwAAAAAAABUlBgu&#10;/MRwxPADa6cfckAMF3hiOKi6zRiuJ4ar+sRwAAAAAAAAUFFiuPATwxHDNIZb7q+/cnbEZblsddS7&#10;9jYxHFSZGC6NbcZwN4jhAAAAAAAAoHLEcOEnhiMGMVyEieGg8sRwaWwawzW7H3l2du0AAAAAAABA&#10;VYjhwk8MRwxiuAgTw0HlieHSmBgOAAAAAAAAKkoMF37NQ8OfFcMR2lYMNxbDhdxmDPcpMRxUmBgu&#10;jYnhAAAAAAAAoKLEcOEnhiMGMVyEieGg8sRwaUwMBwAAAAAAABUlhgs/MRwxiOEiTAwHlbe4cuwq&#10;MVz11+wN3t/sDsRwAAAAAAAAUDViuPATwxGDGC7GTnbFcFBtYrg0JoYDAAAAAACAinrqL4rhQq/Z&#10;FcMRnhguxsRwUHViuDQmhgMAAAAAAICKEsOFnxiOGA7edO9DxXChJ4aDqhPDpTExHAAAAAAAAFTU&#10;ZgzXPfaGWS8UWj4TwxGDGC7GxHBQdWK4NCaGAwAAAAAAgIoSw4WfGI4YxHAxJoaDqhPDpbFmb/h7&#10;TTEcAAAAAAAAVI8YLvzEcMRw8MjGQ5cPi+HCTgwHVSeGS2NiOAAAAAAAAKiop/7iX1zc7A7FcAEn&#10;hiMGMVyMjcRwse3de+HFV171lO319tW1eusltUarN/nzyEKjfdfkz3vP3EK9/fuTP49M/u9+dfLn&#10;KyZ/Pn/y557a5a2Lsv9E+LzEcGlMDAcAAAAAAAAVJYYLv2Z38LNP+6VjX5YdOQQhhosxMVwsmwFb&#10;vfWShUb78GT3TbZxzqu3T9UarfdP/vUra/Wl51x66cGHZv84+DQxXBoTwwEAAAAAAEBFieHCrymG&#10;IwIxXIyNui/4rdOPzY6cnF1+eetLp5HaQn3p1QuN9gc+K2QLttawVm93p+88t72+vJB9KCRsceX4&#10;VZPf3WK4ik8MBwAAAAAAABUlhgu/phiOCMRwMSaGC2X6Lm0L9da/W2i0jz4wWIu3Wr318c2/XvXy&#10;1iXZh0ZixHBpbPLsK4YDAAAAAACAKhLDhV9TDEcE0xiu01//mc+OtyzfieFCuORJ+75+YUfrvyzU&#10;278/K1A7X6vVW/fW6u2f3bZj3zOyD5UEiOHSmBgOAAAAAAAAKkoMF35NMRwRiOHCr7M26l4thsvV&#10;9vp3LSzU2z+8UG/9z1lBWlFWa7T+1+TP1yzsWNqRfehU1GYM1x388azf51adieEAAAAAAACgosRw&#10;4dcUwxGBGC78xHD5W9i5tH+h0br9zPis0Ku3P7hQX/qPj3nyNduyT4MKWTwkhkthYjgAAAAAAACo&#10;KDFc+DXFcESwFcONxXABJ4bLV+3y1kUL9fZNM4Ozsqze/v3tjX2Pzz4lKkAMl8amMdzioY98a3bt&#10;AAAAAAAAQFU8eeXD28RwYdcUwxGBGC78tmK4T4nhclKrt5+9UG/1Z0ZmJVut0f7D7fWlF2afGiUm&#10;hktjYjgAAAAAAACoKDFc+DXFcEQghgs/MVy+ttfbVy802vedGZZVYK+8YO/eC7NPk5IRw6UxMRwA&#10;AAAAAABUlBgu/Jq94eue9noxHGGJ4cKvc3i8IobLyd69Fy402i+tNVr3nxGSVWa1eru7sON5X519&#10;xpSEGC6NieEAAAAAAACgosRw4SeGIwYxXPiJ4fLzmCdfs22h0X7NmQFZJVdvv2Nb/eors0+dghPD&#10;pTExHAAAAAAAAFSUGC78xHDEsPSOjz5MDBd2k/NdufpdYrg81C5vXVSrt945Mx6r7o5OPu9LsiOg&#10;oMRwaUwMBwAAAAAAABW1GcMdEsOFnBiOGMRw4SeGy8/2xr7HL9TbN80IxlLY4VqjtTM7CgpGDJfG&#10;mt1jYjgAAAAAAACoor0rH962KIYLOjEcMYjhwk8Ml5/EY7jN1RpLvzY9h+xIKAgxXBrbiuGOieEA&#10;AAAAAACgasRw4SeGIwYxXPiJ4fIjhvvn1eqtGx6xY/+jsqPhPBPDpTExHAAAAAAAAFSUGC78xHDE&#10;sPSO02K4wBPD5UcM98DVGq2XZcfDedTsHlsSwyWx3xXDAQAAAAAAQAWJ4cJPDEcMYrjw6/RHYric&#10;ZDHcL8yKwpJevf2JWr19bXZMnAdiuGT2u4s3iOEAAAAAAACgcsRw4SeGIwYxXPiJ4fIjhvtCa/2P&#10;Wr21JzsuIhLDJTMxHAAAAAAAAFTRZgzXO/bGGS8SWk6bxnCLhz7+8OzIIQgxXPhNY7jO4dOPyY6c&#10;c1C7vHXRQqN91wMjMDtjd2VHRiRiuGQmhgMAAAAAAIAqEsOFnxiOGMRw4SeGy493hntwq9WXvjc7&#10;OgITwyUzMRwAAAAAAABUkRgu/MRwxLAZw62uv2pWxGX5TAyXHzHcg1+t0f69bTuf94TsCAlEDJfM&#10;xHAAAAAAAABQRWK48Gv2jr1u8dBRMRxBieHCTwyXHzHc/Ks12i/PjpEAxHDJTAwHAAAAAAAAVSSG&#10;Cz8xHDEs/d7ph3XWxHAhJ4bLT+3y1kULjfZdZ4ZednarNVrrkzO8JDtOciSGS2ZiOAAAAAAAAKgi&#10;MVz4ieGIYSuGG4vhAk4Mlx/vDJfPavXWK7IjJSdiuGQmhgMAAAAAAIAq2rvyl9sWe0MxXMA1V8Rw&#10;hCeGC7+tGO5+MVwOtteXvmqhIYbLY7V66+5t9X1fmx0t50gMl8x+d3fv+Ldk1w4AAAAAAABUhRgu&#10;/MRwxCCGCz8xXH7EcPmv1mj95+x4OQebMVxPDJfAxHAAAAAAAABQRWK48BPDEYMYLspuEMPlQwwX&#10;aPXW+y677DkPyY6ZOYjhkpkYDgAAAAAAAKpIDBdh3eFrxXCEJoaLMjFcTsRwYbdtx77/IztqHqRp&#10;DNfsHbt75u9zq9LEcAAAAAAAAFBFe15/rLYohgs7MRwRfPutf/kvxXDBJ4bLiRguyl6THTcPQrN7&#10;fKnZG4rhqj8xHAAAAAAAAFSRGC7CxHBEIIaLMjFcTmqXty5aaLTvOiPesvz359mRc5bEcMlMDAcA&#10;AAAAAABVtOdGMVzwieGIQAwXZWK4nHhnuLibnPc3ZkfPFyCGS2ZiOAAAAAAAAKgiMVyEieGI4EW3&#10;/uW/PCCGCz0xXE62YrjWL84KtyzMavXWj2THz+chhktkXTEcAAAAAAAAVJIYLsLEcETwols3xHDh&#10;J4bLiRju/KzWaP1qdgV8DmK4RCaGAwAAAAAAgGoSw0WYGI4IxHAxNhLD5UQMdz7Xuqd2eeui7Co4&#10;gxgukXUH79vdOyaGAwAAAAAAgKoRw0WYGI4IxHAR1h/dcHB145LsyDkHYrgCbMfSjuw6+AxiuEQm&#10;hgMAAAAAAIBqEsNFmBiOCMRwESaGy40YrhjbXt/37dmVkBHDJTIxHAAAAAAAAFSTGC7CxHBEMI3h&#10;lvvrr54ZcVk+E8PlRgxXnNUarX+fXQsTYrhEJoYDAAAAAACAahLDRVh3+Nq9N//1RdmRQxBiuAgT&#10;w+VGDFew1duvzq4meWK4RCaGAwAAAAAAgGoSw0WYGI4IxHARJobLjRiueKvVW7+cXU/SxHCJTAwH&#10;AAAAAAAA1bQZw3UHb5r5QqHlMzEcEYjhIkwMl5uFHc/7ajFc8VZrtG7NrihZzZVBSwyXwMRwAAAA&#10;AAAAUE1iuAibxnBvFMMR1lYMNxbDhZwYLjdiuAKv3n5vdk1JEsMlMjEcAAAAAAAAVJMYLsLEcEQg&#10;houwzRjufjFcDsRwBV+9/cHsqpIjhktkYjgAAAAAAACoJjFchInhiEAMF2VvEcPlo3Z566KFRvuu&#10;B0RYVpjV6q17s+tKihgukXUH79tz4/Fvzq4dAAAAAAAAqAoxXIR1j7127xvvFsMRlBguysRwOfHO&#10;cOVYrdH6b9mVJUMMl8jEcAAAAAAAAFBNYrgIE8MRgRguysRwORHDlWj11h3ZtSWheUgMl8TEcAAA&#10;AAAAAFBNYrgIE8MRwfIdH/tXy2tiuMATw+VEDFey1Vs3Z1dXeWK4RCaGAwAAAAAAgGoSw0XZa8Rw&#10;hCaGizIxXE5ql7cuWmi073pAdGWFXa3R6mXXV2liuEQ2jeFWxHAAAAAAAABQOZsxXE8MF3hiOIIT&#10;w0WZGC4n3hmunKvV970ku8LKEsMlMjEcAAAAAAAAVJMYLsrEcAQnhosyMVxOxHAl3o7WNdk1VpIY&#10;Lo01u4P37RLDAQAAAAAAQPXsufGvaou9oRgu7MRwBLd8x2kxXPiJ4XIihiv3ajv3LWZXWTliuDTW&#10;FMMBAAAAAABANTXfPFxYFMOFnhiO4MRw4ddZG72lJYbLRe3y1kULjfZdZ0ZWVp5N7zC7zkoRw6Wx&#10;yR3fJYYDAAAAAACAChLDRZkYjuDEcOE3jeGufvfp7dmRcw68M1z5V2u035NdZ6VsxnDdwZ/M+F1u&#10;FZoYDgAAAAAAACpKDBdlYjiCE8OFnxguPws79n/1QqP9tjMDKyvdXpNdaWWI4dKYGA4AAAAAAAAq&#10;SgwXZWI4gpvGcJ3++mvODLgsv4nh8iOGq86219tXZ9daCWK4NCaGAwAAAAAAgIoSw0WZGI7gxHDh&#10;J4bLT+3y1kULjfZdZ4ZVVsLV26ce0fjOR2ZXW3piuDTW7A3u2rVyjxgOAAAAAAAAqkYMF2Hd4Wu+&#10;5W0f+1fZkUMQYrjwE8PlxzvDVWu1RvvXsqstveahj4jhEpgYDgAAAAAAACpKDBdhYjgiEMOFnxgu&#10;P2K4Kq71oux6S20rhhuK4So+MRwAAAAAAABUlBguwsRwRLAVw43FcAHXWR295erfFMPlQQxXvdXq&#10;7T+rXbl0WXbFpSWGS2NiOAAAAAAAAKgoMVyEieGIQAwXflsx3H1iuBzULm9dtNBo33VmUGXlXq3R&#10;+tXsiktLDJfGxHAAAAAAAABQUWK4CBPDEYEYLvwm5/tmMVw+vDNcNVdrtNa37Wx/W3bNpSSGS2PT&#10;GK55aPhN2bUDAAAAAAAAVSGGizAxHBGI4cJPDJef2pP2fc2CGK6SqzXab8+uuZTEcGms2RXDAQAA&#10;AAAAQCVNY7hmd/DmWS8UWk4TwxFB6+a/vkgMF3ZiuPyI4aq92s59reyqS0cMl8aaYjgAAAAAAACo&#10;JjFchInhiEAMF35iuPzULm9dtNBo33VmRGXVWK3eOpJddemI4dJYUwwHAAAAAAAA1SSGizAxHBGI&#10;4cJPDJcf7wxX8dXbn9heb/+b7LpLZVd30BbDVX9NMRwAAAAAAABUkxgu/Hb3Bq+uv+1/iuEISgwX&#10;fmK4/IjhUljr57PrLpXNGK4nhqv6mmI4AAAAAAAAqKbm28RwodcUwxGBGC78xHD5EcOlsNbRS3a2&#10;n5pdeWmI4dJYUwwHAAAAAAAA1SSGCz8xHDG0bt4QwwWeGC4/YrgU1vrHWmPp+7MrLw0xXBpriuEA&#10;AAAAAACgmsRw4SeGIwYxXPh1+qM3L99xeiE7cs6BGC6N1ertn82uvDTEcGmsKYYDAAAAAACAahLD&#10;hZ8YjhhaRzYu6hwWw4WcGC4/Yrg0Vmu0f3N7Y9/js2svhd3dQXvyu1sMV/E1e8PfEcMBAAAAAABA&#10;BYnhwk8MRwxiuPATw+WndnnrooVG+64z4ymr3D5Wu3LpsuzaS0EMl8bEcAAAAAAAAFBRYrjw24zh&#10;XiOGI6zNGG5t/bVnBlyW38Rw+an9631fU6u3f2lGPGVVWr01rO3c18quvRTEcGlMDAcAAAAAAAAV&#10;9fTeH21viuGCTgxHDGK48BPD5UcMl8Zq9dbHF3a0vye79lIQw6UxMRwAAAAAAABUlBgu/MRwxCCG&#10;Cz8xXH78NakJrd76d9m1l4IYLo2J4QAAAAAAAKCixHDhJ4YjBjFc+Inh8uOd4dJYrdFar9VbL8mu&#10;vRTEcGlMDAcAAAAAAAAV9fTe8e3N7lAMF3DTGO7JK3/5L7MjhyC2YrixGC7gxHD5EcOlsc0YrtH6&#10;z9m1l4IYLo1Nns3EcAAAAAAAAFBFYrjwE8MRgxguwg6P37R8x31iuByI4dJYaWO47uBDs36fW3W2&#10;GcPd8GExHAAAAAAAAFSNGC78xHDEIIaLMDFcbmpXLl0mhqv+anUxnBVzYjgAAAAAAACoKDFc+Inh&#10;iOH7jmxctCyGCzsxXG7EcGlMDGdF3WYM1x1+Y3btAAAAAAAAQFWI4cJPDEcML3jXxx++LIYLOzFc&#10;bsRwaUwMZ0WdGA4AAAAAAAAqSgwXfmI4YhDDRZgYLjdiuDQmhrOiTgwHAAAAAAAAFSWGCz8xHDGI&#10;4SKsP37T8q+L4fIghktjYjgr6sRwAAAAAAAAUFFiuPATwxGDGC7CxHC5EcOlMTGcFXViOAAAAAAA&#10;AKiozRhuZfCWWS8UWj4TwxGDGC7CxHC5EcOlMTGcFXViOAAAAAAAAKiozRiuJ4YLueah468SwxHa&#10;C951WgwXev2RGC4nYrg0NrnjE6WL4W78SHuxOxTDVXxiOAAAAAAAAKgoMVz4ieGIQQwXYf3Rm757&#10;7XQtO3LOgRgujYnhrKgTwwEAAAAAAEBFieHCr9kVwxGeGC7CxHC52YrhWr88K6Cy6kwMZ0WdGA4A&#10;AAAAAAAqSgwXfs3u4FVPXvmAGI6gNmO41fXXPSDgsvwmhsuNGC6NlTGGW+wN9onhkthvi+EAAAAA&#10;AACggsRw4dcUwxGBGC7CxHC5EcOlMTGcFXhiOAAAAAAAAKgiMVz4NcVwRCCGizAxXG7EcGlMDGcF&#10;nhgOAAAAAAAAqkgMF35NMRwRiOEiTAyXGzFcGhPDWYEnhgMAAAAAAIAqEsOFX1MMRwRiuAgTw+VG&#10;DJfGxHBW2HXFcAAAAAAAAFBJYrjwa4rhiOAF7zv98OW1sRgu5MRwuRHDpTExnBV2YjgAAAAAAACo&#10;JjFc+DW7g1ftesdHH5YdOQQhhgu/A2vjN3732ifFcDkQw6WxrRiu/Z+yay8FMVwiE8MBAAAAAABA&#10;NT31jXdfIoYLu6YYjgjEcOEnhsuPGC6NieGssBPDAQAAAAAAQDWJ4cKvKYYjgs7a33zZshgu6MRw&#10;+dm283lPEMNVf2I4K+zEcAAAAAAAAFBNYrjwa4rhiEAMF36dtfEbl8RwuRDDpTExnBV23cFvLx4a&#10;fEN27QAAAAAAAEBViOHCrymGIwIxXPiJ4fIjhktjYjgr7MRwAAAAAAAAUE1iuPBriuGIQAwXfmK4&#10;/Ijh0pgYzgo7MRwAAAAAAABUkxgu/JpiOCIQw4WfGC4/Yrg0Vt4YbnB01u9zq9DEcAAAAAAAAFBN&#10;T33jvZc0e8fFcAHXFMMRgRgu/MRw+RHDpTExnBV2YjgAAAAAAACoJjFc+DWnMdzrxHCE1Vk7LYYL&#10;vM7a6I3XHNnYlh0550AMl8bEcFbYieEAAAAAAACgmp56kxgu/I7/jBiO0MRw4SeGy48YLo3V6u1P&#10;ieGskBPDAQAAAAAAQDWJ4WJMDEd4YrjwE8PlRwyXxsRwVtiJ4QAAAAAAAKCaxHAxJoYjvGkM1+mv&#10;/+ysiMvyWWd19MZrbhXD5WErhlv6lVkBlVVnpY3hemK4yk8MBwAAAAAAANW0GcN1BzfMfKHQcpoY&#10;jvDEcOEnhsvPtp3XPKFWb4vhKj4xnBV47128QQwHAAAAAAAAlSOGizExHOGJ4cJPDJcfMVwaE8NZ&#10;gSeGAwAAAAAAgCoSw8WYGI7wxHDhJ4bLjxgujYnhrMATwwEAAAAAAEAVieFibPAzu173e2I4ghLD&#10;hZ8YLj9iuDQmhrMCTwwHAAAAAAAAVbT3pnsvWRTDBZ4YjvC2YrixGC7gOmvjN4jh8iGGS2NiOCvw&#10;xHAAAAAAAABQRWK4GBPDEZ4YLvy2YrhPiuFyIIZLY2I4K/DEcAAAAAAAAFBFYrgYE8MRnhgu/MRw&#10;+RHDpbGtGG7fj2bXXgrNleHVYrgkJoYDAAAAAACAKhLDxdjgZybn/NDsyCGI1s1/+wgxXNiJ4fIj&#10;hktj5Y3hhmK46k8MBwAAAAAAAFUkhosxMRzhieHCTwyXn231fV8rhqv+xHBW4InhAAAAAAAAoIrE&#10;cDEmhiM8MVz4ieHyI4ZLY2I4K/Deu7t377OyawcAAAAAAACq4hk3fOgxYrjQE8MRXuvOv31E57AY&#10;LuTEcPkRw6UxMZwVeGI4AAAAAAAAqCIxXIyJ4QhPDBd+Yrj8iOHSmBjOCjwxHAAAAAAAAFSRGC7C&#10;VsRwhCeGCz8xXH7EcGmsVm99qtZYEsNZATd47+7eQAwHAAAAAAAAVSOGizAxHBG07twQwwVeZ230&#10;hgN3nr44O3LOgRgujYnhrLgTwwEAAAAAAEAlbcZwh8RwQSeGIwIxXPiJ4fIjhktjYjgr7sRwAAAA&#10;AAAAUEliuAgTwxHBNIbb31+/flbEZflMDJcfMVwaqzVa94vhrJDriuEAAAAAAACgksRwEdYdvlIM&#10;R2hiuPATw+VnM4ZriOGqPjGcFXZiOAAAAAAAAKgmMVyEieGIQAwXfmK4/GQx3NtnBVRWnYnhrLAT&#10;wwEAAAAAAEA1ieEiTAxHBGK48BPD5UcMl8ZKGcMdGl7d7A4+PPP3uVVn3eERMRwAAAAAAABUkBgu&#10;wsRwRPCiOzcesSyGCzoxXH7EcGlMDGeFnRgOAAAAAAAAqukZN/zpYxYPHRfDhZwYjgjEcOEnhsuP&#10;GC6NieGssBPDAQAAAAAAQDVtxnDdwcrMFwotn4nhiGArhhuL4ULu8PjnxXD5EMOlsc0YbocYzgo4&#10;MRwAAAAAAABUkxguwsRwRCCGi7D++OcP/Mbfi+FyIIZLY2I4K+qa3eGRp4vhAAAAAAAAoHrEcBEm&#10;hiOCg+/8xCPFcIEnhsuNGC6NieGsqBPDAQAAAAAAQEWJ4SJMDEcEYrgIE8PlRgyXxjZjuHrrR7Jr&#10;LwUxXBoTwwEAAAAAAEBFieEirDt45XPWjj0kO3IIQgwXYWK43Ijh0pgYzoo6MRwAAAAAAABUlBgu&#10;wsRwRCCGizAxXG4u3rH0dWK46k8MZ0WdGA4AAAAAAAAqSgwXYdMY7vViOMISw0WYGC43Yrg0Joaz&#10;om4aw+268SN7s2sHAAAAAAAAqkIMF2FiOCIQw0WYGC43Yrg0Joazok4MBwAAAAAAABUlhoswMRwR&#10;HHznhhgu9Prjn3/h7acfnR0550AMl8bEcFbUieEAAAAAAACgosRwESaGIwIxXIT1R2K4nIjh0lgp&#10;Y7juPdc0xXCV32YMtyKGAwAAAAAAgMoRw0WYGI4IxHARJobLjRgujYnhrKgTwwEAAAAAAEBFLR46&#10;+lgxXOCJ4YhgM4ZbXf+5BwRclt/EcLkRwyWz+8RwVsSJ4QAAAAAAAKCixHARJoYjgoNHNh65vCaG&#10;CzoxXG7EcMlMDGeFXLN77MiulWNiOAAAAAAAAKgaMVyEHRr+tBiO0MRwESaGy40YLpmVMIYbXjOZ&#10;GK7iE8MBAAAAAABARYnhIkwMRwRiuAgTw+VmK4Zr/eqMeMqqNTGcFXJiOAAAAAAAAKgoMVyEieGI&#10;QAwXYWK43IjhkpkYzgq5Zm/4X8VwAAAAAAAAUEFiuAgTwxGBGC78Omvj1y+J4XIhhktmYjgr5MRw&#10;AAAAAAAAUFFiuAgTwxHBVgw3FsMFnBguP2K4ZFbOGK4nhqv6xHAAAAAAAABQUWK4CBPDEYEYLvy2&#10;Yri/E8PlQAyXzMRwVsiJ4QAAAAAAAKCixHARJoYjgv2rf/eoZTFc0Inh8iOGS2ZiOCvkxHAAAAAA&#10;AABQUWK4CBPDEYEYLvzEcPkRwyUzMZwVcmI4AAAAAAAAqCgxXPg1u8OfvkwMR2BiuPATw+VHDJfM&#10;7luot384u/ZS2IrhBvfM+n1u1ZkYDgAAAAAAACpqGsM1V451Z71QaPlMDEcMYrjwE8PlRwyXzMRw&#10;VsiJ4QAAAAAAAKCiFg/9mRgu8KYx3OU3b3xpduQQhBgu/MRw+bn4iuc9UQyXxMRwVshN7lkMBwAA&#10;AAAAAFW0FcMNxXABJ4YjBjFc+Inh8iOGS2ZiOCvkpjFc89BHnpldOwAAAAAAAFAVYrjwa3aP/fTl&#10;N98thiOo/asbYrjA6/THr5+ec3bknAMxXDITw1khJ4YDAAAAAACAihLDhZ8YjhjEcOHX6a+L4XIi&#10;hktmYjgr5MRwQGydtU89bt/h9cd3blt/1pnbvzreOf3ftY5sXJT9nwMAAAAAAPMSw4WfGI4YppHW&#10;NNaaFXFZPhPD5UcMl8zEcFbIieGAkA6+c+ORy/3Rc5f74+s7a+N3dtZGf9zpj9ZnPV/O2uTf87HJ&#10;v/f9y4dP/tLk3/viaSyX/UcDAAAAAABfiBgu/MRwxCCGCz8xXH7EcMlMDGeFnBgOCKGz9qldncPj&#10;1yyvjT4461nyXNdZG31iM67rr3/PNbd+clv2jwUAAAAAAD7TZgzXE8OFnBiOGMRw4SeGy48YLpmJ&#10;4ayQE8MBeVq+bXxFZ238ik5/PJj1DBls/dGpyT/3cGf1xPLBIxsPzT4cAAAAAABImxgu/MRwxCCG&#10;Cz8xXH7EcMnsk2I4K+LEcEBeDhw+9Z2dtdEvTvbJWc+PMdfpj/5gsh+fxnnZhwcAAAAAAOkRw4Wf&#10;GI4YxHDhJ4bLjxgumYnhrJATwwF56Ny2/qzl/vjIrOfG877+6L7Jx3a9v04VAAAAAIDkiOHCb3K+&#10;PyWGIzQxXPiJ4fJz8RXXPLHWaP/ajHjKqrXSxXC7bji2XwxX/TW7x/5r89A9YjhgbtfefuobOmsn&#10;37q8NvqHWc+NRVqnP/rjzuGTP3pwdeOS7MMHAAAAAIDq2vWWe75cDBd2YjhiEMNF2c+J4fIhhktm&#10;Yjgr6AbvEcMB82od2bho+fD4lZ3+aH3G82LRd3T/6vo3Z58KAAAAAABUjxgu/MRwxLAVw43FcGEn&#10;hsuJGC6ZieGsoBPDAfPrrJ361k5/vT/jWbE82/prVH9y+Y77FrJPCwAAAAAAqkEMF35iOGJYesff&#10;PVoMF3w/t3/178RwORDDJTMxnBV0Yjhgfstr69+73B8fnfGsWNKN3t5ZO7kr+/QAAAAAAKDcxHDh&#10;txnDXSeGI6yl2//u0Z01MVzgieFyIoZLZuWL4XpiuDQmhgPms/fIxoWdw+PXzHhOLP0m/13iYwfW&#10;TuzJPlUAAAAAACgnMVz4ieGIQQwXZWK4nIjhkpkYzgo6MRwwn4OHNx4/eSa84YxnxEqt0x8NO/31&#10;78k+ZQAAAAAAKBcxXPiJ4YhBDBdlYriciOGSmRjOCrrBe5o3iOGAB2//6v07O2ujX5vxnFjBjT6+&#10;vz8q1e9xAAAAAAAQw0WYGI4YxHBRJobLiRgumX1yob7vP2bXXgpiuFQmhgPmc3D1/ksmz4RHz3hG&#10;rPw6a6MXZ0cAAAAAAADFJoYLPzEcMYjhokwMlxMxXDIrYQw33D/5vS2Gq/zEcMB8Omuf2jV55j48&#10;4zmx8uusjT7VWTv5A9lRAAAAAABAMYnhwm8awz15ZeNLsiOHIMRwUfZzB49sPDI7cs7Bo5+07+vF&#10;cElMDGcFnRgOmE/KMdxn7C+X++NrsyMBAAAAAIBiEcOFnxiOGJZuPy2GCz8xXE4uedK+r18Qw6Uw&#10;MZwVdIP3LHaPPyO7doCzlupfkzpz/dF9+1fHO7OjAQAAAACAYtiM4brHerNfKLQ8JoYjBjFcjK2L&#10;4XIihktmYjgr6MRwwHw6aye9M9yZ64/ffe3h8ZOyIwIAAAAAgPNLDBd+YjhieOHtpx+93B/9/MwX&#10;qCynieHycsmVYrhEVs4Yrjs4Nuv3uVVpYjhgPpsxXH90+wOfE62zNuou/d7ph2VHBQAAAAAA54cY&#10;LvzEcMQghosxMVxexHCprPXJhfqSGM4KODEcMB8x3BdeZ3X0kuy4AAAAAAAgvl2/IIYLvWbv2E89&#10;eeUDYjiCEsPFmBguL2K4VCaGs6JODAfMZyuGG4vhvtD6o7/srJ36puzYAAAAAAAgHjFc+InhiEEM&#10;F2NiuLyI4VJZ6+/LFsPt7g33L4rhEpgYDpjPNbeeaIrhHsQOn/yF7OgAAAAAACCOXb/wUTFc4Inh&#10;iEEMF2Gr6z938J1iuDyI4VKZGM6KOjEcMB8x3Bzrj0531sbL2RECAAAAAEBYWzHcUAwXcGI4YhDD&#10;RZgYLjdiuERWF8NZUSeGA+ZzcPX+SybPhUcf8JxoZ7Oje49sXJgdJQAAAAAAhCGGC7/moeFPiuEI&#10;TQwXYf3x9WK4fGzGcPX2O2YGVFadieGssDv+bjEcMI9rDp9odta8M9y57EB//H9lxwkAAAAAAPkT&#10;w4WfGI4YtmK4sRgu5MRwuRHDJTIxnBV2YjhgPmK4fNbpjw4vveP0w7JjBQAAAACA/Ijhwm9yvmI4&#10;gjvwG39/sRgu8DZjuE+I4XIghktkYjgr7MRwwHzEcPnuQH+8PztaAAAAAADIhxgu/MRwxCCGizAx&#10;XG7EcIlMDGdFXXfw7sXuPWI44EE7uHr/JZPnwqMPeE60c9md2fECAAAAAMC5e1r32OPEcGEnhiMG&#10;MVyEieFyI4ZLZGI4K+rEcMCcDhw+2Zw8F3pnuJzX6Y/uX149+fTsmAEAAAAAYH5iuPATwxGDGC7C&#10;xHC5EcMlMjGcFXViOGBOYrjA649+LDtqAAAAAACYjxgu/MRwxCCGizAxXG7EcImshDHcYvdYZ7En&#10;hqv8xHDAnMRw4dfp+2tTAQAAAAA4B2K48BPDEYMYLsLEcLkRwyWyaQzXaP1Qdu2lIIZLZGI4YE4H&#10;V++/ZPJcePQBz4mW/25fvyw7dgAAAAAAOHtiuPATwxGDGC7C+uPrX3TnxiOyI+cciOESmRjOijox&#10;HDCnzXeG64/umPmsaLmv0x/9YHb0AAAAAABwdsRw4SeGI4YDd56+ePmwGC7oxHC5uWTn0uViuAQm&#10;hrOirjt49+4bj+/Jrh3grInh4q+zNvrF7PgBAAAAAOALE8OF3zSG23tk48LsyCGIaQzXWRu9YdYL&#10;SJbT+utiuJyI4RKZGM6KOjEcMCcx3PlZZ+3kHz9n7fRDsmsAAAAAAIDPTQwXfmI4YhDDRZgYLjdi&#10;uEQmhrOiTgwHzOng6v2XTJ4Ljz7gOdGi7JpbR0/MrgIAAAAAAGYTw4WfGI4YxHDht7+/fn1LDJcL&#10;MVwiE8NZUSeGA+bkneHO//avjlvZdQAAAAAAwAOJ4cJPDEcMYrjwE8PlRwyXyMRwVtSJ4YA5La+e&#10;WFzuj8Vw53urox/JrgQAAAAAAD7bZgx3SAwXcmI4YhDDhZ8YLj9iuEQmhrOiTgwHzEkMV5xN/7tP&#10;di0AAAAAAPDPNmO43uDQzBcKLZeJ4YhBDBd+Yrj8iOESmRjOijoxHDCng6v3XzJ5Ljx65nOinZ91&#10;1saHs6sBAAAAAIAtYrjwE8MRgxgu/DqHxz8rhsuHGC6R1dt/J4azQk4MB8zJO8MVcP3x+7PrAQAA&#10;AAAAMVyMbcZw14nhCEsMF35iuPyI4RKZGM6KumkMtyKGAx48MVwx1+mPP5RdEQAAAAAAqRPDhV+z&#10;e+wn9153RAxHUNfc+sltnbWxGC7gxHD52YrhWjfPDKisOitlDHe8s9gdDmb9PrdK7U4xHDAPMVxx&#10;N/nvQn+RXRMAAAAAACkTw8XY4BViOEITw4XfVgz3t2K4HIjhEpkYzoo7MRwwl4Or918yeS48euZz&#10;ohVn2VUBAAAAAJAqMVyMieEITwwXfmK4/IjhEpkYzoo7MRwwF+8MV4r9bXZdAAAAAACkSAwXY2I4&#10;whPDhV+nP/7Z1s1iuDyI4RKZGM6KOzEcMJfl1ZNiuHLsT7MrAwAAAAAgNWK4GBPDEZ4YLvzEcPkR&#10;wyUyMZwVd2I4YC7TGK6zOvqtWc+KVqx1+qM/zK4NAAAAAICUPK37549r9oZiuKATwxGeGC78xHD5&#10;EcMlMjGcFXdiOGAuy7efXOysieHKsk5/dFd2dQAAAAAApEIMF2NiOMITw4XfNIbrrJ3+suzIOQdi&#10;uEQmhrPCbnDn7pUPi+GAB00MV8aNfi27PgAAAAAAUiCGizExHOGJ4cJPDJcfMVwi24zh2i/Orr0U&#10;Fg+J4dKYGA6Yz1YMNxbDlWydtfVXZVcIAAAAAEDVPeVNg68Qw4WeGI7wrrl1QwwXeGK4/IjhEpkY&#10;zgo7MRwwn/39E7vFcOVcZ3X9+7JrBAAAAACgyp7xpsFXLIrhAk8MR3ibMdzq6I2zXvixfNbpr4vh&#10;crK9cdWTxHAJTAxnhd3gzj294e7s2gHOmhiu3Jv896X/M7tKAAAAAACqSgwXY4NXtG7e+BfZkUMQ&#10;YrjwE8PlRwyXyMRwVtiJ4YD5iOFKvv7oxIHV0ddn1wkAAAAAQBWJ4WJMDEd4YrjwE8PlRwyXyMRw&#10;VtiJ4YD5iOHKv05/fFd2nQAAAAAAVJEYLsbEcIQnhgs/MVx+xHCJrIwxXO/Yshiu+mv2BnfuEsMB&#10;cxDDVWOTO3x9dqUAAAAAAFSNGC7GxHCEJ4YLPzFcfsRwiUwMZwWdGA6YlxiuOuusnTiYXSsAAAAA&#10;AFXyjLeK4YJvRQxHeNcc2djWWRPDhZwYLj9iuEQmhrOCrtkVwwHzObh6/yWT58Kjn/mMaCVdf3Tq&#10;mls/uS27WgAAAAAAqkIMF2FiOCIQw0XZ68Rw+RDDJbJ6+xOTP8VwVrg1xXDAnLwzXNV28u3Z1QIA&#10;AAAAUBViuAgTwxGBGC7KxHA5EcMlMjGcFXRNMRwwp/39k2K4im1/f/3/yq4XAAAAAIAqEMNFmBiO&#10;CJbWPlnrrI3FcGEnhsvJ9sbVT1qo7xPDVX1iOCvommI4YE5iuEru3mvX1r8mu2IAAAAAAMpuM4br&#10;Dm6c9UKh5TQxHBGI4aLsdZ21vxHD5WArhmvf8oB4yqo1MZwVdM3u8LfEcMA8xHAVXX/889kVAwAA&#10;AABQdmK4COsef7kYjtDEcFEmhsuJGC6RieGsoBPDAfPajOH6oztnPCdaiTe500/sX13/huyaAQAA&#10;AAAoMzFchInhiEAMF2ViuJyI4RKZGM4KOjEcMC8xXIXXP3ljds0AAAAAAJSZGC7CuoOXt26+WQxH&#10;UGK4KBPD5UQMl8jEcFbQieGAeR1cvf+SyTPh0TOeEa0i27863pldNQAAAAAAZSWGizAxHBF899on&#10;awfEcKEnhsuJGC6RieGsoBPDAfPyznDV3uRuD2VXDQAAAABAWYnhIkwMRwRiuCh73Qved/rh2ZFz&#10;DsRwiUwMZwWdGA6Y1zW3ntgjhqv0/vTA2om92XUDAAAAAFBGYrgIE8MRgRguysRwORHDJbKSxnDN&#10;7mA48/e5VWZiOGBeB9bEcFVfZ238iuy6AQAAAAAoIzFchInhiOC7107XlvujN816QcdymxguJ5sx&#10;XEMMV/lNY7id+34wu/ZSEMOlMTEcMK+Dq/dfMnkmPPoZz4dWtfXHf946snFRduUAAAAAAJSNGC7C&#10;xHBEIIaLsNX1173gXWK4PIjhEpkYzgq6yR2L4YC5TN8ZbvJc6J3hqrz+6K8OHB63sisHAAAAAKBs&#10;xHARJoYjAjFchInhcrO93r5iQQxX/ZUyhju+3OwNxXAVX7M7+K3mWweL2bUDnDUxXCob/efsygEA&#10;AAAAKBsxXISJ4YhADBdhYrjciOESmRjOCrqmGA6YkxgujXX645Wld5x+WHbtAAAAAACUye6Vu79S&#10;DBd43cHLr7tu44uzI4cgxHARJobLjRgukU1juB1iOCvemtMYbkUMBzx4Yrhk9q4Dq6Ovz64dAAAA&#10;AIAy2b1y/CsXu0MxXMiJ4YhADBdhYrjciOESWb31iYUdS2I4K9yaYjhgTgfWTorh0tiRztrJXdm1&#10;AwAAAABQJmK4CBPDEYEYLspeK4bLhxgukYnhrKBriuGAOYnhUtnog8ur68/Jrh0AAAAAgDLZjOF6&#10;YrigE8MRgRguysRwORHDJTIxnBV0TTEcMKeDq/dfMnkmPPoZz4dWxfVH903/Stzs2gEAAAAAKBMx&#10;XISJ4YhADBdlYriciOESmRjOCrqmGA6Y0+Y7w/VH7z7jGdGqt2nweHV27QAAAAAAlIkYLvx2dQcv&#10;v0AMR2DLv37fwnJ/LIYLOzFcTsRwqaz1t2I4K+KaYjhgTmK4ZCaGAwAAAAAoKzFc+InhiEEMF2Wv&#10;fcG7Pi6Gy4EYLpWVL4ZrrgwOiOGqv6YYDpjTVgw3FsNVff3x0eXbxHAAAAAAAKUkhgs/MRwxiOGi&#10;TAyXk60YrvV/zw6orDoTw1kxN7njO8RwwDzEcIlsM4Y7IYYDAAAAACgjMVz4ieGIYfmO+xaWD4vh&#10;Ak8MlxMxXCoTw1kxJ4YD5tW57cQzxHAJrD8+eqA/3pddOwAAAAAAZSKGC7/moeM/IYYjNDFclInh&#10;ciKGS2ViOCvmxHDAvMRwiUwMBwAAAABQXmK48BPDEYMYLsrEcDkRw6UyMZwVc2I4YF5iuEQmhgMA&#10;AAAAKK/NGK47eOusFwotn4nhiEEMF36dtfFrW0c2LsqOnHMghktlYjgr5sRwwLzEcIlMDAcAAAAA&#10;UF5iuPATwxGDGC78xHD5EcOlMjGcFXNiOGBeYrhEJoYDAAAAACgvMVz4ieGIYfmO0wud/ujNM1/M&#10;sVwmhsuPGC6VieGsmBPDAfMSwyUyMRwAAAAAQHmJ4cKveWjwExdcd50YjqDEcOHXWVsXw+VEDJfK&#10;Wn+7vd76D9m1l4IYLo2J4YB5dQ6ffMbyYTFc1dfpj4/uF8MBAAAAAJSTGC78ml0xHOGJ4cJPDJef&#10;hR1LO8RwKUwMZ8VcsyuGA+YzjeE6a6P3zHpWtOpMDAcAAAAAUGJiuPBriuGIQAwXfmK4/IjhUpkY&#10;zoq5aQy3eOjeZnbtAGdNDJfGxHAAAAAAACUmhgu/phiOCMRw4SeGy48YLpWVMIY7JIZLYWI4YF5i&#10;uDQmhgMAAAAAKDExXPg1pzHcxsYXZUcOQYjhwk8Mlx8xXCoraQzXHRyf9fvcqrPJHd+xeGgghgMe&#10;NDFcGhPDAQAAAACUmBgu/JpiOCIQw4Vf5/D4NWK4fIjhUpkYzoq5yR2L4YC5iOHSmBgOAAAAAKDE&#10;dv+iGC70mmI4IhDDhV+nP35N62YxXB7EcGms1mj97TYxnBVwkzsWwwFzEcOlMTEcAAAAAECJieHC&#10;rymGI4Krf/O+7WK4sBPD5UcMl8bEcFbUTe5YDAfMZSuGG4vhKr5Of10MBwAAAABQVs1Df3KpGC7s&#10;mmI4ItiK4cZiuIATw+VHDJfGao32/yuGsyJucsdiOGAu+1dPPFMMV/1N7vhDYjgAAAAAgJISw4Vf&#10;UwxHBGK48NuK4f5aDJcDMVwaE8NZUTe5YzEcMBcxXBoTwwEAAAAAlJgYLvyaYjgiEMOFnxguP2K4&#10;NCaGs6JucsdiOGAuYrg0JoYDAAAAACgxMVz4NcVwRCCGCz8xXH6yGO7XZwVUVp2J4azAu31RDAfM&#10;QQyXxsRwAAAAAAAl1jz0kUsXu8fFcAHXFMMRgRgu/MRw+RHDpbFyxnAfOdDsDsVw1Z8YDpiLGC6N&#10;ieEAAAAAAEpMDBd+zd7xl4nhCE0MF37TGG75jtP/KjtyzoEYLo2J4azAE8MBcxHDpTExHAAAAABA&#10;iYnhwk8MRwxiuPATw+VHDJfGxHBW4InhgLmI4dKYGA4AAAAAoMTEcOEnhiOGzRhudfSWWS/mWD4T&#10;w+VHDJfGxHBW4N2+eIMYDnjw9q+eFMMlMDEcAAAAAECJieHCTwxHDFf/5mkxXOCJ4fIjhktjZYzh&#10;dnUH14rhkpgYDpjLZgzXH/3XWc+KVp2J4QAAAAAASkwMF36bMdwFYjjCuvrdp7d31sRwIdfpr4vh&#10;ciKGS2NiOCvwxHDAXMRwaUwMBwAAAABQYtMYrrkyuGnGi4SW08RwxCCGCz8xXH7EcGlsGsPV6u0f&#10;yK69FMRwyUwMB8xFDJfGxHAAAAAAACUmhgs/MRwxiOHCTwyXn4UrrqqL4ao/MZwVeGI4YC5iuDQm&#10;hgMAAAAAKDExXPiJ4YhBDBd+Yrj8iOHSmBjOCrzbd3fv3ZVdO8BZE8OlMTEcAAAAAECJieHCr9kb&#10;vGxy1GI4ghLDRdmrxXD5EMOlMTGcFXhiOGAu195x8pnLa2K4qk8MBwAAAABQYmK48BPDEYMYLsrE&#10;cDkRw6UxMZwVeGI4YC5iuDS2FcOdEMMBAAAAAJSRGC78shgOghLDRZkYLidiuDRW2hiuJ4ZLYGI4&#10;YC4H1k7snTwTiuEqvmkM1zk8bmfXDgAAAABAmWzGcD0xXMiJ4YihtXr/JWK44BPD5UQMl8bEcFbg&#10;ieGAuYjh0pgYDgAAAACgxMRw4SeGI4aDq/dfsrw2FsOF3auX7/iYGC4HYrg0Joaz4u7Y7bu7x8Rw&#10;wIMmhktjYjgAAAAAgBITw4WfGI4YxHBRJobLiRgujdUa7b8Rw1kxJ4YD5iOGS2NiOAAAAACAEhPD&#10;hZ8YjhjEcFEmhsuJGC6NieGsuBPDAfMRw6UxMRwAAAAAQImJ4cJPDEcMYrgoE8PlZOGKq+sLjbYY&#10;ruIrbww3+Mis3+dWpYnhgPmI4dKYGA4AAAAAoMSe/pajjxfDhZ0YjhjEcFEmhsvJNIar1du/MSug&#10;supMDGeF3aHhYTEcMA8xXBoTwwEAAAAAlJgYLvzEcMQghouw/vjVL7p1419mR845EMOlMTGcFXZd&#10;MRwwnwNrJ/cu90dHZj4rWmUmhgMAAAAAKDExXPiJ4YhBDBdhYrjcLFwphkthYjgr7MRwwJzEcGlM&#10;DAcAAAAAUGJiuAjrDq/LjhuC2Yzh+qMbZr2YYzlNDJcbMVwaE8NZYSeGA+Ykhktjnf74Q51VMRwA&#10;AAAAQCmJ4SJMDEcEB1c3xHChJ4bLjRgujYnhrLATwwFzEsOlMTEcAAAAAECJieEiTAxHBGK4COuv&#10;i+FyIoZLY2I4K+zEcMCcxHBpTAwHAAAAAFBiYrgIE8MRgRguwsRwuRHDpbHJHYvhrJgTwwFzEsOl&#10;MTEcAAAAAECJieEiTAxHBGK4CBPD5UYMl8Y2Y7jGvu/Prr0UxHCJTAwHzEkMl8j64z8RwwEAAAAA&#10;lNTT33Lv45u942K4kBPDEYEYLsLEcLmp7Ww3xHDVnxjOCjsxHDCnrRhuLIar+sRwAAAAAADlJYaL&#10;MDEcEYjhwu/A2vhVYrh8iOHSmBjOCrvu8PCeGz/y9OzaAc5a57b1Z4nhEpgYDgAAAACgvMRwESaG&#10;IwIxXPiJ4fIjhktj5YzhPnJtszcUw1V9YjhgTmK4RCaGAwAAAAAor80Yrjv4hZkvFFo+E8MRQefX&#10;73+MGC7sxHD5EcOlsVq99Te1xlKpYrjdNwwPiuESmBgOmJMYLpGJ4QAAAAAAyksMF3ynxXDE0Dl8&#10;/2OW18RwISeGy48YLo2VNYab/O4Ww1V9YjhgTp3D68+aPBeK4ao+MRwAAAAAQHk9/SYxXOCJ4Yhi&#10;K4Ybi+ECbiuG+0sxXA7EcGmslDFcTwyXxMRwwJzEcIlMDAcAAAAAUF5iuNAbnF7sHhPDEZwYLvw6&#10;a+NXfbsYLhdiuDQmhrPCTgwHzEkMl8jEcAAAAAAA5SWGCz0xHHGI4cJPDJcfMVwaq9VbHxfDWSEn&#10;hgPmJIZLZGI4AAAAAIDyEsOFnhiOOMRw4SeGy48YLo2J4ayw6x47vOcGMRzw4HUOn3pWpz9676xn&#10;RavQxHAAAAAAAOUlhgs9MRxxiOHCbxrDLf3e6YdlR845EMOlMTGcFXabMdw9YjjgQRPDJTIxHAAA&#10;AABAeYnhAq8rhiMOMVz4ieHysxXDtd45K6Cy6kwMZ0VdszdYe7oYDpiDGC6RieEAAAAAAMpLDBd4&#10;YjgiEcOFnxguP2K4NCaGs6JODAfMSwyXyMRwAAAAAADlJYYLPDEckUxjuE5/tPKAF3Ist4nh8iOG&#10;S2NiOCvqxHDAvMRwiUwMBwAAAABQXmK4wJvGcL3h/z87bgimc/i0GC7wxHD5EcOlMTGcFXViOGBe&#10;YrhEthnDnRDDAQAAAACU0dO6H/6qphgu3MRwRCKGC7/O2roYLidiuDQmhrOiTgwHzEsMl8j64z85&#10;cHjcyq4dAAAAAIAyEcMFnhiOSMRw4SeGy48YLo2VNobrDu59wO9zq9TEcMC89q+uf4MYLoGJ4QAA&#10;AAAAyksMF3hiOCIRw4VfZ3X9VUvvEMPlQQyXxsRwVtSJ4YB5bcVwYzFc1SeGAwAAAAAoLzFc4Inh&#10;iEQMF36d/vhnxHD5EMOlsa0YrvXvs2svBTFcGhPDAfMSwyUyMRwAAAAAQHmJ4QJPDEckYrjwE8Pl&#10;p9Zo7RTDVX9iOCvqxHDAvMRwiUwMBwAAAABQXmK4wBPDEYkYLvzEcPkRw6UxMZwVddMYblfv+NOy&#10;awc4a2K4RCaGAwAAAAAoLzFc4InhiOTqd33qsWK4sBPD5UcMl8bEcFbUieGAeYnhEpkYDgAAAACg&#10;vMRwgSeGIxIxXPiJ4fIjhktjYjgr6sRwwLzEcIlMDAcAAAAAUF6bMdwhMVywieGIZCuGG4vhAm4r&#10;hvuoGC4HYrg0Joazoq7ZFcMB8xHDJTIxHAAAAABAeYnhgu8fJxPDEZwYLvzEcPkRw6UxMZwVdU0x&#10;HDCn/aunvqHTH/32mc+JVrGJ4QAAAAAAyusZ3Q9/1WLv2C/OeqHQcpkYjijEcOEnhstP7fLWRQuN&#10;9l1nxlNWsdXbp2o7lpayay8FMVwaa4rhgDmJ4RKZGA4AAAAAoLye0f3Tr1rsDcVw4faPiytiOMIT&#10;w4WfGC4/2xv7Hl9rtH51ZkBllVlp3xmuJ4ar+ppiOGBO195+6huW18RwlZ8YDgAAAACgvMRwwSeG&#10;IwoxXPhNY7iDRzYemh055+ARO/Y/qlZv3TAroLLqrFZv/++yxXCL3XueL4ar/ppiOGBOYrhEJoYD&#10;AAAAACgvMVzoDf5xceWYGI7grv6tTz22c1gMF3JiuFx90UK9/TOzAiqrzsRwVtQ1u8f7YjhgHmK4&#10;RCaGAwAAAAAoLzFc6InhiGMzhlsbdWe+mGO5TAyXr4Wd+35wVkBl1ZkYzoo6MRwwLzFcKhvdLYYD&#10;AAAAACgpMVzoieGIQwwXfmK4fG3b2f62hUZrOCuismqsnDHcUAyXwJrdQX9X7x4xHPCgieFSmRgO&#10;AAAAAKC0xHChJ4Yjjqt/67QYLvDEcPnatvN5T1hotA+fGVBZdVbeGG4ohqv4mmI4YE7L/fVvFMOl&#10;MDEcAAAAAEBpieFCTwxHHGK48Ov018VwOas12m+ZFVFZRVZvn6rtWFrKrrsUxHBprCmGA+a0FcON&#10;xXCVnxgOAAAAAKC0xHChN/jH3b3hj2fHDcGI4cJPDJe/Wn3f8xYa7fseEFFZJead4ayoa4rhgDmJ&#10;4VKZGA4AAAAAoLTEcKEnhiMOMVz4ieHy94gd+x9Va7RunRVSWfknhrOirimGA+YkhktlYjgAAAAA&#10;gNISw4WeGI44XvBbpx+7LIYLu8PjV4rh8rfQaL/4zIjKqjExnBV1TTEcMCcxXCLrj+4+sCqGAwAA&#10;AAAopT1vvuerF8VwASeGIw4xXISJ4YK49NKDD63VWx+fFVNZyVdvn6rtWFrKrroUxHBprCmGA+Yk&#10;hktkYjgAAAAAgPISw4Vdszf4x6YYjgiuve1TXy6GCzwxXDALO5Z+cGZMZaXe5jvD7Wx/X3bNpSCG&#10;S2PN7qDffOvxp2bXDnDWxHCJTAwHAAAAAFBeYriwE8MRixguwsRwwTzqya1H1Oqt/zorqLLyTgxn&#10;RV1zGsOtiOGAB28zhuuPfucBz4lWrYnhAAAAAADKSwwXdmI4YtmK4U6K4UJODBdUrd6+dlZQZeVd&#10;aWO47uBPZ/1Ot+qsKYYD5rTcPyWGS2FiOAAAAACA8hLDhZ0YjljEcBHWH7/y4E33iuECqjXavzYr&#10;qrJyTgxnRV1TDAfMSQyXyMRwAAAAAADltedGMVzINbtiOOIQw0WYGC64hR1LO6YB1aywyso3MZwV&#10;dU0xHDAnMVwiE8MBAAAAAJSXGC7smt3hP4jhiEEMF2FiuCgWdiz94Kywyso3MZwVdU0xHDAnMVwa&#10;6/RHd+8XwwEAAAAAlJMYLuzEcMQihouw/viVP7B2+iHZkRNQrdH+zVlxlZVrYjgr6ppiOGBOYrg0&#10;No3hOmujpezaAQAAAAAoEzFc2InhiEUMF2FiuGi21fd97UKjfd+ZcZWVa2I4K+qaYjhgTmK4NCaG&#10;AwAAAAAoMTFc2InhiEUMF2FiuKi219tXzwqsrDyrNdp/XboY7pAYLoU1xXDAnMRwaUwMBwAAAABQ&#10;YmK4sBPDEctmDLc66s16McdymhguuoVG+zVnBlZWnm3GcDvEcFbIrYrhgHl01ta/aXlNDFf1ieEA&#10;AAAAAEpsM4brHnvbjBcJLYeJ4YhFDBdhYrjzotZov2dWaGXFnxjOCjwxHDCXrRhuLIar+MRwAAAA&#10;AAAlJoYLOzEcsVx722kxXOiJ4c6Lx12+9OiFevsTs2IrK/bEcFbgieGAuYjh0pgYDgAAAACgxMRw&#10;YdfsDsRwRCGGi7D+uhjuPLn4yqufMiu2smJPDGcFnhgOmIsYLo2J4QAAAAAASkwMF3bNzRjumBiO&#10;4MRwESaGO6+2NVrtWcGVFXdiOCvwxHDAXMRwaUwMBwAAAABQYntu/LOvXuwOxXCB1pzGcIeGL82O&#10;G4K59t2nv3x5TQwXdGK4865Wb71kVnRlxVwZY7hm79h3i+FS2GC1ufJhMRzwoInh0pgYDgAAAACg&#10;xMRwYdcUwxGJGC78DqyNf1oMd/7VGq3erPDKCrh6+1Rtx1KpXkgWw6UyMRwwHzFcGhPDAQAAAACU&#10;mBgu7JpiOCIRw4VfZ238088RwxXCQr311pnxlRVq3hnOCruuGA6YzzSG6/RHd816VrTqTAwHAAAA&#10;AFBiYriwa4rhiKSz9qnHieHCTgxXLAv19jtmBVhWnG3GcPV935tdWSmI4RKZGA6YU2ftlBgugYnh&#10;AAAAAABKTAwXdk0xHJGI4cJPDFc8C/X26qwIy4qxWqP117X6khjOirfuYHXx0PAp2bUDnDUxXBoT&#10;wwEAAAAAlJgYLuyaYjgi2YrhTorhAk4MV0y1euvIrBDLCrB6+1Rtx1KpXkgWwyUyMRwwJzFcGhPD&#10;AQAAAACUmBgu7JrTGK4rhiM8MVz4bcVwx8RwBVSrt941M8ay8zrvDGeFnRgOmJMYLo111kZ/LIYD&#10;AAAAACipxRuOfY0YLtyaYjgiEcOFnxiu2Gr11i/PCrLs/K2cMdzwuyfPRWK4qk8MB8xJDJfGxHAA&#10;AAAAACW2GcP1xHCh1hTDEYkYLvzEcMVXq7dXZkVZdn4mhrPCTgwHzEkMl8bEcAAAAAAAJSaGC7um&#10;GI5IxHDhN43hWndvfGl25BRUrd66flaYZedh9fap2o6lUr2QLIZLZGI4YE77V9e/WQxX/YnhAAAA&#10;AABKTAwXds3e8JQYjhjEcOEnhiuPWn3f986MsyzqvDOcFXZiOGBOYrg0JoYDAAAAACgxMVzYieGI&#10;ZRrDdfqjQ7NezLF8JoYrl1q9/exZgZbFW63R+l9iOCvkEo/hHtH4zkdub+x7/HSXXnrwodn/GDgL&#10;WzHcWAxX8YnhAAAAAABKTAwXdmI4YhHDhV9ndfzTrZvFcGWybec1T5gVaVmclTWGa3YHfzbrd7pV&#10;aAnEcLXLW5dM/5riyffiSxfq7Zsmf9412cf+6fvzc61Wb907+d69s9Zov2Xyr18y+Z89dxrPZf+x&#10;kDwxXBoTwwEAAAAAlJgYLuzEcMQihgs/MVx5LdTbnzgz+LAIq7dPTWOc7BpKQQyXzG6rYgw3fZe3&#10;yffec6ch2+TPo5/1/ZjH6u0P1uqt6xd2tL/5gr17L8z+sZAUMVwaE8MBAAAAAJSYGC7sxHDE0lk7&#10;LYYLPDFcudUarV+dGXdYsJX2neF6YrgEVqkY7pKdS7Vt9aV9k++3lYV6ezDr+zHEao32H032cws7&#10;lr6jdnnrouzDgUoTw6UxMRwAAAAAQImJ4cJODEcsYrjw66yui+FKrlZv/cisoMPCTAxnBV5lYrht&#10;O5/3hFqj/Z8m32/vn/V9GHOTj+HdtZ3t75v+Fa3ZhweVc2B1/ZuXxXCVnxgOAAAAAKDExHBhJ4Yj&#10;FjFc+InhqmF7fekbZ0Uclv/EcFbg3bZ4Q/ljuMc8+ZpttR2tlxXxr4Ku1Vv3Tv588fSvbs0+XKiE&#10;A4fXv3n5sBiu6hPDAQAAAACUmBgu7MRwxCKGi7KfEsNVRxHjkcqt3j5V27FUqheSxXDJrPQx3MIV&#10;V2+fvtvl9K8qnfn9V6TV2+/dXl964QWXt/wOpfQ2Y7i10ftmPCdahSaGAwAAAAAosWkM1+wOfmnG&#10;i4SWw8RwxCKGizIxXMUs1FtvmhluWC7zznBW4JU+hpt8bz1n8n129Mzvu6KvVm8d2V5vX5F9GlA6&#10;Bw6fEsMlMDEcAAAAAECJieHCbhrDLfaO//+y44Zg9r3zxFeI4YJPDFdBtfq+580KNuzcJ4azAq/U&#10;MdxjLm995eT767UL9dbJWd97pVi9/Ve1evvHtteX/1X2aUEpiOHSmBgOAAAAAKDExHBh1+wNTi32&#10;BmI4ghPDRZkYrqIe0Tj4yIVG6w9mBhs298RwVuCVOoa7uHHVs2r19m/M+r4r6W6c/LzYmX16UGhi&#10;uDQ2jeGWbz91VXbtAAAAAACUiRgu7CZnK4YjCjFclInhKm6h0X7NGYGGncvq7VO1HUulelcVMVwq&#10;G9y2eMPR0sZw2+v7vn3y/fWJmd93JV6t3rr34iuvKvVfX0v1ieHS2FYMNxLDAQAAAACUkRgu7CZn&#10;K4Yjiq0Y7qQYLuzEcAmoNdq7a/XWx2eFGvbgNn1nuIV6699lR1sKYrhUNrhtT2/45OzaS2fy/fXi&#10;ze+vGd93FdnRWr19bfbpQqGI4dKYGA4AAAAAoMTEcGE3OVsxHFHsu/3EV3QOi+EC76daN98thktE&#10;rdHqzQg07EFMDGfFXXljuMsue85DFurt6ybfX+uzvu8qtXr7Lyaf57/PPnUoBDFcGhPDAQAAAACU&#10;mBgu7CZnK4YjCjFclInhEpP9VYT/MDPSsC+4UsZwK8deIIZLYSV+Z7i9ey9MNNZ9cXYCcF4t99e/&#10;RQxX/XX6oz9e7ovhAAAAAABKafEX/uxrmt2hGC7QmmI4IhHDRdlPvegDG1+SHTkJqTVad84IM+wL&#10;rd4+VduxtJQdYymI4VJZeWO4RzS+85G1euv6md9zVV+9/YmyBbZUjxgujYnhwqtd3rpo8oy9c/qs&#10;OPm99pLajtbLJj/nb9pco33L5H925Mx9+n9fb79h+n9fayx9f62+9JzalUuXZf+xAAAAAABiuNBr&#10;iuGIRAwXZWK4hNXq7WcvNNof+6wwwz7vvDOcFXdiuDJv8vnfu73evjo7EohqK4Ybi+EqPjFc/i6+&#10;4nlPnD4XZu9uetdk+T9X19unJn8enfwzbpv8+ZrJnjv9vZl9CAAAAABAKsRwYdcUwxGJGC7KxHBc&#10;sFBv/8ynX3CzzzsxnBV35f5rUiffX7ec+f2W5OrtT0zjiuxkIAoxXBoTw527i7/uOx6+bUf7mZOf&#10;1y+e7G21euvuz/oZHnf3LTRavz2NyWv1pQPbG1c/KfswAQAAAIAq2tUbXCaGC7qTYjhimMZw+/uj&#10;G2e9mGO5TQzHpkuu3Pf1tXr7v894oc0+Y2I4K+7K/s5wSz8363su2dXbd0x/LmdHBEGJ4dKYGO4c&#10;7N174eY7KteXXr3QaP2PmT+3C7BavbU++ThXJx/jDy1ccVU9++gBAAAAgCoQwwWfGI4onn/7ia9Y&#10;FsOFnhiOz7Kt3npBrdG6f9YLbCaGsyJPDFfF1Rrtt1x22XMekh0VBCGGS2NiuPnUdl61OHn2+/GF&#10;evu9s35OF3m1evt/T55df3VhR/t7tjf2PT77lAAAAACAMhLDBZ8YjijEcFEmhmOmhUb7lWe+oGab&#10;+5gYzoq5MsdwBx9Za7TFcJ9ntcbSj2bHBbkTw6UxMdyDN/n5+9zJ7vrMn8cl3321RqtXu3LpsuxT&#10;BAAAAADKQgwXfGI4onj+7afFcOEnhuNzuvjKqx+70Gj9+owX0lKeGM6Kue7w1rLGcNO/fm7yvXXL&#10;Gd9rdubq7VMXX/G8J2anBrmZxnCd/uh3ZzwnWoUmhjt7j24sfXmtsfT9tUb7PTN/Hldh9dbfT/78&#10;hcmem33aAAAAAECRieGCTwxHFGK4GFsXw/EFTf9apYVpBDbrhbTUVm+fqu1YWsqOphTEcImsxDGc&#10;d4Z7cKvV2790wQXXfXF2fHDOxHBpTAx3dqbRca2+7yWTn7X/fdbP4KquVm+9c/I5X/vop3W+LDsK&#10;AAAAAKBIxHDBJ4YjCjFcjInhOHvTCGyh3h7MegEtoZXvneEOieGSmBguudV2tA5mRwjnZLl/SgyX&#10;wMRwX9glO5dqk2fdH578TvqjWT93U1mt3l6t7dzXyo4FAAAAACgCMVzwieGIQgwXYYfHPymG48Ha&#10;Xl96Ya3e/t+zXjxLYCWM4Y6/oNkbiuGqPn9NapqrtwfT88tOEuYihktlJ/9IDPf5ba+3r15otNZm&#10;/rxNcJPn/U9N/nzzwo72ruyIAAAAAIDzRQwXfGI4ohDDRVh//JMvWhHDMZ9pFHbmi2aVXxn/mlQx&#10;XBrzznBJr9ZY+v7sOOFBE8OlspEY7vPYtuOqZ9Qard7k99F41s9Za3+4Vm//2MVXXv3Y7MgAAAAA&#10;gJjEcMF3cnFFDEd4B2498ZViuMATw5GDbfXWf1iot/5qxotmlVut3vpQrd6+NvvUS2EzhusOPzrj&#10;97lVaWK45Dc5w/c8ovGdj8yOFc7a8u2nvqWzJoar/sRwn9PevRdOnvFeUmu01mf9fLUH7OjkvPZk&#10;pwcAAAAAxCCGC76Ti93j/yU7bghGDBdhYjhyNI3EprHYjBfMKrNao/X+hZ37vjP7lEtBDJfIxHCW&#10;bXKW350dLZwVMVwqE8N9LgtXLDUnPzvfPutnqn3uTc7srxfqrR8XYgMAAABABGK44BPDEYUYLsLE&#10;cARQa7R2LjTaHzvzBbOK7Oj2xr7HZ59qKYjhElmJY7jpO/JMvrduOeN7zc5l9fbvZ6cLX5AYLpWJ&#10;4T6X2o7WwenPzZk/T+1s97btjaWnZUcKAAAAAORtM4ZbGfzyzBcKLY+J4YhiK4Y7KYYLOTEcAU1f&#10;EKvVW78848WyMu/NF1/xvCdmn2IpiOHS2OSOb316Wd8Zbsf+R3lnuEDbcdU3ZccMn1Nnbf1bxXAp&#10;TAw3S+3y1iW1evunFuqtv5/5c9Qe1Ca/z//bQqO1nB0vAAAAAJAXMVzwieGIQgwXYZsx3AfEcAT1&#10;2KceuLjWaL98od7+u1kvmpVnrY/W6q0fueDJLyrV94wYLo1NY7hdb/3Tf51de6mI4cJuGnlkRw0z&#10;ieFSmRhulmkMN/lZedeZPzvtHFdvn6rtaL0sO2YAAAAA4FyJ4UJvcHKxOxDDEZwYLsLEcES2sKP9&#10;zQv19mDmi2ZFX739+xdfedVTsk+lNMRwaazZHdy6660DMZzNXK3Rev/jdi09LDty+CxbMdxYDFf5&#10;ieFmqdXbz54847131s9Oy2n19hsf3Vj68uzIAQAAAIB5iOFCTwxHHGK4COuPf/K6IxsXZkcO0Uxf&#10;EKvV972kVm99aOaLZgXb5OP8f2r19g886smtR2SfQmmI4dJYs8Qx3AV79144+T675czvO8t/k59l&#10;e7JTh08Tw6UyMdwstR1LSwuN1v+Y9TPTct/bLtm5dHl29AAAAADAg7EZw/XEcOEmhiMOMVyEieEo&#10;gOlfT1Wrt66vNVrrM140O/+rtz8x/WueHtH4zkdmH3KpiOHSWNM7w9nZrt6+Ljt62CSGS2ViuFkm&#10;v3++e6HeOjbz56UF2eTMf3NhR3tXdgUAAAAAwNkQw4WeGI44pjFcZ3X01tkv5lguE8NRMNt2tP91&#10;rb70k7V6+09mvXgWe7V66/cnH8uPXXzFNU/MPsTSEcOlsaYYzh7EpiFCdvwghktmYrhZttVb/2Hy&#10;c/FjZ/6ctPCbPGcfmf41tdlVAAAAAACfjxgu9MRwxCGGizAxHAU2fSe2hUb7xZPd9ZkvnEVZvX2q&#10;1mjdOdnzL7304EOzD6mUxHBprCmGswe/P1+44urt2TWQMDFcKhPDzTL5WTh91pz1M9Li7WMXX/G8&#10;0v5/PAEAAACAKMRwoSeGI44Dd574ys6aGC7oxHCUyKN3fNfjFhrtl9YarfdPY7UzXkTLZdO/qnX6&#10;LhWTf/3ixzz5mm3ZP7rUxHBprDmN4W4oZwx3wd69F06+5275zO9Fi7fJz7w92U2QqM0Yrj/6vQc8&#10;J1rFJoabZfIz8CWF/av6U1u99b5tO9rPzK4GAAAAAPhMYrjgG4vhiEEMF2FiOEqsdnnrolp96TkL&#10;jfYrp+/itlBvDx7wotoX2lZUd3Ty77+ttqP1sosbVz2r7O8EdyYxXBprljiG885w53+1ne3vy66D&#10;BInhUpkYbhYxXCF3eFv9qiuzKwIAAAAApsRwwSeGI4oDd26I4QJvf3/8k3vFcFTN3r0X1q5cumwa&#10;ttV2LC3VGq3n1+qtH5nGbguN9oun/+/Jn8+d/u+n7zaX/bsqa1f32AvFcNVfUwxn57p661XZlZCY&#10;ztopMVwSG/3RgcOnnpddOxkxXIFXb908fabPrgoAAAAA0iaGCz4xHFGI4cJvf39dDAcVJ4ZLY83e&#10;8DfFcJbDfi27FhIihktlYrhZxHCl2I0LV1y9PbsyAAAAAEjT098yfEKzNxTDhZsYjijEcOHXWRu/&#10;QgwH1SaGS2NljuGm7+a40GjfcsYL33aeVmu0/ji7GRIhhktl0xhuJIY7w+Tn3ovP/DloBV29fVN2&#10;bQAAAACQHjFc4HXFcMQhhgs/MRxUnxgujXlnOMt3rY9m10MCxHCpTAw3i3eGK91O1xpL359dHwAA&#10;AACkQwwXeGI4Itm/euJSMVzYieGg+sRwaawCMdzrZ7zgbedz9dbfZ1dExYnhUpkYbhYxXFnXuqfW&#10;2Pet2TUCAAAAQPWJ4QJPDEckYrjwE8NB9W3GcD0xXNUnhrNQe9STW4/IroqKuua29WeL4VKYGG4W&#10;MVy5N7m727Y39j0+u04AAAAAqC4xXOCJ4YhEDBd+YjioPjFcGhPDWcg99kn7viK7LipIDJfKxHCz&#10;iOGqsclzxOuyKwUAAACAahLDBZ4YjkjEcOEnhoPqE8OlsTLHcF+5Y/+jFsRwhd8lV+6/NLsyKkYM&#10;l8rEcLOI4Sq18WT/NrtaAAAAAKgWMVzgdYfj3b3jP5YdNwSzFcOdFMMFnBgOqk8Ml8bEcBZj03fx&#10;y66NCjlw2/qzl/tjMVzlJ4abJYvhRrN+5lk5N7nTP5zc6c7sigEAAACgGsRwgSeGIxIxXPhtxXBH&#10;xHBQYWK4NCaGs0j75AUXXPfF2dVREQcOrz978lwohqv8xHCz1Or7xHAVXa3e/tnsmgEAAACg/MRw&#10;gSeGIxIxXPh1+uNXtG7e+BfZkQMVtLt77IWT399iuIpvGsM1D917ZXbtpSKGK9nq7b/Iro6KEMOl&#10;MjHcLGK4aq/WaP/N9sbS/5ldNwAAAACUlxgu8MRwRCKGCz8xHFTfVgw3+POZv9OtMitzDHfB3r0X&#10;LjTat5z5ArYVd7VG64+z26MCxHCpTAw3ixgukdVbNz9u19LDsmsHAAAAgPIRwwWeGI5IxHDhJ4aD&#10;6hPDpbFm1zvDWeTV27dkV0jJieFSmRhuFjFccvu32dUDAAAAQLk8/a3DJzS7g1+Z9UKh5TAxHJFs&#10;xnD90U0PfCHH8poYDqpPDJfGxHB2PlZrtF6bXSMlthnD9Ufvn/WsaFWaGG6Wyc+yF5/5s80qvz+/&#10;9NKDD82+BAAAAACgHMRwgSeGIxIxXPiJ4aD6dnePv3Dy+1sMV/E1u8d+s3nomBjOoq9Wb/9AdpWU&#10;lBgukR0++YdiuAfyznDprtZo/6fsywAAAAAAik8MF3jdwXh3byCGIzgxXPiJ4aD6xHBprMwx3AV7&#10;91640GjfcuaL1FaeXdy46lnZbVJCBw6fEsOlsP7JPzywKoY701YM1xbDJbpao/X+bf/6ux6TfTkA&#10;AAAAQHGJ4QJPDEckYrjwE8NB9Ynh0liZY7jHXb706AXvDFfu1dsfu/jKqx+bXSklI4ZLZP2RGG4G&#10;MZxNV9vZ/r7sSwIAAAAAikkMF3wjMRwx7F89LYYLPDEcVJ8YLo2J4ey8r95eza6UkhHDJTIx3Exi&#10;OPun1eqtOy/+uu94ePalAQAAAADFIoYLPjEcUYjhwq/TXxfDQcWJ4dKYGM6KsFqj/fLsWikRMVwi&#10;E8PNJIazM1erLx3IvjwAAAAAoDjEcGHX7A1Hu1bEcIQnhouyl4vhoNrEcGls8nz2rrLGcBfs3Xvh&#10;QqN9y5kvRls5V6u39mQ3S0mI4RKZGG4mMZzNWq3e/o3sSwQAAAAAikEMF3ZiOGIRw0WZGA4qTgyX&#10;xsocw3lnuGqtVm/9/qOf1vmy7HopgeXV9eeI4RKYGG6mWr39Y2I4+5zbse+bsi8VAAAAADi/nvnW&#10;4RMWxXDBJoYjln2H1x/fWRPDBZ4YDipODJfGxHBWqNVbr8qulxIQw6WxTn/0h/vFcA8ghrMvvNZP&#10;Z18uAAAAAHD+iOHCTgxHLGK4KBPDQcWJ4dKYGM6Ktlq9/ezsiik4MVwaE8PNJoazs9nk6+S/X/x1&#10;3/Hw7MsGAAAAAOLb0/3Q14rhwk0MRyxiuCgTw0HFLd4w+J7J728xXMVX5hjugr17L1xotG8584Vn&#10;K/nq7Q9mN0zBXXPr6ImdtfHHZjwnWpXWH913YO3EnuzayYjh7EHuudmXDgAAAADEJYYLOzEcsYjh&#10;okwMBxW32BPDpTDvDGfFXOtF2TVTYMurJxaX10a/PeM50So07ww3mxjOHvTqS2/IvnwAAAAAIB4x&#10;XNiJ4YhlK4Y7KYYLOzEcVJwYLo2J4ayg+53HPPmabdlVU1CdtdHlnf76rTOeE61CE8PNJoazeVar&#10;tz508ZVXPzb7MgIAAACA8MRwYTeN4Zq94y/JjhuCEcNF2ctbN98shoMKE8OlMTGcFXetH8qumoK6&#10;9rZPffny2uhtM54TrUITw802+Tn14gf+3DI7u9XqS8/JvpQAAAAAIKw93eNfu9gdiuECTQxHLAcP&#10;rz/+gBgu9F5+3cbGF2dHDlSQGC6NbcZwby5nDHfB3r0XLjTat5z5ArNVY7V6695LLz340Oy2KajJ&#10;M+FbznhGtKqtP7rvwNqJPdmVk8neGW486+eX2VnuldmXEwAAAACEI4YLOzEcsYjhokwMBxUnhktj&#10;0xhusXvvzuzaS2XrneFaPz/jxWWryna0vye7bgpqub/+/ZPnwn844znRKjTvDDebGM5yWb11R/Yl&#10;BQAAAABhiOHCTgxHLNMYbrk/+oVZL+ZYbhPDQcWJ4dKYGM4KvXr7HZdd9pyHZFdOAR24bfRtk+fC&#10;Y2c8J1qFJoabTQxnea1Wb338MZe3vjL70gIAAACAfInhwk4MRyxiuCgTw0HFieHSWJljOH9NagKr&#10;t0/VGq1yfn0m4uCRjYdOnguPnvGcaFWavyZ1JjGc5b6d+74z+/ICAAAAgPxsxnCHxHChJoYjFjFc&#10;lInhoOLEcGnMO8NZCfbS7MopqOXDo5fOeFa0isw7w80mhrMQm3xN/UT2JQYAAAAA+RDDhZ0YjljE&#10;cFEmhoOKE8OlMTGcFX711lsv/roXPDy7dgpo+Y6TT++sje+Z8bxoFZgYbrbJz6cXP+DnlVkOq9Vb&#10;R7IvMwAAAAA4d2K4sBPDEYsYLsrEcFBxYrg0Joazwq/efq+/KrX4Js/eb5rxvGgVmBhuNu8MZyE3&#10;+do6nn2pAQAAAMC52YzheoO3z3qh0M59za4YjjgOHt4Qw4Xe6vrLr7tODAdVJoZLY2WO4S7Yu/fC&#10;hUb7ljNfQLbK7b6Lr7zqKdmtU1D7V8c7Zz4zWvnXH913YO3EnuyqyYjhLPxa//iYJ7e+MvuSAwAA&#10;AID5iOHCTgxHLGK4COuPf0IMB9W2GcN1B38x63e6VWfN3rF3LXbv8c5wVuR9rNZoPT+7dgqs0x+v&#10;zHxutFJv+s5wnbXRd2XXTEYMZ7G2bUf7mdmXHQAAAAA8eGK4sGt2B+vN3jExHMGJ4SJMDAeVJ4ZL&#10;Y2I4K/pq9faJhZ37fjC7dgqsc9uJZ0yewT8+89nRSjsx3GxiOIu5ydfbtdmXHgAAAAA8OGK4sGuK&#10;4YhEDBdhYjioPDFcMntnWWM4f01qUntxdusUXKc//tmZz45W2onhZhPDWfTVWz+effkBAAAAwNkT&#10;w4VdUwxHJMu/uf5VYrjAE8NB5YnhkllpYzjvDJfQ6u3rsmun4FpHNi7q9EfrM58frZzrj+47sHZi&#10;T3bFZMRwdp52Y/YlCAAAAABnRwwXdk0xHJGI4SJMDAeVJ4ZLZmI4K/7EcKXSOTz+npnPj1bKeWe4&#10;2SY/m178gJ9VZhFWq7eOZF+GAAAAAPCFieHCrimGIxIxXISJ4aDyxHDJrLQx3GOf+NyLxXCJTAxX&#10;Ostro7fPfIa00k0MN9u2Ha3/4p3h7HytVm/9P9mXIgAAAAB8fmK4sGuK4YhEDBdhYjiovMXe8e9Z&#10;7A7FcNWfGM6KPzFc6Vx7ePykyTPj/3rAM6SVbmK42cRwdr5Xq7c+lH05AgAAAMDnJoYLu6YYjki2&#10;YriTYriQE8NB5YnhEllXDGclmBiulJZX11848znSSjUx3GxiOCvCJl+Df5Z9SQIAAADAbGK4sGuK&#10;4YhEDBdhmzHcdWI4qDAxXCITw1kZJoYrrckz45tmPktaaSaGm00MZ0XZ5Ovw/82+LAEAAID/j727&#10;gZPrPOh7H8C8FEyBWLOyaWgCdUhQohkFk1izViracntpm5K3nZGtWcWB0jS9LbcuhRIg4FBa+kIv&#10;KZAm1qwcAyEJiSFv1oycmOJyfe+lLbQpEOpEs7KBAIEGmhe/aHadSPfMzLMvXo03lo6eOefM8/1+&#10;Pv+Pk5DYO2fOzJ7d82MEXEgMF3dNMRwzIoabwXprP3L+/PnPC4ccmEPjGG5FDDf3E8NZFSaGq7Ts&#10;uvHXpl5PWiUmhptODGdlWnYuDp9y3au+MJyeAAAAALBl8Y33P0sMF2/NUQx3YvX7wuGGaJbff/Zr&#10;l0+J4WLuaG/tR54ihoO5JoZLZGI4q8LEcJWWXTfu7/SG69OuKa38E8NNl7033XLBe5VZwQunJwAA&#10;AABsEcPFXVMMx4yMYrhOf/izO2/k2OWbGA7mnxgukXVX333D7Q80wtNeKWK4hCaGq7yjveGLpl1T&#10;WgXWGz50rP/oofBUEvhkOCvrnvqCzp8PpykAAAAAiOFirymGY0bEcPEnhoP5t9gd/N3s+7cYbt4n&#10;hrMqTAw3Fzqn1r972nWllXvZz1X/3SfDXUgMZ2Vdrd5+9ClPufXzw6kKAAAAQOoWT4jhYq4phmNG&#10;xHDxJ4aD+SeGS2RiOKvCxHBzo9Nf+8lp15ZW3onhplvY3/qB7P1JDGelXK3e/p/hVAUAAAAgdWK4&#10;uGuOYriuGI74xHDxJ4aD+SeGS2RiOKvCxHBzJbuWfM/Oa0sr78Rw04nhrOyrNdoPhNMVAAAAgJSJ&#10;4eKuKYZjRsRw8SeGg/knhktkYjgr/86J4eZPp7c2mHaNaSVcb/jQsf6jh8JTRyCGsyqs1mj9djhl&#10;AQAAAEiVGC7ummI4ZmT5/efEcJF3tHdWDAdzTgyXyMRwVv6J4ebUcm/t9LTrTCvXfDLcdGI4q8pq&#10;jdavhdMWAAAAgBQtnnjgWYsrZ8RwkdYUwzEjYrj465xae50YDuabGC6RVTmGe/5LrlqoL/30tBu/&#10;NlcTw82x5d7aH0671rTyTAw3XfbedMuO9yqz0q7WaN0TTl0AAAAAUiOGi7umGI4ZEcPFnxgO5p8Y&#10;LpGJ4az8E8PNueXe8JPTrjetHBPDTTf+ZLh6a33Ke5ZZSdf69+H0BQAAACAlYrjoe1QMxywcPXn2&#10;68RwcSeGg/knhktlZ94lhrOSTwyXgGnXm1aS9YYPHes/eig8VQQLB8RwVr3VGke+N5zCAAAAAKRC&#10;DBd9YjhmQgwXf2I4mH9iuFQ2EMNZ2SeGS0SnN/yzadedVux8Mtx0Yjir6moHjrTCaQwAAABACsYx&#10;XHfw9uk3Cu0yTAzHTIjh4k8MB/NPDJfKRjHcR8RwVuaJ4RLS6Q1/f9q1pxU3Mdx0Yjir8vY2ll4Q&#10;TmUAAAAA5p0YLvrEcMyEGC7+Or211z3lKWI4mGdiuFQ2eNcNbxLDWaknhktMdp15/7TrTytmYrjp&#10;xHBW5dXq7Uf21l+6EE5nAAAAAOaZGC72Bo82u6fFcEQnhos/MRzMPzFcKqtyDHfsqoV6Www3/xPD&#10;JWi5P/zgtGtQK2C94UPH+o8eCk8NgRjOqr5avf074XQGAAAAYJ6J4WJPDMdsTGK4dTFcxInhYP6N&#10;Yrhmd/CH07+n2/xMDGelnxguUcv94dt2XoPa7OeT4aYTw9k8rNZovT2c0gAAAADMKzFc7InhmA0x&#10;XPxNYjhgnonhUpkYzko/MVzCOr2z/2rndajNdp3e8L937hLD7SSGs3lZrbH0veG0BgAAAGAeieFi&#10;TwzHbIjh4k8MB/NPDJfKxHBW+onhErfcP/v3d16L2uwmhptODGdztf1H/lo4tQEAAACYN2K42BPD&#10;MRvjGK43/LlpN3Ps8kwMB/NPDJfKxHBW+p1bqB/54fC0k6jOXWe/eef1qM1oveFDx/qPHgpPBYEY&#10;zuZptUb7ga/Yf/SrwukNAAAAwDwRw8Xe4NHsr/80HG6IRgwXf2I4mH+LJ8RwaWzwrkMrZ+rhaa8U&#10;MVwyE8Mx9sq7H/2a7Br/f+68LrW488lw04nhbP7W+qVwegMAAAAwT8RwkdcVwzEbYrj4E8PB/FsU&#10;wyWy6sZw11x30x4xXBITw/E4nf7aqZ3XphZvoxhuuffYS8LhJxDD2Xxu6QfDKQ4AAADAvBDDRZ4Y&#10;jhkRw8WfGA7m36IYLpGJ4az0E8Nxgex69F9svza1eJvEcEMx3A7Ze9MtO96rzOZj+9sHw2kOAAAA&#10;wDxoHv/wsxdXxHDRJoZjRsRw8SeGg/m3KIZLZGI4K/3EcEyVXfN/y85rVIuw3vChY/1HD4XDTjD6&#10;BC2fDGdzuXrr/33awaU/F051AAAAAKpODBd5Yjhm5OjJ82K4yBPDwfxbFMMlMjGclX5iOJ7Qje99&#10;aG+nP/ztndeqdvnmk+GmE8PZPK/WaP+zcKoDAAAAUHViuMgTwzEjR+85/3Wdvhgu7oa3hsMNzKlF&#10;MVwiE8NZ6SeG43Pq9Nd+8sLrVbscE8NNJ4azuV69/dieA0uHw+kOAAAAQJWJ4SJPDMeMiOFmMTEc&#10;zLvFEw/83WZ3VQw352uuDN51vRjOyj0xHE/KsVPDF0+/brU8E8NNJ4az+V/r7nC6AwAAAFBlYrjI&#10;E8MxI2K4WUwMB/NODJfGxHBWgYnhuCjLvbWPTr9+tUtab/jQsf6jh8LhJRDDWQqrNZa+N5zyAAAA&#10;AFSVGC7yxHDMyJH+2b8khos9MRzMu+bK6qvEcPO/5nExnJV+Yjgu2nJ//XumX8Paxc4nw02XvTfd&#10;suO9ymz+Vm8/9tT9L31aOO0BAAAAqCIxXOSJ4ZgRMdwsJoaDeSeGS2PN7plfEsNZySeG45K8YvQz&#10;QW/4m9OvZe3JTgw3nU+Gs1RWq7e74bQHAAAAoIrEcNH3SDYxHNGNbnwti+EiTwwH804Ml8bEcFb+&#10;tc4t1JfEcFyyTm/tddOvZ+3JTAw3nRjOUlmt0Tq7Z/+RvxFOfQAAAACqRgwXfWI4ZkIMN4uJ4WDe&#10;ieHSmBjOyr/WZ8Vw5HXT+z69p9MffmL6da3tut7woWP9Rw+FQ0kghrOUVmu03h5OfQAAAACqRgwX&#10;fWI4ZkIMN4uJ4WDeieHSmBjOyj8xHJdP5+TwNdOvbe2J5pPhphPDWWrb02i1w+kPAAAAQJWI4aJP&#10;DMdMTGK4dTFc1InhYN6J4dJYszv4petXPlzlGO4N027Y2jxNDMfl9R0fOPfVy721X77w+tamb/2D&#10;YrgLieEstdUarbuect2rvjC8BAAAAACoiubxB5/d7K7+wrQbhXZZJoZjJsRwsTc8J4aD+SeGS2NN&#10;MZyVfmI44uj0126+8DrXLtxQDDdF9v50y4XvV2ZzP+8FAAAAAFUjhos+MRwzIYaLPTEcpEAMl8aa&#10;Yjgr/cRwxNXpDd9+4fWuba43fOhY/9FD4XARLDSOjD4Z7rHp71tm87rWL9X2ta4MLwMAAAAAqkAM&#10;F3uDRxZXTovhiG4cw/WGb5l6M8cuw8RwkAIxXBpriuGs9BPDEV/n1PBZnd7w7guve80nw00nhrMk&#10;V29/cuHAkReHlwEAAAAAVSCGi73BI4vHxXDEJ4aLvN7w3PJJMRzMOzFcGmuK4az0E8MxO0d7j/2N&#10;5d7a6Quuf5OeGG4aMZylu9ZPhZcBAAAAAFUghos9MRyzIYaLPDEcJEEMl8aa3cEvHXzz6v7wtFeK&#10;GC6VieGYvaMnz77ygmvgVOePSZ1KDGeprlZv/85Vz3v5N4WXAgAAAABlJ4aLvcEji93V7w2HG6IR&#10;w0WeGA6SIIZLY00xnJV+YjiK0+kNf+iCa+Hk5pPhphHDWcqrNVrfF14KAAAAAJSdGC72xHDMhhgu&#10;8sRwkIRxDLcy+KPp39NtXtYUw1npJ4ajWK/6jfNfmF0D/9vHXQ8nNTHcNNn70y0Xvl+ZJbP7n3L4&#10;8BXh5QAAAABAmTXvEMPFnRiO2XhF/5wYLubEcJAEMVwaa4rhrPQTw1EOh+89f8Vyb+3OC66N53yd&#10;/vAT/pjUC2XvT6/Nvgf5ZDhLcrVG+4G99SMvCi8HAAAAAMpMDBd7YjhmQwwXeb3huWP9oZvSMOfE&#10;cGmsKYaz0k8MR7l0+o88rdNfe8MF18hzu+GvHu0N/0Z4+ATZ+5MYztJefem7w8sBAAAAgDITw8We&#10;GI7ZEMNFnhgOkiCGS2PNUQx3mxjOyrxRDNf6ofC0Q2l8x3s+/uXZtfG/yPaZzevk+dx7l08+uhge&#10;NkH2/iSGs6RXq7due8p1r/rC8JIAAAAAoKzEcLEnhmM2lt979loxXMSJ4SAJYrg01qxwDHf1gaWa&#10;GC6FieEov05/eEt2jfzYBdfN87F7WveevzI8VILs/UkMZ0mvVm/9yt7Gy58TXhIAAAAAlNX1Kx/5&#10;BjFczInhmA0xXOSJ4SAJYrg01hTDWeknhqM6jvXWjnZ6w/98wfVzRdfpDz99tHf2n397/1wtPESC&#10;7P1JDGep76MLjaWXhpcEAAAAAGUlhos9MRyzIYaLPDEcJEEMl8aaYjgr/cRwVE+nv35wub/+tguu&#10;oyu2Tm/435fvXvv28LDYJnt/uuXC9yuzxFZvvTq8JAAAAAAoKzFc7InhmA0xXOSJ4SAJYrg0lj3P&#10;vyiGs3JPDEd1Hb73/BWd3tnXdXrDs1Ovq8u/e46cOvuM8HDYJnt/8slwZvX2reElAQAAAEBZieGi&#10;72ExHLOwfPfZa5dPieFirdMbnuuI4WDuieHSmBjOyj8xHPPhWH/9UHYN3a1KGJd9rf+h01+7+dZb&#10;z39+eAhsk70/ieEs+dUarX+7b1/ri8LLAgAAAIAyEsNFnxiOmRDDxZ0YDtIghktjYjgr/8RwzJ9j&#10;/UcPdXpr90271i7DOv21j2XX+7eMPtkufMnskL0/ieEs+dXq7eNf/eyXXBVeFgAAAACUkRgu+sRw&#10;zMQkhlsXw0Vap7/2WTEczD8xXBoTw1n5J4Zjvh09OXzZcm/4lk5v+PC0a+8C9qujEO7oyUefHr5E&#10;psjen8Rwlvxqjfbb9jaO+KOUAQAAAMpMDBd9YjhmQgwXd53+UAwHCTh4/CN/Tww3/xPDWfknhiMd&#10;R0+uHVjurb1+9Mls067Do643fCz75747+9c3+kS4zy17f7rlwvcrs+R2X21f68rwsiCyF3RPP+2G&#10;42cOLa4MvrN5fPC6xe7qv8x+Xrtj58b/+ej/nv33Rv/90f8u/C0AAACAFInhIq8rhmM2xHBxJ4aD&#10;NIjh0pgYzso/MRxpGgVpR0+e/Zbl/vpKzDiu0xuezf56T6d39jtvet+n94R/PJ9D9v7kk+Es+dXq&#10;rXfXGq0D4WXBZTaK2Ba7gxc3u4Mfya7b78r7s1n43981/vtlf1+RHAAAACRCDBd5YjhmZBTDdXrD&#10;n9+4wWOXd2I4SMPB46t/r7myKoab84nhrPwTw8GGm943fPbR3tlXZz/rvD27Hv/tELJNvWbfbZ3e&#10;2oOd/tqpTu/s6zp3nf3mm+89/yXhH8GTlL0/ieEs+Ynh4nhB98Nfe0P39N9Z7A7emu1j067hL9ea&#10;2d8/21sPZv+80T83fAkAAADAPBHDRZ4YjhkRw8WdGA7SIIZLY82VwS8evO1+MZyVeZ8Rw8Hubj75&#10;8NXH+o8eOnry7CtHWz45fO04dAsbBXST//zst46COn8Man7Ze5MYzpKfGO7yW7xt9Zua3dW3ZD+H&#10;PTTt2j32Rv/c0T9/sfsRzysAAADMCzFc5InhmBExXNyJ4SANYrg0JoazCkwMB5RO9t4khrPkJ4a7&#10;fL71J09/cbO7etNid/Wd2c9gj027bi9ga4srg7c3TzzQar3z/BeELxUAAAComnEMd/z0O6b88G+X&#10;Y2I4ZkQMF3diOEiDGC6NjWK45onV54anvVImMVzr30+7OWtzNTEcUDrZe5MYzpKfGO7yuX5l8M3Z&#10;z14fnHa9XpY1u6v33tA9fTB8yQAAAEBViOHirtldfbh54oHvCYcbohHDxZ0YDtIghktjYjirwMRw&#10;mZve9+k9nZOPLndOrf348qn1tyz31u7Nrsvu7/TWHhz9dfzvs/989H8f/fdG//3wPwUiyN6bxHCW&#10;/MYx3IF2I7wsuETNEx/5y83u6kr2s9dw2vV62ZZ9rZ/O/vrvhXEAAABQEeMYbkUMF2vN7uDh5omB&#10;GI7olu8+J4aLuHEMd2rdJ7TAnBPDpbFmVwxnpV/SMdzyXWvP7fTOvm65t/ZrO6/JntSy/934f5/9&#10;fcLfErgMsvcmMZwlPzHc5dFcOf2aZndwdtq1etmX/bz40MHu6VvCQwEAAADK6PqVB78h+yFeDBdp&#10;TTEcMyKGi7tJDDcUw8GcO7gihkthTTGclX31dGO4oyfX/3J27fWm5d7wU9uvxS55vbVPZdfIx4+e&#10;PPtXwj8CuETZ+5MYzpKfGC6/5onTz2uuDO6Ydp1etTW7p1cOvnl1f3hoAAAAQFmI4eKuKYZjRsRw&#10;cZcd289mE8PBnBPDpbGmGM7KvkRjuJtPPnz1cm/t9cu94WM7r8UuyyZ/3zeN/jnhHwlchOz9SQxn&#10;yU8Ml9/i8TMvz67Jf3XnNXqV1+yu3nvDyurLwkMEAAAAiiaGi7umGI4Zuemu4TPFcPEmhoM0iOHS&#10;WFMMZ2VfojHcsVNrrUv+o1Evdr3hBzv9teXwjwaehOz9SQxnyU8Ml192Pf73myuD39t5jT4PGz+u&#10;7ulXh4cKAAAAFEUMF3dNMRwzIoaLOzEcpEEMl8aaYjgr+xKN4Tq99X+UXW/9/s7rsJjL/nl/stxb&#10;/6eH7z1/RfgygCeQvT+J4Sz5ieHyOv95B48Pvn9xZfDJadfpc7Pu6p/5fTAAAAAUSAwXd00xHDMi&#10;hos7MRykYRzDdQcfm/Y93eZn2XMshrNyL8EYbhSjdfprP739+mvW6/TX7xDFwRPL3p9GMdxnLnjP&#10;MktoYrh8Dt967xWLK2deP+0afX43+NHw8AEAAIBZEcPFXVMMx4yI4eJODAdpEMOlsew5FsNZuZdg&#10;DHfzyYevzq653rRx7VXkOv3hG76rf+6Lw5cGBNn7kxjOkp8YLp/Ddzz4lenFcGHd1VvDYQAAAABi&#10;E8PFXVMMx4yI4eJODAdpEMMlszvFcFbqieFKseza7wfClwdksvcnMZwlPzFcPknHcNma3cHZg93V&#10;W8LhAAAAAGJ5wZtO7xPDxVtTDMeMiOHiTgwHaRDDJTMxnJV7k9jkteFpT0IZY7jROv21Pz168uwr&#10;w5cJSRu9L4nhLPXV6u13ieEuXeox3Oa6gz9urpz+9nBYAAAAgMtNDBd32bF9qHlcDEd8kxhuXQwX&#10;b58Rw8H8E8MlMzGclXsJxnCH7z1/xXJv7c4d11+lWac//MSRU2efEb5cSNLofUkMZ6lPDJfP4Vvv&#10;vWJ0Lb7j2jzZjX9vXNGfSwAAAKDUxHBxJ4ZjVsRwsTcUw0ECxHDJrLIx3N76SxfEcAnMJ8OVdtn1&#10;4PHwJUNyRu9LYjhLfWK4fMafDNcd/Lsp1+ep7+7FEw88KxwmAAAAIC8xXNyJ4ZiVcQx3cvjWaTft&#10;7HJMDAcpEMMlMzGclXtJxnDnr17uDW+78BqshOsNP3Ws/9jfDF86JCP7/vNDYjhLfWK4fMRwu6/Z&#10;HbzxuuO/8YXhcAEAAACXSgwXd2I4ZkUMF3tiOEiBGC6ZieGs3BPDVWO94VvClw9JEMOZieHy8sek&#10;Psl1T786HDIAAADgUojh4k4Mx6zc9IHhMzt9MVy8ieEgBTesrP69RTFcChPDWbmXYAx3+N7zVyz3&#10;1u6cfh1W7h3rP3ooPAyYa2I4MzFcXj4Z7smvubL6O4u33f9N4dABAAAAF+PQm07vy37AFsNFmhiO&#10;WRHDxZ4YDlIghktmdzbfKIazEs8nw1VvveFPhYcCc0sMZyaGy0sMdwnrDn4yHD4AAADgyRLDxZ0Y&#10;jlkRw8WeGA5SIIZLZtWO4RpiuLmfGK6Sy67Ff/1Vv3H+C8NDgrkjhjMTw+Ulhru0NVcG/6vZPfOi&#10;cBgBAACAz0UMF3diOGZFDBd7YjhIgRgulQ3uvKH7e88JT3uliOESmRiu0jvWf/RweFgwV8RwZmK4&#10;vA7feu8V2fX4nRden9uTWbO7em84lAAAAMBuxHBxJ4ZjVm76wDkxXNQNP7N8aj2pm9KQosXu6VeL&#10;4VLYKIYbiOGsvBPDVX7ZdflrwkODuSGGM5vEcAvPu7EeXhZcpENv/K2vyq7FfTJcjjVXVh9bPD74&#10;tnBIAQAAgGkO3S6Gi7lxDLdy5p+Eww3RvPID5565LIaLuFEMNxTDwZwTw6UyMZyVfGK4OdnwbeHh&#10;wVwQw5mJ4fISw12+NVcGd4TDCgAAAOw0juG6g3dO+6Ha8k8Mx6wc6w2/XgwXc2I4SEGze3pp/P9p&#10;P+V7us3PmiuD+w6/4UNXhqe9UsRwiSzBGK5z6uFrsmuuOYvhxp8Q9x/CQ4TKE8OZieHyOvTG3/uq&#10;xZUzYrjLtsEnm93VvxoOLwAAALBBDBd3YjhmRQwXe2I4SMHB7uAV2ffvP9j5/dzmbT4Zzkq+evux&#10;7K9iuDlZpz/87fAwodLEcGZiuLwO33rvFdn1+J0XXp9bnjVXzrwpHGIAAABgRAwXd82VwUPZxHBE&#10;J4aLPTEcpOCG21dfmn3/vn/n93Obt4nhrOQTw83dOv21PwkPFSpLDGcmhsvLJ8PF3OC3Dt1+uhYO&#10;NQAAAKRNDBd3YjhmRQwXe2I4SMENK6f/t2Z38OvTvqfbHO3E6jurHcMtvXHazVmboyUYwx2+9/wV&#10;y721Oy+8BpuvhYcLlSSGMxPD5SWGm8UGR8LhBgAAgHSJ4eJODMesiOFiTwwHKTj8hg9dudhdHUz7&#10;nm7zs+za7L7Rcx2e9koRwyUynww3t+v0hp9ovfNDXxQeNlTKOIZriOEs7Y1juOeK4S6VGG5G6w6O&#10;h0MOAAAAaRLDxV2zK4ZjNsRwsSeGgxRcd/w3vrDZXX3jtO/pNkfzyXBW9onh5nu9tQ+Hhw2VIoYz&#10;E8PldfjWe6/IrsfvvOD63C77mt3BJ8JhBwAAgPSI4eKuKYZjRsRwkddbe2z5pBgOUpBdF333tO/p&#10;NkcTw1nZJ4ZLYb8aHjpUhhjObLxfEsNdOp8MV8BODP5KOPwAAACQjkO3/+6+xe6qGC7SmmI4ZmQS&#10;w62L4WJNDAfJaJ5YfW6zOzg77fu6zcf8MalW+onh0lhv7c7w8KESxHBmo7V+aeG5LxfDXSIxXDFr&#10;Hh98T3gKAAAAIA1iuLhrdlc/LYZjFsRwkdcbiuEgEd/6k6e/uLmy+o5p39dtTuaT4azsSzCGO3zv&#10;+StGcdjU67A5Xqe/9qPhEEDpieHMRhPD5SGGK3DdwdvD0wAAAADzTwwXd2I4ZmUcw/WGb5t2k80u&#10;w8RwkJTFlcF3Tvu+bnOySsdwywsLjbYYbt7nk+GS2tHe8G+EwwClNonhWp+94D3LLKmJ4fI4fOu9&#10;V2TX43decH1us1l38LHwVAAAAMB8E8PFnRiOWRHDRZ4YDpJy/Zvuf0Z2ffSr07632xxMDGdlX5Ix&#10;3LlrOr3h8anXYXO+Tn/tf9z87vNfGQ4FlJYYzmw0MVweh976e1+12B385NRrdJvV1hdP3P/V4SkB&#10;AACA+TS6ESiGizcxHLMihos8MRwk52D39C3Tvrdb9Zddm913+A0fujI81ZUihktkYrjkdrQ3vD0c&#10;CigtMZzZaGK4PMRwJdqJQTM8LQAAADB/xHBxJ4ZjVsRwkSeGg+Q0T/zO05srq78x7fu7VXzZta9P&#10;hrNSL8EY7vC9569Y7q3dOfU6LJX1hi8JhwNKSQxnNpoYLg8xXLnWPLF6Y3hqAAAAYL6I4eJODMes&#10;iOEiTwwHSVpcOf2Pp31/t4pPDGdl3ziGO/KD4WlPQuqfDBd213e85+NfHg4JlI4Yzmw0MVweh2+9&#10;94rsevzOC67PrbA1jw++Jzw9AAAAMD/EcHEnhmNWxHCRJ4aDJDXfuLow+iM1p32Ptwovu/Y9dPvv&#10;7gtPc6WI4RKZGC7ldcIhgdIRw5mNJobLwyfDlXMHu4N/Fp4iAAAAmA9iuLgTwzErx3rnxHAx1xs+&#10;dqy/ntRNaWCieXzwkmnf4626GwWOh9/woSvDU1wpC8+9ce+CGG7+J4ZLeMN3tN55/gvCYYFSEcOZ&#10;jdb6pYX9S/vDy4KLJIYr8wb/LjxNAAAAUH1iuLgTwzErYrjIG8dwQzEcJCr7Xn7HtO/zVtFV+JPh&#10;xHCJLMEY7vC9569Y7q3dOfU6LKVl15yd/iMHw2GBUlmoL/2wGM5MDJeHGK7k6555c3iqAAAAoNrG&#10;MdwJMVysjWK4xRNnvjscboimc2r4rOW+GC7WOuMbk2I4SNXBlcG1zZXB7037Xm8VnBjOyj6fDJf0&#10;OieH3xsOC5SKGM5sNDFcHodvvfeK7Hr8zguuz600G/0/goWnCwAAAKpLDBd3YjhmRQwXd2I4oLmy&#10;+qpp3+utghPDWdknhkt7vbXX33r+/OeHQwOlIYYzG00Ml8fBlQ891SfDVWDdgU+IAwAAoNrEcHEn&#10;hmNWxHBxJ4YDRprdwVumfb+3iq07eOeh20+L4ay8E8MlvuE7jrz70a8JhwZKQwxnNpoYLg8xXJV2&#10;5vXhaQMAAIDqEcPF3TiG64rhiE8MF3diOGDk8B0PfklzZfV3pn3PtwpNDGdlX4Ix3OF7z1+x3Fu7&#10;c9p1WIK7/+aTD18dDg2UhhjObDQxXB5iuGqt2R38SHjqAAAAoFrEcHEnhmNWxHBxJ4YDNhxcWb1h&#10;2vd8q9DEcFb2JRjD3fieR76601vzyXDZOv21U53+IwfDoYHSEMOZjSaGy+PwrfdekV2P33nB9bmV&#10;ds3jg+8JTx8AAABUxziGWxn4JUSkieGYFTFc3InhgO0Wu4PvmvZ93yqzdxx6kxjOSjwxXNITw1FW&#10;Yjiz0cRwefhkuGruhu6gHZ5CAAAAqAYxXNyJ4ZgVMVzcdfpr62I4YLvse/zKtO/9Vv41Vwb3HX7D&#10;h64MT2WliOES2TiGW0orhvuAGG5jYjjKSgxnNlrrF8Vwl04MV90duv2B68PTCAAAAOUnhou7Znfw&#10;6cXuQAxHdJMYbl0MF2liOGCaxe7qqWnf/63088lwVu7VW2K4hCeGo6zEcGajieHyEMNVd82V1eHh&#10;Ox68OjyVAAAAUG5iuLhriuGYkVEM1+kN377zZppdnnX6QzEcMNVid/V/TLsGsFJPDGflXr21LoZL&#10;d2I4ykoMZzaaGC6Pw7fee0V2Le730FVdd/Cx8FQCAABAuYnh4q4phmNGxHBxJ4YDnsjh43+4J7uW&#10;emTadYCVdmI4K/eSjOHOieHCxHCUlRjObDQxXB4HV37/qYvdMz4ZrsJrdlffEp5OAAAAKC8xXPR9&#10;SgzHLIjh4k4MB+zm+jfd/4wp1wBW0jVXBvcdfsOHrgxPX6WMYrhao/2m6TdnbW4mhkt6oxhu+f3r&#10;14dDA6UhhjMbTQyXxyiGa66s/tS0a3Sr0s784/CUAgAAQDmJ4aJPDMdMiOHiTgwHfC4Hbxt845Tr&#10;ACvhmiur73hBhT8ZTgyXwFKN4U6J4UYTw1FWC/UjYjgzMVwuYrj52cHjpw+HpxUAAADKRwwXfWI4&#10;ZkIMF3fZsV3vnBTDAbtb7J554ZRrASvZxHBW+qUaw/WH3WnXYalNDEdZieHMRhPD5XH41nuvyK7H&#10;/R56Dpb9TPXx8LQCAABA+Yjhok8Mx0yI4eJODAc8WQdXBt865XrASjQxnJV+Yrik1+mtnVo+KYaj&#10;fMRwZqOJ4fLwyXBztu7g34enFgAAAMpFDBd9YjhmQgwXd+MYrrf+A+FwA+zq+pXBN0+5JrCSrLky&#10;uO/wGz50ZXi6KkUMl8gSjOG+Qwy3uey6UwxHKYnhzEYTw+UhhpvDHT/98vD0AgAAQHk037j63OwH&#10;VzFcvInhmInOqXNiuIgTwwEX64aVM//blOsCK8FGnwx3/cqD3xCeqkoRwyUyMVzSE8NRVpMYrn3u&#10;gvcss6TW+sW99fZzw8uCiySGm8N1V//boTf+1leFpxgAAADKQQwXfWI4ZuKm9w2fLYaLt0kMNxTD&#10;AReleXywOOXawAqeGM5KPzFc0hPDUVZiOLPRxHB5HL713iuy63G/h567nXl9eIoBAACgHJonxHCR&#10;J4ZjJsRwcSeGAy7VDbc/0JhyfWAFTgxnpV+CMdwr7nrkL4jhJhPDUVZiOLPRxHB5+GS4+Vz2nH58&#10;sXvmheFpBgAAgOKJ4aJPDMdMiOHiTgwH5HH9m+5/xpRrBCtozZXBfYff8KErw9NTKWK4RCaGS3pi&#10;OMpKDGc2mhguDzHc/C57XrvhaQYAAIDiieEir7v6qcWVM/84HG6IRgwXd2I4IK/FE/d/eXZd8GdT&#10;rxdspvPJcFb6JRrDLYvhxhPDUVZiOLPRxHB5iOHmeo/ecHz1b4SnGgAAAIolhos8MRwzIoaLOzEc&#10;cLk0VwYfnHrNYDNb8/hpMZyVe6MY7kArqesOMdzj1hfDUUZiOLPRxHB5HL713iuy63G/h57fvTs8&#10;1QAAAFAsMVzkieGYETFc3InhgMupubL6nqnXDTaTVTmGq+1rXS2GS2BiuNQnhqOUxHBmo4nh8nj+&#10;T/+Pq3wy3ByvO/jjxRMP/PXwdAMAAEBxxHCRJ4ZjRlr3nr+y01u7b8rNNLtM6/SHt4TDDZDb4onV&#10;n5567WDR11wZ3Hf4DR+6MjwVlSKGS2RiuNQnhqOUFurtW7P3KDGcJT4xXB5iuATWXf3x8HQDAABA&#10;ccRwkSeGY0Y6/XN/frm/7gZipPlkOCCGxROrr5x6/WBR1+yu/sL1Kx/xyXBW3onhUp8YjlISw5mN&#10;JobLQww3/2t2B//9+pUP18NTDgAAAMUQw0WeGI4ZWu6t/ciOG2l2mSaGA2K5fuVMvdkdPDb1OsKi&#10;TAxnpZ8YLvX1l08+IoajdMRwZuPdKYa7dIdvvfeK7Hrc76HnfqeXw1MOAAAAxRDDRZ4Yjhk62jv7&#10;6k5v+PCUG2qWc2I4ILbsuuE/XXAdYVEmhrPSL9kYzqcch4nhKCUxnNl4Yrgcnv+zPhkujQ1eH55y&#10;AAAAKMYohmt2B784/QdXyz0xHDN09OTwxZ3e2mDHzTS7DBPDAbPQ7K6uTL2esMu65srgvsNv+NCV&#10;4bBXihgukYnhUp8YjlISw5mNJ4bLQQyXxrLn+L0v6H74a8PTDgAAALMnhos8MRwzdNP7Pr1nubf2&#10;0R030+wyrdMf3hIONUA0B7uD9tRrCrts88lwVvqJ4VKfGI5SEsOZjSeGy8Efk5rGmt3BJw6uDK4N&#10;TzsAAADMnhgu9gafXFw5LYZjZjr9s/962400u3xb88lwwKxcd/zDexa7g9+cfm1heSeGs9JPDJf6&#10;xHCUkhjObDwxXA4+GS6RdQe/m/3MdVN42gEAAGD2xHCxJ4ZjtpZPri92esPf23FDzfJPDAfMXHNl&#10;8Prp1xeWZ2I4K/3EcKlPDEcpieHMxhPD5fD8n/2Dq7Jr8Z+edo1u87Ps59hPLnZXXx2edgAAAJg9&#10;MVzsieGYveXe2k/tuKFmuTcUwwGFuKF7+uD0awy71DVXBvcdfsOHrgyHuFLEcIlsFMPtTy2GOyeG&#10;21r/FXevvyAcGigNMZzZeGK4HMRw6ay5cvo14WkHAACA2RPDxZ4Yjtnr9B/7a8u9tf+546aa5ZoY&#10;DijOrbee//zmyup7pl9r2MWuyp8Mt7e+/GULjdZPTbkxa/M0MVzqE8NRSmI4s/HEcDmI4RJad/XW&#10;8LQDAADA7InhYk8MRzE6veGJHTfVLNfEcEDxblhZvXn69YZdzKocw43U6q0fnXJj1uZpqcZwJ4cr&#10;06/DkpsYjlISw5mNd+fexo3PCS8LLpIYLqGJ4QAAACiSGC72xHAUo9N/5Gk7bqpZznX6w1vC4QUo&#10;zOKJ+788u8a458JrDnuyG8VwzTsefHY4pJVTq7e+Z6HefmzKzVmbl4nhUp8YjlISw5mNJ4bL4brj&#10;H94jhktkYjgAAACKJIaLvcEnF4+L4SjGcu/sP9xxY80uecO15VPr3x8OLUDhFrsfeeX0aw/7XGuu&#10;DO47/IYPXRkOZeXU6kvfKoZLYklF+K/4ZTHc1s6K4SglMZxZtroYLg8xXEITwwEAAFCkcQy3IoaL&#10;NzEcxVruD986/SabXdxGMdxQDAeUygvecvrPN1dW3zP9GsSeaFX/ZLg9+9t/eaHe/uDUG7Q2H0vx&#10;k+HEcNsmhqOcxHBm2cRwuYjhEpoYDgAAgCKJ4WJPDEexOqcevqbTGz44/UabPfmJ4YDyyq41Xp5d&#10;dzx84XWITVvVY7in7n/p0xYarV+ceoPW5mNiuMQnhqOcxHBm2cRwuYjhEpoYDgAAgCIdvO3+/WK4&#10;mBt88obualJ/xBHlc+zU8GXTb7TZk15PDAeUX3ZN96bp1yO2fVWP4UYW6u2fnnqD1uZp/pjUZCeG&#10;o5zEcGbZxHC5iOESmhgOAACAIonhYk8MRzks99ZeP/1mmz3ZdfpDr2Wg9J5/x4NXL3YHH5t+XWKj&#10;Zde+9x1+w4euDIeskhYa7Zdk+/Tjbs7a3KzWaK/tSeyT4Tr9R54mhtuYGI5yCjHc1Pcts2QmhstF&#10;DJfQxHAAAAAUSQwXe2I4yqPTG949/Yabfc6NPhmu55PhgOpY7J7pLHYHfzr9+iTtjT8Z7ni1Pxmu&#10;tq91Za3eftfUm7RW+SUbw/XFcKN1+mf7N4nhKCExnFk2MVwuh8Vw6UwMBwAAQJEO3ra6v7myKoaL&#10;NjEc5dLpDf/btJtu9jkmhgMqKrvO+6Hp1ygpb/D25vEPVzqGG6nVl/7+1Ju0VvmJ4dJe59RaTwxH&#10;GYnhzLKJ4XIRwyWzc2I4AAAACiWGiz0xHOXT6Q3/YNqNN9tlYjig4ha7q6emX6ukt3n4Y1JHnv70&#10;m79kodH+6AU3aW1eltTPEGK4rXV6a72b7hLDUT5iOLNs9dY79zZeLoa7RGK4ZCaGAwAAoFhiuNgT&#10;w1E+R09+8qs6veH6tJtv9gQTwwFzYPHEA89a7K6+e/o1S0qbj0+GG1nYv/SPpt6otUrPJ8OlPTEc&#10;ZSWGM8smhstFDJfKBucWu6fFcAAAABRHDBd7YjjKqXNq+KxpN9/sCSaGA+bI9bd95Ppmd/VXpl+7&#10;pLD5ieG++tkvuWqh0frVqTdrrbITw6U9MRxlJYYzyyaGy2Ucw50Qw83/xHAAAAAUTAwXe2I4yqvT&#10;f+TgtBtwNn2d/tBrGZgroyAsuw78+PRrmPndvPwxqRsW9re/c+rNWqvsxHBpbxLDPSKGo3TEcGbZ&#10;xHC5jGK4RTFcAhPDAQAAUDAxXNw1VwafPCiGo8QEcU9yvbWhT4YD5lV2zfI3s2uW/3vndczcrjt4&#10;8/VvWn1mePhzYaHe/vWpN2ytykvqZwgx3NbEcJRVrdF63ZT3KrO0JobLRQyXysRwAAAAFEwMF3di&#10;OKrg6MmzXzftRpxtmxgOSMDBldUbFlcGd027ppmrdQc/+fw7Hrw6POy5UKu3Do0+TWzqTVur3NL9&#10;ZLh1MVw2MRxlJYYzyyaGy0UMl8rEcAAAABRMDBd32bH9hBiOKlh+/7kv6/SGD0+7IWfZekMxHJCM&#10;0R8h2uyu3jvt2mZO9uPhoc6VhfrSD0+9aWuVmxgu7YnhKCsxnFk2MVwuYrhE1hXDAQAAULBxDNcd&#10;/NLUH1wt98RwVE2nt/bAzhtylk0MByTo+pXf2tvsnv7niyuDT067zqnofuvg8dW/Fx7ifGm1vmCh&#10;3v6PU2/cWqUmhkt7YjjKSgxnlk0Ml8s4hls5/YYp1+g2TxPDAQAAUDQxXNxlx/YTB7unxXBUSqc/&#10;/E/bb8hZNjEckLiD3cErmiuDX592vVOx3Xnw9gcOh4c1d6567suePfXGrVVxSf0MIYbbmhiOshLD&#10;mWWrt9559YGlfeFlwUU6fPwPxXApTAwHAABA0cRwcZcdWzEclbTcX7tn44acTdbpD72WgeS9oHv6&#10;adk1zl07r3mqsGZ3cLZ5fPC6w7fee0V4OHNpYf/SP5p689Yqs9Enw9Xq7aQifDHc1kYxXKe//vxw&#10;aKA0xHBm2cRwuYjhEtkohltZ/eHwtAMAAMDsieHiLju2Yjgqq9Mb/tD2G3MpLzsWw05//TXh0ACQ&#10;GX1a3OLK4D9MuwYq3bqDc82VwR03rAy+OXz5c22h0frZqTdwrRJLM4Y7J4YLE8NRUp8nhjPLJobL&#10;RQyXyMRwAAAAFE0MF3fZsRXDUWlHT579lu0351KdGA7giR2+48EvaXZXX9tcWf34tOuhMiz72j54&#10;cGXwreFLnnvXXvutX1xrtH576k1cK/3EcGlPDEdJieHMRhPD5SKGS2RiOAAAAIp28M1iuJjLjq0Y&#10;jspbfv/HvqzTG/737TfpUtskhhuK4QA+hxd2f/drF1dO/+PsOug/7rwuKmjri93Vdx5cWT163fHf&#10;+NLwZSZhb+PIM6bexLWqLKmfIUYxXHa9dWLadVhqE8NRUmI4s9HEcLkc+snTtez6XAw37xPDAQAA&#10;UDQxXNxlx1YMx9zo9Idv2n6jLqWJ4QAu3uFb772ieXzwkuya6N3N7uDszuuk2Bt9Ul2zu7qy2P3I&#10;gfAlJWdh/9K3Tb2Ra6Veqp8MJ4abTAxHSYnhzEYTw+Vy6HYxXBITwwEAAFA0MVzcZcdWDMdcOXZq&#10;7dj2m3WpTAwHkN/hN3zoysWVwXcudldPNVdWH5p27XRZ1h18rNldfUuze/pFoyAv/OOTVau3v2vq&#10;zVwr7cRwaa/TOyuGo4zEcGajieFyEcMlMjEcAAAARRPDxV12bD/RPLH6j8LhhrnQuvf8lZ3e8Oz2&#10;m3YprNMfClsBLqNRqHZD9/TB5srp12TXTXdl++j266gnu+bK6mPZX+9fXBm8fbF7+tXN4x9+dvhH&#10;ECw02j9+wc1cK+3EcGlPDEdJieHMRhPD5SKGS2RiOAAAAIomhou77NiK4Zhbnf7aj22/cTfPyx7r&#10;WZ8MBzAb40+Q637kQLN7ein76yub3dXXNo8PXrdj3zP5v51+kfjtyanVW++eelPXyrqkInwx3NbE&#10;cJSUGM5sNDFcLmK4RCaGAwAAoGjXr3y43hTDRVt2bMVwzLVX9Nfqy/3hh7bfwJvHieEAmAcLjdbd&#10;U2/sWqmW4ifDHXn3o18jhptMDEdJieHMRqu33yGGu3RiuEQmhgMAAKBoYri4y46tGI4kLJ8avnb7&#10;Tbx52+iPhRXDATAPFuqt/2fqzV0rzcRwaU8MR0mJ4cxGE8PlIoZLZp/NJoYDAACgOGK4uMuOrRiO&#10;ZCzfffbaTn/469tv5s3LxHAAzJOFevuDU2/wWikmhkt+J8VwlJAYzmw0MVwuYrhkJoYDAACgWGK4&#10;uMuOrRiO5BztDf/Jtpt5czExHADzplZvPTj1Jq+VZbeEpyoJYrjHTQxHGYnhzEYTw+UihktmYjgA&#10;AACKJYaLu+zYiuFIUufUw9d0+sO3brupV+mJ4QCYR7VG+zen3ui1Qpc9L8PkPhnubjHctonhKCMx&#10;nNloYrhcxHDJ7LOLx8VwAAAAFEgMF3fZsRXDkbTOqbVvXO4Pf2Xbzb1KTgwHwLyqNdr/39SbvVbY&#10;xHDJTwxHGYnhzEYTw+UihktmYjgAAACKJYaLu+zYfqJ5XAwHnVPDv7XcX7s/3OCr3MYx3EkxHADz&#10;qVZv3TP1hq8VMjFc8hPDUUZiOLPRxHC5iOFS2eCzi8dPi+EAAAAozvUrZ+rN7hkxXKQ1V1b/lxgO&#10;tnROrX3ncm/tk1Nu+pV6YjgA5t1Co33qghu+VuRuCU9NEsRwj9vJTv8RMRxlI4YzG00Ml4sYLpWJ&#10;4QAAACiYGC7uxHAw3fLJ4Wun3Pgr9Tr9YVI3pQFIz0K9/dNTb/zaTJfuJ8Oti+EmE8NRRmI4s9HE&#10;cLmI4VKZGA4AAICCieHiTgwHT6z1zg990dHe8PuX+2sf33EDsIw70+mv/x/hSwegIp7+9Ju/ZG/j&#10;yDNGG/3r8B+zi1q99T1Tb/7azJZsDHdKDBcmhqOMxHBmo41iuOcd+YbwuuAijWO47uDfT/sdqs3T&#10;xHAAAAAUTAwXd2I4eHI6/bWbl/vD35pyM7AkG/4/nf7wpeHLBaAEvqLx4q9c2N8+uNBoLdfqrR+t&#10;NVpvX6i3P5j96wdHy/71Y1NvYo6W/d+2/fd+ffS/Hf09Rn+v0d/zmutu2hP+MUna02i1px43m8nE&#10;cMlPDEcZieHMRhPD5SKGS2ViOAAAAAo2juGOD941/QdXyzsxHFycTv+xv77cW3v/lJuCxa63dmen&#10;v34wfJkAFGD0yW61eutQttcsNNqnsr9+/IIblJd79fYnsr+eyvbaqxov/+aUPl1ub7393McdC5v1&#10;kvrj2cVw29ZbO9l5nxiO0vm8WmPpR6a8V5mlNTFcLmK4VDb47A0rqz8UnnYAAACYPTFc3Inh4NLc&#10;/O7zX9npr52aeoOwgHX663fcfO95f7weQAFGAdxCo/0vs7/eW2u0zl5wU3LGC1/DfdlGX9Oh8GXO&#10;pdEn5NXq7d/d/vgt/lL8ZLhXiuG21ls7eay3/k3h0EBZiOHMRhPD5SKGS2ViOAAAAAo2juFWxHCx&#10;lh3b/9U8floMB5eo9c4/ubLTW/vO5d7aL0+9WTiL9dbe2zm5dlP4kgCYkb2N9l+p1dv/otZo/aep&#10;NyNLtOzr/M8LjdaPLexvf0v2pX/e5BHMj+zxvWva47Y4E8MlPjEc5SSGMxtNDJfLodv/SAyXxMRw&#10;AAAAFEwMF3diOLh8vr1/rtbpr39Xpzf8/6beOIyw7J91T6e/9h2vet/5Lw1fBnCZTT4J8pGDy73h&#10;S472zr660zv7utFG//pob/iiURAw+u+E/zoJqO1rXV2rt75nod7+4NSbkBVYrdH67eyvr33q/pc+&#10;LTysyltoHPnBnY/T4izNGO6cGG5jYjjKSQxnNpoYLpfmG1cXxHApTAwHAABAwQ6tnKlnP6CK4SJN&#10;DAdxjP7I0k5/eEunv/axqTcRL8/uP3ry7CsP33v+ivCPBS6T73jPx7+80z/715dPDm/t9IZ3L/eG&#10;n5ryGnzcsv/en40Cgey1/4PLvbN/dekd5/5c+NsxRxb2H/lrC/X2T2f7g6k3ICu4WqP1x7VG+021&#10;evt/Dw+zshb2tw9Oe4wWZbeEw56EUQx3tDe8fdr7f3ITw1FOYjiz0cRwuYjh0lhzZfDZphgOAACA&#10;Ionh4m4cw62s/p/hcAMRvOh9f/ilnf7Zv7Z8avja5f7Zfqc//MTUG4tPZr3hHy+fWntX59Twe4/1&#10;Hz106/nznx/+McBlctP7zu9Z7p39h53e2n1TX4cXsU5v+CvL/fVXdfrn/nz421NZt35+rX7kZQuN&#10;9s9l+/TjbjrO0Wr19iO1euvna/uXlp7San1BePCVcs11N+1ZqLf++7THZ5dntUZrmL0eXhMOeRLE&#10;cNsmhqOUzovhzEYTw+UihktjYjgAAAAKJ4aLOzEcFOOm9316T+fko8udU2s/3umv37HcW7t3ub92&#10;f7aPb9xoHH2qXKc//O3sX98z/u+cWvuX2b9fat17/srwtwEus9Hrq9M7+52j193Ga/Hy7Ww/e62/&#10;ovWh818U/nFUSK2+9K21RuvXpt50nOfV278+euzhMFRKrd7+iamPyXIv1RhuWQw3We+sGI4SuvXz&#10;xXBm4/2CGO7SjWO4FTHcvE8MBwAAQOHEcHEnhgOALaNQNcSp0wOAy7ROf+2UsLU69jaOfPNCvX3H&#10;QqN9bsfNxtT2M3vrS381HJZK2Fs/8qIpj8NyTgyX+MRwlJIYzixMDJfDJIZbFcPN+cRwAAAAFE4M&#10;F3diOADYcrQ3fNFyf+1XLrjxH2mjKO7Yqce+JfzjKaGF/S/7utHN9Vq9/btTbjYmutZHs+Pxz/fU&#10;j3x9OEyll33dH73wcVjO3RIObxLEcNsmhqOUxHBmYWK4HMRwaUwMBwAAQOHEcHEnhgOALUd7Z//u&#10;cm/tw1Nv/kdcpzf8zWOn1o6FL4MSqe1fWqrVWw9OudFok310odFaDoer1GqN1vdN+frtEjb5ZLhW&#10;Up8Md+x9j/5FMVyYGI5SEsOZhYnhchDDpbFmd/UzYjgAAAAKJYaLu2ZXDAcAGzr94S3ZPnHBjf9Z&#10;rTf8w87JtZvCl0PBRjcSFxpLb5xyk9GmrNZordQOtBvh8JXSngM3PbPWaP/WtK/fnvzEcIlPDEcp&#10;ieHMwsRwOYjh0pgYDgAAgMLd8KaPNMRw8dYUwwHApsJjuI31hr/RuevsN4cvi4IsNNovqTXav7zj&#10;BqN9zrV+dfSJeuEwllKt0Xrd9K/dnszEcMnvLjEc5TOK4dpiOLNRDPccMdylEsOlMTEcAAAAhRPD&#10;xV1TDAcAm0oTw4V1+mt3dU4NnxW+PGZob335y2qTP1bzoztuMNqTXb39R7V6+/uveta3fXk4rKXy&#10;FY0Xf2X2dT50wddtT3a3hEOZBDHc4yaGo4TEcGZhYrgcxHBpTAwHAABA4cRwcdcUwwHAplEMt+OG&#10;fzl2av0t4UtkRq657qY9tUbrrik3GO3Sdmp0TMPhLZWFxtIPTvl6bZf5ZLjkJ4ajhMRwZmG/8FQx&#10;3CUTw6UxMRwAAACFE8PFXVMMBwCbJp8Mt1aaT4bbsUePnhy+OHypRLaw/8hfqzVa/ojUy7zxMc2O&#10;bTjMpfHVzznyNbV6695pX7NdODFc8hPDUUJiOLPRsteBGC4HMVwaE8MBAABQODFc5HVX/0wMBwAT&#10;JY/hxuv0hm8PXy4RLTTaL6nV2/955w1GuzwLx/Yl4XCXxp566zt2fq124cRwyU8MRwmJ4cxGG8Vw&#10;Vz33pmeHFwYXSQyXxsRwAAAAFE4MF3liOADYVIUYbmNHe2tHwpdNBLX60rFavfU/pt1ktMu30TEe&#10;Hetw2Euj5o/IfTK7JRyuJIjhHre7jvUeEcNRMmI4s9HEcPmI4dKYGA4AAIDCieEiTwwHAJtGMdyU&#10;m/5l3j3hS+cyqx1o/x8LjfZHd95gtGj76OiYh8NfCnv2t79xod76f6Z8rcmv1mid9clwSU8MRwmJ&#10;4cxGE8Pl0/w5MVwKa3YHn2munBbDAQAAUBwxXOSJ4QBg0/iT4XrDT+646V/u9db+7Kb3Dd3wuswW&#10;Gu1bdt5ctJmtVJ84tqe+dKTWaP3xlK8z2aUbw62L4SYTw1FCYjiz0cRw+YxiuGZ38Mapv0O1uVn2&#10;HIvhAAAAKNYNt4vhok4MBwCbKhnDbax39tvDw+AyGIU+o+Bn2k1Gm8HqrU9lx/8fhKejFEbnxNSv&#10;Nd0l+MekiuHCxHCUkBjObDQxXD5iuDSWPcefaZ5YfW142gEAAGD2xHCRJ4YDgE2VjuGydU6tHQ8P&#10;hZzEcCVZvf0HtXr7FeFpKdw1173oS2uN9r+b+rUmNJ8Ml/zEcJSQGM5sNDFcPmK4NJY9x2I4AAAA&#10;inXD7Q80FlfOiOFiTQwHAJtGMdy2m/2VXKe/9rHwcMhBDFe2te5faCy9NDw9hVt47o17s6/r9gu/&#10;zjQmhkt+d938/vXrwqGBkhDDmY0mhstHDJfGsudYDAcAAECxxjFcd/Xd035wtcswMRwAbKr6J8Nt&#10;LHsMjx2759xV4WFxCcRw5Vz2vPyXhf3tbwlPU+Fqz1u6dqHeeue0r3Wel2QMd48YbtvEcJSQGM5s&#10;NDFcPmK4NJY9x2I4AAAAiiWGi7zu4M+aKx8RwwFA5lh//ZblOYjhNnbjqbXnhIfGRVpotG/ZeXPR&#10;SrX7r7nupj3h6SpcbV/ryuxrum/H1zi/q7cfW6i3Xh0efhKO3XNeDLc1MRwlNI7h/tnU9yyzhFZr&#10;tN5+1XNfJoa7RNev/Nbephhu7pc9x2I4AAAAiiWGi7zu4M8WTwy+KxxuAEjavMVw4/Ue+6vh4XER&#10;wifDDafdZLQyrfWzX3Vd6yvC01a4hf1Hvy47b1amf61ztHp7sLe+9HfCw07CKIbrnBy+eer7bHoT&#10;w1FCYjiz0cRw+Yjh0lj2HH+m2RXDAQAAUCAxXOSJ4QBg0+iPSd12s3+edmN4iDxJYrjKrVQ3s64+&#10;sFSr1ds/MeXrnJf9Rm3/0lJ4uEkQw22t01+766gYjtIRw5mNJobL5/qVM2K4BJY9x2I4AAAAiiWG&#10;i7xRDNcVw5Gm0R9pVmu0Doxu5mZ/feV4+1uvG22h0f7xhXr7jvGyf73xn2/998b/mwOjv0f42wFz&#10;YPnk8B/P3SfDhXX6w6TClbzEcNVb9nz9yZ5Gqx2ewlJ42sGlP1drtP9pdj3xB9O+5qoue328e2/j&#10;yDeHh5kEMdzWOv2zYjhKSAxnNlp2PSSGy0EMl8ay51gMBwAAQLHEcJEnhiMRX9F48VcuNNovCXHD&#10;6I8vuy/bxzZ+YXwZNvp73Tf6e4//GfWlbxXKQfXMcww32rH+o4fCQ+VzEMNVevftqb/8eeGpLI1a&#10;/cjLFurte6d8vdVavf1YrbH0f11zXesvhoeWhHEM1xfDjSaGo5zEcGajieHyEcOlsew5FsMBAABQ&#10;LDFc5InhmGN7Gy9/zkKjtTz+Y8rq7f+40Gh/eucviqOv3v5Erd76ldFN4+zfd64+sLQvfHlACc17&#10;DDfe3WevDQ+XXYjh5mD11pv31pe/LDylpREC/Tsv+HqrsuzaZm+9ndwfvSyG21rn5Nm7jp4Uw1E2&#10;Yjiz0cRw+Yjh0lhzZfUxMRwAAACFEsNFnhiOOTT6xW+t3vrRhUb7/p2/GC7R7h99jX5JDeWSRAzX&#10;Hz7Uuve8T678HMRw87Na48g/DE9r6Szsb92UfY39nV9zWZe9Lj4++n8yyF4bB8JDSMbRk48+XQw3&#10;mRiOcmp9gRjOTAyXlxgujYnhAAAAKJwYLvLEcMyRhf3tgwv7Wz9Qa7TuWWi0PjvtF8PlXOuz4685&#10;+9pHjyE8HKAAnf7wlp03/edx2eP87fCQeQK1+pHX1BptMdycrFZv/XqpP5318OErFuqtV49is2lf&#10;f1k2ul7ZW28/N3zVSRHDbU0MRzmJ4cxGE8PlM4nhVsVwcz4xHAAAAIUTw0WeGI55cPjwFbVG65UL&#10;jfZ9O38RXOHdN3pMo8cWHiUwA2l8Mtxknd7avwoPmynEcHO6erv05/3C/qNfV6u3vie7Dvi1qY+h&#10;kLVGf9T8zywcOPLi8GUmRwy3tez7x/vEcJSPGM5sNDFcPmK4NCaGAwAAoHBiuMgTw1Fxe+pHvr7W&#10;aH1fuW4YX+bVW//v+Kb485auDQ8biGS5P4rh1pKI4UY7enKYbNjyuYjh5nofqzWO/PXwVJfbRvBf&#10;b39wyuOY1R7KvoaV1G+si+G2JoajnMRwZqONY7j9S88KLwwukhgujYnhAAAAKNxi9yMHxHBR96di&#10;OKrq6gPt59fq7X+R7Xem/RJ4HldrtH+r1lj6kVqjdSAcBuAyGsdw/XRiuE5vbXX5/Q8thIfPNmK4&#10;+V+t3vr5p7RaXxCe8krYs//ICxfq7VsXGq1fnfaYLu9av5/99Wey66xXPHX/S58WvoRkieG2Joaj&#10;nMRwZqOJ4fIRw6UxMRwAAACFE8NFnxiOSvqKxou/slZvvb7WaJ2d9gvgFDZ67Nkx+NGnP/3mLwmH&#10;Bcip0x/eMu3G/3xvfSU8fLbJ3mdv2fm+a/O5vfUjLwpPe7W0Wl+wt7H0goV669W1eru70Gj912mP&#10;76JWb/9RrdG+K9uPjP5I1Kfu7yQfwW0Qw21NDEcpZe+JYjgzMVxeYrg0JoYDAACgcGK46BPDUTnX&#10;XPeiL63Vl/5+rdH+T9N++Zvo/u+99aW/M/rj1MJhAi7B5I9JHX5q2s3/uV1v7aPH+o8eCoeAoFZv&#10;f3/2fcYnw6WzU087uPTnwtNfaaP/h4Grnvfyb9pbb99Yq7deU2u0Vhbq7Tuyv96T/ft7N9dovX30&#10;n2eP/ccnQd3St/oj2Z+YGG5rYjhKSQxnNp4YLh8xXBoTwwEAAFA4MVz0ieGonD0H2n9zod5657Rf&#10;/Nrkj31bOLD0v4XDBVyEJGO4bJ3+2X8bDgGBGC7R7W/dFE4BeBwx3NbEcJSSGM5sPDFcPmK4NCaG&#10;AwAAoHDjGG5FDBdxYjgqpbavdeVCvf3T2R6b9otf27bJMfqX/hhVePLSjeHWBsd6698UDgMZMVzC&#10;q7feGU4D2CSG29okhntEDEe5iOHMxhPD5TOO4Y4P3jTl96c2RxPDAQAAUDgxXPSJ4aiUhQNHXlyr&#10;t+6Z9ktf22X19snRH38WDiPwBDr94S3Tbvwnsd7ZfxgOAxkxXOKrtx/bW2//7XA6gBhu28RwlJIY&#10;zmw8MVw+4xhuRQw37xvFcIsrZ34wPO0AAAAwe2K46BPDURl768tfVmu0vm+h0fr9ab/0tSez1mr2&#10;11uecvjWK8JhBbZJ9ZPhxuudfX3rnee/IByK5InhLOz2cEqQuEkMty6GyyaGo5TEcGbjieHyEcOl&#10;sew5fmxxZSCGAwAAoDhiuOgTw1EZe/a3rluoL90x7Re+dvGr1Vu37a23nxsOL5BJOYbr9Ie/0Ok/&#10;8rRwKJKXvU/esvN90xJdvf1Y7XlL14ZTg0SJ4bYmhqOUxHBm44nh8hHDpbFmVwwHAABAwcRwkdcV&#10;w1EdC/vb37LQaH905y97Ld9q9daDVz3v5d8UDjMkLek/JrW/dv/NJx++OhyK5IVPhlub9r5paW4U&#10;WYTTgwSJ4bY2iuE6p9a+MRwaKAcxnNl42evgbWK4SyeGS2NNMRwAAABFE8NFXnf1T29YOfMPw+GG&#10;Uqs1Wv9god7+g2m/8LXLsdbq3vrS3wmHG5K03F9P+I9JXbu3c9fZbw6HInliOJu6euv/ffrhm78k&#10;nCYkRAy3NTEcpSSGMxtPDJfP89/woavFcPO/phgOAACAoo1iuObK6fdM+8HVLsPEcFRIrd56zUK9&#10;9alpv/C1y7dao/0n2V9vCYcdkiKGE8NtEMPZbtvTWPpb4VQhEWK4rYnhKCUxnNl4Yrh8xHBprCmG&#10;AwAAoGhiuMgTw1ERe+vLX1art//5QqP12Wm/8LXLv+x4P7pQb/3QUw4fviI8DTD3xHBiuA1iOPtc&#10;y86RnwinCwk4evLc0zu94R1T3z8TmxiOUhLDmY0nhstHDJfGmmI4AAAAirbYfVAMF3PdwZ/esDIQ&#10;w1F6tX2tqxca7Z/c+Ytem9HqS//mKxo3f2V4OmBudXrD7xbDMSKGsyezWr31m9dcd9OecNowx8Rw&#10;WxPDUUpiOLPxxHD5iOHSWFMMBwAAQNEmMdyqGC7WxHBURG1f68pao3XXtF/22kx3p0+KY56J4cRw&#10;G7L3u1t2vP+ZPfH2t78lnDrMKTHc1sRwlJIYzmw8MVw+Yrg01hTDAQAAUDQxXOSJ4aiIvY0jz1io&#10;t++Y9stem/1qjda/3bev9UXh6YG5kXYMN7z3WH/9cDgUyfPJcHax88emzjcx3NY6vbNiOMpnFMPV&#10;Wz867f3ZLKWJ4fJ5/hseFMOlsXUxHAAAAIUSw0WeGI6KEMOVdPX2reEpgrkghhPDbRDD2SWt3v6P&#10;4RRizojhtiaGo5TEcGbjieHyEcMlMzEcAAAAxRLDRZ4YjooQw5V3tUZ7uFA/8t3hqYJKE8OJ4TaI&#10;4eySV299qvaNR/5SOJWYE2K4rYnhKCUxnNl4oxhuT/3I14dXBhfp+XeI4RKZGA4AAIBiieEiTwxH&#10;RYjhyr9avfXxhUbr74anDCpJDCeG2yCGs7yrHTjSCqcTc+DIqbPPEMNt7r1iOEpHDGc2nhguHzFc&#10;MhPDAQAAUCwxXOSJ4aiI2r7WlQuN9n07f9Fr5Vut0Tpbq7cOhacOKkUMJ4bbIIazy7PWj4VTiooT&#10;wz1uYjjKRwxnNp4YLh8xXDITwwEAAFAsMVz0fVwMRxX4ZLjqrdZo/dpVz3v5N4WnECpBDCeG2yCG&#10;s8u31t3htKLCxHCPmxiO8hHDmY0nhstnEsOdEcPN/8RwAAAAFEsMF31iOCohxHA/M+2XvVby1dt3&#10;jD7ZLzyVUGqTGG5NDMdTsvevWy54PzO7xI0+NTWcWlSUGO5xE8NRPocPXyGGMxPD5SWGS2ZiOAAA&#10;AIrVfOPp54nhok4MRyWI4aq/Wr31mvB0QmmJ4cRwG/bsb/2AT4azy779S/vDKUbFiOEeNzEc5SOG&#10;MxtPDJePGC6ZieEAAAAoVvOEGC7yxHBUghhubvbRbC8JTyuUjhhODLdBDGextrfe/tvhNKNCxjFc&#10;XwwXJoajfMRwZuOJ4fI5LIZLZeuLx8VwAAAAFEgMF30fv+G4GI7yE8PN12qN1i9f9dybnh2eXiiN&#10;pGO4/tqvHOs/KoYLFva3fiB7vxLDWZTV6u3vCqcaFSGG27be2ns77xPDUTJiOLPxxHD5iOGSmRgO&#10;AACAYonh4i47th8/KIajAmr7WlcuNNr37fxFr1V7tUZrJTzFUApiODHcBjGcxV6t3v6JcLpRATeL&#10;4bY2juEeFsNRLmI4s/HEcPmMY7ju4LZpv0O1udr6YvfMD4SnHQAAAGZPDBd3YjiqwifDzfHqrU8t&#10;NJZeGp5qKFTn1LoYjjExnM1itXr7XeGUo+TEcNsmhqOMxHBm42XXFm8Vw106MVwyE8MBAABQLDFc&#10;3InhqAox3PyvVm+95ysaL/7K8JRDIUYxXKc3/PQFN/7TmBhum+x96Zad71NmkXZ/OO0oMTHctonh&#10;KCMxnNl4Yrh8xHDJTAwHAABAscRwcSeGoyrEcEntlvC0w8yJ4cRwG8afDFdvrU95jzK7/Ku3/jCc&#10;epTUJIZbF8ONJoajjMRwZuOJ4fIZxXCLYrgUJoYDAACgWGK4uBvFcM3umX8QDjeUlhgusdXbH6wd&#10;aDfC0w8zI4YTw21YOCCGsxmv3vpUOP0oITHctvXW3nusv/a8cGigHMRwZuOJ4fJ54W3/4xoxXAob&#10;rGfPsxgOAACA4ojh4k4MR1WI4dJcrd7+iXAKwEyI4cRwG8RwVsxan73muhd9aTgNKZFRDHdMDDeZ&#10;GI4yEsOZjSeGy0cMl8rEcAAAABRMDBd3YjiqoravdeVCo33fzl/0WgKrtx+rPW/p2nAqQFTjGK4v&#10;hkMMZ8Xu6gNLtXAqUhJiuG0Tw1FGYjiz8cRw+YjhUpkYDgAAgIKJ4eJODEdV+GQ4W2i0fiqcDhDN&#10;0d7wn4jhGBHDWdHbW1/62nA6UgJiuG0Tw1FGYjiz8cRw+YjhUpkYDgAAgIKNY7ju6fdO/8HV8k4M&#10;R1WMbgiL4azWaP3+nv2t68JpAZdd2jHc8Fde8f71vxwORfLEcFaK7V/aH05JCnbzqfPPWO4Nf2b6&#10;+2diE8NRRmI4s/HEcPmI4VKZGA4AAICCieHirrky+HizOxDDUXrjGK4hhrPJRje6wqkBl5UYTgy3&#10;YaGx9INiOCvFnntjPZyWFEgMt21iOMpIDGc23jiGO3DTM8Mrg4skhktma2I4AAAACiWGizsxHFUh&#10;hrOdq9VbH9pz4GV+yc9llXIMlz3uXzkqhtskhrNSbf/RrwunJgURw21b76wYjvIRw5mNJ4bLRwyX&#10;zMRwAAAAFEsMF3diOKpCDGdPtFpj6XvDaQK5JR3D9Ya/cvSkGG6DGM7Ktr315YVwelIAMdy2ieEo&#10;IzGc2XhiuHzEcMlMDAcAAECxxHBxJ4ajKmr7WlcuNNr37fxFr9lotXrrwXCqQC5iODHcBjGclXDn&#10;rrnuVV8aTlFmTAy3bWI4ykgMZzaeGC4fMVwyE8MBAABQrOaJB5/X7K6K4SKtubL6P5tiOCrAJ8PZ&#10;k9r+pW8LpwxcEjGcGG6DGM7KudanwinKjC2/9+zXiuHCxHCU0TiGW/rn0987zdKZGC6fF972u9cs&#10;nhDDJTAxHAAAAMUSw8VddmzFcFSCGM6e7GqN9k+G0wYumhhODLdBDGelXb31h+E0ZYbEcI/be8Rw&#10;lI4Yzmw8MVw+YrhE1hXDAQAAULBxDLcihos1MRxVIYazi1mt3vpQbV/r6nD6wJM2ieHWxHA8JXsv&#10;uWXne4tZaVZvD8KpyoyI4R43MRzlI4YzG08Ml48YLpGJ4QAAACiaGC7uxHBUhRjOLnGdcArBkyKG&#10;E8NtCJ8M99iU9xWzUqzWaL8nnK7MgBjucRPDUT5iOLPxxHD5iOESmRgOAACAoonh4k4MR1WI4eyS&#10;V2+9OZxG8DkdSzmG66/9BzHcFjGcVWG1RvvfhVOWyMRwj5sYjvIRw5mNl70O3rrnwMvEcJdIDJfI&#10;xHAAAAAUTQwXd2I4qqK2r3XlQqN9385f9Jo9mdUarbOjcyicTvCExHCPiuECMZxVaLeE05aIxHCP&#10;mxiO8jl8qxjOLFut3vp5Mdylm8RwZ8Rw8z4xHAAAAEU7eNvgG8Vw8SaGoyp8Mpxdni29NJxSMJUY&#10;Tgy3QQxnldqBIy8Opy6RiOEeNzEc5XPdq75QDGcmhstrHMN1B8en/Q7V5mjd1bUbVs58f3jaAQAA&#10;YPbEcHEnhqMqxHB2uVart340nFZwATGcGG6DGM6qttqBdiOcvkQghnvcxHCUjxjObDwxXD5iuEQm&#10;hgMAAKBoYri4E8NRFZMYrvWz037Za3bRq7d64dSCxznWW/8ny73hQztu+icxMdzjZe8Vt1zw3mFW&#10;5tXbj4XTlwiW3y+G27b3HOs/LIajXMRwZuOJ4fIRwyUyMRwAAABFE8PF3TiGO3Hm/wiHG0pLDGcR&#10;9rE939i5JpxiMCaGE8Nt8MlwVsXV6q17winMZSaGe9zEcJSPGM5sPDFcPmK4RCaGAwAAoGhiuLgT&#10;w1EVYjiLtT2Npb8VTjMQw4nhNi00jvzg6JO2pr1vmJV69da/Dqcxl9EkhlsXw2XLvl+850YxHGUj&#10;hjMbTwyXjxgukYnhAAAAKJoYLu7EcFSFGM6irt76oXCqkTgxnBhugxjOqry99faN4VTmMhHDbW0U&#10;wx19/9qBcGigHMYxXFsMZ8lPDJfP4on7v1oMl8DEcAAAABRNDBd3YjiqQgxn0VdvvyOcbiRMDCeG&#10;2yCGsyqv1mg9vKd+5OvD6cxlIIbbmhiOUhLDmY0nhstHDJfIxHAAAAAUTQwXd2I4qkIMZ7NYrd7+&#10;z+GUI1HLJ4ffk3IM1zm1/sJwKJInhrM52H3hdOYyGMdwp8Rwo4nhKCUxnNl4Yrh8xHCJrDtYu2Fl&#10;IIYDAACgOGK4uBPDURViOJvVao32n1xz3Yu+NJx6JCbtGG4ohttGDGdzsp8MpzQ5ieG21umtvefo&#10;STEcJSOGMxtvFMPVnrd0bXhlcJHEcIlMDAcAAEDRxHBxJ4ajKsRwNutdfWBpXzj9SMhyXwwXDkXy&#10;sveBW3a+L5hVdC8JpzU5jGK47H3yZ6e9f6Y2MRylJIYzG08Ml48YLpkNxXAAAAAUahzDdQfvm/JD&#10;q12GieGoCjGcFbE9B9p/M5yCJEIMJ4bbkL0HvNYnw9k8rFZv/05tX+vqcGpziZbff04MFyaGo5TE&#10;cGbjieHyEcMlMzEcAAAAxRLDxd04hjsuhqP8xHBW1Gr7294jEyKGE8NtyF7/Yjibo7V+KpzaXCIx&#10;3NbEcJSSGM5sPDFcPmK4NNZcWR0ePC6GAwAAoEBiuLjLju3/bB4/LfSg9Gr7WlcuNNr37fxFr9mM&#10;9uPhVGTOieHEcBuy170YzuZrB468OJzeXAIx3NY6vbNiOMpHDGc2nhguHzFcGhPDAQAAUDgxXOwN&#10;/kQMRxX4ZDgrerX60vFwOjLHxjFcXwyHGM7mb7V6+z9f9axv+/JwinORxHBbE8NRSmI4s/HEcPmI&#10;4dKYGA4AAIDCHXyzGC7uxHBUgxjOyrDRjYVwSjKnxHBiuA3Za14MZ3O41o+FU5yLdPTk2a8Tw03W&#10;6a+9WwxH6YjhzMYTw+UjhktjYjgAAAAKJ4aLPTEc1bCw/2VfJ4azMqxWb70nnJbMoUkMtyaGYxTD&#10;3bLz9W82D9tbbz83nOZcBDHc1sRwlJIYzmw8MVw+Yrg0JoYDAACgcGK42BPDUQ1iOCvTao3WPeHU&#10;ZM6kHMMtn1r7ZTHcluy1PvpkuM/sfP2bzcF+LpzmXAQx3NbEcJSSGM5svOx18BYx3KVbPPF7YrgE&#10;JoYDAACgcGK42BPDUQ1iOCvbao3Wr4XTkzmSdAzXW/vlzl1iuA3Z61wMZ3O8pZeGU50nSQy3NTEc&#10;pSSGMxtPDJePGC6NieEAAAAonBgu9sRwVIMYzsq4WqP9W+EUZU6I4R4VwwXZa1wMZ3O7Wr317uw0&#10;/7zJ2c6TIYbbmhiOUprEcP9i2nueWUoTw+UjhktjYjgAAAAKd/DNvyuGizoxHNVQ29e6cqHRvm/n&#10;L3rNil6t3nownKbMATGcGG5D9voWw9lcr1ZvvyKc7jwJYritieEoJTGc2XhiuHzEcGlsFMM1V868&#10;JjztAAAAMHuTGG5VDBdtYjiqwSfDWcn3G+FUpeJGMVynN3x42s3/uZ8Y7nGy17UYzuZ6tUbrl696&#10;1nd8eTjl+RzEcFsTw1FKYjiz8cRw+YxiuObx093pv0O1eZkYDgAAgMJdv7J6nRgu5sRwVIMYzsq/&#10;1q+G05UKW+6vi+EYy17Xt1z4Ojebt7WWwynP5yCG25oYjlISw5mNJ4bLZxLDrYrh5nxiOAAAAAp3&#10;aGX1ukUxXMQN/iT7698PhxtKSwxnlVi91QunLBUlhhPDbchezz/kk+Fs7ldvvfOa6170peG0Zxdi&#10;uK1NYriHxXCUixjObDwxXD5iuDQmhgMAAKBwYrjYE8NRDWI4q8zq7XeE05YKEsOJ4TaI4SyF1Rrt&#10;P9tbP/KicNqzCzHc1sRwlNK+1heJ4czEcHmJ4dKYGA4AAIDCieFiTwxHNYjhrFKrt94cTl0qRgwn&#10;htsghrNUVqu3fyKc9uxCDLc1MRylJIYzG08Ml8/BN33kL4jh5n9iOAAAAAonhos9MRzVUNvXunKh&#10;0b5v5y96zcq6WqP9pnD6UiFiODHcBjGcpbJavfWbtUZL2PQ5TGK4dTFctlEMt3z3WiMcGigHMZzZ&#10;eOMY7huP/KXwyuAiieHSmBgOAACAwonhIq8rhqMafDKcVXG1Ruv7wilMRXRODr835RjuWH/9UDgU&#10;yRPDWVKrH/nucOrzBMRwWxPDUUpiOLPxxHD5jGO4FTHcvK/ZFcMBAABQMDFc5InhqAgxnFV1e+tH&#10;joTTmApIO4YbiuG2EcNZSqvVWz//tH1LTw2nP1OI4bYmhqOURjFcQwxnJobLRwyXxsRwAAAAFE4M&#10;F3liOCpiEsMt/dy0X/aalX772wfDqUzJieHEcBvEcJbSavXWf/G9andiuK2J4SglMZzZeGK4fMRw&#10;aazZXT0rhgMAAKBQYrjIE8NREQv7j37dQqMthrNKrlZvna3ta10dTmdKTAwnhtsghrOkVm9/olZf&#10;OhZOf6YYx3C94c9Nff9MbGI4SkkMZzbeOIZ7jhjuUonh0lizOzjbXDkthgMAAKA4YrjIE8NREWI4&#10;m4PdH05nSkwMJ4bbMI7hGmI4S2e1RvufhdOfKY6ePC+GCxPDUUpiOLPxxHD5iOHSWFMMBwAAQNHE&#10;cJHXXf3j7K9iOEpPDGdzslPhlKakxHBiuA1iOEtttUb7F/bWX7oQXgLscPQeMdzGxHCU0T4xnNl4&#10;Yrh8xHBprCmGAwAAoGjjGG5lcNe0H1ztMkwMR0XU9rWuXGi079v5i16zyq3e/ulwWlNCYjgx3Ibs&#10;9XrLBa9fs/nex566/6VPCy8BdhDDba3TPyuGo3TEcGaTieHyEcOlsaYYDgAAgKKJ4SKvO/jjxZXT&#10;YjhKzyfD2Tyt1mh/ezi1KRkxnBhuw+ST4VqfnfYaNpvHZd+bfnNvY+lvhZcAO4jhtiaGo4zEcGab&#10;+zkx3KUTw6WxphgOAACAoonhIk8MR0WI4WyuVm9/pnag7SZyCU1iuDUxHGI4S261euvBvfX2jeEl&#10;wA5H+mf/khhuMjEcZSSGM9ucGC4HMVwaa4rhAAAAKJoYLvLEcFSEGM7mbbV667+E05sSSTqG66/d&#10;I4bbIoaz1JZ9X/rT7Jz/u+ElwA5iuG07tfYuMRxlI4Yz25wYLgcxXBpriuEAAAAomhgu8sRwVIQY&#10;zuZxtfrS8XCKUxKdU2K4cCiSJ4az1FZrtNcW6ke+O7wE2GEcw/XFcOP11t61fJcYjnIZxXB7xXBm&#10;o4nhchDDpbGmGA4AAICiieEiTwxHRYjhbI7398JpTgmI4R4VwwXZa/OWHa9VsxR2S3gJsMMrxHBb&#10;E8NRQmI4s82J4XI4+DNiuBTWFMMBAABQNDFc5InhqIjavtaVC432fTt+yWs2F9vbOPKMcKpTsHEM&#10;1x8+csGN/zQmhttmob70wz4ZzpJbvX1reAmwgxhu28RwlJAYzmxzYrgcxHBprDmK4U6sfl942gEA&#10;AGD2xHCRJ4ajInwynM3zao3WPeFUp2BiODHcBjGcJTkx3BMSw22bGI4SEsOZbU4Ml8PBn/n9v9Ds&#10;nl6Z+jtUm5s1xXAAAAAUTQwXeaMY7sTqq8PhhtISw9m8r1Y/4o/oKAExnBhugxjOkpwY7gmJ4bZN&#10;DEcJieHMNieGy0EMl8aaYjgAAACKJoaLvFEM1xXDUX6jX+aOfqm745e8ZvOzeutTVx9oPz+c8hSk&#10;c2pdDMeYGM6SnBjuCYnhtk0MRwmNYrjs+/aPTX1vM0trYrgcxHBprCmGAwAAoGhiuMgTw1ERYjhL&#10;YbV6+13hlKcgKcdwnf7aPTeJ4TaJ4SzJieGe0CiGWxbDTSaGo4TEcGab+7nRJ+uHlwYXSQyXxpqj&#10;GK4rhgMAAKBAi7fd/01iuIgTw1ERYjhLZbVG6x+E054CJB3D9dbuuel9YrgNYjhLcmK4JySG27Zx&#10;DPewGI5SEcOZbU4Ml4MYLo01xXAAAAAUbfG21W/KfkgVw8WaGI6KEMNZMqu3/+Cq577s2eHUZ8ZS&#10;j+GO9tZvCIcieWI4S3JiuCckhts2MRwlJIYz25wYLocXdE8/rdldFcPN+ZpiOAAAAIomhos8MRwV&#10;UdvXunKh0b5vxy95zeZytXr7LeHUZ8aO9ob/VAzHiBjOkpwY7gmJ4batt/auV/TX6uHQQCmI4cw2&#10;J4bLQQyXxppiOAAAAIomhos8MRwV4ZPhLKXV6u1Hs/3v4fRnhtKO4YZiuG1CDHdu2mvUbG4nhntC&#10;kxhuXQw3mhiOEhLDmW1ODJeDGC6NNcVwAAAAFE0MF3liOCpCDGeprdZovy2c/syQGE4Mt2GhfuSH&#10;s9eiGM7SmhjuCYnhtk0MRwlde+23frEYzmw8MVwOYrhk9qgYDgAAgEKJ4SJPDEdFiOEsxe1ptNrh&#10;JcCMiOHEcBvEcJbkxHBPSAy3bWI4SkgMZ7Y5MVwOYrhkJoYDAACgWGK4yBPDURFiOEty9fbJp+xr&#10;fVF4GTADYjgx3AYxnCU5MdwTGsdwveFbpr1/JjcxHCUkhjPb2NLPLex/mRjuEonhkpkYDgAAgGIt&#10;nhDDRd7HxHBUgRjOkt3+9neGlwEzIIYTw20Qw1mSE8M9ITHctonhKCExnNnGxHB5iOGSmRgOAACA&#10;Yonhok8MRyXU9rWuXGi077vwF71mc7/7n3L48BXhpUBky2I4MVwghrMkJ4Z7Qq/onxPDbUwMRwmJ&#10;4cw21vpZMdylE8OlssGjze5pMRwAAADFEcNFnxiOSvDJcJbqao32cG+9fWN4KRCZGE4Mt0EMZ0lO&#10;DPeExHDbJoajhMRwZhsTw+UhhktlYjgAAAAKNo7huoOT039wtcswMRyVIIazlFert4+HlwKRjWK4&#10;5f5amjFcf+0DYrgtYjhLcmK4JySG27beWTEcpSOGM9uYGC4PMVwqE8MBAABQMDFc7A3EcFSCGM6S&#10;Xr11unbg5Yvh5UBEYjgx3AYxnCU5MdwTEsM9br8khqNsxHBmGxPD5SGGS2ViOAAAAAomhou9UQx3&#10;WgxH6YnhLPkdaP1AeDkQkRjuUTFcMIqCsteeGM5S2jkx3BNbfu/Za8VwmxPDUTpiOLONieHyEMOl&#10;MjEcAAAABRPDRV5XDEc1iOEs9dXqrXue2lj6C+ElQSRiODHcBjGcJTgx3C7EcI+bGI7SEcOZbUwM&#10;l4cYLpUNHs3++k/D0w4AAACzJ4aLPDEcFVHb17pyodG+78Jf9Jolsnr7sVq9dSi8JIhkHMP1ho9O&#10;ufE/9xPDPZ4YzhKcGG4XYrjHTQxH6YjhzDYmhstjHMOdEMPN/bpiOAAAAAomhos8MRwVUfvGI3+p&#10;Vm+/Zfove80SmUghOjGcGG6DGM4SnBhuF2K4x00MR+mI4cw2JobLYxzDrQxOTP0dqs3PxHAAAAAU&#10;TQwXed3Bx25YWf174XBDaYnhzNrna4322776+S+5KrwsiEAMJ4bbIIazBCeG28Xy3WK4bRPDUTpi&#10;OLONtX52b33pa8NLg4skhktkYjgAAACKJoaLPDEcFSGGMxvvv9UabbFSRMu9dTEcY2I4S3BiuF2I&#10;4baWfb/4pRvFcJSMGM5sY2K4PMRwiUwMBwAAQNHEcJEnhqMixHBm7fPZa+DRvfWlvxNeFkQghhPD&#10;bRDDWYITw+1CDLc1MRxlJIYz25gYLo8XdD8qhkthYjgAAACKJoaLu2Z38LGDYjgqoLavdeVCo33f&#10;hb/oNUtrtXrr9eFlQQTLp9KO4ZbvXl8MhyJ5YjhLcGK4XYjhtiaGo4zEcGYbE8PlIYZLZGI4AAAA&#10;iiaGi7umGI6K8MlwZpPV6q2Vqw8s1cJLg8tMDCeG2xBiuKmvQ7M5nRhuF2K4rU1iuIfEcJTKJIZb&#10;+pdT3tvMEpsYLo9v+veDrxHDJTAxHAAAAEVrHv/w88Vw8dYUw1ERYjizyWqN1tvd3IhnuT/8vmxi&#10;OMRwluLEcLsYx3CnxHCjdXprv3Tje8VwlIsYzmxjYrg8xHCJTAwHAABA0cRwcdcUw1ERYjizsHr7&#10;5MLzbnQDOpK0Y7ihGG4bMZwlODHcLsRwWxvFcEd7a/vDoYFSEMOZbUwMl8cLxzHcqhhu3ieGAwAA&#10;oGhiuLhriuGoCDGc2cZav1prtG8ILw0uMzGcGG6DGM4SnBhuF2K4rYnhKCMxnNnGxHB5iOGS2SPZ&#10;xHAAAAAUZxzDrYjhYq0phqMiavtaVy402vdd+Ites+T2saue+7Jnh5cGl5kYTgy3QQxnCU4Mt4tJ&#10;DLcuhssmhqOMxHBmGxPD5SGGS2ZiOAAAAIolhou75srqH4nhqAKfDGcWVm9/MPvrS8JLg8tMDCeG&#10;2yCGswQnhtuFGG5rYjjK6Nprv0sMZzbZz4jhLp0YLpmJ4QAAAChW8/iZ52c/nIrhIk0MR1WI4czC&#10;xHBRJR3DnRx+YPmkGG6DGM4SnBhuF2K4rYnhKCMxnNnmxHA5vPDNg69ZFMOlMDEcAAAAxRLDxZ0Y&#10;jqoQw5mFieGiEsOJ4TaI4SzBieF2MYrhOr3hz097/0xtYjjK6OlPv/lLxHBm44nhchDDJTMxHAAA&#10;AMUSw8XdOIY7Loaj/MRwZmFiuKgmMdxakjHccm/t/WK4LbVG63UXvP7M5nvnFupHfji8BNhBDLc1&#10;MRxlJIYz25wYLgcxXDITwwEAAFAsMVzcieGoitrzlq4Vw5llE8NFJYYTw20Qw1mCE8PtYvnuc2K4&#10;MDEcZSSGM9ucGC4HMVwqG4jhAAAAKJYYLu7EcFSFGM4sbBTDHTjy4vDS4DITw4nhNojhLMGJ4XYh&#10;httap3dWDEfpTGK4thjOTAyXixgulQ0eWTx+WgwHAABAccRwcSeGoyrEcGZhYrioxHCPiuECMZwl&#10;ODHcLsRwWxPDUUZiOLPNieFyEMOlMjEcAAAABRvFcM3uoDf9B1fLOzEcVSGGMwsTw0U1iuE6veHZ&#10;nTf+k5gY7nHEcJbgxHC7uOmu4TPFcJN1+mu/KIajbMRwZmF1MVweYrhUNnhksbv6veFpBwAAgNkT&#10;w8Vdc2XwRwePf0QMR+mJ4czCxHBRieHEcBvEcJbgxHC7EMNtTQxHGYnhzMJGMVzjyDPCS4OLJIZL&#10;ZWI4AAAACiaGi7tRDNdcWX1VONxQWmI4szAxXFRiODHcBjGcJTgx3C7EcFsTw1FGYjizMDFcLuMY&#10;rju4fdrvUG2eJoYDAACgYGK4uBPDURViOLMwMVxUYjgx3AYxnCU4MdwuxHBbE8NRRmI4szAxXC5i&#10;uFQmhgMAAKBgYri4E8NRFWI4szAxXFRiODFc8HliOEtwYrhdiOG2JoajjMRwZmFiuFzEcKlMDAcA&#10;AEDBxHBxJ4ajKsRwZmFiuKiW++tiOEbEcJbixHC7EMNtTQxHGYnhzMLEcLmI4VKZGA4AAICCieHi&#10;TgxHVYjhzMLEcFGlHsMdO7XeDIcidWI4S3FiuF2I4bYmhqOMxHBmYWK4XMRwqUwMBwAAQMHEcHEn&#10;hqMqxHBmYWK4qMRwYrhADGcpTgy3CzHc1sRwlJEYzixMDJeLGC6VieEAAAAomBgu7sRwVIUYzixM&#10;DBdV5+TwNenGcEMx3BYxnKU4MdwuxHBbE8NRRmI4szAxXC43HP/QXxTDpTAxHAAAAAUTw8WdGI6q&#10;EMOZhYnhohLDieECMZylODHcLsRwW5vEcA+J4SgVMZxZmBgulxuOnxHDJTExHAAAAAVrvlkMF3Ni&#10;OKpiEsO1fn7qL3vNUpoYLioxnBguEMNZihPD7UIMt7VRDLf8/rXnhkMDpfD0w2I4s/Hq7TvEcJdO&#10;DJfMHhbDAQAAUKiDKx95QVMMF21iOKpCDGe2uf8mhotHDCeGC8RwluLEcLsQw21NDEcZjWO4evtf&#10;TXlvM0trYrhcxHDJTAwHAABAscRwcdfsrv6hGI4qEMOZbU4MF5EYTgwXiOEswbXOLdSXxHBPYBLD&#10;rYvhsonhKCMxnFmYGC4XMVwyE8MBAABQLDFc3InhqAoxnNnmxHARieHEcMHn1RpLPzLl9Wc2x2t9&#10;Vgz3xG76gBhuY2I4ykgMZxYmhstlHMOtrIrh5n1dMRwAAAAFE8PFnRiOqhDDmW1ODBdRpy+GC4ci&#10;dWI4S3BiuN2I4bYmhqOMxHBmYWK4XMRwiUwMBwAAQNHEcHEnhqMqxHBmmxPDRTSO4fpracZw/bW7&#10;xXCbxHCW4MRwuxnHcCeHb53y3pncxHCUkRjOLEwMl4sYLpGJ4QAAACiaGC7uxHBUhRjObHNiuIjE&#10;cGK4QAxnCU4Mtxsx3NbEcJSRGM4sTAyXixgukYnhAAAAKJoYLu7EcFSFGM5sc2K4iMRwYrhADGcJ&#10;Tgy3GzHc1jon135x+S4xHOUihjMLE8PlIoZLZGI4AAAAiiaGizsxHFUhhjPbnBguopRjuOxx333T&#10;qUfFcBNiOEtwYrjdvPID556ZfY8Qw2UTw1FGYjizMDFcLmK4RCaGAwAAoGgHV868oNk9I4aLNDEc&#10;VSGGM9ucGC6icQzXGw6n3fyf93V6YrhtxHCW4MRwuxHDbVtv7U4xHGXztINLf04MZ5at3r7j6ucd&#10;fXp4aXCRxHBprNkdPNw88cD3hKcdAAAAZk8MF3diOKpCDGe2uf+2sF8MF0vyMdz7xHCBGM4SnBhu&#10;N8d6w68Xw4WJ4SghMZxZmBguFzFcGmuOY7iBGA4AAIDiiOHibhTDLZ544O+Gww2lJYYz25wYLiIx&#10;nBhu4tbPrzXaYjhLbGK43Yjhtk0MRwmJ4czCxHC5jGO47uDN036HavOzphgOAACAok1iuEF/2g+u&#10;ln/Zsf3DxRMDMRylJ4Yz25wYLiIxnBhuQgxnKU4Mtxsx3LaJ4SghMZxZmBguFzFcGmuK4QAAACia&#10;GC7usmMrhqMSxHBmG2v9t4X9LxfDRSKGE8NNiOEsxYnhdjOK4ZbFcJOJ4SghMZxZmBguFzFcGmuK&#10;4QAAACiaGC7usmMrhqMS9hx42TPFcGajieFi6vTXk47hssd/MByKxInhLMWJ4XYjhts2MRwlJIYz&#10;CxPD5SKGS2NNMRwAAABFE8PFXXZsxXBUghjObGOjGG7p28JLg8tMDCeGmxDDWYoTw+1GDLdtYjhK&#10;SAxnFlZfuuPq571MDHeJxHBprCmGAwAAoGhiuLjLjq0YjkoQw5ltTAwXkxhODDchhrMUJ4bbjRhu&#10;28RwlJAYzixMDJfLDT8rhkthTTEcAAAARRPDxV12bP9wsSuGo/zEcGYbE8PFlHYMNxTDbRLDWYoT&#10;w+1GDLdtYjhKSAxnFlZvvVkMd+maJ37n6WK4+V9TDAcAAEDRxjHcihgu1rIf/sVwVIIYzmxjYriY&#10;jvaG3y+GQwxnaU4Mtxsx3LaJ4SghMZxZmBguFzFcGmuK4QAAACiaGC7ush/+xXBUghjObGNiuJiW&#10;e8PvzyaGS944hvtn01+DZvO6UQzX+qHwImAHMdy2jWO4h8RwlIoYzixMDJeLGC6NNVdWH2oeF8MB&#10;AABQIDFc9P2BGI4qEMOZbUwMF5MYTgw3IYazFCeG240Ybtt6a3e+4tTac8KhgVIQw5mFieFyEcOl&#10;MTEcAAAAhRPDRZ8YjkoQw5ltTAwXkxhODDchhrMUJ4bbjRhu28RwlJAYzixMDJdL88QDYrgEJoYD&#10;AACgcNff9pHrxXBRJ4ajEsRwZhsTw8UkhhPDTYjhLMWJ4XYjhts2MRwlJIYzCxPD5SKGS2NiOAAA&#10;AAonhos+MRyVIIYz25gYLqakY7j+2ikx3AYxnKU4MdxuJjHcuhhuNDEcJSSGMwsTw+UihktjYjgA&#10;AAAKJ4aLPjEclSCGM9uYGC6mSQy3JoZLnhjOUpwYbjdiuG0Tw1FCkxiu9a+nv7+ZJTQxXC6TGO6M&#10;GG7OJ4YDAACgcGK46BPDUQliOLONieFiEsOJ4SbEcJbixHC7GcdwveHbpr1/JjcxHCUkhjMLE8Pl&#10;IoZLY2I4AAAACieGiz4xHJUghjPbmBguJjGcGG5CDGcpTgy3GzHctonhKCExnFlYvfXma65r/cXw&#10;0uAiieHSmBgOAACAwonhok8MRyVMYrilt079Za9ZUhPDxTSJ4YZrU2/+z/kmMdwjYrgxMZylODHc&#10;bsRw2yaGo4TEcGZhYrhcxHBpTAwHAABA4cRw0SeGoxLEcGYba/1XMVw8Yjgx3ETrC8Rwlt7EcLs5&#10;1jsnhtuYGI4SEsOZhYnhchHDpbFxDLdy5p+Epx0AAABmTwwXfX+wuHLmO8PhhtLac+CmZ9bqbTGc&#10;mRguKjGcGG5CDGcpTgy3GzHctvXOiuEoHTGcWZgYLhcxXBoTwwEAAFA4MVz0ieGoBDGc2cbEcDEt&#10;nxLDhUORODGcpTgx3G467xk+Sww3WefU2jtvFMNRMmI4szAxXC6jGK55fHDHlN+f2hxNDAcAAEDh&#10;xHDRJ4ajEsRwZhsTw8U0juH6YrjktcRwluLEcLvpnBLDbUwMRxmJ4czCxHC5iOHSWHNl8FA2MRwA&#10;AADFOXTbR65fFMPFW1cMRzWI4cw2JoaLKfUYbvn969eHQ5E2MZwlOTHcbsRwWxPDUUbXXPeiLxXD&#10;mWUTw+UihktjYjgAAAAKN47huqdPTfvB1S7DxHBUhBjObGNiuJiWT62L4RDDWaITw+1GDLc1MRxl&#10;JIYzCxPD5SKGS2NiOAAAAAp36LYHrl/srorhYq07+IPFlYEYjtITw5ltTAwXkxhODDcmhrMkJ4bb&#10;jRhua2I4ykgMZ7a528Vwl04Ml8aaXTEcAAAABTt0uxgu6sRwVIQYzmxjYriYko7hemunlk+K4cbE&#10;cJbkxHC7EcNtLft+8c4b3yuGo1zEcGabE8PlMI7hVsRw876mGA4AAICiieEiTwxHRYjhzDYmhoup&#10;0xv+QLox3FAMt2EUw9VbPzr9NWg2t/uMGO6JjWO4vhhuNDEcZSSGM9ucGC6H6990/zPEcPO/phgO&#10;AACAoonhIk8MR0WI4cw2JoaLSQwnhhsTw1maE8PtQgy3NTEcZSSGM9vc7dfsE8NdKjFcGmuK4QAA&#10;ACiaGC7yxHBUhBjObGNiuJjEcGK4MTGcpTkx3C7EcFsTw1FGYjizzYnhchDDpbFmd/XTYjgAAAAK&#10;JYaLvo+K4agCMZzZxsRwMYnhxHBjYjhLc2K4XYjhtiaGo4zEcGabE8PlIIZLY2I4AAAACieGiz4x&#10;HJUghjPbmBguJjGcGG5MDGdpTgy3CzHc1kYxXKc/3BcODZSCGM5sc2K4HMRwaUwMBwAAQOHEcNEn&#10;hqMS9tSPfL0Yzmw0MVxMYjgx3JgYztKcGG4XYritieEoIzGc2ebEcDmI4dKYGA4AAIDCieGiTwxH&#10;JYjhzDbW+q976+2/HV4aXGYpx3DZ+mK4QAxnaU4Mtwsx3NbEcJSRGM5sc2K4HMRwaUwMBwAAQOHE&#10;cNEnhqMSxHBmGxPDxTSJ4dbEcKkTw1mKq4vhdiOG25oYjjISw5lt7vavfs6RrwkvDS6SGC6NieEA&#10;AAAo3A3d0wfFcFEnhqMSxHBmGxPDxSSGE8ONHT58hRjOkpsYbleTGG5dDJdNDEcZieHMNieGy+H6&#10;Nz0ohktgYjgAAAAKJ4aLPjEclSCGM9uYGC6mUQyXbX3azf8E1l8++YgYbkQMZylODLerUQyXfX94&#10;+5T3zuQmhqOMxHBmmxPD5SCGS2NiOAAAAAonhos+MRyVIIYz25gYLiYxnBhuTAxnKU4Mtysx3NbE&#10;cJSRGM5sc2K4HCYx3Bkx3JxPDAcAAEDhxHDR99HF28RwlJ8YzmxjYriYxHBiuDExnKU4MdyuxHBb&#10;E8NRRpMYbunfTH1/M0trYrgcxHBpbBTDLZ44893haQcAAIDZE8NF30dv6J75O+FwQ2mJ4cw2JoaL&#10;SQwnhhsTw1mKE8PtSgy3NTEcZSSGM9ucGC6H6+8Qw6UwMRwAAACFE8NFnxiOShDDmW1MDBeTGE4M&#10;NyaGsxQnhttV59Q5Mdzm1t8hhqNsxHBmmxPD5TCO4bqDn5ny+1Obo4nhAAAAKJwYLvrEcFSCGM5s&#10;Y2K4mMRwYrgxMZylODHcrsRw2zcUw1E6YjizzYnhchDDpbFxDNcVwwEAAFAgMVz0ieGoBDGc2cbE&#10;cDGlHsO94u71F4RDkTYxnKU4Mdyubnrf8NliuI2J4SgfMZzZ5sRwOYjh0pgYDgAAgMKJ4aJPDEcl&#10;iOHMNiaGi6nTWxfDIYazNCeG25UYbvvEcJSPGM5sslqjfeKrxHCXTAyXxsRwAAAAFG4cw50Qw0Wc&#10;GI5KEMOZbUwMF5MYTgw3No7hlv759Neg2ZxuFMM12q8NrwJ2EMNtnxiO8rnmuleJ4cyyieHyEcOl&#10;sew5/vRidyCGAwAAoDhiuOgTw1EJ4xiu0X7btF/2mqU1MVxMnZPDHxTDIYazJCeG25UYbvvEcJSP&#10;GM5sMjFcPmK4NJY9x2I4AAAAijWO4VZO3z3tB1e7HBt8NDvGYjhKTwxntrnfEMPFk3YMd1YMt0EM&#10;ZylODLcrMdz2ieEon7315S/L3sfEcJb8xHD5iOHSWPYci+EAAAAolhgu9sRwVIMYzmxzYriIOv3h&#10;D2YTw6VODGcpTgy3KzHc9onhKB8xnNlkYrh8XtD98Nc2xXBzv+w5FsMBAABQLDFc9P2+GI4qEMOZ&#10;bU4MF5EYTgw3JoazFCeG25UYbvvEcJSPGM5sMjFcPmK4ZPYpMRwAAACFEsNFnxiOShDDmW1ODBeR&#10;GE4MNyaGsxQnhtuVGG77xHCUjxjObDIxXD5iuGQmhgMAAKBYN3QfPJj9gCqGi7TmyurvHxTDUQFi&#10;OLPNieEiSjmG6/TP9m8Sw02I4SzFieF2ddPdYritieEoHzGc2WRiuHzEcMlMDAcAAECxxHBxJ4aj&#10;KsRwZpsTw0WUdAx3aq0nhgsO33pFrd4Ww1laE8PtSgy3fcN3HPvA8BvCoYFSEMOZTTaK4Z66v/O0&#10;8NLgIonhkpkYDgAAgGKJ4eJODEdViOHMNieGiyjpGK631rvpLjHc2HWv+kIxnCU3MdyuxHDbJ4aj&#10;fMRwZpOJ4fIRwyUzMRwAAADFEsPFXbMrhqMaxHBmmxPDRTSJ4dbEcKkTw1mKE8PtSgy3fWI4ykcM&#10;ZzaZGC4fMVwyE8MBAABQLDFc3InhqAoxnNnmxHARieHEcGNiOEtxYrhdieG2rTd8x7GTYjjKRQxn&#10;NpkYLh8xXDITwwEAAFAsMVzcieGoCjGc2ebEcBGNY7je8LELbvwnsEkM94gYbkQMZylODLercQx3&#10;Sgw3nhiOEhLDmU0mhstHDJfMxHAAAAAUa/G2QTP7AVUMF2liOKpCDGe2OTFcRGI4MdyYGM5SnBhu&#10;VzePY7h1MdxoYjhKSAxnNpkYLp8XiuFSmRgOAACAYonh4m4UwzVPnPmOcLihtMRwZpsTw0UkhhPD&#10;jYnhLMWJ4XY1juH6w1+Y9v6Z3MRwlNA4hjsghjOrNZZOPHX/S8Vwl+iF3d/92uYJMdzcr7v6qcWV&#10;M/84PO0AAAAwe2K4uBPDURViOLPNieEiEsOJ4cbEcJbixHC7EsNtmxiOEhLDmU0mhstnFMMtiuHm&#10;f2I4AAAAiiaGizsxHFVx1f6lZ4nhzMYTw0UkhhPDjYnhLMWJ4XYlhts2MRwlJIYzm0wMl884hltZ&#10;/dmdvz+1OZsYDgAAgKKJ4eJODEdViOHMNvcbe+tHXhReGlxmqcdwnf7688OhSNskhvsXU15/ZvO7&#10;evux7K9iuCcghts2MRwlJIYzm6zWaK2I4S6dGC6RieEAAAAomhgu7sRwVIUYzmxzYriIjvWHP7gs&#10;hkMMZylODLerm+8+/+xlMVzY8BfEcJTNOIZrtH/8ce9rZglODJePGC6RieEAAAAo2uIJMVzMieGo&#10;CjGc2ebEcBEd66+L4RDDWZoTw+1qFH+J4TYmhqN8xHBmk4nh8hHDJTIxHAAAAEVbFMNFnRiOqhDD&#10;mW1ODBeRGE4MNyaGsxQnhtuVGG77xHCUjxjObDIxXD5iuEQmhgMAAKBoi2K4qBPDURViOLPNieEi&#10;Wj45fK0YDjGcJTkx3K7EcNsnhqN8xHBmk4nh8hHDJTIxHAAAAEVbFMNFnRiOqhDDmW1ODBdR2jHc&#10;WTHcBjGcpTgx3K7EcNsnhqN8xHBmk4nh8hHDJTIxHAAAAEVbFMNFnRiOqhDDmW1ODBeRGE4MNyaG&#10;sxQnhtuVGG77xHCUjxjObDIxXD6H3viRr1sUw83/uoNPLa6cFsMBAABQnMUTg2azO3j/1B9cLfea&#10;K6u/J4ajCsRwZpsTw0UkhhPDjY1iuIYYzhKbGG5XYrjtE8NRPmI4s8nEcPmI4VLZ4JNiOAAAAAq1&#10;KIaLuubK4PeaJ06L4Sg9MZzZ5sRwEYnhxHBj+1pfJIaz5CaG25UYbvvEcJSPGM5ssnEM11j6C+Gl&#10;wUUSw6UyMRwAAAAFWxTDRd04hjsuhqP8xHBmmxPDRZRyDJftpBguEMNZihPD7UoMt31iOMpHDGc2&#10;mRguHzFcKhPDAQAAULBFMVzUieGoCjGc2ebEcBGJ4cRwY2I4S3FiuF2J4bZPDEf51Pa1rszew8Rw&#10;lvzEcPmI4VKZGA4AAICCLYrhok4MR1WI4cw2J4aLaBLDrYnhUieGsxQnhtuVGG77hr9w893DZ4dD&#10;A6UghjObTAyXz6HbxXBpTAwHAABAwRbFcFEnhqMqJjFc6+3TftlrltjEcBGJ4cRwY2I4S3FiuF2J&#10;4bZPDEf5iOHMJhPD5SOGS2WDTy4eF8MBAABQoEUxXNSJ4agKMZzZ5n5dDBfP8qnha5f7w89ceOM/&#10;iYnhNojhLMWJ4XYlhts+MRzlI4Yzm0wMl48YLpWJ4QAAACjYohgu6sRwVIUYziysLoaLSQz3iBgu&#10;s29f64v2iuEstYnhdiWG2z4xHOUjhjObTAyXjxgulYnhAAAAKNjiiQebze6qGC7SxHBUhRjOLEwM&#10;F5UYTgw3IoazJCeG25UYbvvEcJSPGM5sslpdDJeHGC6VieEAAAAomBgu7sYx3Mrqt4fDDaUlhjML&#10;E8NFJYYTw42I4SzJieF2NYnh1sVw44nhKB8xnNlkYrh8xHCpbPDJG7qrt4SnHQAAAGZPDBd3Yjiq&#10;QgxnFiaGi0oMJ4YbGcVwC43Wj019DZrN68Yx3JEfDC8DdhjHcL3hO6a8dya3Tn/4CzeJ4SgZMZzZ&#10;ZLV6uyuGu3RiuFQmhgMAAKBgzeODRTFcvInhqAoxnFmYGC6qpGO43trJY731bwqHImliOEtyYrhd&#10;ieG2JoajjMRwZpOJ4fIZx3Dd0z837XeoNk8TwwEAAFCwcQy3IoaLNTEcVSGGMwsTw0UlhhPDjYjh&#10;LMmJ4XZ17ANiuI2J4SgjMZzZZGK4fMRwqUwMBwAAQMHEcHEnhqMqxHBmYWK4qMRwYrgRMZwlOTHc&#10;rsRwW+ucWn+7GI6yEcOZTSaGy+fQ7b8nhktiYjgAAAAKJoaLOzEcVSGGMwsTw0W1fGpdDIcYztKc&#10;GG5XYritieEoIzGc2WRiuHwmMdyqGG7uJ4YDAACgYGK4uBPDURViOLMwMVxUnd7wh8RwiOEsyYnh&#10;dtXpD/eJ4SbLvle+/ab3ieEoFzGc2WRiuHzEcKlMDAcAAEDBxHBxJ4ajKsRwZmFiuKjSjuHOiuEC&#10;MZwlOTHcrsRwWxPDUUZiOLPJxHD5iOHSWHNl8MmDYjgAAACKJIaLu2ZXDEc1iOHMwuqtX99bf7kY&#10;LhIxnBhuRAxnSU4Mt6txDNcXw40mhqOMRjFc9vPiv536/maW0MRw+Yjh0pgYDgAAgMKJ4SKvu/q7&#10;Yjiq4KrnvuzZYjizbGK4qMRwYriRa6/91i8Ww1lyE8PtSgy3NTEcZSSGM5tMDJePGC6NNVdWPyGG&#10;AwAAoFBiuMgTw1ERYjizMDFcVGI4MdyIGM6SnBhuV2K4rYnhKCMxnNlkoxjuqufd+NXhpcFFWrzt&#10;9F8Sw83/xHAAAAAUTgwXeWI4KkIMZxY2iuEaS38rvDS4zMRwYrgRMZwlOTHcrsRwWxPDUUZiOLPJ&#10;xHD5iOHSmBgOAACAwonhIk8MR0WI4czCxHBRJR3D9dfuEsNNiOEsyYnhdiWG25oYjjISw5lNJobL&#10;ZxzDrYjh5n3N7uATB7unxXAAAAAUZxzDdQcfmPaDq12GdQe/21w5LYaj9MRwZmFiuKjEcGK4ETGc&#10;JTkx3K7EcFsTw1FGYjizycRw+Yjh0lhTDAcAAEDRxHCRJ4ajIsRwZmFiuKgmMdyaGC5xYjhLcmK4&#10;XYnhtiaGo4zEcGaTieHyEcOlsaYYDgAAgKKJ4SJPDEdFiOHMJqvVW7++RwwXzSiGy/bZ7Tf9E5oY&#10;LhDDWZITw+1KDLe1UQzXOXXuWeHQQCmI4cwmE8PlI4ZLY00xHAAAAEUTw0WeGI6KEMOZTSaGi0sM&#10;J4YbEcNZkqu3HltoLInhnoAYbmuTGG4ohqNUxHBmk4nh8hHDpbGmGA4AAICiieEiTwxHRYjhzCYT&#10;w8UlhntEDJeZxHBL/3Laa9BsbldvrYvhnpgYbmtiOMroqmd925eL4czEcHmJ4dJYUwwHAABA0cRw&#10;kdcd/O7iidVXhsMNpSWGM5tMDBeXGE4MNyKGsyQnhtuVGG5rYjjKSAxnNlmt3j4uhrt0Yrg01hTD&#10;AQAAUDQxXOSJ4agIMZzZZGK4uMRwYrgRMZwlOTHcrsRwWxPDUUZiOLPJxHD5iOHSWLM7+ETzxOo/&#10;Ck87AAAAzJ4YLvLEcFSEGM5sMjFcXGI4MdyIGM6SnBhuV2K4rYnhKCMxnNlkYrh8RjFcszt4y9Tf&#10;odrcLHuOxXAAAAAUq/lmMVzUieGoCDGc2WRiuLhSj+Fufv/6deFQJE0MZ0lODLerUQzX6a29c8p7&#10;Z3ITw1FGYjizycRw+Yjh0lj2HIvhAAAAKJYYLvLEcFSEGM5sMjFcXGI4MdyIGM6SnBhuV2K4rYnh&#10;KCMxnNlkYrh8xHBpLHuOxXAAAAAU6+DKh2/IfkAVw8XaKIbriuEov0kMt/QL037Za5bSxHBxdU6t&#10;/1CnL4ZLnRjOkpwYbldiuK2J4SgjMZzZZGK4fMRwaSx7jsVwAAAAFOvgyuoNze6qGC7WxHBUxFXP&#10;venZtUZbDGfJr1Zv/RcxXDyd/vCHxXBce+13fXH2ehPDWVoTw+1KDLd9628Tw1E2YjizycRw+Yjh&#10;0lj2HIvhAAAAKJYYLvLEcFSEGM5sMjFcXCnHcJ3+2l1HxXBjYjhLcmK4XYnhtk8MR/mI4cwmE8Pl&#10;I4ZLY9lzLIYDAACgWGK4yBPDURFiOLPJxHBxpR3DnRXDBU9/+s1fkr3exHCW1sRwu7rxvWvPEcNt&#10;bCiGo3TEcGaTieHyWbzt98RwCSx7jsVwAAAAFEsMF3liOCpCDGc2mRgurqRjuJNn7zp6Ugw3Ioaz&#10;JCeG25UYbvvEcJSPGM5sslEMt+cbO9eElwYXafFnRjHcqhhuztcUwwEAAFA0MVz0PSiGowrEcGaT&#10;ieHiEsOJ4UbEcJbkxHC7EsNtnxiO8hHDmU0mhstHDJfGmiur/6t5XAwHAABAgcRw0SeGoxLEcGaT&#10;ieHiEsOJ4UbEcJbkxHC7EsNtnxiO8hHDmU0mhsvn4MrgWjHc/E8MBwAAQOHEcNEnhqMSxHBmk4nh&#10;4ko6huutvU8MNyGGsyQnhtuVGG77xHCUzySGW/q/pr6/mSU0MVw+Yrg0JoYDAACgcGK46BPDUQli&#10;OLPJxHBxieHEcCNiOEtyYrhd3XhKDLc1MRzlI4Yzm0wMl48YLo2J4QAAACicGC76xHBUghjObDIx&#10;XFxiODHciBjOkpwYbldiuO0Tw1E+YjizyWr1peN7vvGlYrhLJIZLY2I4AAAACieGiz4xHJUghjOb&#10;TAwX1ySGWxPDJU4MZ0lODLcrMdz2ieEoHzGc2WRiuHzEcGlMDAcAAEDhJjHc4J5pP7jaZZkYjkoQ&#10;w5lNJoaLaxzD9YbnLrzxP/8Tw20Zx3D19r+a9ho0m9uNYrgDrR8ILwN2EMNtW2/4ts57xHCUixjO&#10;bDIxXD5iuDTWXBn8r+bx02I4AAAAiiOGi73Bg4vdj4jhKD0xnNlkYri4xHBiuBExnCU5MdyuxHDb&#10;1hu+7Vjv3NeHQwOlIIYzmyz7efE2MdylE8OlMTEcAAAAhRPDxZ4Yjmp46nOOfIMYzkwMF9ux/vCH&#10;l5OO4R4Rw2WeflgMZwlODLerV4xiuFNiuPHGMdxQDEepiOHMJhPD5SOGS2NiOAAAAAonhou9wYM3&#10;rKzeHA43lJYYzmwyMVxcYjgx3IgYzpKcGG5XYrhtE8NRQlc96zvEcGbZxHD5iOHSmBgOAACAwonh&#10;Iq8rhqMarn7OkW9YEMOZTWK4A+2/GV4aXGZiODHciBjOkpwYbldiuG0Tw1FCkxiuLYaz5CeGy0cM&#10;l8bGMdzK6v8ZnnYAAACYvXEMtyKGizYxHBUhhjObTAwXV+oxXOfU2jeGQ5E0MZwlOTHcrsRw2yaG&#10;o4TEcGaTieHyGcdwxwc/P/V3qDY3E8MBAABQODFc5InhqAgxnNlkYri4xHBiuBExnCU5MdyuRjHc&#10;MTHcZGI4SkgMZzaZGC4fMVwaE8MBAABQODFc5InhqAgxnNlkYri4xHBiuBExnCU5MdyuRjHccm/t&#10;zmnvn8lNDEcJPfXazp8Xw5mJ4fISw6UxMRwAAACFO7SyesOiGC7exHBUxNXPE8OZjSaGi+tYf10M&#10;x1OednDpz4nhLLmJ4XYlhts2MRwl9NQXiOHMRhPD5SOGS2NiOAAAAAonhos8MRwVIYYzm0wMF9fy&#10;yeGtYjjEcJbkxHC7EsNtmxiOEhLDmU0mhstnHMOtiOHmfc2uGA4AAICCieEiTwxHRYjhzCYTw8Ul&#10;hhPDjYjhLMmJ4XYlhtu+9beK4SgbMZzZZKMYrvb81tXhpcFFEsOlsaYYDgAAgKLdcPzDh8RwESeG&#10;oyLEcGaTieHiSjuGOyuGC8RwluTEcLsSw22fGI7yEcOZTTaO4faJ4S6VGC6NNcVwAAAAFE0MF30P&#10;iOGoAjGc2WRiuLjEcGK4ETGcJTkx3K7EcNsnhqN8xHBmk4nh8hHDpbGmGA4AAICiieGiTwxHJYjh&#10;zCYTw8UlhhPDjYjhLMmJ4Xa1fNfac8VwGxuK4SgdMZzZZGK4fMRwiay7+mdiOAAAAAolhos+MRyV&#10;IIYzm0wMF9dyf3hrtiRjuGzvFcNNiOEsyY1iuP3cYlcPAAD/9ElEQVRiuCcihts+MRzlI4Yzm0wM&#10;l48YLpGJ4QAAACjaDcfPHMp+SBXDxZsYjkoQw5lNJoaLSwwnhhsRw1mSE8PtSgy3fWI4ykcMZzaZ&#10;GC6f69+0+szmyqoYbt4nhgMAAKBoYrjoE8NRCeMYrt5+x7Rf9pqlNDFcXGI4MdyIGM6SnBhuV2K4&#10;7RPDUT5iOLPJxHD5iOESmRgOAACAoonhok8MRyWI4cwmq9Xb/1kMF48YTgw3MonhWv962mvQbI63&#10;JoZ7YmK47RPDUT5iOLPJxHD5iOESmRgOAACAoonhok8MRyWI4cwmE8PFNYnhpt34T2JiuEAMZ4lO&#10;DLcLMdz2ieEoHzGc2WRiuHzEcIlMDAcAAEDRxHDRJ4ajEsRwZpOJ4eJKOobrrb238z4x3IgYzhKd&#10;GG4XYrjtE8NRPuMYrt7+iSnvbWZJrdZov0kMd+nEcIlMDAcAAEDRxHDR98ANt4nhKD8xnNlkYri4&#10;xHAPi+EyYjhLdGK4XYjhtk8MR/mI4cwmE8PlI4ZLZGI4AAAAiiaGi7vsB/8HDnYfeEU43FBaYjiz&#10;ycRwcYnhxHAjYjhLdGK4XYjhtm/41ld+4Nwzw6GBUhDDmU0mhstHDJfIxHAAAAAUbRzDdQe/PPUH&#10;V8u95srggYPdgRiO0hPDmU0mhotLDCeGGxHDWaITw+1CDLe1Tn/41pvEcJSMGM5sMjFcPmK4RNYd&#10;/Flz5SNiOAAAAIpzw+1iuJgTw1EVYjizycRwcaUewx3rrz0vHIqkieEs0YnhdiGG29okhhuK4SgV&#10;MZzZZGK4fMRwiaw7+LPFE4PvCk87AAAAzJ4YLu7EcFSFGM5sMjFcXGI4MdyIGM4SnRhuF2K4rYnh&#10;KCMxnNlkYrh8xjFcd/DWab9DtTmaGA4AAICiieHiTgxHVYjhzCYTw8UlhhPDjVxz3Yu+VAxnCU4M&#10;t4vl94vhNiaGo4zEcGaTieHyuf7NYrgkNorhumI4AAAACiSGizsxHFUhhjObTAwXlxhODDcihrMU&#10;V2u01/aI4Z6QGG5rYjjKSAxnNpkYLh8xXCITwwEAAFA0MVzcieGoCjGc2WRiuLiO9ob/ZOdN/2Qm&#10;htskhrMUJ4bb3SiG65w8+4tT3z8TmxiOMhLDmU02iuEWnnvj3vDS4CKJ4RKZGA4AAICiieHiTgxH&#10;VYjhzCYTw8V1tLd2dLm39kc7b/wnMTHcJjGcpTgx3O4mMdyaGC5b5+TwrTfdJYajXMRwZpOJ4fIR&#10;wyUyMRwAAABFE8PFnRiOqrj6wNI+MZyZGC62oyfP/pXl3vC/7rzxn8TEcJvEcJbixHC7E8NtTQxH&#10;GYnhzCYTw+UjhktkYjgAAACKJoaLOzEcVSGGM5tMDBfX4XvPX9HpD397543/RHb/zScfvjociqSJ&#10;4SzFieF2N47h+mK40Tq99Z8Xw1E2X3Vd6yvEcGZiuLzEcIlMDAcAAEDRxHBx11xZPSOGowrEcGaT&#10;TWK4I38jvDSIoNMb/qOdN/6TmE+G2ySGsxQnhtudGG5rYjjKSAxnNpkYLp+//ObVZy6K4eZ/YjgA&#10;AACKttj9yAvFcPEmhqMqxHBmk4nh4jt68tGnL/fW/r9pAcBcTwy3SQxnKU4Mtzsx3NbEcJSRGM5s&#10;MjFcPmK4ZPanYjgAAAAKJYaLOzEcVSGGM5tMDDcby/3h900LAOZ6YrhNkxhu6d9Mew2azetGMVz2&#10;Peb7w8uAHY72Htovhpus0xuK4SgdMZzZZGK4fMRwyUwMBwAAQLHEcHEnhqMqxHBmk4nhZuPwveev&#10;WO6vfXxnADDnu//mkw9fHQ5B0sRwluLEcLs72lsTw4WJ4SgjMZzZZGK4fA51/8fXi+GSmBgOAACA&#10;Yonh4q7ZFcNRDWI4s8nEcLOz3B/+7WkRwBzvPT4ZbkIMZylODLc7MdzWxHCUkRjObDIxXD5iuGQm&#10;hgMAAKBYYri4E8NRFWI4s8nEcLPVOXn2x6aFAHM6MVwghrMUJ4bbnRhua2I4ykgMZ7a5N4rhLp0Y&#10;LpmJ4QAAACiWGC7uxHBUhRjObLJxDLdfDDdLy73hvdNigDmcGC4Qw1mKE8PtTgy3NTEcZSSGM9uc&#10;GC6HQ90zX7/YXRXDzf/EcAAAABRLDBd3YjiqQgxnNpkYbvZuet+n90yLAeZw99988uGrw8NOmhjO&#10;UpwYbndiuK2J4SgjMZzZ5sRwOYjhkpkYDgAAgGKJ4eJODEdViOHMJhPDFeNY/9HD04KAOZtPhguu&#10;ue5VX5p9zxHDWVITw+1ODLc1MRxlJIYz25wYLgcxXDITwwEAAFCsxe6ZFy6unBHDRdoohmueeOBY&#10;ONxQWmI4s8nEcMXpnFprT4sC5mhiuEAMZylODLc7MdzWxHCUkRjObHNiuBzGMdwJMdzcryuGAwAA&#10;oGBiuLgTw1EVYjizycRwxVo+Ofw/p4UBczIxXLC3vvxlYjhLbWK43YnhtjaK4ZbvPndtODRQCmI4&#10;s82J4XIQwyUyMRwAAABFE8PFnRiOqhDDmU0mhitep3f2ddPigDnY/TeffPjq8DCTJoazFCeG250Y&#10;bmtiOMpoEsO1Xj/t/c0ssYnhchDDJbLu6p/esHLmH4anHeD/Z+9/4CW7C/r+P/Wbfos2CpKd2cCX&#10;CiKWNGRnNkTIntnFxZa2aFEguTO72blLqFLK1/ptY3/U0mobWtta/yAiSHJnNkRBpRoRSHbuJoBu&#10;JSq2VLFFm2RnlqjUbpVWlITcO5s2+5u5c5K5e/dk2Ls758w55/N8Ph7vx0oMu3fO2Zm5M+fFXAAA&#10;yN4khuv/UuILV7voieEoikkM1/z5hDd6zYKaGC4fllfXb0kKBAo+nwwXE8NZiBPDzSaGm24Sw62J&#10;4cgVMZzZkxPDXYSNGK7b/9mk91CtRBPDAQAAsGhiuHQXdfonoyN9MRy5J4Yzm6xSb/2GGC4f2sdO&#10;/92tgUDB96HDq4+I4UbEcBbixHCzieGmE8ORR2I4syf37tH3stX4rsE2ieECWaf/P/d2+2I4AAAA&#10;FkcMl+4iMRwFIYYzm0wMly/LvfXXbI0Eirr26vBDB8VwG8RwFuLEcLOJ4aYTw5FHYjizJyeGuwhi&#10;uEAmhgMAAGDRxHDpLhLDURBiOLPJxHD50149vWdrKFDEjWO4Q/cOd8c3K2hiOAtxYrjZxHDTieHI&#10;IzGc2ZMTw10EMVwgE8MBAACwaGK4dBeJ4SgIMZzZZGK4fGoeP3NZu7e+tjUYKNjuv+noI1fENylo&#10;GzHcbjGchTUx3GwbMVxv7QMJj53BTQxHHonhzJ6cGO4iiOECmRgOAACARRPDpbtIDEdBiOHMJhPD&#10;5Vu7NyxsKDH62j906KhPhhsTw1mIE8PNNonhivsYP8+J4cgjMZzZkxPDXQQxXCATwwEAALBoYrh0&#10;F3UHAzEcRSCGM5tMDJd/y6vrb06KB/I+MdyUGM5CnBhuNjHcdGI48kgMZ/bElt69s/ZaMdwFEsMF&#10;MjEcAAAAiyaGS3cbMdyKGI78E8OZTSaGK4ZDvdN7kwKCPE8MN7URw9VbP7z1/mdW5o2eX9bFcE9N&#10;DLdpx06/TwxH3ojhzJ6YGO5iiOECmRgOAACARRPDpTsxHEUhhjObTAxXLMur659KDAnyuftvOvrI&#10;FfGXHjQxnIU4MdxsYrhNE8ORQ2I4sycmhrsYYrhg9jkxHAAAAAslhkt3YjiKQgxnNpkYrniWV4ft&#10;c0KCHM4nw02J4SzEieFmE8NtmhiOHBLDmT0xMdzFEMMFMzEcAAAAiyWGS3diOIpCDGc2WaXeFMMV&#10;0P7jxy9d7g3vTIwKcrJ2b00MFxPDWYgTw8128MMP18Rw8cRw5NDT669+hhjObLzmT4jhLlzj3fe/&#10;UAwXxMRwAAAALFZ024PfKIZLb2I4ikIMZzbZJIa7QQxXUMu99RvavfXHEuOCBa+9OvygGG5CDGch&#10;Tgw328FVMdyTO7YuhiN3xHBmT0wMdzHEcMFMDAcAAMBiieHSnRiOohDDmU0mhiuH9urpOxIDg8Xu&#10;/puOPnJF/CUGTQxnIU4MN9vB1aEY7omJ4cghMZzZExPDXQwxXDATwwEAALBYYrh0J4ajKHbWb3iR&#10;GM5MDFcmB+559C8tr67/XGJosID5ZLgpMZyFODHcbGK4Teutv2/5w2I48kUMZ/bExHAXo3FEDBfI&#10;Prd3RQwHAADAAonh0p0YjqIQw5lNNo7hKrWlV8Z3DUrgdfecfuny6vrHE4ODDCeGmxLDWYgTw80m&#10;hts0MRw5JIYze2JiuIshhgtjUXfwuT1iOAAAABYpOiKGS3PjGK7RPbkcH27ILTGc2WRiuPIah2jL&#10;vfWHE8ODDNZeXf+kH5M6Ubmqedno/iaGs6AmhpvtdeMYblUMtzExHDkkhjOLVxPDXQwxXBgTwwEA&#10;ALBwYrh0J4ajKMRwZpOJ4cqvvbr2N9q94T2JAUKKG/2Z737d6uNfF38ZQRPDWYgTw80mhts0MRw5&#10;JIYziyeGuyiNI595YaN7UgxX8onhAAAAWDgxXLoTw1EUYjizycRw4Tj44eGL2sdOH0kMEea93vBP&#10;2731f/bGu858RfzHB00MZyFODDebGG7TeuvvE0+TN2I4s3hiuIsihgtjYjgAAAAWTgyX7sRwFIUY&#10;zmwyMVyY2r21t7Z762uJUcIc1l4dnjrUW39V/McFTwxnIU4MN5sYbtPEcOSQGM4snhjuoojhwtg4&#10;hos6J/9efNoBAAAge2K4dCeGoyjEcGaTieHCtnz0i9ct94ZvX+6t/4/EQOGCtv5fRr/fP7np2Jnn&#10;xX9M8MRwFuLEcLONY7jRY6YYbjwxHDkkhjOLV2v+xBW7lyrxXYNt2ojhOv33J72HauWZGA4AAICF&#10;E8OlOzEcRSGGM5tMDMcTlu9Ze8Hy6unu8urwc+eECue5dm/YH3/q3E0fPPOM+LdlRAxnIU4MN5sY&#10;btPEcOSUGM5sY3desn//pfHdgm0Sw4UxMRwAAAALJ4ZLd2I4ikIMZzaZGI6n0l794p6NH6e6uv7J&#10;8Y89fYqA4bF2b/jQ6P9/bLm39l3joC7+r7OJGM5CnBhuNjHcpm3EcGtiOPLmz1XrzX+T9PhmFtR8&#10;MtxFEcOFMTEcAAAACxcd+cw3Rp3BLye9cLWLX9TpDxrdE2I4ck8MZzaZGI7tOnBs7XnjUO7Q0eHu&#10;m44+ckX8j5lBDGchTgw3mxhu08Rw5FS1fuB7kx7fzIKaGO6iiOHCmBgOAACAhRPDpbtIDEdBiOHM&#10;JhPDQfrGMdzovvYjSfdBs7JODDebGG7TxHDk1Oix7ObR49gXtz6+mQU1MdxFEcOFsajb/1zU6Yvh&#10;AAAAWBwxXLobvfAXw1EIYjizycRwkD4xnIW4SQx34C3x3YAtNmK43tovnhWFhToxHDlVrTf/TqXW&#10;+uOkxzizYCaGuyhiuDAmhgMAAGDhxHAprzPoi+EoAjGc2WRiOEifGM5CnBhuNjHcponhyKlKrblv&#10;9Py9lvQYZxbQ7rxk//5L47sF2ySGC2NiOAAAABZODJfyxHAUhBjObDIxHKRPDGchTgw32ySGG4rh&#10;xhPDkVM760svrdRa/yHpMc4smPlkuIsihgtjYjgAAAAWTgyX8sRwFMTO+sEXVWutOxPf7DULaGI4&#10;SJ8YzkKcGG42MdzmnX6vGI48euZL2181ejx779bHN7OgJoa7KGK4MBZ1B38cieEAAABYJDFcyhPD&#10;URBiOLPJKvXmJ8RwkC4xnIU4MdxsYrjNE8ORX9VdzX+a9BhnFszEcBdlI4briuHKvqgjhgMAAGDB&#10;xHApTwxHQYjhzCYTw0H6xHAW4sRws4nhNk8MR36NHseur9aa/z3pcc4siInhLkq08sCVYrjyTwwH&#10;AADAwonhUp4YjoIQw5lNJoaD9InhLMSJ4WZbvvuRuhjuiYnhyK8rdi9dVak1fznpcc4siNVa7xLD&#10;XTgxXBgTwwEAALBwYriUJ4ajIMRwZpOJ4SB9YjgLcWK42cRwm7cuhiPXRq8b70h6nDMLZHdesn//&#10;pfHdgW0Sw4UxMRwAAAALt2flxH4xXIoTw1EQYjizycRwkL7LX/htXymGs9Amhptt+e6hGO7JieHI&#10;t8ruA81KrfXFpMc6s9LPJ8NdFDFcGBPDAQAAsHAbMVxXDJfaxHAUhBjObDIxHKRPDGchTgw3mxhu&#10;88Rw5Nuzrr1xx+i149Gkxzqz0k8Md1HEcGFMDAcAAMDCieFS3jiGO3KyHR9uyC0xnNlkYjhInxjO&#10;QpwYbjYx3OaJ4ci/Sq355qTHOrPSTwx3UcRwYUwMBwAAwMKJ4VKeGI6CEMOZTSaGg/SJ4SzEieFm&#10;E8NN115df+8BMRw5t2NX89rRc/mnkx7vzEo9MdxF2f+u37ks6vbvS3wP1UqzqDt4LOqcWIpPOwAA&#10;AGRPDJfyxHAUhBjObDIxHKRPDGchTgw3mxhuOjEcRVGtN3886fHOrNSrtd41/lHB8d2AbXrZbb/3&#10;rKjT/8nE91CtNPPJcAAAACycGC7lieEoCDGc2WRiOEifGM5C3Ojv/Hql1hTDPQUx3HTjGO7QR888&#10;Pz40kFujx7XdSY93ZiXfnZfs339pfDdgm65d+U9f0ej035H4HqqVZmI4AAAAFk4Ml/LGMVxHDEf+&#10;bcRwdTGcmRgO0ieGsxAnhptNDDedGI4iGT2u3Zb0mGdW2vlkuIu2p9P/l4nvoVppJoYDAABg4cRw&#10;KU8MR0GI4cwmE8NB+sRwFuLEcLMt3yOGe2JiOIqkUm/tHe2Pkh73zEo5MdxFa3QefH3ie6hWmkXd&#10;wWNR58RSfMoBAAAge2K4lCeGoyB21lpXV8VwZmI4yMAkhlt6W9J90KysGz2/rInhnpoYbjoxHEUj&#10;cLegJoa7aI3u4Fsa3f6Jc95DtdLMJ8MBAACwcGK4lCeGoyDEcGaTTWK41t+M7xpACsRwFuLEcLOJ&#10;4aZr99bfe+jomhiOwqhec7A2eow7mfTYZ1a6ieEuWrTywJWN7uCec95DtdJMDAcAAMDCieFSnhiO&#10;ghDDmU0mhoP0ieEsxInhZhPDTSeGo4iqtdYtSY99ZqWbGG4uos7gfYnvo1op5sekAgAAsHAbMVzn&#10;xPGkF642j/VPNDonxHDknhjObDIxHKRPDGchTgw320YMd0wMN54YjkLav//S0WPc55Ie/8xKtjvH&#10;f9/jv/lcoGhlcLDR7Z9Ofi/Vij6fDAcAAMDCieHSnhiOYhDDmU0mhoP0ieEsxInhZhvHcO3VtQ9u&#10;DcNCnBiOotpZWzqQ9PhnVqr5ZLi5eMlP/bfLo06/l/xeqhV9GzHckZPfGZ9uAAAAyJ4YLu2J4SgG&#10;MZzZZGI4SJ8YzkKcGG42Mdx0YjiKrFJbWkl6DDQrzcRwc7O3M7g5+b1UK/rEcAAAACycGC7tieEo&#10;BjGc2WRiOEjf5S/89q+s1FtiOAtqYrjZJjHcUAw3mhiOIvvqFx34S9Va60TS46BZKSaGm5v9dzz0&#10;tEanfyr5/VQr8qLu4LGoc2IpPtUAAACQvT0rn9kfdQZiuNQmhqMYxHBmk4nhIH1iOAtxYrjZxHDT&#10;tVdP/5QYjiIbfS/9uqTHQbNSTAw3V9FK/83J76dakbfxyXArPhkOAACABRLDpT0xHMUghjObTAwH&#10;6XvmC9pfJYaz0CaGm00MN50YjjIYPe795NbHQbNSrNZ6pxhufq7rntzZ6A5+7dz3U63IE8MBAACw&#10;cGK4tCeGoxjEcGaTieEgfc98qRjOwpsYbjYx3HRiOMqgclXzsvHjXtLjoVnBd+cl+/dfGv9VZw4a&#10;ncGbkt9TtaJODAcAAMDC7bldDJfuxHAUgxjObDIxHKRPDGchTgw3mxhuOjEcZVGtL7026fHQrNDz&#10;yXCpiLqDTyW/r2pF3Oh8PhZ1TizFpxcAAACyJ4ZLe2I4ikEMZzaZGA7SJ4azECeGm+3Q0Ud2i+Em&#10;a6+ui+EojdHj3vcnPSaaFXZiuFQ0Og++rNEdnD73fVUr4qJO/4+jlRM+GQ4AAIDFEcOlPTEcxSCG&#10;M5tMDAfpE8NZiBPDzSaGm04MR9lUa81e0uOiWSEnhktNo3PiluT3Vq146/+RGA4AAICFEsOlvE7/&#10;xN7u4FB8uCG3xHBmk4nhIH1iOAtxYrjZDh0diuHiieEomx0vbj9r9Dh4auvjolkhJ4ZLzf5bjl/a&#10;6PR/JfH9VSvYxHAAAAAs2HXd/svFcClODEdBTGK45i8kvtlrFtDEcJA+MZyFODHcbGK46cRwlNGO&#10;+tLfSnpsNCvcxHCpilYeuDLx/VUr1KLu4LGoc2IpPq0AAACQPTFcyhPDURBiOLPJKvXWr4vhIF1i&#10;OAtxYrjZxHDTieEoq2qt+c+SHh/NCrVa653Pfsnhy+O/1qRgz0r/uxLfY7UCzSfDAQAAsGBiuJQn&#10;hqMgxHBmk4nhIH1iOAtxYrjZxHDTieEos2qt9XNJj5FmhZkYLhONTv89ie+zWkEmhgMAAGDBxHAp&#10;TwxHQYjhzCYTw0H6NmK4WutHk+6DZmXdRgxXb/7j+G7AFmK46cYx3PK9j39tfGigdEbfA/yHpMdJ&#10;s0JMDJeJ/bccvzTqDn478b1WK8DEcAAAACyYGC7lieEoCDGc2WRiOEifGM5CnBhuNjHcdGI4yu5Z&#10;177qK0bfc/9R0mOlWe5XW3rns1/yGjFcBl7aOfGcxPdaLfeLuoPHos6JpfhUAgAAQPb2rzywY/Qi&#10;9f6tL1ptPhu9+H9478rJffHhhtwSw5lNJoaD9InhLMSJ4WYTw00nhiMEV+xeuirpsdIs9xPDZWpv&#10;9+RfT3q/1fI+nwwHAADAgl3XPbkz6gzel/zC1S52Uad/Yo9PhqMAxHBmk4nhIH1iOAtxYrjZxHDT&#10;ieEIxY7drW9Jerw0y/XEcJlrdPtvSHrP1fI8MRwAAAA5EHX7P5T8wtUudlF38KAYjiIQw5lNJoaD&#10;9InhLMRVamK4WcRw04nhCEllV+s7kx4zzfK75o8/+0oxXNYa3f73J73vanmdGA4AAIAcaKyc+O6o&#10;2/8/yS9e7WImhqMoxHBmk4nhIH1iOAtxYrjZxHDTTWK4NTEcwRg9Rv7w1sdMsxzvzkv27780/utL&#10;hqJu/46k914tf4u6g8eizoml+NQBAADAYjS6/QONTv+/Jb14tYtb1O0/uKd7QgxH7onhzCYTw0H6&#10;xHAW4sRws4nhphPDEaLR9wUrSY+dZvmbT4ZbpEZ3cOfW914th+v0/2j06/8bnzYAAABYjMaR+589&#10;epH6K+e8cLWL3kYMd5sYjvwTw5lNJoaD9InhLMSJ4WbbiOF6ax9KisNCmxiOUI0eJ3866fHTLF8T&#10;wy1ao9tfTXoP1nI0MRwAAAB5MXqR+g/PeeFqFz0xHEUhhjObTAwH6fvqa5tPF8NZaBPDzSaGm04M&#10;R8hGj5UfSnoMNcvPxHB5EHX7H096H9ZyMjEcAAAAedG47cTXNbr9/3jOi1e7qInhKAoxnNlkYjhI&#10;nxjOQpwYbjYx3HRiOEI3eqz8WNLjqFk+JobLi6jbvy/pvVhb/KLu4LGoc2IpPlUAAACwWFFn8H1J&#10;L2DtwieGoyiqu5Z2ieHMxrGCGA7SJoazECeGm20Sww3FcOMdO/2TYjhCN3q8/ETSY6nZ4ieGy5NG&#10;d/Dvt74XazmYT4YDAAAgT/bcNtgVdQe/c84LWLvgieEoCjGc2WQbMVz9wN+I7xpACsRwFuLEcLMd&#10;ulcM9+TEcLBh9Jj56aTHU7PFTgyXN1Gn30t6T9YWODEcAAAAeePT4ea7qDt4eO/KyX3x4YXcEsOZ&#10;TSaGg/SJ4SzEieFmE8NtWu/0Ty5/WAwHY6PHzoeSHlPNFrg7L9m//9L4ryg50egMfj7pfVlb0MRw&#10;AAAA5FGj2/+lc17E2gXNJ8NRFGI4s8nEcJA+MZyFODHcbGK4TRPDwVlGj6Gf3PqYara4+WS4vIq6&#10;/TuS3pu17Bd1B49FnRNL8akBAACAfNhzW//FUae/lvRi1rY3MRxFIYYzm0wMB+kTw1mIE8PNdnj1&#10;kWvaq2K4jYnh4BzVWuvfJz22mmU/MVyeNTonbkl6f9Yynk+GAwAAIK+izsm/d84LWdv2xjFc1Bnc&#10;GB9WyC0xnNlkYjhInxjOQpwYbjYx3Kb11sVwkKBaax1Nenw1y3ZiuLxrdAavT3qP1jJcp/8/Gt0T&#10;YjgAAADyqdEZ/EziC1o774nhKAoxnNlkYjhI3ySGa7496T5oVtaNnl8eFcM9NTHcponh4ClVa62f&#10;S3qMNctuYrgiaBzpf1PS+7SW0cRwAAAA5FnjyP3PHr2AfeicF7R23hPDURRiOLPJxHCQPjGchTgx&#10;3GyHV4fXLIvhJhPDwUyjx9Tbtz7GmmW35o8/56qlZ8Z/Hcmxl9zx0BVJ79Va+ou6g8eizoml+FQA&#10;AABA/uxdObkv6UWtnd9GL/4fHh/D+HBCbonhzCYTw0H6xHAW4sRws4nhNk0MB19Spd66Nemx1iyD&#10;3XnJ/v2Xxn8VKYBGt/8fk96ztRTnk+EAAAAogsaRkzckvrC1LzmfDEdRiOHMJhPDQfrEcBbixHCz&#10;ieE2TQwH56VSb31P0uOtWbrzyXBFFHVP3pr0vq2lNDEcAAAARRGtnPjOxBe3NnNiOIpCDGc2mRgO&#10;0ieGsxAnhptNDLdpvfWfvOnYmefFhwaYYUe92Up6zDVLb2K4omp0+n8n6b1bS2FiOAAAAIok6vbf&#10;mvgC155yUXfwgBiOIhDDmU0mhoP0ieEsxInhZhPDbZoYDrZlZ33ppUmPu2bpTAxXZNfdev/zkt6/&#10;tfku6g4eizonluLDDgAAAPkXdfrvTnqRa8mLOmI4ikEMZzaZGA7SJ4azECeGm00Mt2liONi2nbXX&#10;VkePs19Mevw1m+/EcGXQ6A7u2foers1xPhkOAACAIoo6/V9IfKFr50wMR1GI4cwmE8NB+sRwFuLE&#10;cLOJ4TZNDAcXbPRY+7tJj8Fm85sYriwa3cH3bH0f1+a0cQzXGbwpPtQAAABQHKMXtMcSX+zaWYu6&#10;g4f3rpzcFx82yK04hvtA8pu9ZuFMDAfpe3r91c8Qw1loE8PNJobbNDEcXJRqrdlLehw2m9PeIYYr&#10;j2jlgZc0uoM/2/p+rl3kxHAAAAAUWdQZdBNf8NqTizr9B6LOgz4ZjtwTw5nFq7V+TQwH6RLDWYgT&#10;w80mhtu0jRhuTQwHF2H0Pf07kx6LzeawOy/Zv//S+K8aJRF1+/clva9rF7aoO3gs6pxYig8vAAAA&#10;FM/oxe2/TnrRa5NFYjgKQgxnFk8MB6kTw1mIE8PNJobbNDEczMXocfd1SY/HZhc5nwxXUtGR/uGk&#10;93btAuaT4QAAACiD6MjgHyS+8DUxHIUhhjOLJ4aD1InhLMSJ4WbbiOF6ax8+JwwLcWI4mJudtdbV&#10;o8fg4dbHZLOLmBiuxGrv/e2/2OgO7tn6/q5tc2I4AAAAyiLqDG5MfPEb+CIxHAUhhjOLJ4aD1Inh&#10;LMSJ4WYTw22aGA7mbvT4+xtJj81mFzAxXACi7uCNSe/z2nlODAcAAECZREcGfy3xBXDAi8RwFIQY&#10;ziyeGA5SJ4azECeGm00Mt2liOEjF6LH43Vsfm80uYGK4QOy/5filjc6gn/R+r81e1B08FnVOLMWH&#10;EgAAAIrvuu6Df2X0gvdPkl4Ih7hIDEdBiOHM4onhIHViOAtxYrjZJjHcUAw32uHV03eI4SAd1V2t&#10;NyQ9RpttY+/4ml2Hvjr+K0UA9nYHNyW952sz5pPhAAAAKKuo0+8lvhgObKPjIIajEMRwZvHEcJA6&#10;MZyFODHcbGK46cRwkK6d9QPPS3qcNjvP3XnJ/v2Xxn+dCMUtt3xZ1Bm8L+m9X0uYGA4AAIAyizqD&#10;70t8QRzQonEMd2RwMD4kkFtiOLN4YjhInRjOQpwYbjYx3HRiOMhGtda8N+nx2uxLzCfDBaxx5DN/&#10;YyP0SngP2DZNDAcAAEDZRZ3BX018URzIIjEcBSGGM4tXa/5apX6DGA5SNInhln4s8T5oVtJNYrjW&#10;98R3A7YQw03XXj19xwExHGRiHCknPWabzZgYjksancEPJL0PbJNF3cFjUefEUny4AAAAoJz2/Nwf&#10;fHmjM/itpBfHZV8khqMgxHBm8cRwkDoxnIU4Mdxs7bseebEYbjIxHGRrZ33ppaPH6Ye3Pm6bPcXE&#10;cGzYv/KHOxrd/s8mvR9sg1M+GQ4AAIBgRJ1BN+HFcakXdQcP7105uS8+BJBbYjizeGI4SJ0YzkKc&#10;GG42Mdx07dV1MRwswOgx+sNJj99mWyaG4yyNI/0o6vQ/mfS+cLjrn2p0TojhAAAACMeebv+VUaf/&#10;+eQXyuXb6Lb6ZDgKQQxnFk8MB6kTw1mIE8PNJoabTgwHizN6vL556+O32ZaJ4Ui08Z53d/BY0vvD&#10;oc2PSQUAACBYUbd/a9KL5bItGsdwK2I48q969Q01MZzZaGI4SN1GDFcXw1lYE8PN1r5rKIaLJ4aD&#10;xRq/Nq7Umv8z6bHcbDQxHDM1uie+O+r015LeJw5mHZ8MBwAAQMD2rJzYH3X7/z3xRXN5dr8YjiIQ&#10;w5nFqzV/rbp76a/Hdw0gBU+v3/SMSr0lhrOgJoabTQw3nRgO8mH0uuA9SY/nFvZGz+XveLoYjvPQ&#10;WBn884T3icOYGA4AAAAuuSTq9H808YVzOSaGoxDEcGbxxHCQOjGchTgx3GztY2K4JyaGg/zYWWt9&#10;a7XWeizpcd3CnBiO7WocGbwz4f3iUs+PSQUAAIBYtHLyJaMXyoOkF9AFnxiOQhDDmcUTw0HqxHAW&#10;4sRws4nhpmv31u84dPTx58aHBsiB0WuEn096bLfwJobjQrz0HSe+KuoM/k2j03884b3j0i3q9B9o&#10;HBm8Pr75AAAAQNQ98ZakF9FFXdQdPLx35eS++OZBbonhzOKJ4SB14wuIYjgLbWK42cRw04nhIJ+q&#10;u5o3Jj2+W1gTw3Gxos6Jfxx1B3+S9D5yadbp/4c9ncFr45sMAAAAjO152x98+ehF808kvpgu3nwy&#10;HIUghjOLJ4aD1InhLMSJ4WbbiOFWxXDjieEgv567/6anjR7Tj219jLdwJoZjXsY/RjTq9NcS3ksu&#10;w+7f0+2/IL6pAAAAwGb73v3g86OV/i8mvKAu0sRwFIIYziyeGA5SJ4azECeGm00MN50YDvJv9Nr5&#10;jUmP9Vb+jb+HFcMxT41O/9WNbv+XEt5TLuyi7qATHRlcHd9EAAAAIMme7mBv1O1/IunFdQEmhqMQ&#10;xHBm8cRwkDoxnIU4MdxsYrjpxHBQEPv3X1qpNz+d9Jhvpd6d43Mf/y2AuRnHY1Fn0E14b7lQizr9&#10;U1H35FuuXflPXxHfNAAAAGCW8cfHNzr930t6oZ3jieEoBDGcWTwxHKRODGchTgw3mxhuOjEcFMuO&#10;erM1foxPeuy38s0nw5GFPZ0TN0ed/ucT3mcuwu7fu3JyX3xTAAAAgPMVdU68KuoOHk54sZ2/dfqn&#10;9nZO7Im/dMgtMZxZPDEcpE4MZyFODDebGG66SQz3qBgOCmb0GH9r0uO/lWtiOLIUrZx8SdQd/HjU&#10;7f9p4vvO+dt/aXQG/+gldzx0RXwTAAAAgO3auzL45kan/7GEF965WbTS/8Xxj3mNv2TILTGcWTwx&#10;HKRODGchTgw32ziGa/fW7kqKw0KbGA6Kq7qrtWf0mP/A1ucAK8/EcCxK47bBN0SdwfGk95/zsKjT&#10;X2t0T759/8oDO+IvGQAAALgYjc6Du0cvuN+X9EI8B3vXyzq/97Xxlwq5JYYziyeGg9SJ4SzEieFm&#10;E8NNJ4aD4hs95v+TpOcCK/7EcOTB3u6Jb210Tr6nkZdPjOsM/mvUHfzrcbAXf4kAAADAvFzXPbkz&#10;6vZ/KOr0/0/iC/OMN/pa/qTR7X/v/jseelr8JUJuVa8+WKvWW2I4MzEcpC6O4d6ReB80K+kqtdYX&#10;xXBPTQw3nRgOymHHi9vPGr22uDfpOcGKu40Yrn7TM+LTDAu3p9t/wfgT2Rqd/qmk96fTXtQdfCpa&#10;6b95/x0PuV8AAABA2qLOiVeNXpDfv/UFepaLuoNP7F05uS/+kiDXxHBm8cRwkDoxnIU4MdxsYrjp&#10;2qun3yOGg/IYPf7fUK21/nvSc4MVb2I48mz/Lccv3bPy4CuizqAbdQefS3q/eo67v9Htf/84xov/&#10;eAAAACArL/mp/3p51On/vajbvy/hRXuau6fRGbzep8JN7T9+5tIDx9aed3j10X3t1fWl5d7ad7V7&#10;a2+N94ZDvfVXHe6d/ob26hefE/9XyNA4hqvUWr+Y9GavWVATw0HqxHAW4sRws01iuKEYbjQxHJRT&#10;tb70vUnPD1asieEommjlgSsbnRNvanT77290Bv2E97DPa1F38PDGp8B1T94arQwOvuSOh66I/wgA&#10;AABgkV7a+exzRi/6/9Fov5n0on5ei7r9j0crJ75z38/8/lfHf3SwxvHbod7wUHt1+K527/RvJV3s&#10;eaq1e+uPt3vD+0b/3R88dHT91UurX6jEvy0pEMOZxas1f1UMB+kSw1mIE8PNJoabTgwH5fXV1zaf&#10;PnpOeO/W5wgrzsRwlMHGJ8h1+y8Y7ZWNzoOvj7on3hKt9N/aODJ4Z9Tt39HoDn54/J/3dE7cPP7/&#10;j3/yifgNAAAACmD0Iv5rxv8rtkan/47RC/z/uDlmu5BF3f7/GX/63Gg/FB3pv+a67smd8R8VpPGn&#10;u2188tvq8Fi7t76WdJHngtZbf3j0+72/ffTR5Zs+eMabj3MkhjOLJ4aD1InhLMSJ4WYTw00nhoPy&#10;21m74bpKrfkfk54vLN8TwwEAAABQKNGRwdXj/yVcozM4Nv7Y+KjT/3xS+PbEou7gc6Nf7x/t7j0r&#10;/e+67tb7nxf/VkFrr35xz/Lq2o8t99b/x9YLOyns/uXV9Vvax9ZfGP/xXKDqNWI4s42J4SB1YjgL&#10;cWK42Q4d/eK1YrjJxHAQjsqu5k2j54gvbH3OsPxODAcAAABAKey/46GnjUO38UfCX9ftv3xv58Se&#10;8X8ef6R8/K8Qe93qsLbcW/uBdm/9oaQLO2lu9Gf+1nJv/XsO3/Xo18RfDtsghjOLJ4aD1InhLMSJ&#10;4WYTw00nhoPwVGrN70967rBc7s5L9u/3fiAAAAAAhKB5/Mxl7d7aW9ur659PuqiT6XrDzx46uvb6&#10;/cfPeIPyPInhzOKJ4SB1X7Pr0FeP7m9iOAtqYrjZxHDTjV5PieEgQJe/8Nu+slpv/njSc4jlZ5Xa&#10;kk+GAwAAAIBQLPce+6vLq8OjWy/mLHrt3vodh3rDXfGXyVMQw5nFE8NB6sRwFuLEcLOJ4aYTw0HY&#10;Klc1rxi9JnlP0nOJLX6TGO7VYjgAAAAACMHhY8PDy6unP5V0QScPa68OP7J8dO2V8ZfLFmI4s3hi&#10;OEjdc65aeubo/iaGs6Amhpvt0NHTYrh4YjhgrHLN0guqtdbPJT2n2OImhgMAAACAQLxy9fG/sNxb&#10;/yejfS7pgk6u1hv+7ujX74i/dGJiOLN4YjhInRjOQpwYbjYx3HRiOGCzyu5WvVprHU16brHsJ4YD&#10;AAAAgEAcOrr2/Pbq8F1JF3Nyu97wTw+vrv/z5vEzl8U3I2hiOLN4YjhInRjOQpwYbjYx3HTjGO7w&#10;R898TXxoADZs/PjUeuv+rc8vlu1Gz+fvu2T//kvj0wIAAAAAlNWNd61f2e6tvz/pYk5B9q/jmxIs&#10;MZxZPDEcpE4MZyFODDebGG46MRwwS/WapahSb96V9Fxjqe/x0fP5v65c1fQ/qgQAAACAsitBDHdm&#10;9PWvtVfXvjO+ScERw5nFE8NB6sRwFuLEcLOJ4aYTwwHnY2etdfXoeeVnkp5zLKXVmn9WqTXfEp8C&#10;AAAAAKDMyhDDPbF2bzg4dHT91fFNC4YYziyeGA5SJ4azECeGm00MN50YDtiOK6459NxKbWkl6bnH&#10;5rxa679V6s2/Fx96AAAAAKDMyhTDTbf+K4d7X/yG+CaWXmV3qy6GMxtNDAepE8NZiBPDzSaGm04M&#10;B1yIZ1/5mssr9eaPJD0H2dx2/+j5/HXxIQcAAAAAyqycMVy83vrPto898qz4ppaWGM4s3kYM13pF&#10;fNcAUiCGsxAnhptNDDedGA64WKPnne+r1lqPbX0usotbpdZ86PJrbgjmfzQJAAAAAEFrHj9zWbs3&#10;vC/pYk5Z1u6tvTW+uaUkhjOLJ4aD1E1iuOaPJ94HzUq6SQx34B/FdwO2EMNNN4nhHhXDARdtZ23p&#10;wMbrm4TnJdv+KvVmd/zeSXx4AQAAAIAyK/Unw21ae3XtwfZdj7w4vtmlIoYziyeGg9SJ4SzEieFm&#10;O3Tv6WvbR9fuTvoePLSJ4YB521E7eM3odc57kp6f7PxWqTf/YPw8/pw9S18eH1YAAAAAoMxuvGf9&#10;yvbq+r9LuphTyvXWfii+6aUhhjOLJ4aD1InhLMSJ4WYTw03XPrr+nsN3ieGA+atc1bysUjvwltFr&#10;nj9Meq6yp16l3vxYdfeBV8eHEgAAAAAou+BiuNHavfU/ONR7dG98CApPDGcWTwwHqRPDWYgTw80m&#10;hptODAdk4fJrbviG0fPT/Vufr+wpVmvdMY4J48MHAAAAAJTdTfesX7kcWAz3xNqr6++MD0OhieHM&#10;4onhIHViOAtxYrjZbhrHcKtiuI31Tt8uhgOyUrmqeUWl3vqe0fPU7yQ9f9n4U+FaHx4dnxviQwYA&#10;AAAAhKB5/Mxl7d7wvsSLOSGst/7Y8j1rL4gPRyGJ4cziieEgdWI4C3FiuNkmMdxQDDeeGA5YkB27&#10;mteOnrPeUa21/nTr81jA+087as2///T6q58RHyYAAAAAIAQhfzLc5rV7a/82PiSFI4YziyeGg9SJ&#10;4SzEieFmG8dwo++nxXDjieGAHKjuPvDq0fdrH0h6Tgtop0avD39wZ/3gi+LDAgAAAACEQgy3ab31&#10;j8eHpVDEcGbxxHCQOjGchTgx3GxiuE0TwwE58qxrX/UVo+ex9uh7t18Y7f9sfX4r6yr11mdGe9uO&#10;XTe8LD4UAAAAAEBIxHBbt/6/l4+evi4+PIUghjOLJ4aD1D37ytdcLoaz0CaGm00Mt2liOCDHqruW&#10;vq1aa91R5h+lWqm3/kulvvQvKvXm7vhmAwAAAAChEcM91U5/d3yIck8MZxZPDAepE8NZiBPDzXa4&#10;98VvGH3/LIYbTwwHFETlmqUXjMO4Sr25lvTcV8RVas2HRr/e/Nzn3vS0+GYCAAAAACESwz312qvD&#10;X4gPU66J4cziieEgdWI4C3FiuNnEcJvWWxfDAYWzEcbVW3939Hrq5yv11v/a+jyY91Vqzd8Zfd3v&#10;GH/y3c7a8l+MbxYAAAAAECox3JdYb/jfl+99/Gvjw5VLkxiu+cGkN4XNgpoYDlInhrMQJ4abTQy3&#10;aWI4oAR21A5eU6k13zx6Djw2eo11euvzYl42en7+/dHX957R/92uXNW8Iv7yAQAAAIDQieHOb6+7&#10;57Fvig9Z7ojhzJ7cfWI4SJcYzkKcGG42MdymieGAEtqxq/Xi6q7WG0bPie+u1Ju/Mfp1uPl5MuOd&#10;qtaavUqt+f3V+tJrr7jm0HPjLxMAAAAAYEIMt60djA9brojhzJ6cGA5SJoazEDf6PuuLlfqSGO4p&#10;HO6dFsM9MTEcEIjxJ7HtrLUOVmutd1bqzY+Oni8/u/X5cx4b/d5ro316/J5HZVfzrZfXb3j5c597&#10;09PiLwMAAAAA4FxiuO2t3Vv/B/Ghyw0xnNmTE8NBysRwFuLEcLOJ4Tatt3776+95/C/FhwYgOONQ&#10;bWetdfXo+fM1o+fPN1fqrVurtdYdlVrrfaP/fHy80X/+1OjXh8Yb/Xv3bfyzjR/J2rpjY/XWD1dr&#10;zTdVd7Ve8cxdr31O/FsDAAAAAJwfMdz2114d/pv48OWCGM7syYnhIGViOAtxo++zxHAziOE2TQwH&#10;AAAAAACwWGK4C1xv/fb4EC6cGM7syYnhIGXPfokYzsKbGG42MdymieEAAAAAAAAWSwx3EeutHY0P&#10;40KJ4cye3H3jH6UT3zWAFGzEcLWldybc/8xKu0q9+YgY7qmJ4TZNDAcAAAAAALBYzeNnLmv3hvcl&#10;XsyxL73e8Hh8KBdGDGf25MRwkDIxnIU4MdxsYrhNE8MBAAAAAAAs1uGj63/FJ8Nd5HrDX4wP50KI&#10;4cyenBgOUiaGsxAnhptNDLdpYjgAAAAAAIDFEsPNZ+3V9VvjQ5o5MZzZkxPDQcrEcBbixHCzieE2&#10;TQwHwDYcOLb2vPbRR5fbvbW3tleH72yvnr5jY6P/vNxb+67Dq4/ui/9VAAAAAOB8ieHmt3Zv+Nb4&#10;sGZKDGf25MRwkLJnv+Tw5dVaSwxnQU0MN9tGDNdbO5r0/XFw24jhHhXDATDTTUcfuaK9Ovz+5dX1&#10;TyU+n2zZ6N89tbx6uiuOAwAAAIDzIIab7w73Tr8pPrSZEcOZPTkxHKRMDGchTgw3mxhuukO99dsP&#10;iOEAmKF9bPji0fPmD7VXh7+f9FzypdburT8+2vvbq+uvjX9LAAAAAGAzMdz8l/UbkmI4sycnhoOU&#10;ieEsxInhZhPDTSeGA+BLmfxY1PW1pOeRC9qx0+9rHj9zWfzbAwAAAADjN8zaveF9iW+o2QVvfFEw&#10;PsSpE8OZPTkxHKRMDGchTgw3mxhuuvax00fEcAA8lUNHz3z1cm/4r+Yaw8Vrrw4/eHj1tB+jCgAA&#10;AAA+GS6dtXvrv9P86Jmnx4c5VZV6c7cYzmxjYjhI2bOuvXGHGM5CmxhuNjHcdGI4AGbZ+B+krg6P&#10;JT2HzGuj3//UjXetXxn/kQAAAAAQHjFcemuvrnfiw5wqMZzZk7uvuuvAX4vvGkAKxHAW4sRws01i&#10;uKEYbjQxHACzHDi29rz26uk7kp5D5r7e8GOHjg53x380AAAAAIRDDJfu2qvDm+JDnRoxnNmTE8NB&#10;ysRwFuLEcLOJ4aYTwwEwS6Yx3BPrrb9v+d7Hq/GXAAAAAADlJ4ZLd+3e+h/f+JH1r48PdyrEcGZP&#10;TgwHKRPDWYjbiOF2ieGeihhuOjEcALNs/JjU3vC+pOeQ1Hd0/fviLwMAAAAAyk0Ml/7avbUPxYc7&#10;FWI4sycnhoOUieEsxInhZmvf9cWXiOEmE8MBMMtNx9aedzjrT4bbtHZv/dMHjw1fFH85AAAAAFBO&#10;C/1fpQa09ur6zfEhnzsxnNmTE8NBysRwFuLEcLO1V8VwT6zdO33kwAfFcAAkG8dwy731n0x6Dsl4&#10;/zL+kgAAAACgfHwyXFZb/9RN96xfGR/2uRLDmT05MRykTAxnIU4MN5sYbrp2b10MB8BTytP/ILW9&#10;uv75m46feVr8pQEAAABAeUxiuNNiuEy2/o/jwz5XYjizJyeGg5SJ4SzEieFm24jhVsVw44nhAJjl&#10;pmNn8vLJcE+uvbq+FH95AAAAAFAOGzFcb/3nkt4QszmvN/z1Q0cff2586OemclXzsuo4Akq4eGsW&#10;2E5dfvX1qXwCIzARx3DvSrj/mZV2GzFcrfnm+G7AFmK46cRwAMySxxgu3o/FXyIAAAAAFJ8YLuMd&#10;O/3340M/N1dcc/1zK7XWzyRdvDULbD4ZDlImhrMQJ4abrb16WgwXbxzDtVcff058aADgLHn6MakJ&#10;uz/+MgEAAACg2MRw2a69Ovyl5Xsfr8aHfy6ec9XSMyu15m1JF2/NApsYDlImhrMQJ4abTQw3nRgO&#10;gFly/Mlw8db/5I0rZ/58/OUCAAAAQDHl/H+VWs711l8TH/75uKr5f1fqzR9JunhrFtjEcJAyMZyF&#10;ODHcbGK46cRwAMyS/xhusoMfefzZ8ZcMAAAAAMVz+CPrf2V51SfDZbx/GR/+uanWWrckXbw1C2xi&#10;OEiZGM5CnBhuNjHcdGI4AGYp0v8g9cCxtefFXzYAAAAAFIsYbgHrrd9+0wfPPCM+BXNRrTXflHTx&#10;1iywnbr86uuvjO8WQArEcBbixHCzieGmE8MBMEtRPhnuibWPPf7C+EsHAAAAgOIQw2W/9urwntcd&#10;G74oPgVzUd194NXVevOzSRdwzQKaT4aDlInhLMSJ4WYTw00nhgNgluUPr31toWK41eHpQ0fPfHX8&#10;5QMAAABAMYjhsl+7t/47N9699jfjUzAX40/DqtSaH026gGsW0MRwkDIxnIU4MdxsYrjpxHAAzDKJ&#10;4U4XJoYbr706/G/xlw8AAAAAxdA8fuaydm94X9IbXpbSeuuPHeqtvyo+BXNTrbXemXQB1yygfVwM&#10;B+m6YvdSRQxnoU0MN9s4hmv31nqJ3/cGtkkM90UxHAu1/46Hnnbdrfc/b+vG/zz+V4AFKep7cOOv&#10;Ob4JAAAAAJB/Phku+7VXh6cO9dbeFJ+CuanUl74r6QKuWUATw0HKxHAW4sRws4nhphPDkaWN6K3b&#10;f3nUPfGWqDPojna80R18drQz57Hxv/fRqHvy1mil/+bx7yOWg/QV8ZPhnlxv/XvimwEAAAAA+SaG&#10;y35pxXDVXa1XVOut+7dewDULaGI4SJkYzkKcGG42Mdx0Yjiy0Og8uLvR7X//OH6LOv21LZHbRW38&#10;+238viv9t47/nPiPBOakyDFce3X9/ywfPd2IbwoAAAAA5JcYLvuNY7j2sdN/Nz4Fc1WttT6ZdBHX&#10;LJCduvzq66+M7w5ACsRwFuLEcLOJ4TbvdFcMR1r2dPsvmERqg35SyJbWou7gU1Fn8H3jH7UafynA&#10;BSrqj0l9Yu3V9U/GNwUAAAAA8ksMl/3aq+vpxXC7lv5B0kVcs0Dmk+EgZWI4C3FiuNnEcJsnhiMF&#10;t5z5ssaRkzdE3cFPNzr9R5OCtezW/9Oo27+jsdL/tvirA7ah0D8mNV57dbgc3xwAAAAAyCcxXPZL&#10;NYa75mCtWm/+VtKFXLMAJoaDlInhLMSJ4WabxHBDMdzGxHDMX7TSf03UHXwiOU5b7MY/UvW6bv/l&#10;8ZcKfAklieF+4Y0rZ/58fJMAAAAAIH/aq+tXieGyXZox3Fil3npb0oVcswAmhoOUieEsxInhZhPD&#10;bZ4YjvlqdAff0uj23781QsvpfmrfyslXxF86kKDoPyZ1Y731xw73Tn9DfJMAAAAAIH/EcNkv7Rhu&#10;Z631rZV6638lXcw1K/nEcJAyMZyFODHcbGK4zRPDMT/7Vx7YEXVP3hp1B48lhGe5Xfz1/vD+Ox56&#10;RnxTgNjyvY9/bXt1/aeSn0MKs/99ePX0zfFNAgAAAID8EcNlv9Q/Ge6q5mXVevMXki7mmpV8YjhI&#10;mRjOQpwYbrYb7/7iS8VwT0wMx/w0uv0Dje7g1zaHZkVb1B388vjHvMY3CYJXkhjuzHJv+EPxTQIA&#10;AACA/BHDZb+0Y7ixyq6lpaSLuWYl36nLr77+yvhuAKRgEsM1fyLh/mdW5j0shntqYrjNE8MxH7Uf&#10;/u2/uLfb/yeN7uDU1sCskOsMfq/R6f/D/bccvzS+iRCkUvyY1PF6wzv3Hz/j/gwAAABAPonhsl8W&#10;Mdwl+/dfWqk370q4mGtW4jU/Xt11g0+GgxSJ4SzQieFmEMNt3roYjrnY/67fuazRHXzwnKisBIs6&#10;g/eJ4ghVaT4ZbnV4601HH7kivlkAAAAAkC9iuAWsN/zv7aMpx3AjPh3OwpsYDtImhrNAJ4abQQy3&#10;eWI45iNaOfmSqNP/QFJMVpp1Bj+z5z2DXfFNhiCI4QAAAAAgA2K4BWwjhltLPYYbq9SaP51wQdes&#10;pBPDQdrEcBboxHAziOE2TwzHfOxbOfmKRqf/scSIrHw72ug8+LL4pkOpieEAAAAAIANiuAUswxiu&#10;unvpr1fqzUcSLuqalXBiOEibGM4CnRhuhhvvPi2Ge3Lr3dd97PH/Jz40cMH2rpzc1+j0TyWEY+Xd&#10;6PZGKw9cGR8CKKVDR9eeL4YDAAAAgJSJ4RawDGO4sWp96d0JF3XNSjgxHKRNDGeBTgw3gxhu88Rw&#10;zEe00n9N1B18KjEaK/36H20cGXxDfCigVMRwAAAAAJABMdwClnEM96xrb9xRrbUeS7iwa1a2nbr8&#10;6ut9mgSkSAxngU4MN4MYbvPEcMxH2DHcZFGn/wvX3Tr4+viQQCmI4QAAAAAgA2K4BSzjGG6sWm9+&#10;d8KFXbOSrfnxnbWlvxr/tQdSIIazQCeGm0EMt3liOOZj/GNSo+7g4aRILMDdvf+W45fGhwYKrSwx&#10;3Og23NoUwwEAAACQV2K4BWwBMdxYtdY6mnBx16xEE8NB2nbWXlsVw1mAE8PNcOM9Yrgnd3S9+7q7&#10;xXBcPJ8Md+6iTv9fxIcHCksMBwAAAAAZEMMtYAuK4Sr11t5KvbmWcIHXrCQTw0HaxHAW6MRwM4jh&#10;Nk0Mx5xER8RwSYs6g8/v7Q5uig8TFM4khjtdihju4Mce3xnfLAAAAADIFzHcAtYb/vfl1dNvjE9B&#10;pqq1A/884QKvWUkmhoO0ieEs0InhZnjdOIY7JobbmBiOOdmI4Tr9304Kwmxjv9noPPiy+HBBYYjh&#10;AAAAACADYrgFbIEx3CXXvvHPV+vNX0m4yGtWgonhIG0bMVxdDGfBTQw3w0YMt7q2mvh9b2gTwzEn&#10;e1dO7ou6g4cTIjA7ex+NDxkUghgOAAAAADIghlvAeuuLi+FGKvXm7oSLvGZl2KnLr77+yvivOpAC&#10;MZwFOjHcDOMYblkMN9lGDPdFMRwXzSfDbW/RkZPfHh86yDUxHAAAAABkQAy3gC04hhur1JpvSbjQ&#10;a1bw+WQ4SJsYzgKdGG4GMdymieGYEzHcBawzOL535eTXxIcQcmkjhuutv/ec54+CTQwHAAAAQK6N&#10;Y7h2b/jzSW9uWUrLQQw3Vq21fi7hYq9ZgSeGg7SJ4SzQieFmEMNt3umOGI558GNSL3xR98Rb4sMI&#10;uSOGAwAAAIAMiOEWsJzEcM98afurqrVWP+GCr1lBJ4aDtInhLNCJ4WYQw22eGI758MlwF7lO/9PX&#10;3Tr4+vhwQm6I4QAAAAAgA2K4BSwnMdzYzvqBlydc8DUr6MRwkLZJDLf07uT7oFlpJ4abQQy3eWI4&#10;5kMMN7d9T3xIIRdKE8MdXb/14IfFcAAAAADklBhuActRDDdWrS39w4SLvmYFnBgO0iaGs0D3cLXW&#10;+v/FdwO2mMRwQzHcxsRwzIcYbn4bHcffaBy5/9nxoYWFKlcM97AYDgAAAIB8EsMtZH+YpxhurFJr&#10;/nTChV+zgk0MB2kTw1mgE8PNIIbbPDEc87F35eS+qDt4OCnusgtc58HXx4cXFubQ0TPliOF6w3eL&#10;4QAAAADILTHcQpa7GG6sUm9+OuHir1mBJoaDtInhLNCJ4WZYPvrF60bf34rhNiaGYz58Mlw6i7qD&#10;D8eHGBbi0EfPPL+9KoYDAAAAgFSJ4RayP1xeXctdDPesa2/csXGxN/kisFkBJoaDtO2sLVdH9zcx&#10;nIU2MdwMYrjNE8MxH2K49BZ1+w/v6Z58aXyoIVNiOAAAAADIgBhuIctlDDd2+TU3fEPCBWCzgkwM&#10;B2kTw1mgE8PNIIbbPDEc87GnM3ht1BmI4VJc1D3xlvhwQ2bEcAAAAACQATHcQpbbGG6ssmtpKeEi&#10;sFkB1vwVMRykSwxngU4MN4MYbvPWxXDMxd6Vk/ui7uDhpIjL5reo2/9kfMghEwdW175ODAcAAAAA&#10;KRPDLWS5juHGKrXmmxMuBJvlfGI4SJsYzgKdGG4GMdzmieGYj41Phuv6ZLhs1v9idMdDV8aHHlIl&#10;hgMAAACADIjhFrLcx3Bj1VrrnQkXg81yPDEcpE0MZ4FODDeDGG7z1jvf/pHHnx0fGrhgYrgFrHOi&#10;HR9+SI0YDgAAAAAyIIZbwHrFiOHGKvXmRxMuCJvldacuv/p6n+oAKapefXDn6L4mhrPQJoabYfno&#10;aTHckxPDMR9iuMVsdMzfFp8CSMXrVte+bvRcIYYDAAAAgDSJ4RawcQx3tBgx3Fil3vr1hIvCZjmc&#10;T4aDtInhLNCJ4WYQw22eGI752Ltycl/UHTycFGxZuhsd90/FpwHmrjwx3LoYDgAAAID8EsMtYL3h&#10;Hx7uDf9OfAoKoVJv/ZeEC8NmOZsYDtImhrNAJ4abQQy3eWI45sMnwy12Ubf/udp7f/svxqcD5qZM&#10;MdzyvY9X45sFAAAAAPkihlvAChjDjVXqrZMJF4fNcjQxHKRNDGeBTgw3gxhuutFrq85BMRxzIIbL&#10;x/bdeuKq+JTAXExiuNNiOAAAAABIkxhuAeutFzKGG6vUW3+UcIHYLCcTw0HaxHAW6MRwM4jhphPD&#10;MS9iuPxs78rgm+PTAhdNDAcAAAAAGRDDLWAFjuFG/lyl1vxiwkVisxxMDAdpE8NZoBPDzSCGm04M&#10;x7zsXTm5L+oOHk6Ks2wR678hPjVwUcRwAAAAAJCBgx8evkgMl/GKHcNdcvkLv+0rEy4Sm+VgYjhI&#10;mxjOAp0YboZxDNfurR9L/L43sInhmBefDJfDdfr/ND49cME2Yrje+vuSnkOKNDEcAAAAALkmhst+&#10;7d76Hx4qcAz3hIQLxWaL3qnLr77+yvivKJACMZwFOjHcDGK46SYx3BfFcFw0MVxed/LfxqcILogY&#10;DgAAAAAyIIbLfmWJ4a66qvl/V2vN0wkXjM0WNJ8MB2kbx3CVeuvW5PugWWn3BTHcUxPDTSeGY17E&#10;cPld1O3fGp8m2DYxHAAAAABkQAyX/coSwz2hWm/+ScJFY7MFTAwHaRPDWaATw80ghpuufWy4IoZj&#10;HjZiuE7/PyfFWJaDdQY/E58q2BYxHAAAAABkQAyX/dqrw/9WphhurFpvfjbhwrFZxmv+ys5665vi&#10;v5ZACsRwFujEcDOI4aYTwzEvYrgCTBDHBRDDAQAAAEAGxHDZr4wx3Fi13rp/y4Vjs4wnhoO0ieEs&#10;0InhZli+Vwz3xEavq1YOfkgMx8UTwxVjfmQq21WWGG752PAnlu99WAwHAAAAQD6J4bLfJIZbK10M&#10;N1attz655eKxWYYTw0HaxHAW6MRwM0xiuKEYbjQxHPMihivS+v82Pm3wJb1u9XExHAAAAACk7eCx&#10;4Yvax8RwWa7MMdxYpdY8nnAR2SyLnbr86uuvjP8qAikQw1mgE8PNsBHDrYrhxhPDMS9iuIKt0/+n&#10;8amDmcRwAAAAAJABMVz2K3sMN1atL7034UKyWcrzyXCQNjGcBTox3AxiuOnEcMzL3pWT+6Lu4OHE&#10;8Mpyuv4b4tMHT0kMBwAAAAAZEMNlvxBiuLFKvfUvEy4mm6U4MRykTQxngU4MN0N79Yt7xHCTieGY&#10;F58MV8yNztnfjE8hJBLDAQAAAEAGxHDZL5QYbmxHrfntCReUzVKaGA7SVrmqeYUYzgKcGG4GMdx0&#10;YjjmRQxX3EUrD1wZn0Y4x/KH114ghgMAAACAlInhsl9IMdzYztrSX024qGyWwsRwkDYxnAU6MdwM&#10;Yrjp2r11MRxzIYYr8vp/tOdtv/7l8amEs5QmhusNf2L5A2I4AAAAAHJKDJf9xjHc6Ji/IT4FQaju&#10;uv75CReWzeY8MRykTQxngU4MN4MYbjoxHPOyd+Xkvqg7eDg5trK8b3TuPhWfSjiLGA4AAAAAMiCG&#10;y34hxnATt3xZpdb6/YQLzGZzmhgO0iaGs0AnhptBDDfdOIZrH3v8WfGhgQu2t/vg9ZFPhiv0om7/&#10;h+LTCU8SwwEAAABABsRw2S/cGG6iUm9+IuEis9k8duryq6+/Mv6rBqRADGeBTgw3gxhuOjEc8zKO&#10;4RpiuBKsfyA+pbBh+Z61FywfK0MMty6GAwAAACC/Xnds+KLDYrhM115dDzqGG6vWWz+w5SKz2Rzm&#10;k+EgbWI4C3RiuBnaq6fFcPHEcMyLGK4cizqDL1z3nsHXx6cVShXD/e3VxyvxzQIAAACAfBnHcMu9&#10;tTsT39yyVCaGm9hRb7YSLjabXfhqYjhImxjOAp0YbgYx3HRiOOZl78rJfVF38HBSYGXFWtTt3xef&#10;VohjuNNiOAAAAABI0ySGG4rhMpwYbqpyzdILqrXmnyVcdDbb/mqtfy+Gg5Tt33/p6P525zn3P7Py&#10;7+b4XsAWYrjpxHDMi0+GK9eilf6b41NL4MRwAAAAAJABMVz2a/fW/1u7J4bbbBwxJVx0NtvexHCQ&#10;vmvf+OdH97cfPuf+Z1bufaFaO/AP43sBW4jhphPDMS9iuHIt6vQ/v+e2/ovj00vAxHAAAAAAkAEx&#10;XPYTwyWr1Fo/mnDx2ez8J4aDTFRrS/888T5oVt6J4WYQw00nhmNexHDlW9TpfyA+vQRsHMONnit+&#10;euvzR+EmhgMAAAAgz8Rw2U8M99Sq9dZrtlx8NtvOTl1+9fVXxn+dgJRU683vrtSaawn3QbOyTgw3&#10;w0YM11u/J+n73tAmhmNe9q6c3Bd1Bw8nRVVW5J1Yjk8xgRLDAQAAAEAGxHALWG/4WTHcU6u86MDX&#10;VWrNhxIuRJvNnk+Gg0xUd7XeUKm1/jjxfmhWyjXFcDOI4aYTwzEvPhmunIu6g4/vu/2EgChgYjgA&#10;AAAAyIAYbgETw52XSn3pSPIFabOnmBgOMnH5NTd8w+g+9/A590Gzcu/m+C7AFmK46SYx3CNiOC6a&#10;GK7MO/nd8WkmQGI4AAAAAMiAGG4B24jh1sRw52FnrXUw4WK0WfLEcJCJnfUbXlSpNY8n3g/NSrnx&#10;J8Mt+WS4pyCGO2u3ieGYBzFcidfp/9Z1dzz0vPhUExgxHAAAAABkQAy3gInhtuWK3UuVSr31n5Mv&#10;TpttmhgOMnLLl43uc+8+5z5oVtqJ4WYRw501MRxzsbc7uL7RGYjhyrrO4B/Fp5rAlCWGO7w6fNff&#10;Xv2CGA4AAACAfBLDLWBiuAtSqbV+NPkCtVk8MRxkZvSY/P8l3g/NSjkx3CxiuLMmhmMuxHDlXtTp&#10;f+Qldzx0RXy6CcjyPY+L4QAAAAAgbWK4BUwMd8F21Jf+VvJFarPRxHCQmeru1itG97sHzrkfmpVy&#10;YrhZJjHcUAw3mRiOuZjEcP3/khRSWRnWf7zRPbkcn24CIoYDAAAAgAyI4RYwMdxFq9Zan0q+WG2B&#10;79TlV19/ZfzXBEjRM3e99jmVWvNDCfdDsxJODDeLGO6sieGYi70rJ/dF3cHDySGVlWR3x6ebgIjh&#10;AAAAACADYrgFTAw3F5Xa0v+bfMHagp1PhoNMVWvNf5Z4XzQr3cRws4jhzpoYjrnwyXDlX9Qd/Pqe&#10;7smXxqecQNx49/rXlyGGa68O37UkhgMAAAAgr8RwC1hv+NnRr98RnwIuwo4Xv/ZZlXrzE8kXri24&#10;ieEgU5Vac1+13hwk3h/NSjUx3Cw33vVoJIZ7cmI45kIMF8A6/T+KjgwOxqecQIjhAAAAACADYrgF&#10;TAw3d5V68x8nX7y2oCaGg8yNHn+7ifdHs1JNDDeLGO6sieGYCzFcIOv0/2l8ygmEGA4AAAAAMiCG&#10;W8DEcKm4fNfSCyu11u8mX8S2ILYRwx14efxXAshAdffSoWqteTrxPmlWmonhZhHDnTUxHHOxd+Xk&#10;vqg7eDgxoLISrf/++JQTCDEcAAAAAGRADLeA9dbFcCmq1Fv/OvlCtpV+YjjI3PjHVVdrzXsT75Nm&#10;pZkYbhYx3Oati+GYC58MF8aiTv9nXvae/l+KTzsBEMMBAAAAQAaW7374ajFcxhPDpa5yVfOKaq31&#10;+eQL2lbinbr86uuvjP8aABmp1JpvTrg/mpVtN8d/5dlCDLdpvfXbbjp65or40MAFE8MFsk7/6J7b&#10;Brvi004AyhPDrb/rxuNndsQ3CwAAAADyZfnuoRgu64nhMlOpt74n4WK2lXU+GQ4W4oprrn/u6D74&#10;n865T5qVZj4ZbpYbj4nhnpwYjjnxY1KD2f0vueMhjxkBEcMBAAAAQAbEcAuYGC5T1asP7qzWW8fO&#10;vbBtpZsYDhZmdB+8+Zz7pFlZVmv+mRjuqR0ex3CrYriNieGYE58MF8aizuD4dd2+1y8BmcRwp8Vw&#10;AAAAAJAmMdwCJoZbiJ211sFKvbmeeJHbyjExHCzMs669cUe13vx44n3TrOgTw810+NjpaPS9rRhu&#10;PDEccyKGC2NiuPCI4QAAAAAgA2K4hewPRhPDLUil1rwt8UK3FX9iOFioar35dxLvm2ZFnxhuJjHc&#10;ponhmJONGK4rhiv7xHDh2Yjhjq7/TOJzSIE2ug3vuvEuMRwAAAAAOSWGW8jEcAtWvWYpqtabDyZe&#10;8LbiTgwHC/WcPUtfProv+rHUVr6J4WYSw22aGI45EcOFMTFceMRwAAAAAJABMdxCJobLiWqt+abE&#10;i95W1J26/Orrr4xPL7AAO2sHXpVw3zQrw26O/5qzhRhu08RwzIkYLoyJ4cIjhgMAAACADIjhFrI/&#10;WF5dE8PlxAte8Mq/UKm1OgkXva1o88lwkAuj++Pt59w/zYo8nww300YM11u/N+F73vAmhmNOxHBh&#10;TAwXnhs/sv717VUxHAAAAACkSgy3gPWGf7B8VAyXN5XdrXq13vx44kVwK8bEcJAL1V3XP79Saz6U&#10;eD81K+LEcDOJ4TZNDMeciOHC2DiG23P7Z/bHp50AiOEAAAAAIANiuAVMDJdrO+rNVqXW+uPEi+GW&#10;79Vax8VwkA87awe+I/F+albEieFmEsNt2kYM94gYjovWWDlxgxiu/BPDhac0Mdzq8J1iOAAAAABy&#10;Swy3gInhCqFaO/DPEy+IW34nhoNcqdRaP5N4XzUr2sRwM4nhztqtYjjmQQwXxsRw4SlXDPcFMRwA&#10;AAAA+SSGW8DEcMWxf/+llXrzo4kXxi2PO3X51ddfGZ89YMGuuObAXxnfL7fcT82KNzHcTGK4syaG&#10;Yy7EcGFsI4ZbEcOF5MaPPC6GAwAAAIC0ieEWMDFc4VSvvqFWqbWOJl4gt9ysUmsev7x+g0+Ggxyp&#10;7mq9Ien+albA3Rz/tWYLMdxZE8MxF2K4MCaGC8/rP/L41y+L4QAAAAAgXWK4Baw3/IPDq8Nvj08B&#10;BVKpt/ZWa61/n3CB3HIwMRzk0+j++d6t91ezQs0nw80khjtrYjjmQgwXxsRw4RHDAQAAAEAGxHDZ&#10;r90b/kFbDFdolVrrb1brzd9MvGBuC5sYDvLpOXuWvnz0uPm7Sfdbs0JMDDfTJIYbiuEmE8MxF2K4&#10;MCaGC8/h3vpfFsMBAAAAQMrEcNlPDFceld1LS9Va60TihXPLfGI4yK+NT9ZMuN+aFWJiuJnEcGdN&#10;DMdciOHCWNQ5cXzPygkxXEDEcAAAAACQATFc9mv31sVwJbOzduBV1VrrscQL6JblPnv51ddfGZ8W&#10;IGd21Jp/P+F+a5b/ieFmWj76aEMM9+TEcMyFGC6MieHCI4YDAAAAgAyMY7j20bVfSHpzy9KZGK68&#10;dtSa316ttfqJF9It/dWavUqtuS8+HUAOje6rP3nOfdcs7xPDzSSGO2tiOOZCDBfGxHDhEcMBAAAA&#10;QAYmMdxQDJfhxHDlV9l9oFmtN38r8YK6pbZKvfXvKrtb9fg0ADn0ghe88i9U6s1PJ92HzXI7MdxM&#10;YrizJoZjLhorJ29odAdiuJJPDBceMRwAAAAAZEAMl/3EcOGo1JZeWa03fyXxwrrNfZV6s1vddej5&#10;8eEHcuqZu177nKT7sFnOd3P8V5gtxHDTtVfXb22K4ZgDMVwYi7qDXxbDhaU8Mdz6Ow9/9PHL45sF&#10;AAAAAPkihst+YrjwVOqtvdVa62jChXWb4yq11o9esXupEh92IMcmsXDyfdksd/PJcDOJ4aYbx3AH&#10;P/b4zvjQwAUTw4UxMVx4xHAAAAAAkIHle4dXt1fFcFludLx/XwwXpqfXX/2MSq15PPFCu130Rsf2&#10;++NDDRRAtX7gjUn3ZbPcbRzD1ZvfHf/VZQsx3HRiOOZlI4br9D+dFFBZeSaGC88khjsthgMAAACA&#10;NInhsp8YjvGnl1XqS/+iUm/9z8SL7rbtVWrNT1Z2N2+KDzFQEKPHwX+ddJ82y9XEcDOJ4aYTwzEv&#10;YrgwJoYLjxgOAAAAADIghst+Yjg2q+5q3litNX8t8eK7nfcqtdb7qrtae+LDChRIpdb86aT7tVlu&#10;JoabafnoaTFcPDEc89I4IoYLYWK48GzEcL31n016DinSxHAAAAAA5JoYLvtNYrg1MRxn2VE7eE21&#10;3rr9nAvwdj47Va0f+N7xj6GNDydQMKP78X1b7tdm+ZkYbiYx3HRiOOZFDBfGxHDhEcMBAAAAQAbE&#10;cNlPDMeXUq23bq7Um2vnXIy35NVafZ8KB8U3ui9/PvE+bpaP3Rz/VWULMdx0YjjmRQwXxsRw4RHD&#10;AQAAAEAGxHDZTwzH+dqx68DLqvXWkWqt9b+3XJC3eJV66zOj43PLFdccem582IDCuuXLKrXWo0n3&#10;dbOFzifDzSSGm04Mx7yI4cKYGC48YjgAAAAAyIAYLvuJ4bgQ1XpzuVJrfjTxIn2wa/6f0a+379jV&#10;+sb4MAEF98yXtr/q3Pu62YInhptpHMO1j65/JOn73tAmhmNexHBhTAwXHjEcAAAAAGRADJf9xHBc&#10;jGfWl/6fan3pe6u15onEC/YBrVJvfqxSWzocHxqgJC6/5uCzk+7zZgubGG4mMdx0o+Nw68EPi+G4&#10;eGK4MCaGC09ZYrjlY8MfF8MBAAAAkFtiuOw3juGW7xn+7fgUwAWrXNW8olJrvr1Sb64lXrwv82qt&#10;/ujXm5/73JueFh8OoER21A785XPu92aLmhhupuV7xHBPTAzHvIjhwpgYLjzliuH+TAwHAAAAQD6J&#10;4bKfGI40VK85WKvWWrdUa83fTryQX6bVWkeru1pvePZLDnvzHUpsx67WixMfA8yynhhupo0YblUM&#10;N167N3z3wQ8/LIbjoonhwljUEcOF5nDv8XLEcL3hjx/+RTEcAAAAADklhst+7d7w95d7YjjSU911&#10;/fOrtQP/sFpv3XfOBf0Cr1JrPVqpt362svtA85Jr3/jn45sLlNjl9RtenvR4YLaA3Rz/tWQLMdx0&#10;YjjmRQwXxsYxXHTkM98Yn3YCIIYDAAAAgAyI4bKfGI4sPevaG3fsqDdblXrr1mq9+WDCxf1irNb6&#10;9+NPvtux68DL4psGBKJSa+5LfFwwy2o+GW4mMdx0YjjmJeqcWBLDlX9iuPC0P7T+QjEcAAAAAKTs&#10;UO/hXWK4bNfurYvhWJhn7nrtcyq1pcPVWuuOSq31e4kX/XO0Sr35G9V6899Udy/99Uuazf8rvhlA&#10;YEaPBbuTHiPMMlmt9adiuKcmhptODMe8iOHCmBguPO1j6y9cXhXDAQAAAECqxHDZTwxHnlSual5W&#10;rbdeU6k1316ttT51TgCwmD082rHR1/SW6q7WnvhLBQK3Y/f1X7/lscIsm4nhZprEcEMx3GhiOOZF&#10;DBfGxHDhEcMBAAAAQAYO9YZiuIwnhiPvxoFcpbb0ymq99QOVevMT1Vrr8+eEAfPfZyu15gdHv958&#10;+TU3fMMl+/dfGn85AE/a8eLXPmvLY4dZ+hPDzSSGm04Mx7yI4cKYGC48YjgAAAAAyIAYLvuJ4Siq&#10;Z117447xJ7VV683lSq35/ZV68/2jX49X6637R78+9CWiuXHsNv53Pjn67320Um/dOvrPbx7989fs&#10;rLWufu5zb3pa/McAzHT5C7/tK7c8vpilOzHcTId6j+4Vw00mhmNexHBhTAwXHjEcAAAAAGRADJf9&#10;xHCEYBy37awfeN4zd732OfE/ApinP1epNx9JDJfM5j0x3ExiuOnEcMyLGC6MieHCU6YY7jvuefyZ&#10;8c0CAAAAgHwRwy1kvyeGAyAL++946GnX3Xr/87Zu/M/jf6XQKrXm5xLjJbP57+b4rx1biOGmE8Mx&#10;L2K4MCaGC095Yrh1MRwAAAAA+SWGW8jEcADM1Ub01u2/POqeeEvUPXlrozv46Gif3XzBdcY+G3UG&#10;x0frjv/749+nSLFc/OOak+Ils/nMJ8PNJIabTgzHvIjhwpgYLjxiOAAAAADIgBhuIRPDATAXjc6D&#10;u6OV/lsnMVt/LelC64Vu/Ptt/L6j33/858R/ZC5V662fPCdgMpvXxHAzieGma/fW37187+PV+NDA&#10;BRPDhTExXHgmMdxpMRwAAAAApEkMt5D93nJvTQwHwAXb0+2/IOoMvi/qDj6VdHE1tXUG/XEcN/7z&#10;4y8lNyr11r9IDJnMLnZiuJnEcNOJ4ZgXMVwYE8OFZxzDjZ4r3p/0HFKoieEAAAAAyDMx3EImhgPg&#10;gjVW+t8Wdft3NDr9P0u6sJrZOv1Ho+7gpxsrJ2+45JZbviz+8hZqZ23pOxJjJrOLmRhuJjHcdGI4&#10;5mUjhuuK4cq//i9FRx4UwwVEDAcAAAAAGRDDLWRiOAAuyHXd/svHP7o0+YLqYhd1B5+IVvqvib/U&#10;hanubr0iMWgyu9CJ4WYSw00nhmNexHChTAwXGjEcAAAAAGRADLeQieEA2LZ9Kydf0egOfurcC6l5&#10;XP/9o1+/Jf7SM1e5qnlFYtRkduG7Of7rxRaHeqfFcPHEcMxL1Dm5FHVP/M65z69WronhQiOGAwAA&#10;AIAMiOEWMjEcANuy/46HntHoDn446g4eO/dCan43/nqj7slb9688sCO+KZmq1pu/mRA1mW1vPhlu&#10;JjHcdGI45mUSww3EcKWfGC40YjgAAAAAyIAYbiH7veVjw9fHpwAAvqToSP81UXfwy8kXUguzX2t0&#10;+wfim5SZSq3VSQyczM53YriZxHDTieGYFzFcKBPDhaYsMdzoef8dS2I4AAAAAPJKDLeQieEAOG/7&#10;bzl+aaPT/4eNzuD3ki+kFm6n9nb7/+TalT/8ivgmpq5aa74pMXIyO5+J4WbaiOF66x9N+J43uInh&#10;mBcxXCgTw4VGDAcAAAAAGRDDLWRiOADO2ziGizqD9yVfRC38Prj/Xb9zWXxTU3XF7tZLEkMnsy81&#10;MdxMYrjpxHDMixgulInhQlOuGO5PxXAAAAAA5JMYbiETwwFw3va8Z7Cr0Rn8TPJF1HIs6vQ/EK2c&#10;fEl8k1N0y5dVa61PJQZPZk81MdxMYrjpxHDMixgulPV/KbpNDBeS9rHHxXAAAAAAkLaNGK639oGk&#10;N7csra2L4QA4b43Ogy+LOv1e8kXUkq3T/9i+lZOviG96air11pHE6MksaWK4mcRwm3Zs+BPL9z4s&#10;huOiieFCmRguNGI4AAAAAMiAGG4RE8MBcP6ilQeubHT6p5IvopZ0o9s7vt3xIUjFztrSdySGT2Zb&#10;J4abSQy3aWI45kQMF8rEcKG58a71K8VwAAAAAJCySQw3FMNlOjEcAOdvT7f/yqg7+ETyRdRyb3S7&#10;79t7+8l98aGYu521pa+t1JoPJQZQZk9sI4Zr3Rz/tWELMdymieGYEzFcKBPDhUYMBwAAAAAZEMMt&#10;YmI4AM5fyDHcdP2je24b7IoPydxV663bz4qfzDZPDDeTGG7TxHDMiRgulPV/qdE5+bL4tBMAMRwA&#10;AAAAZEAMt5A9JIYD4HwF+WNSn2JRt3/f/luOXxofmrmq1lvtswIosycmhptJDLdpYjjmRAwXysRw&#10;oRHDAQAAAEAGxHALWG/40PJRMRwA58cnw527qNv/ofjwzNXl1xx8drXevP+cGMrCnhhupkkMNxTD&#10;jSeGY06ilX5TDBfCxHChEcMBAAAAQAbEcAuYGA6AbRDDJW90TNYbncGb4sM0V9V68yfOCaIs3Inh&#10;ZhLDbVpv+BPLHxDDcfHEcKFMDBea0sRwveE7Dh0989XxzQIAAACAfBHDLWBiOAC2YSOG6/R/I/ki&#10;qjU6g//auO3E34gP19xUas1950RRFvLEcE/hxrse3SeGiyeGY07EcKFMDBea8sRwa2I4AAAAAPJL&#10;DLeAbcRwa2I4AM5LtPLAlY1O/1TyRVR7YlG3/8n4kM1Vtd78QEIYZSHNJ8PNdHj10X3tVTHcxsRw&#10;zIkYLpSJ4UIjhgMAAACADIjhFjAxHADb4JPhtre93f53xYdubqr1VvusOMrCmhhupnEMN/oeVww3&#10;nhiOORHDhTIxXGhuvGf9yvax02I4AAAAAEiTGC77jY73Q4fEcACcJzHcBawz+A/jT9SLD+FcPOva&#10;V31Ftd46dlYkZWFMDDeTGG7Teus/8bdXH6/EhwYuWHREDBfGxHCh2YjhVtf/XeJzSIEmhgMAAAAg&#10;18Rw2U8MB8B2+DGpF7HO4Afiwzg31XrzjefEUlbuieFmEsNtmhiOORHDhTIxXGjEcAAAAACQATFc&#10;9hPDAbAdPhnu4hZ1BycbnQd3x4dzLq7YvVSp1lsfPyuYsvJODDeTGG7TxHDMiRgulInhQiOGAwAA&#10;AIAMiOGy3ziGa68Ob4pPAQDMtKf70Cuj7kAMd5GLjvT/RXxI56a6q/WGc8IpK+vEcE9BDLdpYjjm&#10;RAwXysRwoRHDAQAAAEAGxHDZTwwHwHbsXRl8c0MMN591+p++7tbf/fr40M7F5S/8tq+s1psfSIin&#10;rCzzyXAzieE2TQzHnIjhQpkYLjQ33bN+5bIYDgAAAADSJYbLfmI4ALYjWnngykanfyr5IqpdyPZ0&#10;Tsw9bKruWvq2ar35J+eEVFb8ieFmOrx6Wgz3xMRwzIkYLpSd/JgYLixlieFG+zExHAAAAAC5dfDD&#10;D9fEcNlODAfAdvhkuLTW/6X4EM9VpdZ8+zkxlRV7YriZxHCbJoZjTsRwoUwMFxoxHAAAAABkQAyX&#10;/dq9dTEcAOdNDJfuos7gr8aHem4q9ebuaq352+dEVVbMieFm2ojheusfS/q+N7iJ4ZiTjRiu0//d&#10;pOctK9PEcKEpVwz3p2I4AAAAAPLp4OrDtfaqGC7LieEA2A4xXPqLOoN/FR/uuarWmm86J6yyok4M&#10;9xTEcJsmhmNOxHCBrNP/WKPzoBguIDfdc0YMBwAAAABpO7g6FMNlPDEcANsRrTxwZaPTP5V4EdXm&#10;t86gHx/yuXrmS9tfVa233rslrLIizSfDzSSG2zQxHHMihgtkYrjgHD66/lfEcAAAAACQMjFc9hPD&#10;AbAdPhku20UrJ18SH/q52lk7eF211vrkOaGV5X+11udHv4rhnoIYbrrDq8N3ieGYBzFcIBPDBUcM&#10;BwAAAAAZEMNlv9Hx/owYDoDzJYZbwDon3hQf/rmr1JuvH+2Rc4Iry+/EcDOJ4aabxHBfEMNx0aIj&#10;n2lGnYEYruwTwwVHDAcAAAAAGRDDZT8xHADbIYZbzKLuoBOfglRUa80fPCe6snxODDeTGG46MRzz&#10;IoYLZGK44IjhAAAAACADYrjsJ4YDYDuilQeubHT6pxIvolrK6z8Un4ZUPOuq5tdU6s27zomvLF8T&#10;w80khptODMe8iOECmRguOGI4AAAAAMjA61aHtWUxXKYTwwGwHXtvH3xzo9P/D4kXUS39dfrDl932&#10;e8+KT0cqKtcsvaBab506K8CyvE0M9xTEcNOJ4ZgXMVwgE8MFp0wx3E3HzzwjvlkAAAAAkC9iuOw3&#10;ieEeFcMBcF7EcPnY3s6JPfEpSU1l99JStdY6kRBi2SLnk+FmmsRwQzHcaKPv89+1JIZjDsRwgUwM&#10;FxwxHAAAAABkQAyX/cRwAGyHGC5P6x+IT0uqKvXW3676pLj8TAw3kxhuOjEc8yKGC2Sd/sf23n5y&#10;X3zaCUB5Yrg1MRwAAAAA+SWGy35iOAC2I1p54MpGp38q8SKqZb5opf/m+NSkbmet+fcr9eYj58RZ&#10;lu3EcDO17370ZWK4ycRwzIsYLpCJ4YIjhgMAAACADIjhsl+7N/xM+24xHADnxyfD5W9Rp/+D8enJ&#10;RLXe+r6z4izLdmK4mcRw04nhmJc9nX5LDBfAxHDBmcRwp8VwAAAAAJAmMVz2G8dwy73h6+JTAAAz&#10;ieHyuah78tb4FGWmUmu+/ZxQy9JfrfVYpd58fXwa2EIMN50YjnnZiOG6YrjSTwwXnI0Yrrf+c0nP&#10;IcWaGA4AAACAHBPDZT8xHADb0eg++C1iuLyu/7PxacpUpdb6J9V66wvnRFuWzmqt/o5a89vjw88W&#10;YrjpxjHcjcfP7IgPDVwwMVwgE8MFRwwHAAAAABkQw2U/MRwA29HoDr6l0RmI4fK7o/GpylylvvRd&#10;1VrzDxMDLpvnfquy+0AzPuxsIYabrr26LoZjLsRwgUwMF5zSxHBH137spg+K4QAAAADIKTFc9hPD&#10;AbAdDTFcAdZfWBA3VtndvKlabz2wJeCyua35K5Xa0ivjw80WYrjpxHDMixgukInhgiOGAwAAAIAM&#10;bMRwvbVfTHxzy1KZGA6A7WiI4QqyxfzI1M0qtQPXV2vNTyYHXXbBq7WOVuqtvfFhZgsx3HRiOOZl&#10;b6ffGj23iOHKPjFccEoTw/WGbxfDAQAAAJBbYrjs1+6ti+EAOG8NMVxhFnX7t8anbaF27F7aX623&#10;7jwn6rILWqXeunVn/YYXxYeXLcRw07WPrr/rxrvEcFw8MVwgE8MFRwwHAAAAABkQw2U/MRwA29EQ&#10;wxVqUaf/g/GpW7jKVc0rKrXWv6rWmn+WFHnZ+aw5GP168yX7918aH1a2aN99WgwXTwzHvIjhApkY&#10;LjiHP7L+V5ZXxXAAAAAAkKpJDDcUw2U4MRwA2xGtPHBlo9M/lXgR1XK5aKX/5vj05Ual1npdpdb8&#10;j+fGXjZztWZvx+4D3xwfRhK0j51+2fIxMdx4YjjmRQwXyMRwwSlXDPd5MRwAAAAA+SSGW8hOiuEA&#10;OF8NnwxXyEUr/WZ8CnNlZ+2G6yq11vsSwy87e7XWY5Va8+2VFx34uvjwkWAcw7VX138p4Xve4CaG&#10;Y17EcIFsHMOtiOFCcvgjj4vhAAAAACBtYriFTAwHwHlriOEKuz3dB18an8bceXr91c+o7lr6B9V6&#10;87cSQzA7U6k3P1apLR2ODxlPQQw3nRiOeRHDBbOPiuHCMnq+vEoMBwAAAAApE8MtZGI4AM5bQwxX&#10;2EWd/tp13ZM741OZW9Wrb6hV6ktvq9Sa/zMpCgtyteaJan3pe5+567XPiQ8TT0EMN50YjnnZiOE6&#10;/f+a9NxipZoYLjBiOAAAAADIgBhuIRPDAXDeopUHrmx0+qcSLqBaEdYZ9ONTWQg7awdeVa217kwM&#10;xAJZpd5ar9RaK5XdBxrxYWEGMdx07dXhO8VwzIMYLpiJ4QIjhgMAAACADIjhFjIxHADnrTH+ZLhu&#10;/z9uuXhqBVrU7d8an85Cqdaby5V689NJwViZV6k1j19ev+Hl8WHgSxDDTTeJ4b4ghuOiieGCmRgu&#10;MGI4AAAAAMiAGG4hO7nce1QMB8B5aYjhSrKTb4hPaeFUrmpeNg7jRvuFar31v7fGY2VZpd76X6Nf&#10;b99Za31rfNM5D2K46cRwzIsYLpiJ4QIjhgMAAACADIjhFjIxHADnrSGGK8323NZ/cXxaC20ci1Vr&#10;zfdU680/2RqUFXWVWvOhSq31ozt2tb4xvpmcJzHcdGI45kUMF8zEcIEpUwz3xo+eeXp8swAAAAAg&#10;X8RwC5kYDoDzFq08cGWj0z+VcAHVirbOoB+f1tLYWT/wvMqu5lurtVY/KTIrwir15idGv978rGtv&#10;FDFdADHcdGI45kUMF8r6YrjAiOEAAAAAIANiuIVMDAfAeWv4ZLhSLer23xqf2tJ5wQte+Rd27G59&#10;S6Xeelu11vztrdFZDndfpd58645dB14W3wQugBhuOjEc8yKGC2XjGO4BMVxAyhPDrYnhAAAAAMgv&#10;MdxCdvLwseHh+BQAwEwNMVypFnX6j0W3PRjGj+Lcv//S6q7WKyq15ts3Pn2t1nosIUjLdKOvY230&#10;9Rzf+DS7Xa098VfKRZjEcEMx3GhiOOZFDBfKxHChEcMBAAAAQAbEcAuZGA6A8xbd9uDfEsOVbvfE&#10;pzc4laual20Ecruabx1HadVa6/NJ0do8N/pzPjfaB0d7y0YAt3//pfGXwxwcOvroN4rhJhPDMS97&#10;O59pNToDMVzpJ4YLzTiGa/eGP5/0HFKoieEAAAAAyDMx3EImhgPgvEUrD1zZ6PRPJV9EtaJuz0r/&#10;u+JTzMizrr1xR6XW3Ffd1XpDtd76gdHurNSbnx79s4fG2xy3bV38aW+Tf6/W+uToP79/HNvtrLUO&#10;Xn7NDd/w9PqrnxH/MaRADDedGI552Xu7GC6MieFCU5YY7lBv7e1NMRwAAAAAeSWGW8jEcACcN58M&#10;V9r95nW33v+8+DSzDeNPl9tZP/C88Z773JueFv9jFkQMN50YjnkRw4Wy/kf3dQd749NOAMRwAAAA&#10;AJCB5bsfqYvhMp8YDoDzJoYr76LO4Pvi0wyFJYabbhzDHf7o45fHhwYumBgulInhQiOGAwAAAIAM&#10;iOEWsN76ycNHxXAAnB8xXHkXdfsP7u30XxSfaigkMdx07dV1MRxzMXrePyCGC2FiuNCI4QAAAAAg&#10;A2K4BUwMB8A2iOFKvs7glvhUQyGJ4aYTwzEvYrgwFnX7H90jhgtKWWK49rHhj4rhAAAAAMit5buH&#10;YrisJ4YDYBvEcCVfp/+r+25/8Pnx6YbCEcNNJ4ZjXsRwYUwMFx4xHAAAAABkQAy3gPWGAzEcAOdL&#10;DFf+7Vl58O/GpxsKRww3nRiOeRHDhTExXHjEcAAAAACQATHcAiaGA2AbopUHrmx0+qeSLqJaORZ1&#10;+/fFpxsKRww3nRiOeRHDhbGoI4YLTbliuD8RwwEAAACQT2K4Baw3HBwSwwFwnqLbBn+r0R34ZLgS&#10;L+oOPrVn5cT++JRDoRw6eloMF08Mx7yI4cJYJIYLzsEPD18khgMAAACAlInhsl9bDAfANkRHxHBl&#10;X9TpfyHqDv52fMqhUDZiuN76L2/9njfEieGYFzFcGIvEcMEpTQzXG/5o8+fFcAAAAADklBgu+4nh&#10;ANiOcQwXdfqfTLqIamVa//vjUw6FIoabTgzHvIjhwlgkhguOGA4AAAAAMiCGy36TGO5RMRwA5yVa&#10;eeDKRqd/KukiqpVqd++/5fil8WmHwhDDTSeGY17EcGEsEsMFRwwHAAAAABkQw2U/MRwA2+GT4cLY&#10;6Bx/YF/n5F+OTzsUhhhu044Nf1wMxzyI4cJY1Bl8RAwXFjEcAAAAAGRADJf9xHAAbIcYLpB1+h+L&#10;Vk6+JD7tUBhiuE3biOH+TAzHRRPDhTExXHgOHhu+qH2sHDFce/Xxr4pvFgAAAADkixgu+41juPbq&#10;cDk+BQAwkx+TGshG53h8ruPTDoUhhtu03vDHD/+iGI6LN4nh+vcnPl9YaSaGC48YDgAAAAAyIIbL&#10;fmI4ALbDJ8OFsag7+MSebv+V8WmHwhDDbZoYjjkRw4UxMVx4xHAAAAAAkIHle4b15WNiuCwnhgNg&#10;O8RwYUwMR1G97t7T37i8KobbmBiOORHDhTExXHjKE8OtieEAAAAAyC8xXPYTwwGwHWK4MCaGo6jE&#10;cJsmhmNOxHBhTAwXntcdG77osBgOAAAAANI1juHaq2sfTHpzy9KZGA6A7RDDhTExHEU1ieGGYrjx&#10;xHDMiRgujInhwjOO4UbPFXcmPocUaGI4AAAAAHJNDJf9xHAAbIcYLoxtxHC3ieEonsOrj+4ffY8r&#10;hhtPDMecbMRwXTFc2SeGC48YDgAAAAAyIIbLfu3euhgOgPMWdU68KhLDlX5iOIpKDLdpYjjmRAwX&#10;xsRw4RHDAQAAAEAGxHDZTwwHwHaI4cLYOIaLOp/5m/Fph8IQw22aGI45EcOFMTFceMRwAAAAAJCB&#10;SQw3FMNlODEcANshhgtjYjiKSgy3ab3hj3/HPY8/Mz40cMHEcGFMDBceMRwAAAAAZEAMl/1Gx7sv&#10;hgPgfG3EcF0xXNknhqOoxHCbJoZjTsRwYSzq9D+yp/uAGC4gZYnhRnubGA4AAACA3BLDZT8xHADb&#10;IYYLY2I4ikoMt2m9dTEccyGGC2NRp/+R6D39RnzaCYAYDgAAAAAyIIbLfmI4ALZDDBfGxHAUlRhu&#10;08RwzIkYLoxFYrjgiOEAAAAAIANiuOzX7onhADh/YrgwNjrHn4g6fTEchSOG2zQxHHMSrQwOjp4b&#10;xHAlXzSO4VbEcCEpVwz3P8VwAAAAAOSTGC77bcRwR8VwAJyfqHPyVVH3pBiu5BPDUVRiuE0TwzEn&#10;YrgwFonhgrN89/BqMRwAAAAApEwMl/0mMdyjYjgAzosYLoyJ4Siqw6unxXBPTAzHnIjhwlgkhguO&#10;GA4AAAAAMiCGy35iOAC2YxLDDf5T0kVUK8/EcBTVRgzXWz++9XveICeGY07EcGEsEsMFRwwHAAAA&#10;ABkQw2U/MRwA2yGGC2NiOIpKDLdpYjjmRAwXxiIxXHDEcAAAAACQATFc9hvHcKNf2/EpAICZxHBh&#10;TAxHUYnhNk0Mx5yI4cJYJIYLjhgOAAAAADIghst+YjgAtkMMF8bEcBSVGG660euqdyyJ4ZgDMVwY&#10;i8RwwSlTDPftv/r4V8Y3CwAAAADyRQyX/cRwAGyHGC6Mjc7xr0diOApIDDedGI55EcOFsUgMFxwx&#10;HAAAAABkQAyX/cRwAGyHGC6MieEoKjHcdJMY7k/FcFw0MVwYi8RwwRHDAQAAAEAGDh19ZLcYLtuJ&#10;4QDYDjFcGBPDUVRiuOnEcMyLGC6MjZ777xXDhaU0MdzRtbd9+4fEcAAAAADklBgu+4nhANgOMVwY&#10;E8NRVGK46cRwzIsYLoyJ4cIzjuHaR9d+Iek5pFATwwEAAACQZ2K47NfurYvhADhve7onvlUMV/6J&#10;4SgqMdx0YjjmJToyOBh1+g8kPV9YeSaGC88khhuK4QAAAAAgTWK47CeGA2A7xHBhTAxHUYnhphPD&#10;MS9iuDAmhguPGA4AAAAAMnDo6FAMl/1OjCaGA+C8iOHCmBiOomrfvfby5d5QDDeaGI55EcOFMTFc&#10;eJbvHV49eq4QwwEAAABAmsRwC5kYDoDzJoYLY1FHDEcxieGmE8MxL2K4MCaGC48YDgAAAAAyIIZb&#10;yMRwAJw3MVwYE8NRVGK46cRwzIsYLoyJ4cJTmhhudfgjYjgAAAAAcksMt5CJ4QA4b2K4MCaGo6jE&#10;cNO1e8N3HDp65qvjQwMXTAwXxsRw4RHDAQAAAEAGxHALmRgOgPMmhgtjYjiKSgw3nRiOeRHDhTEx&#10;XHjEcAAAAACQATHcQiaGA+C8ieHCmBiOomofW3v56HtbMdxo7d6aGI65EMOFMTFceMRwAAAAAJAB&#10;MdxCdmJ59VExHADnZW/3xLc2xHClnxiOohLDTSeGY17EcGFs9NwvhgvMod7Du8oTw31ODAcAAABA&#10;PonhFjIxHADnbSOG65z4zaSLqFaejWO4xpHP/I34tENhiOGmE8MxL2K4MCaGC8+h3lAMBwAAAABp&#10;E8MtZGI4AM7b3u7Jb210BmK4kk8MR1GJ4aYTwzEvYrgwNo7hGkceiuLTTgDEcAAAAACQATHcQnbi&#10;8D3DQ/EpAICZxHBhTAxHUYnhphPDMS9R58EbIzFc6SeGC48YDgAAAAAyIIZbyMRwAJw3MVwYE8NR&#10;VO1jj7283Vv/9wnf8wY3MRzzIoYLY6NzLIYLjBgOAAAAADIghlvAesMTh3tiOADOjxgujInhKCox&#10;3HRiOOZFDBfGRuf43saRvhguIGWK4b7z+JnL4psFAAAAAPkihlvAxHAAbMNGDNcVw5V9YjiKSgw3&#10;nRiOeRHDhbHRORbDBaYsMdzoNvxIUwwHAAAAQF5txHC9tQ8lvbllKU0MB8A2iOHCmBiOohLDnbUf&#10;E8MxD6PnhBtHE8OVfJEYLjhiOAAAAADIgBhuARPDAbANYrgwJoajqMRwZ00Mx1yI4cJYJIYLjhgO&#10;AAAAADIghlvAemtiOADOW2Ol/20NMVzpJ4ajqMRwZ+3HDh39UzEcF00MF8YiMVxwyhPDrYnhAAAA&#10;AMgvMVz2Gx3vE4fEcACcJzFcGBPDUVRiuLMmhmMuxHBhLBLDBWcjhuutfWDLc0fhJoYDAAAAINcm&#10;MdxQDJfh2qvDB8VwAJwvMVwYizonfr1x5IQYjsIRw501MRxzsRHDdcVwZV8khgvOJIYbiuEAAAAA&#10;IE1iuOwnhgNgO8RwYUwMR1GJ4c6aGI65EMOFsUgMFxwxHAAAAABkQAyX/cRwAGyHGC6MieEoKjHc&#10;WRPDMRdiuGB2jxguLGI4AAAAAMiAGC77ieEA2A4xXDD7NTEcRXTo6No3jV5PiOEmE8MxF2K4YCaG&#10;C4wYDgAAAAAyIIbLfmI4ALZDDBfMxHAUkhjurInhmItJDNd/MOG5wso1MVxgShPDHRv+sBgOAAAA&#10;gNwSw2U/MRwA2yGGC2a/1rhNDEfxiOHOmhiOuRDDBTMxXGBKE8P1hj/c/HkxHAAAAAA5JYbLfpMY&#10;7lExHADnRQwXzMRwFJIY7qz92E3HzzwjPjRwwcRwwUwMFxgxHAAAAABk4NC9w93tVTFclhPDAbAd&#10;GzFcp/9bCRdQrVwTw1FIYrizJoZjLsRwwUwMFxgxHAAAAABkQAyX/cYxXPvY8Mb4FADATGK4YCaG&#10;o5DEcGdNDMdciOGC2T2N28RwITn44Ydr5Ynh/kgMBwAAAEA+ieGynxgOgO1oHBHDBTIxHIUkhtu8&#10;NTEccyGGC2ZiuMAcXB3W2qtiOAAAAABIlRgu+4nhANiOxpHPiOHCmBiOQhLDbZ4YjvkQwwUzMVxg&#10;xHAAAAAAkAExXPYTwwGwHZMYbiCGK//EcBSSGG7zxHDMhxgumInhAiOGAwAAAIAMHF595JplMVym&#10;E8NB/lWual52ef2Gl1d2LS1V6kvfVdnVfOvGNv7vpaWN/9/o34n/dUiVGC6YieEoJDHc5onhmA8x&#10;XDATwwXmdavD2uj5QgwHAAAAAGkSw2U/MRzk185a6+pKrfmW0Y5Xa63HqvXWmZkb/Tvjf3f83xn/&#10;d+PfBuZKDBfMxHAU0qGjj31Tu7f+K0nf94Y3MRzzIYYLZmK4wJQphlu+9/G/GN8sAAAAAMgXMVz2&#10;E8NBPu2stb61Um/9bLXeevyc6O3893il1vqZ8e8V/7Zw0cRwwUwMRyGJ4Tbt6NqP3fRBMRwXTwwX&#10;zO7Z23loT3zaCYAYDgAAAAAyIIbLfu3VNTEc5EzlmqUXVOrN9yfEbRe18e85/r3jPwYuSKPTf7UY&#10;LoiJ4Sik1x197JuWxXCTieGYkz23nTgkhgtiYrjAiOEAAAAAIANiuOwnhoP8qdabf6dabz2wNWab&#10;35r376wtfUf8x8G2iOGC2a/t7Z786/Fph8J43T2PfdPyqhhuY73h28VwzIMYLpiJ4QIjhgMAAACA&#10;DBxeHYrhsl5v+ED7qBgO8uKZL21/VaXefGu13vrCuRHbnFdrfb5aP/C9z33uTU+L/3j4ksRwwUwM&#10;RyGJ4TZNDMeciOGCmRguMBsxXG/tFxOfQwq0dm9NDAcAAABAfonhFjAxHORK5armZZV68+7EeC3F&#10;VWqt98VfAswkhgtmYjgKSQy3aWI45kQMF8zEcIERwwEAAABABsRwC5gYDnJlZ/3A86q11h1JwVoW&#10;q9Sa3x9/KZBIDBfMxHAUkhhu0zZiuM+L4bhoe7piuEAmhgvMJIYbiuEAAAAAIE1iuAVMDAe5sugY&#10;brxKrfVopd78e/GXBGcRwwUzMRyFJIbbNDEccyKGC2Un7tnbOSGGC4gYDgAAAAAyIIZbwMRwkCvj&#10;H5Narbfu2xqoLWKVenPt8mtu+Ib4S4MNYrhgJoajkMRwmyaGY07EcKFMDBcaMRwAAAAAZEAMt4CJ&#10;4SBX8vDJcFtXqTfvGkd68ZdI4MRwwUwMRyGJ4TZNDMeciOFCmRguNGWJ4Ub7ITEcAAAAALklhlvA&#10;NmK4R8VwkBNxDPeTSVHa4tf8O/GXScDGMVzU7X8q+SKqlWhiOAppubf2V8Vw8cRwzMme7uBQ1B2I&#10;4Uo/MVxoxHAAAAAAkAEx3AImhoNcyXcM1zpTqTV/uXr1wZ3xl0uAxHDBTAxHIU1iuKEYbjwxHHMi&#10;hgtlYrjQiOEAAAAAIANiuAWsN3xg9OvB+BQACzb+caTVeuu+rRFa/tZcjr9kAiOGC2ZiOApJDLdp&#10;YjjmRAwXyI4MjonhwiKGAwAAAIAMiOEWMDEc5ErePxlu8yq15k/HXzYBEcMFMzEchSSG27Te8O1v&#10;/OiZp8eHBi6YGC6QdcRwoVm++5G6GA4AAAAAUiaGW8DEcJArRYrhxqvUWyf92NSwiOECWUcMRzGJ&#10;4TZNDMecbMRwnf6JxOcLK8/EcMEpVwx3SgwHAAAAQD6J4RYwMRzkStFiuOmWXhvfBEpODBfIxHAU&#10;lBhu08RwzIkYLpCJ4YKzfPdQDAcAAAAAaduI4XprH054Y8vSmhgOcqVyVfOyar1137mxWSH2ffHN&#10;oMTEcIGsc/JXxXAUkRhu03prYjjmQgwXyMRwwRHDAQAAAEAGxHALmBgOcqW4nww3WaXWWolvCiXV&#10;6Hzm1VF3IIYr+zr9X93bPSGGo3DEcJsmhmNO9nYHh0bPC2K4sk8MFxwxHAAAAABkQAy3gInhIFd2&#10;1pa+tlovbgw3XqXW/GB8cyghMVwgE8NRUGK46Q711t7eFMMxB2K4QCaGC05pYrje8IeW3yuGAwAA&#10;ACCnxHALWG9NDAc5UoYYbmO15q/FN4mSiVb6rxHDBTAxHAUlhptODMe8iOECmRguOGWK4d5415mv&#10;iG8WAAAAAOSLGG4hu380MRzkROWq5mXVeuu+c+KyAq5Saz4U3yxKRAwXyMRwFNRGDNdb//iW73eD&#10;nBiOeRHDBTIxXHDEcAAAAACQgUkMNxTDZTsxHORIaT4ZLl6l3vql+KZREmK4QCaGo6CWe4+J4eKJ&#10;4ZgXMVwgE8MFRwwHAAAAABkQwy1kYjjIkbLFcONV6s33xzePEhDDBTIxHAUlhptODMe8iOECmRgu&#10;OMv3DOvLx8RwAAAAAJAqMdxCJoaDHCljDBfvHfFNpODEcIFMDEdBieGmax8b/qgYjnkQwwWyzuDY&#10;vts/c1182gnAOIZrr659MOk5pFDrrYnhAAAAAMgvMdxCJoaDHKlc1bysWm/dtyUkK8tujm8mBRYd&#10;EcMFMTEcBSWGm04Mx7yI4QKZGC44YjgAAAAAyIAYbiETw0GOlPiT4TZWqbf2xjeVghLDBTIxHAUl&#10;hptODMe8NDon2o2uGK70E8MFZxLDDcVwAAAAAJAmMdxCJoaDHCl/DNf8xCWX3PJl8c2lgMRwgUwM&#10;R0GJ4aabxHB/IobjoonhApkYLjhiOAAAAADIgBhuAesN71++WwwHeVH2GG68Sq31o/HNpYA2YrhO&#10;/7cTL6JaeSaGo6DEcNOJ4ZgXMVwgE8MFRwwHAAAAABkQwy1gGzHco2I4yInKVc3LqvXWfVsDsrKt&#10;Um/ujm8yBSOGC2RiOApKDDedGI55EcMFMjFccMoSwx1eHf6gGA4AAACA3BLDLWC94f2He8MD8SkA&#10;FmzyyXDNn0oKyMq0Sr11JL7JFIwYLpB1+r+67/aTr4hPOxSGGG66dm/4o82fF8Nx8cRwgUwMFxwx&#10;HAAAAABkQAy3gInhIFeCieFqrT+u7moJbQpIDBfIxHAUVPuutb8mhptMDMe8iOECmRguOGI4AAAA&#10;AMiAGG4BE8NBroTyY1LHq9Sb3fhmUyBiuEAmhqOg2qtrf230Pa4YbjQxHPMihgtkYrjgiOEAAAAA&#10;IAPtux55sRgu27V7w/sPieEgN0L5ZLiN1Zq9y6++8cr4plMQYrhAJoajoMRw04nhmBcxXCAbx3C3&#10;ieFCcujoI7vFcAAAAACQMjFc9hPDQb6EFcO1PlXddeCvxTedghDDBTIxHAUlhptuHMO1Vx//qvjQ&#10;wAUTwwWyzolj+257UAwXkLLEcKPb8IOvuusPxXAAAAAA5JMYLvuJ4SBfQorhKrXWH1dqS4fjm05B&#10;iOECmRiOghLDTSeGY17EcIFMDBecQ0eHYjgAAAAASJsYLvuJ4SBfKlc1L6vWW/dtDcdKuVrrscqu&#10;paX4plMQYrhANo7hVsRwFI8YbjoxHPMihgtl/VUxXFjEcAAAAACQATFc9mv31sRwkCOB/ZjUz49+&#10;vTm+6RTEns6Dr43EcOWfGI6CEsNNJ4ZjXhqdk+1G96QYruSLuv3V68RwQRHDAQAAAEAGxHDZr706&#10;/K9iOMiP4GK43Qf+QXzTKYg9ncFro85ADFf2ieEoKDHcdO3emhiOudiI4TqDfuLzhZVmYrjwlCmG&#10;W/r1x788vlkAAAAAkC/tu4ZiuIwnhoN8EcORdxsxXFcMV/ZFnf6v7hHDUUBiuOnEcMyLGC6MieHC&#10;I4YDAAAAgAyI4bKfGA7ypbrr+ueL4cgzMVwYi8RwFJQYbjoxHPMihgtjYrjwiOEAAAAAIAPtY8MX&#10;L6+K4bKcGA7yRQxH3onhwlgkhqOgxjFcu7d+39bveUOcGI55EcOFMTFceMRwAAAAAJABMVz2E8NB&#10;vojhyDsxXBiLxHAUVHv1MTFcPDEc8yKGC2NiuPBsxHC9tQ8lPYcUaWI4AAAAAHJNDJf9xHCQL8HF&#10;cLvEcEUjhgtjo3N8nxiOIhLDTSeGY17EcGFMDBee8sRwa2I4AAAAAPJLDJf9xHCQL2HFcM3PV3ct&#10;ieEKRgwXxsRwFJUY7qy9TQzHPIjhwpgYLjxiuLC95I6Hrog6J161p3Pi5saRwTtHj/PHJo/1/Ycm&#10;ix8bOv21J/7Z6DXCp0b/7M7Rv/cDjc6JN13X7b98/7t+57L4twQAAAAgiRgu+4nhIF/EcOTdRgzX&#10;6f/nJy6OWDknhqOoxHBnTQzHXDSOiOFCmBguPJMYblj8GO7o2g8u/ZwY7nzsX3lgR7QyOBh1T946&#10;ut/fv/Vx4EI3eu3w2GifGEdye1YefMX+W45fGv+RAAAAAIjhst84hhsd91Z8CoAFE8ORd2K4MCaG&#10;o6jEcGdNDMdciOHCmBguPGK4cOy7/fef3+j23zDazzY6/f+R9Bgw93X6nx7tHaO9unHk/q+MvxQA&#10;AACA8Ijhsp8YDvJFDEfeieHCmBiOohLDnTUxHHMhhgtj4xhuT/fkS+PTTgBKE8P1hv9WDPfU9nT7&#10;L2h0T7492vhxp8n3/4z22fGPZN1/x0NPi780AAAAgDCI4bKfGA7yJagYrt78EzFc8YjhwljU7d83&#10;/hFH8WmHwhDDnbW3tVf/pxiOiyaGC2NiuPBsxHCrYrgya3Qe3B11Bu8b/xjTpPv9ohZ1+p+PVvpv&#10;3X/HQ8+Iv1QAAACA8hLDZT8xHOTLJIZbem9yPFa2ieGKSAwXxsRwFJUY7qyJ4ZiLRvfEshiu/BPD&#10;hefQvWK4Mtt3+2eua3T6PxF1Bl9Ius/nZVGn/7vRkcE/bhz5/WfHXzoAAABAuYxjuHZv7a6tb2xZ&#10;ehPDQb6I4cg7MVwYE8NRVGK4syaGYy7EcGFMDBceMVx5RUd+97lRZ/B9o/v1g0n399yu0//Y3u7g&#10;pktuueXL4psCAAAAUHxiuOwnhoN8qe469PxqvSWGI7f2dgavbYjhSj8xHEV16OjaK8RwT04Mx1yI&#10;4cKYGC48Yrjy2nv74JtH9+t7tt7PC7afaBz5zAvjmwQAAABQXGK47NfuDf9r+6gYDvJCDEfeieHC&#10;mBiOohLDnTUxHHMhhgtjUUcMF5rDq49cM3quEMOV0J6V/nc1uv0TSff14u3EPXtXBt8c3zQAAACA&#10;4hHDZT8xHOSLGI6823u7GC6EieEoqkkMNxTDTSaGYy7EcGEsEsMFp1wx3B+I4WL7bzl+adQ9eWvS&#10;/bzIi7qDh8fPR/HNBAAAACgOMdwC1hv+rhgO8kMMR97t7T54vRiu/BPDUVRiuLP2tm//1ce/Mj40&#10;cMHEcGEsEsMF5/DqUAxXQns7/ReN7tPv3XofL8/6X4y6g3927cp/+vPxTQYAAADINzHcAiaGg1wR&#10;w5F3YrgwJoajqMRwZ00Mx1yI4cJYJIYLjhiunKKVfiPq9O9Kup+Xbp3Bj+xf+cMd8U0HAAAAyKdJ&#10;DDcUw2U5MRzkihiOvBPDhbFxDBcdGfy1+LRDYYjhzpoYjrkQw4WxSAwXHDFcOUUrD1w5uk9/dut9&#10;vOS7c/zjYeNDAAAAAJAvYrgFTAwHuRJaDLez1vz78U2nIPZ2B9c3OgMxXMkXdcRwFJMY7qyJ4ZgL&#10;MVwYi8RwwSlTDHfT8TNPi29W8PZ0+6+MuoNPJN3Py76o03/3/jseekZ8KAAAAADyQQy3gInhIFfE&#10;cOSdGC6MRWI4CkoMt2lH19727R8Sw3HxxHBhLOqc7InhwiKGK6eQY7gnFnX6P9j8+TP/V3xIAAAA&#10;ABZLDLeAieEgVyovOvB1VTEcOSaGC2ORGI6COnx07RWj72/FcOOJ4ZgTMVwYE8OFRwxXThs/JrXT&#10;P5V0Pw9tUffEW+LDAgAAALA4YrgFTAwHuSKGI+/EcGEsEsNRUIePrb1i+ZgYbmNiOOZkHMNFnf4g&#10;6fnCyjMxXHjEcOXkk+HO2Z81Og++Pj48AAAAANkTwy1gYjjIFTEceSeGC2ORGI6C2ojhVtd/9Zzv&#10;eUOcGI45EcOFsdE57u3pPiiGC8hGDNdb+/BZzx0FnBjubGK4p9xv7ukO9saHCQAAACA7YrgFTAwH&#10;uSKGI+8mMVz/vyRcXLASLRLDUVBiuE0TwzEnYrgwNjrHYrjAlCeGWxPDbbIRw3X6v5F0P7fxY93g&#10;313XPbkzPlwAAAAA6RPDLWC94e8ePjZsxqcAWDAxHHknhgtjkRiOgjp87DEx3BMTwzEnYrgwNjrH&#10;YrjAiOHKKVp54MrR67VTSfdzmy5a6b81PmQAAAAA6RLDLWBiOMiVkGK4Sr35JzvEcIUjhgtjkRiO&#10;ghLDnbUfEcMxD43uyeWoOxDDlXyRGC44kxhuKIYrGZ8Mt619Zu/tJ/fFhw4AAAAgHWK4BUwMB7ki&#10;hiPvxHBhLBLDUVBiuLMmhmMuxHBhLBLDBUcMV05iuO0vWhl04sMHAAAAMH9iuAVMDAe5IoYj78Rw&#10;YSwSw1FQYrizJoZjLsRwYSwSwwWnLDHc8rHhD4jhpsRwF7bRMVuLjvS9PwoAAADM36GjX7xWDJfx&#10;xHCQK2HFcK3/JYYrno0YriuGK/siMRwFJYY7a2I45kIMF8YiMVxwxHDlJIa72PV/8ZJbbvmy+HAC&#10;AAAAXDwx3AImhoNcGcdwlVrrfUnxWNkmhismMVwYi7qDj4vhKCIx3Fn7kW//0OfEcFw0MVwYi8Rw&#10;wRHDldOe7kOvHD1mi+EuclHnxFJ8SAEAAAAujhhuARPDQa6I4cg7MVwYE8NRVGK4syaGYy7EcGEs&#10;EsMFRwxXTntXBt88uk+L4eay/s/GhxUAAADgwonhFjAxHOSKGI68E8OFMTEcRSWGO2tiOOZCDBfG&#10;ok6/F73n5Evi004A2nc98mIxXPlEKw9c2ej0TyXdz+0C13lwd3x4AQAAALZPDLeIrf+OGA7yQwxH&#10;3jVWTtwghiv/xHAU1XJv7a+L4Z6cGI65EMOFsWgcw62I4UJSmhiuN/yBm+4Qwz3BJ8OltE7/HfEh&#10;BgAAANgeMdwiJoaDPBHDkXdiuDAmhqOoxHBnTQzHXEQr/cNiuPIvEsMFp1wx3ENiuJgYLsV1+p+O&#10;3j2oxocaAAAA4PwcOnpaDJf5xHCQJ5UXi+HINzFcGBPDUVSTGG4ohptMDMdciOHCWCSGC077rqEY&#10;roTEcOlv9DrpYHy4AQAAAL40MdwiJoaDPBHDkXdiuDAmhqOoxHBn7Ue+8/iZy+JDAxdMDBfGIjFc&#10;cNrHhi8ePVeI4UomWnngykanfyrpfm7zW9QZvC8+5AAAAACzieEWsN767xw+KoaDvBDDkXdiuDAm&#10;hqOoxHDTtVeHP9IUwzEHYrgwFonhglOmGO7/W338L8Q3K3g+GS67jZ4bf3e/EBMAAAD4UsRwC5gY&#10;DnIltBhudFv/v/imUxBiuDAmhqOoxHDTieGYFzFcGIvEcMERw5WTGC777ekO9saHHwAAAOBcYrj/&#10;P3v/Ay/pXdd3/9hSS1taqeRs4i39YR+l943AztkIIXvNLi5qFe6KCmTnbLIzSxAU8E97U2t/tYri&#10;v2qtvW/aSiU7syG2trWFQiB7ZjYhQEAEWsXin9RNdmazCNVo1RvbkD0zJy17X+ecC/fM7hXITs6Z&#10;ub7X5/l8PN6PyL9k51wz18xc83LOAiaGg0oRw1F1zeNnb2j2RmK4mi/rDcVwJEkMd3FiOHaKGC7G&#10;MjFcOGK4etqM4brD/1T2OLddXHfo2gYAAABQTgy3gInhoFKWrj38DDEcVSaGi7HNGO6W+8RwJEcM&#10;d3HtwZoYjh0hhouxTAwXjhiunrLj9z2z2R0+WPY4t93e8BeKwwAAAABwkRhu/mv3x/e2B48cLg4B&#10;sGBiOKpuM4brDn+z/OK/1WViOFIlhrs4MRw7RQwXY5kYLpyNGK7dX0v/GpwYbsqBW30z3CKXdYe/&#10;UhwKAAAAgC1iuPlvK4Ybi+GgIsRwVJ0YLsbEcKRKDHdxYjh2ihguxjIxXDhiuHoSw1Vhw9/f/39/&#10;8s8VhwQAAACITgw3/4nhoFrEcFRd84QYLsI2Y7ju6GuLww7J2Ijh8te3Hy573RttYjh2ihguzFbF&#10;cLHUJ4ZbE8NtI4arzjZ+ZW1xWAAAAIDIxHDznxgOqkUMR9WJ4WJMDEeqxHAXJ4Zjp2QnxHBBJoYL&#10;RgxXT2K4iu3EA99QHBoAAAAgqs0YbnXtZOnFLduVieGgWsRwVJ0YLsbEcKSq039EDFdMDMdO2Yzh&#10;usOzZc8XVquJ4YLZiuFq8P+QKoabIoar3vb3zhwtDg8AAAAQkRhu/hPDQbWI4ag6MVyMieFIlRju&#10;4tqnJj8thmMniOHCTAwXTF1iuGODyU+I4S4Sw1V03dHrikMEAAAARCOGm//EcFAtYjiqTgwXY2I4&#10;UiWGuzgxHDtFDBdmYrhgxHD11Ozd/zfFcNVc/v7q7xeHCQAAAIhEDDf/ieGgWoLFcH8ohkuPGC7G&#10;xHCkSgx3ce3+5KdbbxPD8fiJ4cJMDBdMXWK49mDyEy8Ww/2J/LH8N5vdkRiuost6o39YHCoAAAAg&#10;CjHc/CeGg2rZiuFa/7osHqvbxHBpEsPFmBiOVInhLk4Mx04Rw0XZcDU7fp8YLhAxXD3lj+Nn5u/X&#10;Hix/nFsVlh0f/nBxuAAAAIAIjt61/tz2QAw3z7UH498Uw0F1iOGouqx75rAYrv4Tw5Gqzp2PfH3+&#10;2lYMl08Mx04Rw0WZGC4aMVw95Y9n3wyXwrpnv784ZAAAAEDdieHmPzEcVIsYjqoTw8WYGI5UieEu&#10;biuG+30xHI+bGC7KxHDRHF19+LliuPrJH89iuER2oDf87uKwAQAAAHW2FcNNxHBznBgOqkUMR9WJ&#10;4WJMDEeqxHAXJ4Zjp2QnHjiWPyeI4eq+rhguGjFcPeWPZzFcQtt4ji0OHQAAAFBXYrj5TwwH1SKG&#10;o+rEcDEmhiNV7cHaN4jhtiaGY6eI4YJMDBdOvWK4M2K4Qv44fmb+eH6w9HFuldz+3vDFxeEDAAAA&#10;6ujmu9af2xHDzXViOKgWMRxVJ4aLMTEcqRLDXZwYjp0ihgsyMVw4R1fXxXA1lD+efTNcgjtw6wPL&#10;xSEEAAAA6kYMN/+J4aBaxHBUnRguxsRwpEoMd3FiOHaKGC7IusPV5onR84rDTgBiuHrKH89iuBTX&#10;Hf33Q7ede0pxGAEAAIA6EcPNf2I4qBYxHFUnhguzD4rhSNFWDDcRw+XbiOE6d332LxQ/GpiZGC7I&#10;xHDh1CmGa9174YuLmxVe/nj+m83e8Jcve4xbAhv+RnEYAQAAgDoRw81/YjiollAxXGPlD5eWj3x3&#10;cdNJxGYM1xPDBZgYjiSJ4S5ODMdO2d8dvkIMF2BiuHDEcPWUHb/vmfnj+cHSx7mlsJPFoQQAAADq&#10;Qgw3/23EcJ07H7mhOATAgonhqLqNGC7rnbm35KK91WtiOJIkhrs4MRw7RQwXZGK4cMRw9ZQ/nn0z&#10;XOrrDr+/OJwAAABAHYjh5r+tGG4shoOKuGrfy/+6GI4qy7pnD2e9kRiu/hPDkSQx3MWJ4dgpYrgg&#10;E8OFU5sYbnXyE623ieE+J388i+FqsKz7wIuKQwoAAACkTgw3/7X749/s9MVwUBViOKpODBdmYjiS&#10;JIa7ODEcO0UMF2RiuHA2Y7jVteSvwYnhpuWPZzFcDZY/737y4K1nlorDCgAAAKRMDDf/ieGgWsRw&#10;VJ0YLsi6YjjSJIa7uHZ/TQzHjhDDBZkYLhwxXD1lx+97Zv54frD0cW5prTs6VRxWAAAAIGXH+g8/&#10;ryOGm+vEcFAtsWK41h8uLR8WwyVGDBdkYjgSJYa7ODEcO0UMF2RiuHCO3rX+3Px5swYx3JoYbpv8&#10;8eyb4Wq1M99RHFoAAAAgVWK4+U8MB9UihqPqxHBBJoYjUZsxXH/8kbLXvdEmhmOnbMZwPTFc7SeG&#10;C0cMV0/541kMV699qnni9P9RHF4AAAAgRWK4+U8MB9UihqPqxHBBJoYjUWK4ixPDsVPEcEEmhgtn&#10;K4ZL/xqcGG5adsv93yiGq9m6Z/5VcXgBAACAFInh5j8xHFSLGI6qE8MFmRiORInhLk4Mx04RwwWZ&#10;GC6cm+9af27+fFGHa3D/UAx3UXb8vmfmj+cHSx/nluyy48OXFocYAAAASI0YbhFb/w0xHFSHGI6q&#10;E8MFmRiORLUHj4jhLu4fi+HYCWK4MDsphotFDFdPvhmupusO3/v8nz/zl4rDDAAAAKREDLeIjcVw&#10;UCHBYrg/EMOlJzs+bInhAkwMR6LEcFMTw7EjxHBhJoYLRgxXT2K4+i47cfY7i8MMAAAApEQMt4iJ&#10;4aBKtmK4w/+mLB6r28RwaRLDBZkYjkSJ4aYmhmNHbMVwwwdKny+sThPDBSOGqycxXH2Xvw//6Atu&#10;+cSXFYcaAAAASMWx/roYbu4Tw0GVXLXvpr++1FgRw1FZYrgg6w4/2Dwx/JrisEMyxHBTE8OxI8Rw&#10;YSaGC6ZG/w+pYrhtsuP3PTN/Lf9gyWPc6rDumdcVhxoAAABIhRhuERPDQZWI4ai67IQYLsTEcCRK&#10;DDc1MRw7QgwXZiebt4jhIhHD1ZNvhqv5uqNTB289s1QcbgAAACAFYrhFTAwHVSKGo+rEcEEmhiNR&#10;Yrip/ePOXQ+K4XjcxHBhJoYLRgxXT2K4ei9/L/7I/lvOHC0ONwAAAJACMdwiJoaDKhHDUXViuCAT&#10;w5EoMdzUxHDsCDFcmInhgqlXDHevGK7g16SG2O3F4QYAAABSIIZbxMRwUCViOKpODBdkYjgSddPJ&#10;tReJ4f5kYjh2hBguzMRwwdToGpwYbpvsxOgb88ezb4ar87rD/3Sge2Z/ccgBAACAqhPDLWJiOKgS&#10;MRxVJ4YLMjEciRLDTU0Mx44Qw4WZGC6YOsVwr/nYhT9T3KzwxHD1X/5+/A8O9EZ+VSoAAACkQgy3&#10;iI1/49ipR15eHAJgwcRwVN1mDNcd/peyi/JWo4nhSJQYbmpiOHaEGC7MxHDBiOHqaSOGy7rDXyl5&#10;jFuNlvVGP1gccgAAAKDqxHCL2EYMNxbDQUXEi+Fa31XcdBIhhgsyMRyJOnZy7UWd/kQMt7H+5B+/&#10;5o4Lf7740cDMxHBRNjzZvOW0GC4QMVw9Zcfve2b+Wv7B8se51Wi3F4ccAAAAqDox3CImhoMqEcNR&#10;dWK4IBPDkSgx3LaJ4dghYrgoE8NFI4arJ98MF2Td0duat5z5a8VhBwAAAKpMDLeIieGgSq5qHPnf&#10;xXBUWXbigVbWHYnh6j4xHIk6dmrtRflrXDHcxsRw7BAxXJQNTx7sjZ5bHHYC2LwG119bLX0OSWti&#10;uG3EcDGW9UZ37b9l+FXFYQcAAACqrEYX4hKaGA6qRAxH1YnhgkwMR6LEcNsmhmOH7L9ldHPWG4nh&#10;aj8xXDRiuHrya1KDLD/G+3vDZxSHHQAAAKgyMdwiJoaDKhHDUXViuCATw5EoMdy2ieHYIQduGd2c&#10;PzeI4Wo/MVw0Yrh68s1wMZb1Rh/d3xu+uDjsAAAAQJWJ4RYxMRxUiRiOqhPDBZkYjkSJ4batvyaG&#10;Y0eI4aJMDBdNfa7BrYnhthHDxZgYDgAAABIihlvExHBQJWI4qk4MF2YfaN4ihiM9YrhtE8OxQw70&#10;xHAxJoaLRgxXT2K4GBPDAQAAQELEcAtYf/3Xj62K4aAqxHBUnRguzMRwJGkzhuuPP1r6ujfaxHDs&#10;EDFclInhotm6BjdJ/xrcqcmPi+EuEsPF2GYMd4sYDgAAAJIghlvA+mMxHFSIGI6q298drojhQkwM&#10;R5LEcNsmhmOHiOGiTAwXjRiunsRwMbYRw2XdB15UHHYAAACgysRwC5gYDipFDEfVbcZwPTFcgInh&#10;SJIYbtvEcOwQMVyUieGiqU0M15/8+GuOi+E+J+ueeUkmhqv9xHAAAACQkNpciEtpYjiolFgx3Mp/&#10;E8OlRwwXZmI4knTs1CNiuGLHBpOfEsOxE8RwUSaGi0YMV09iuBgTwwEAAEBCxHDzX7s//vWjYjio&#10;jM0Ybnnl35bFY3WbGC5NB8RwUSaGI0liuIsTw7FTxHBRJoaLRgxXT2K4GMt6w4/mx1kMBwAAACkQ&#10;w81/YjioFjEcVbcRwzXFcBEmhiNJYriLE8OxU8RwUSaGi6Y9ePi6/PlCDFczmzFcTwxX94nhAAAA&#10;ICFiuPlPDAfVIoaj6sRwYSaGI0liuIsTw7FTxHBB1h3dIYaLRQxXT2K4GBPDAQAAQELEcPOfGA6q&#10;RQxH1YnhwkwMR5LEcBcnhmOniOGCTAwXjhiunsRwMSaGAwAAgISI4ea/jRiuPXjkZcUhABZMDEfV&#10;ieHCTAxHksRwFyeGY6dsxnDd4bmS5wqr08Rw4dQrhvuYGK4ghosxMRwAAAAkRAw3/4nhoFrEcFTd&#10;ZgzXHf5W2QV5q9XEcCRJDHdx7cHkp15yx++I4XjcxHBBJoYLpz1YF8PVUNY9+5Ksd1YMV/NlvdFH&#10;MjEcAAAApEEMN/9txXBjMRxUhBiOqhPDhZkYjiR1VtdeLIbbmhiOnSKGCzIxXDh1iuHeeM+FJxY3&#10;KzwxXIyJ4QAAACAhYrj5TwwH1SKGo+rEcGEmhiNJYriLE8OxU8RwQSaGC0cMV09bMdzoY6WPc6vN&#10;xHAAAACQkPYdD18nhpvvxHBQLeFiuH0r31ncdBIhhguzDxzonXthcdghGWK4ixPDsVPEcEEmhgtH&#10;DFdPYrgYE8MBAABAQtoDMdy8J4aDahHDUXViuDATw5GkrRhuIobLtxHDHf7IZ/9c8aOBmYnhgkwM&#10;F44Yrp7EcDGWdcVwAAAAkIzNGK4OF+ISmhgOquWpew//H2I4qkwMF2ZiuBksPav15KuXj3zF5hor&#10;z3nq8g0v3Ny1Nzzvc//+lz33pquK/zq7oHPn2jPag8mDZa97w60/eVPxY4HHRQwXZGK4cDZiuHZ/&#10;rV/6HJLSxHBTxHAxJoYDAACAhIjh5j8xHFSLGI6qO3DrAyvN7kgMV/+J4T6PjdAtP4+9dKnR+t78&#10;nP2W/K/35P/6we3nuMe0xsqn8/1Kfj78+fxfvyH/+964Ec49/ek3P6n4R3GFbrpj/Mz8Na73E/l8&#10;Mxw7RQwXZGK4cMRw9SSGizExHAAAACREDDf/tQfrvyaGg+oQw1F1YrgoG37gQG8ohiv85ee2vuTq&#10;xuGv3YrfWr+wZ7l1f9l5bUfXWPnd/J91cmn58I/s2Xv4m79078ueVvxx+Dxe9Uuf/YudwXq37HVv&#10;tInh2CliuBjLuqM7rhfDhVKXGO5of/Ljh8Rwf0IMF2NiOAAAAEiIGG7+E8NBtYjhqLpmb3hEDBdh&#10;YrgNG7/2dM9yq7PUaN2++S1uJeeyeW5pubVWfAvd68Vxj67dn/xw2eveaBPDsVPEcDEmhounPjHc&#10;mhhuGzFcjInhAAAAICFiuPmvPRiL4aBCxHBUnRguymLHcF/23Nb/b2lf6+Y9y61/me+TZeewKmxp&#10;ufWZjW+P29M48j1X7V35quKPH1775NoLy173hlt/8qbiRwKPy2YM1xPD1X0bMdz+t37Cc0kgYrh6&#10;EsPF2EYM1zzxwDcUhx0AAACoMjHc/CeGg2oRw1F1YrgoixvDLV17+BlLy61efp566NLzVgrL/+x3&#10;X9048pLi5oS08YF4pz95e9lr30jzzXDslGb3/leK4eq/rDu8Y/9bh2K4QLZiuEnyMVz+fPdjYriL&#10;9vfOfJMYrv4TwwEAAEBCNi7EdcRwc50YDqpFDEfVieGiLGYMt2ffkW/Z01j5uXx/XHbeSnCn9iy3&#10;XnPNvsNLxU0Moz2YdMpe+0aaGI6dIoaLsUwMF44Yrp7EcDEmhgMAAICEiOHmPzEcVIsYjqoTwwVZ&#10;N14Ml5+XXrrUaN1z6bmqNmusDPO/vv7pT7/5ScVNrrX24LN/qQ6/+u3xTAzHThHDxVgmhgtHDFdP&#10;YrgYE8MBAABAQsRw858YDqolVAy3vPL7Yrj0iOGCLFgMt9RYeVGUc+/Glhqt9y/tbd1c3Pza6qyu&#10;vbjs9W+Y9SdvKn4U8LgcOH72YNYbPVT6fGF12unrbjt3TXHYCUAMV09iuBgTwwEAAEBCxHDznxgO&#10;qmUrhmv9Qlm8ULeJ4dIkhguyQDHclz77yFfuaaz8o/y89OCl56kQa6zcdvXykdoe605/8s/LXgNH&#10;WLs/+UeH/71vhuPxy7pnD+fP/2dKny+sNst8M1w4N518+PliuPoRw8WYGA4AAAASIoab/9r98a+1&#10;T4rhoCrEcFSdGC7IuqN7osRwe5ZbnfycFDOE27b8uWdtqdH6sbr9GtXW2y58cf5692Nlr4PrPjEc&#10;OyXrPvCiZnf4n0ufL6w2y8Rw4Yjh6kkMF2NZ98xHmifOiOEAAAAgBWK4+W8jhuv0H3lpcQiABQsX&#10;w+0Vw6VGDBdkQWK4qxo3Xpufj2699PxkrTuvbhx5SfFjSt6xwflDZa+D6z4xHDtlf290oNkdfrD0&#10;+cJqs0wMF44Yrp7EcDEmhgMAAICEiOHmPzEcVIsYjqrbiuGGp8suyFuNFiSG27O3ddOeRuvDZeco&#10;y8/TjdYn8n3v0/YfTj6o6qyOv7fstXCt15+8qbj58Ljs/7lPfnnWHb6j9PnCarP8GIvhghHD1dOB&#10;3plvyh/TYrj678NiOAAAAEiEGG7+24rhxmI4qAgxHFUnhguyADHc1Y2X7cnPQz+S74/KzlE2vfzn&#10;dOKqxg3XFj++JLUHk58pez1c1/lmOHZS1h3+VOnzhdVm+TEWwwVTrxjuHjFcYTOG65751bLHudVq&#10;H27eIoYDAACAJIjh5j8xHFSLGI6qE8MFWYAYbulZrWvyc9GHLj032Rfcp/bsXdlf/BiT0+5P3lb2&#10;mriOE8Oxk/Ln/2/Ln//Plz5nWC2WieHCuenkej1iuP7kx1pvu/Cni5sVnhguzMRwAAAAkIqNGK7d&#10;X0v+QlxKE8NBtYjhqLrNGK4nhqv9IsRwy0e+YU9j5Z6y85N94eXn8Af2LLe+vfhxJiV//fuBstfF&#10;dZsYjp30/O6Zp2Xd4adLnzOsLjt93W3nrikOOQGI4erpQO/sN+Wv5cVw9Z8YDgAAAFIhhpv/xHBQ&#10;LWI4qk4MF2QRYrjGyg35uehjl56b7MqW/xz/257l1t8pfqzJaA8mv1X22rhOE8Ox07Lu8GdLnzOs&#10;FsuPr2+GC0YMV09iuDATwwEAAEAqxHDznxgOqiVcDNc48h3FTScRYrgYy7qje66vewy3r3Vzfi66&#10;79Jzk822pUZrbU+j9YNPOHToicWPuPI6/cmnyl4f12b9yZuKmwo7Yn939LKsN3qo7HnD0l+2EcPd&#10;IoaL5KY7xXB1JIYLMzEcAAAApEIMN/+J4aBaxHBUnRguxiLEcFc3Vm7c01h5pOz8ZI9vS41WMhFW&#10;ezD+j2Wvkesw3wzHTmueOP0Xm93R7WXPG5b+st7o3WK4WDZjuFNiuLoRw4WZGA4AAABSIYZbxNY/&#10;LoaD6njqc17+TDEcVSaGi7EIMVx+Hnr9nsbKpy89N9kOrrHyj57QalX+w+lOf/Lu8tfJaU8Mx27I&#10;umcOlz1vWC12+rrbzl1THGoCeMWd68/vDNYGZc8hKU0MN20zhuuJ4QJMDAcAAACpEMMtYmI4qBIx&#10;HFWXHb//RjFc/SeGsx3eG4ofe2Xlr4m75a+V091WDPdJMRw76tBt556UdYeDsucOS3u+GS4eMVw9&#10;ieHC7MP5sf764rADAAAAVSaGW8TGYjioEDEcVZcdH93Y7I3EcDWfGM52ekuNlYfzv76++PFXUmd1&#10;/Iby18uJrj9J5tfVkpZm90y77LnD0p4YLh4xXD2J4cJMDAcAAACpEMMtYmI4qJJYMVzr95cah8Vw&#10;iRHDxZgYznZrGyH01Y3Dry4OQ+W0B+OXlb9mTm8b3wx38z0XnlTcNNhRWXf4jrLnD0t3Yrh46hPD&#10;rYnhtmkeH35z/pgWw9V/YjgAAABIxVYMNxHDzXViOKgSMRxVJ4aLsTAxXMm5yea2h5567Q3PKw5H&#10;pdy8+plr8tfJZy9/3ZzWxHDspvx54mvLnj8s3Ynh4qlLDJfvR8VwF4nhwkwMBwAAAKkQwy1iYjio&#10;EjEcVSeGi7GNGG7/rQ8cKg57LeXnoY1vhvvjS89NNuc1Vu65urHynOKwVEq7P/7X5a+f05gYjt2W&#10;P1f8eNlziKU5MVw8WzHcRAxXM2K4MBPDAQAAQCrEcIuYGA6qRAxH1YnhYkwMZ/Pe0vLKW55w6NAT&#10;i8NTGZ3+2neVv4au/sRw7Lb9//6Tfy5/vvhI2fOIpTcxXDxiuHoSw4WZGA4AAABSIYZbxMRwUCVi&#10;OKpODBdjYjhb2PYe/r+KQ1QZx97z2a/M36f8Wvlr6epODMc8HDh+9mDZ84gludPX3XbumuLQEoAY&#10;rp7EcGEmhgMAAIBUiOEWsfHHj5165FuKQwAsWLAY7vfEcOkRw8WYGM4WusbKcKmx8qLiUFVGezD+&#10;vvLX09WcGI55aXaHP1r2XGJpzTfDxSOGqycxXJB1xXAAAACQDDHcIiaGgyrZiuEO/7vSOKBmE8Ol&#10;SQwXY5sx3PEAMVzJuckqtMbKx6v2q1OPrn726flr6I9c/pq6emv318RwzE3WHfbLnk8snYnh4ums&#10;Pnx9/nwhhqsZMVyQieEAAAAgHWK4RUwMB1Xy1Ofc9Myl5RUxHJWVnRjdmHWH95VekLfaLEwM55vh&#10;kthSY+UfFIetMjqr4799+evqak0Mxzztf8v9X97sDR8se06xNCaGi0cMV09iuCDrDn/pQO+MGA4A&#10;AABSIIZbxDZiuLEYDipCDEfVieFiTAxnFdx9e/au7C8OXyUcuufCE/PX03dPv7au0PqTNxV/VJiL&#10;A70z31T2nGJpbCOGy06cu7Y4nAQghqunzRiuO/zPZY9zq9HEcAAAAJCOm04+/Hwx3LwnhoMqEcNR&#10;dWK4GBPDWVWXP0e+pTiElXFsMLk2f139/unX2BXYqclP+mY45i3rDf9u2fOKVX/5c78YLhgxXD2J&#10;4YJMDAcAAADpEMMtYmI4qBIxHFUnhouxrHvmnv3Hz4jhrJJbaqycv2q5tVIcyspon3rkGzv9yX2X&#10;v95e0MRwLEizO/xnZc8tVu2J4eKpVwz3NjFcoXlCDBdiYjgAAABIhxhuAeuPP35sVQwHVSGGo+rE&#10;cDEWJoYrOTdZOsufR37zCYcOPbE4pJXRHowP56+xH7nsdfe859ekskBZb/SusucXq+7EcPF0Vtdr&#10;E8O98cKFP1XcrPCaYrgYE8MBAABAOsRwC5gYDipFDEfVieFiLEYM1/o7vhmuLmu9pjisldIeTG7u&#10;DMa/cdnr7zks/2c/2F4d/z1xAIvU7I7EGAlNDBePGK6emice+Gbn3wATwwEAAEA6xHALmBgOKkUM&#10;R9WJ4WJMDGcJ7tTT9h/+c8XhrZROf+3r24PJqcteh+/m+uNfPXbn5GjxR4CFyXqjR8qeZ6ySO33d&#10;beeuKQ4dAYjh6kkMF2RiOAAAAEiHGG7+a/fX//NRMRxURrQYbk+j9brippMIMVyMZb3R+8VwluT2&#10;Ha5sANa658KT24PJ7Ze+Ht+djT9+5NTaVxT/aFiYZ73t3i/On1cmlz7PWPXmm+HiEcPVkxguyMRw&#10;AAAAkA4x3PwnhoNqEcNRdVn3/psyMVztJ4azxPf24jBX0hvfeOFPHetPjrZX105e+tp8J5a/n/pQ&#10;p7/2Xcfe+d+fWvwjYaEO/uxv/+Wy5xqr1sRw8WzEcO3+eL7fXLo7E8NtI4YLsu7wlw7eevZvFIcd&#10;AAAAqDIx3PzX7o/FcFAhX/rsI18phqPKxHAxJoaz5NdY+Z979h7+5uJwV9bmt8WdmnxbezB+36Wv&#10;02daf/yr7dXx3zty+/m/UvwjoBKe3z3ztLLnG6vOxHDxiOHqqdkdfosYLsDEcAAAAJAOMdz8J4aD&#10;arnm2Ue+co8YjgoTw8VYjBhu5fWXnpeslqv0t8Rt1x589i91Vtde3OlPfqQ9mLwnf53+mUtfu5eu&#10;P/5sezD+cHuw9k+OnRq/vH3qM19W/C2hUq5/y+mvKHvOscrs9HW3nbumOFwEIIarJzFckInhAAAA&#10;IB03nVwXw815YjioFjEcVZd1RzflE8PVfL4Zzuq0/Pnmk1ftu+mvF4c+KTevfuaajUDu6OraK9v9&#10;tR9uDyY/0x6s39YZrPc2/vXR/trrOv3xSzt3rj2j+J9ApWU/O9pT9rxji1/+3P+u7MQZ3wwXSG1i&#10;uNXJj278CvLiZoUnhgsyMRwAAACkQww3/4nhoFquuVYMR7WJ4WJMDGc13WuLww8s0Nf/qwf/Qtlz&#10;jy12Yrh46hPDrYnhthHDBdlGDHdcDAcAAABJEMPNf2I4qBYxHFUnhosxMZzVdo3W24q7ALBgze7o&#10;M2XPQbaYieHiqU0M15/8iBjuIjFckInhAAAAIB1iuPlPDAfVIoaj6jZjuJ4Yru4Tw1mdt7S88odL&#10;+1aWi7sCsED5880flD0P2UJ2+rrbzl1THBoC6Ny1fn17MBHD1YwYLsay7vCX9ovhAAAAIA1iuPlv&#10;I4Zrn3rkm4tDACyYGI6qE8PFmBjOQqxx+HuKuwOwQM3u8ANlz0U23+XP/b4ZLhgxXD2J4WIsE8MB&#10;AABAOsRw858YDqpFDEfVieFiLE4M1/rvZecni7OlRuv24i4BLFD+3PMvL30usvlODBePGK6exHAx&#10;lp+zPySGAwAAgETcdOf689unxHDznBgOqiVSDJfvQTFcerZiuOH9ZRfkrT4Tw1mkLS23PnnNvsNL&#10;xV0DWJBmd/ijZc9JNp+J4eJpDx7eL4arn80YrieGq/vEcAAAAJAQMdz8txXDjcVwUBGbMVxj5d+X&#10;fVhfw4nhEiSGizExnEXcUuPwi4u7B7Ag2fHRjWXPSzaXnb7utnPXFIeCAMRw9bQRw+Xv1z5e8hi3&#10;Gk0MBwAAAAnZjOEGa4PSi1u2KxPDQbWI4ag6MVyMieEs7g7/QHEXARakecvp55U9N9nuzjfDxSOG&#10;qycxXIyJ4QAAACAhrxDDzX1iOKgWMRxVJ4aLsfw4vz878cBXF4e9lsRw9uhrvaO4mwCLcuHCFzW7&#10;fs3fPCeGi0cMV09iuBjLj/GH9h+/XwwHAAAAKdiI4TpiuLlODAfVIoaj6sRwMRYjhlt5/SXnJLPt&#10;e+gJhw49sbi7AAuSPx/1yp6nbOcnhotHDFdPYrgYE8MBAABAQsRw858YDqpFDEfVieFiLEQM1zj8&#10;Pb4Zzr7QlpZb+4q7DLAgze79ryx7rrId3+nrbjt3TfFjJ4A6xXAXLlz4ouJmhSeGizExHAAAACRE&#10;DLeIrf+qGA6qQwxH1YnhYkwMZ7Zt+458S3G3ARbk4K1nnpU/Pz146fOV7dx8M1w87cG6GK6GxHAx&#10;JoYDAACAhIjhFjExHFSJGI6qE8PFmBjObHpXNVp/u7jrAAvU7I7+Tdnzlj3+ieHiqUsMd7Q/+ZEn&#10;iOH+hBguxsRwAAAAkBAx3CImhoMqEcNRdftvOXNUDFf/ieHMLt/ScuufFHcfYIEOdM++uuy5yx7f&#10;NmK4ZvecXw0diBiunprdB74lfzyL4Wq+jRguOzH6uuKwAwAAAFUmhlvExmI4qJBwMdzyymuLm04i&#10;xHAxJoYze9S9vbgLAQt06M33PjnrDj9d9hxmM+/0dbedu6b4EROAGK6esuPDl4rh6r+sK4YDAACA&#10;ZIjhFrD++FfbJ8VwUBViOKpODBdjIWK45ZXXbzsfmT3mLS23frO4GwELlvVG/7DsecyufL4ZLp7N&#10;GK4/vrP0WlFCE8NNE8PFWCaGAwAAgHRsxXATMdw8J4aDSrlm3+FnieGosv09MVyE+WY4sy+4TxV3&#10;JWDBmidGz8uftz5Z9nxmj31iuHjEcPUkhouxTAwHAAAA6RDDLWBiOKgUMRxVJ4aLMTGc2WNYY+WP&#10;i7sTUAHN3tl/WvacZo9tYrh4xHD1JIaLsUwMBwAAAOkQwy1gYjioFDEcVSeGizExnNljXet/fdlz&#10;X/Lni7sVsGD7e8NnZN3hWtlzm33Bnb7utnPXFD9KAhDD1ZMYLsYyMRwAAACkQwy3gInhoFLEcFTd&#10;/t7oaNYbieFqPjGc2RXuOTdeXdy1gArIumd+ouz5zR59vhkunvrEcGtiuG2yE2K4CMvEcAAAAJAO&#10;MdwC1h//amfwyDcVhwBYMDEcVSeGi7EwMdyyGM52bkvXHn5GcfcCKuD63v1fmT+n/fKlz3FWPjFc&#10;PHWJ4dqnJj8shrtIDBdjmRgOAAAA0iGGW8DEcFApYjiqTgwXZcP3ZSfur3cMt7zy+m3nI7Md2dXL&#10;R76iuIsBFdHsDv9W+XOdbZ8YLp6tGG4ihqsZMVyM5cf4F8VwAAAAkAgx3AImhoNKCRXDNcRwKdqM&#10;4brDM2UX5K1OCxDDbX0z3P+47Nxk9ji38Vxe3M2Aijh027mnZCeGP1f+nGcbE8PFI4arJzFcjInh&#10;AAAAICGd1Yev74jh5rvNGG4shoOKEMNRdWK4KIsQwx35nvwcJIazXdn/9uwjf6W4qwEVsv+W4Vfl&#10;r2M+VP7cF3tZ78y7mt37xXCBiOHqaTOG6w5/rexxbvWZGA4AAAASIoZbwMRwUCnBYrjfzf8qhkvM&#10;gd7oaFMMF2BiOLPHuy9Zvvkpxd0NqJise/Zw1h3+TvlzYNjdLoaL5aY7zmdiuPoRw8WYGA4AAAAS&#10;IoZbwMRwUClbMVzrbWUfqtduYrgkieGiTAxn9ni31Fg5/4RDh55Y3OWACmp2z7yu/Hkw5E5fd9u5&#10;a4ofDQHUJobrT374CU8Qw32OGC7GxHAAAACQEDHcAiaGg0oRw1F1YrgoE8OZ7cSWGiv/rbjLARXW&#10;PDH6ifLnw1DzzXDBiOHqSQwXY2I4AAAASIgYbgETw0GliOGoOjFclAWI4ZZXXj91TjLbpS01WueK&#10;ux1QYc89fvZLsu7wZ8ufF0NMDBeMGK6exHAxlvWGv5iduE8MBwAAACkQwy1i6x8Tw0F1iOGoOjFc&#10;lEX4ZriVv5ufg3wznM1lS42V9xR3PaDiDr3xnidmveGHyp8f67usN/q4X5May02nzmftgRiubsRw&#10;MbYZw90ihgMAAIAkiOEWMTEcVIkYjqoTw0XZ8H3ZLWI4s53c0nKrV9z9gAQ0f+63/1r+mufW8ufJ&#10;Gq47+lcHbz3zrOLmE0C9Yjg+RwwXY2I4AAAASIgYbhETw0GViOGoumb3TLvZE8PVf2I4s13aG4q7&#10;IJCI7F+N9jS7w39a/nxZn2XdMz+z/y33f3lxswng2Kn1rCOGqx0xXIxtxnDd0dcWhx0AAACoMjHc&#10;IjYWw0GFiOGoOjFclInhzHZrS43Dx4q7IZCYZnf0k+XPmzVYftuKm0kQYrh62t+9/2WZGK72E8MB&#10;AABAQsRwi5gYDqpEDEfVieGiTAxntpu7au9KrR9fUHfZibOvanaH/7n8OTS9Zb3Rrx3onn11cfMI&#10;QgxXT/u7o5dl3ZEYruYTwwEAAEBCOqvrYri5TwwHVRIvhjvymuKmkwgxXJQFiOGWV15/2XnJbI77&#10;kuVveUpxdwQSlb112MyfM/9t+XNpUnt7duIBkW4wmzFcf3xX+bWidCaGm7YZw/XEcHWfGA4AAAAS&#10;IoZbxMRwUCViOKpODBdlw/c1u2dfUBz2Wiq+Ge6hy85NZvPbh4q7I5C4Q2+854nZ8eH3Zr3RQ+XP&#10;q9Vd1h2uZd3RGzZuQ3FzCEIMV09iuBgTwwEAAEBCxHCLmBgOquTq5RueLYajysRwUSaGM5vHlpZX&#10;/llxlwRq4kD3zP6sN3xL/lx6vvw5tjrLusP/2ewOb81O1PvbYCknhqsnMVyMieEAAAAgIWK4RWz8&#10;sWN3PvKS4hAACyaGo+rEcFEmhjOb15YaK68o7pZAzRw4fvZg1h3dU/5cu/hlvdFH9/eGLy7+uAQj&#10;hqsnMVyMieEAAAAgIWK4RUwMB1USK4Zr/e6e5ZYYLjFiuCgTw5nNa0vLK+Orl298dnHXBGqqeWL4&#10;zflz61uz7vDT5c+981vWG306/3P83EY084QLF76o+CMSjBiunsRwMSaGAwAAgISI4RawvhgOqkQM&#10;R9WJ4aJMDGc21zVaHy7umkAA+3vDZ+TPtT/W7I6G5c/Du7jNf+bwxzb+DMUfh6DqEsN1BuM3FjeJ&#10;nBguzD4ohgMAAIBEiOEWsI0Yri+Gg6oQw1F1ze7Z9kI+uLU5L0AMt7zy+svOS2YL3FKj9abi7skc&#10;HDm19hU33TF+Zvvk2gsv3ca/v/GfH7rnwhOL/zrsqgPdM/vz59+fznqjj1/+nLwzK/7eP73xzyr+&#10;sQQnhqunzRiuO/z1S88BVruJ4QAAACAVGzFcuz8+dfmFLdu1bcZwYzEcVIQYjqoTw0WZb4YzW8Su&#10;bhzxunwXbIRtR1fXXpm//3lLezA51e5Phpe9L/o8y//75/K/3p3vLUf7a6/biOWKvzXsikO3nXtK&#10;dnz40mbv7Jvy5+W7m93hg5c/V3/BfSrf3Rt/j42/18bfs/jbw6atGG4ihqsZMVyYieEAAAAgFWK4&#10;+S//eX/sqBgOKkMMR9WJ4aJMDGe2iC0ttz76Zc99yZ8v7qY8Dhvf6tbpj1/aHqzfVsRspe+HHs/a&#10;g8mD+fupX2ivnu/cfM+FJxX/aNg1h95875Ob3fv3Xd8bvjA7Prox/79fuX0b/97Gf7bx39n47xb/&#10;MyglhqsnMVyQdcVwAAAAkAwx3PwnhoNqEcNRdWK4KBPDmS1qS42VHy/upszo6Ora3+gM1nv5+50/&#10;uPT9z66uP36oc2r95zfeX/kVq0DVdVbPN8Vw9SOGCzIxHAAAAKRDDDf/ieGgWoLFcL8jhkuPGC7K&#10;xHBmi9zVjcM+3JzBq+/87Je2+2vf1u5P+mXvfea+/viezur4b7cHn31a8UcEqAwxXD2J4YJMDAcA&#10;AADpEMPNf2I4qJarl2989p7GytvLPhiv3cRwSWqeEMPFmBjObJFbWl55b3FX5THa+Ca2o6trr2z3&#10;J8Oy9z2L3uavVB2MX+/XqQJVIYarJzFckInhAAAAIB1iuPmvPZj8ihgOqkMMR9WJ4aKs/jHcUqP1&#10;vfm5SAxn1V3j8PcUd1ceg/y9zY2dwdrg0vc7Fd0H2/3Jt7148Nk/W/zxAeZODFdPB7qjlzXFcPWf&#10;GA4AAADSIYab/8RwUC1iOKpODBdlYjizha+x8vGrG4f/anGX5fM4cmrtKzr9ydvL3u9Ufv3JPZ2T&#10;k+cUNwVgbsRw9SSGCzIxHAAAAKRDDDf/ieGgWsRwVF2zd6Yjhouws+8Vw5lVYI3DP1TcZfk88vc0&#10;r2oPxr9W9n4nleW34YGNX6P6hAsXvqi4WQC7qiYx3GfFcNMO3CqGC7Hu8IPNE8OvKQ47AAAAUGVi&#10;uPmvPRiL4aBCxHBUnRguysRwZpVYY2W4Z+/hvcXdlhKddzy0p9Of/HinP36o7P1OkutP/nnn3WvP&#10;KG4iwK6oRww3FsNd4kDv/peL4QJMDAcAAADpEMPNf2I4qBYxHFUnhosyMZxZZdZo/VRxt6XEzbdf&#10;eEpn41eNlrzXSX35e7XfbA8eflpxUwF2VGd1XQxXQ2K4IBPDAQAAQDq2YriJGG6OE8NBtYjhqDox&#10;XJB16x/D5eeh1192XjKr4JaWW2tLz2pdU9x1ucTR1fWvzt/XDC59n1On5e/ZPtwZjL+puMkAO0IM&#10;V09iuCATwwEAAEA6xHDznxgOqkUMR9WJ4YKsO3xvs3t/7b8Zbmm59ZnS85NZxba0vPIjxV2XS7RP&#10;jr+53R9/pOy9Tv02vvfo6vljxU0HeFxqEcP1x5/trIrhtjvQG4nhIkwMBwAAAOno3LV+fXsghpvn&#10;xHBQLZsx3HKoGO7bi5tOIsRwQSaGM6vaPrT07CN/rbj7ss2xwfmDnf74obL3OrVdf/xIvpcWPwKA&#10;mWzEcO3V8XtKzzOpTAx3ma0YbiSGq/vEcAAAAJAOMdz8txHDtU898o3FIQAWTAxH1YnhgkwMZ1bB&#10;ec4sk7+nuTHf6e3vcaKs3Z8M8/dzh4sfBcAVEcPVkxguyMRwAAAAkA4x3PwnhoNqubqx8pw9Yjgq&#10;TAwXZGI4s8otv7/+wjOe8eI/W9yFKeTvacLGcBc3/linv/b1xY8E4DHp3LnebA/EcHUjhgsyMRwA&#10;AACkQww3/4nhoFrEcFSdGC7IAsRw+Xno9Zedl8yqvMbKIxuvE4q7MIWQvyb1UbbxTXE33fE/rip+&#10;NACflxiunsRwYfaB5i1iOAAAAEiCGG7+E8NBtYjhqLqNGC7rDkclF+OtTvPNcGZV3RuKuzCF/D2N&#10;b4a7ZPl7vH958z0XnlL8iABKieHqaSuGG/5G6Wt8q9PEcAAAAJCK9uDh/WK4+W4rhhuL4aAixHBU&#10;nRguyMRwZpXcUmPl579k+VtETtvk72nEcI82gQjwedQlhjs2GP9QcZPIieHCTAwHAAAAqRDDzX9i&#10;OKgWMRxV1+yd7WS9kRiu7hPDmVVyS42V/3T18uHnF3djcvl7mhs7/bX7Ln2fY1tr98d/lL/H7hQ/&#10;LoA/IYarJzFcmInhAAAAIBViuPlPDAfVIoaj6sRwQSaGM6vmGit/vNQ4fKy4G5PL39Pc2OlPxHBf&#10;aP3xR286Of7rxY8NoIjhJmK4mhHDhZkYDgAAAFIhhpv/xHBQLWI4qk4MF2Td4XsP3Hr2YHHYayk/&#10;D73+svOSWRr7yeJuTC5/TyOGu7L9aPGjA4ITw9WTGC7MxHAAAACQCjHcAnZq8stiOKgOMRxVJ4YL&#10;sgAx3NLew3/PN8NZiltqtG552rMOf2lxVw4vf08jhrvS9Sfn2qfWa/3tn8AXdrR//oAYrn42Y7ie&#10;GC7AxHAAAACQCjHcAtaf/HJ7VQwHVRErhlv5r2K49IjhgkwMZ1bZLTVa//qaa1/+9OKuHN6xwfmD&#10;nf74odL3OvZ51+6Pf6H4MQIBieHqSQwXZmI4AAAASIUYbgETw0GlbMVwrf9Q9uF37SaGS5IYLsjE&#10;cGaV3dLyyruvXr7x2cVdObz8PY1vhnscy99//49Of+3rix8nEIgYrp7EcGH2gQO9cy8sDjsAAABQ&#10;ZWK4BUwMB5UihqPqsuPDY2K4ABPDmVV2S8sr79uzd2V/cVcOL39PI4bbgbX7k58tfqRAEHWI4dr9&#10;8WfbYrgpYrgwE8MBAABAKsRwC1h/LIaDChHDUXViuCALEMPl56HXX3ZeMktjDz71OS9/ZnFXDi9/&#10;TyOG26n1x7/XWT3fLH60QM2J4eqpefzMDWK4EBPDAQAAQCpuvv3CUzqDyelLL27Z7q09mDx40x1j&#10;H6ZBRYjhqDoxXJD5Zjizyi6/3350qXH4xcVdObxjg/MHO/3xQ2XvdWzG9SdvKn68QI3VIoYbjP+X&#10;GG6aGC7Khh840BuK4QAAACAFN69+5prOqfWfL7vAZbs03wwHlSKGo+rEcEEmhjOr7MRw09qrk5t8&#10;M9zOr90f//pNd1y4qvgxAzUkhqsnMVyUieEAAAAgKe3B2j8pu8BluzQxHFSKGI6qE8MFWYQYblkM&#10;Z2lODDdNDLe7y3++K8WPGqiZo/11MVwNieGiTAwHAAAASekMxt9bdoHLdmn98S8fGzzyN4sfP7Bg&#10;YjiqTgwXZGI4s8pODDdNDDePjW8pftxAjYjh6kkMF2RdMRwAAAAkpT2YdPI9WHaRy3ZhYjioFDEc&#10;VSeGCzIxnFllJ4abdmxw/mD+nuah0vc6tnPLf8aH7rnwxOLHDtTAZgzXH99d+phPZGK4y4nhgkwM&#10;BwAAAGk5cmrtK9qD8afLLnLZzm8jPLzpjvEzix8/sGDhYrh9K99W3HQSIYYLso0Y7rgYzqyK24rh&#10;Vl5U3JXD881wc96djwgxoSbEcPXUPH72hvz1vBiu7hPDAQAAQHrag/HPlF3ksl3Y5jfDjX0zHFTE&#10;nr2H94rhqLLshBguyO4Ww5lVc2K4aWK4+S9/v/4DxY8fSJgYrp7EcEHWHd0jhgMAAIDEtO9Y+7p2&#10;f/Lfyi502Q5PDAeVIoaj6jZjuO7wbOkFeavTxHBmFZ0YbpoYbjFrDybvKA4BkCgxXD1txnDd4W+W&#10;vL63Ok0MBwAAAGlqD8bdsgtdtuP7T2I4qI5wMdxeMVxqxHBhFiOGa7QeLj0/mVV4YrhpxwbnD3b6&#10;44cueY9j81j+cy8OA5AgMVw9NU+I4UJMDAcAAABp2gi0Ov3Jfy+72GU7OjEcVIgYjqoTw4WZGM6s&#10;ohPDTWuf8s1wi157MH5WcTiAhNQmhju1/oPFTSInhgsyMRwAAACkqz0Y/8uyi122oxPDQYWI4ag6&#10;MVyYBYjhjvy9pcaKGM6SmxhumhiuGjvaf+T/LA4JkIj6xHBjMdw2YrgYy7qje64XwwEAAECabrpj&#10;/Myyi122c2sPJg9u/JyLHzmwYGI4qk4MF2ZiOLOKTgw3bSOGaw/W7r/0fY7Nf8dOrb+uOCxAAmoR&#10;w/XH/yufGG4bMVyMieEAAAAgcZ3V8RvKLnjZTm3sm+GgQsRwVF124oFjWXckhqv/xHBmFZ0Ybtqx&#10;wfmDnf74ofL3Ojb3nZr8ZHFogIrbiuEmYriaEcPFmBgOAAAAaqAzmAwuveBlOzUxHFSJGI6qE8OF&#10;mRjOrKITw03b+ma4iW+Gq9TG3eLwABV20x3nD4rh6kcMF2NiOAAAAKiBo/3J3k5//N/LLnzZ450Y&#10;DqpEDEfVieGibHj3geP3ieHMKjgx3DQxXFW3/u+KQwRU1E2D8wfz86cYrmbEcDG2EcPtv/WBQ8Vh&#10;BwAAAFLVPrX+2rILX/Z4J4aDKgkVwy2vfEoMl5793eErxHARJoYzq+rEcNPEcNVdflxOFYcJqKDN&#10;XzMthqudrHvmsBiu/hPDAQAAQI20B+N/VXbxyx7PxHBQJUUM946yD79rODFcgsRwURYhhlv5/4vh&#10;LMWJ4aZtxhz98UPl73Vs4etP7ikOFVAxYrh6EsPFmBgOAAAAasYHHTu79mDy4E13jJ9Z/HiBBRPD&#10;UXViuCgTw5lVdfl99yNiuIt8M1wS+2BxuIAKEcPVkxguxjZjuONiOAAAAKiNY3d/9qntwfh/lV0E&#10;sytfu++b4aBKxHBUnRguysRwZlWdGG6aGC6ZnSwOGVARdYjh8v1PMdw0MVyMieEAAACghm66c/zM&#10;kgtgNsPEcFAtYjiqTgwXZcO7D/ZGB4rDXktiOEt1YrhpYrh0lr/3/NfFYQMqQAxXT2K4GBPDAQAA&#10;QE21T55/QclFMLvCbcRwr+g/8n8WP1ZgwcRwVN1mDNcTw9V/Yjizqk4MN+1o//xRMVw6y99//mxx&#10;6IAFq0cMNxbDXUIMF2P5cb5n//EzYjgAAACoo6Or45eXXwyzx7qNGO6oGA4qQwxH1YnhokwMZ1bV&#10;ieGmHe1PxHCJrT0Y/1Bx+IAFOjZYF8PVkBguxsRwAAAAUHPt1bXXll8Qs8cyMRxUixiOqhPDRZkY&#10;zqyqE8NNE8Olufbg/M3FIQQWRAxXT5sxXE8MV/fl78nfL4YDAACAmmv31364/KKYfaG1B5MHb7pj&#10;/MziRwksmBiOqhPDxVjWG969XwxnVsmJ4aaJ4dJd+9TaC4vDCCzAZgzXH7+37PGZzsRwlxLDxZgY&#10;DgAAAIJo98f/V/mFMft82/pmuLFvhoOKiBbDXd048urippOIrRhu+EDZBXmrz8RwZtWdGG6aGC7x&#10;3bX2V4tDCcyZGK6esu7Zw1lvdG/Za3yrz8RwAAAAEMjGByHlF8fs0SaGg2rZ85wbGmI4qkwMF2OB&#10;YrjzJecms0pPDDdNDJf61j/eetuFP10cTmCOxHD1JIaLMTEcAAAABNPpr319+QUyK5sYDqpFDEfV&#10;ieFiTAxnVt2J4aaJ4Wqw/vjW4nACcySGqycxXIyJ4QAAACCgo6uTfeUXyezStQeT/yiGg+qIFcO1&#10;PnV147AYLjFiuBjLumI4s6ouv9+K4bYRw9VjR/tr31UcUmBOxHD1JIaLMTEcAAAABPWKkw9/efmF&#10;Mts+MRxUixiOqhPDxVgmhjOr7DZjuOUj31DclcPbjOH6a2cufZ9j6a09WN9fHFZgDuoSw3VOrb+h&#10;uEnkxHAxJoYDAACAwFpvu/DFnf7kj8svmNnGxHBQLWI4qk4MF2OZGM6sshPDTTs2OL8Rczx06fsc&#10;S2/t/mRYHFZgDuoTw43FcNuI4WJMDAcAAAA8od2f3Fl+0czag7EYDipEDEfVieFiLBPDmVV2Yrhp&#10;x/qTo53+xDfD1WTtweTHikML7DIxXD2J4WJMDAcAAABsap8a/2D5hbPYE8NBtYjhqLr93QfEcAGW&#10;ieHMKjsx3DQxXM3WH3/2FXc+8jXF4QV20VYMNxHD1YwYLsay7uj92YkHvro47AAAAEBk7cHa15Vf&#10;PIs7MRxUixiOqjtwy+jmrDcSw9V8WXf0HjGcWTUnhpsmhqvh+pP3FocX2EXtk+dfIIarn+z4sCWG&#10;q//EcAAAAMCUm++58KTOYP1j5RfR4m0jhuvc+ciLix8PsGBiOKpuI4ZriuFqvxgxXOvvi+EsxYnh&#10;ponh6rl2f/w9xSEGdokYrp7EcDEmhgMAAABKdfrjf15+IS3WxHBQLXuec2Njz/JKlBjuk2K49Bzo&#10;ieEiTAxnVt2J4aYdu1MMV8e1++P/3Hn32l8tDjOwC8Rw9SSGizExHAAAAPCojvYnR8ovpsWZGA6q&#10;ZSOGW2qsvLPsw+/6TQyXIjFcjInhzKo7Mdw0MVx91+6Pf7A4zMAuEMPVkxguxsRwAAAAwOf1ipMP&#10;f3mnP/7F8otq9Z8YDqpFDEfVieFiTAxnVt2J4aYdG5w/mL+fe6jsvY6lvfy96qdvvv3CU4pDDeww&#10;MVw9ZSfEcBEmhgMAAAAek6P9te8qv7BW74nhoFr2XCuGo9rEcDEmhjOr7sRw0/L3NO18vhmupsvf&#10;r/5QcaiBHVaLGK4/eaSzKobbTgwXY2I4AAAA4DE7dvdnn9ruj+8uvcBW04nhoFrEcFSdGC7GxHBm&#10;1Z0Yblr+nkYMV+/94s2nLnxFcbiBHVSPGG4shruEGC7GxHAAAADAFesMJq++7AJbTSeGg2oRw1F1&#10;YrgYE8OZVXiNlQ+L4S7K39OI4Wq+o/3JtxeHG9hBYrh6EsNF2fB92Yn7xXAAAADAlWm97cKTO4PJ&#10;ycsutNVsYjioFjEcVSeGizExnFmFJ4abcmxw/mCnP36o7L2O1WT9yT3F4QZ2UPvU+gs6p8RwdSOG&#10;izIxHAAAAPA4HO2PX1J6wa0maw8mD950x/iZxc0FFkwMR9VtxnDd4bnyC/JWl4nhzCo8MdyU/D2N&#10;b4ar+dqD8a90VtebxSEHdshGDJc/vt5X9rhLZmK4y2zGcN3hfyl7jW91mhgOAAAA2AGd/uQnL7vo&#10;VoNtfTPcmm+Gg4oQw1F1YrgYixPDtdbKz09mFZ4Ybkr+nkYMV/O1++M/ag8mneKQAztEDFdPYrgo&#10;E8MBAAAAO+SmO/7HVe3B+LbLLr4lvHZ//B87q2I4qIpIMdzScuuTVzVarypuOokQw8WYGM6swhPD&#10;Tcnf04jhAuzYYPxDxSEHdogYrp7EcFEmhgMAAAB22CtOTZ7dHkxOXXYRLsX1Jx8Vw0F1LO1bWRbD&#10;UWViuBjLusP37O/dJ4Yzq+LEcFPy9zRiuABrD8Zvufn2Tz+lOOzADhDD1VN24oFW1h2J4Wq/4fuy&#10;W8RwAAAAwC5oDx75us5g/PHSC3KpTAwHlSKGo+rEcDGWdYfvyd46bBaHvZbEcJbsxHBT8vc0YrgQ&#10;G//bo6vnn14cdmAHiOHqSQwXZWI4AAAAYJe1T669cPMCXNmFuYqvPZg8eNMd42cWNwVYMDEcVSeG&#10;i7FMDGdW3YnhpuTvadrt/ni4/T2O1W/t/qT/isGkURx2YAfUJYY7Nlj/geImkRPDRZkYDgAAAJiT&#10;9mDSaffHv1Z6ga66O7kR8xU3AVgwMRxVJ4aLsUwMZ1bdNVofXlq+QQxXODY4f7DTHz90yXscq99O&#10;37z6mWuKww7sADFcPYnhokwMBwAAAMxZp7/29e3+5M7SC3WV23rPN8NBdYjhqLrNGK4nhqv7so0Y&#10;7niAGG5ZDGcJTgw3JX9P087fe/lmuLqvP7nH/xMX7Kz6xHBjMdw2YrgoG76v2T37guKwAwAAAMzP&#10;0f5kb6e//nOlF+wqsHZ/vHa0v/bjN99+4SnFHxlYMDEcVdfs3v9KMVz9l4nhzKo7MdyU/H2NGC7C&#10;xHCw47ZiuEnSMVy7P36kLYabsr87XBHDRZgYDgAAAFiwbx18dqm9uvZTncH4f5ZdvFvY+pNznf7a&#10;dxd/TKACxHBUnRguxrIIMVyj9X1iOEtyYrgp+fsaMVyEieFgxx1dPf/VYrj62YzhemK4+k8MBwAA&#10;AFTI0f74Je3B+DfLLuLNe+3B5PbOyclzij8aUAFiOKru+t7whVlv9FD5BXmr0U5fd9u5a4rDXkti&#10;OEt2jdaH9+w7/PXFXTm8/H2NGC7CxHCw48Rw9SSGizIxHAAAAFBBR1f/+C8f66+/rt0ff6Dsgt5u&#10;r92fvO3YqfHLiz8OUBFiOKruQO/sN2W90b3lF+StLst8M5xZdSeGm5K/txHDRZgYDnacGK6exHBR&#10;JoYDAAAAKu7m1QvXtAfj13f644+WXdzb8fUn7z7anxx944ULf6r4IwAVESuGW/ltMVx6shMPfHWz&#10;N/rw5RfjrU7LxHBm1Z0Ybkr+/kYMF2H98T3HBuuHisMO7AAxXD0d6A5X8tfzYrjaTwwHAAAAJOTm&#10;ey48qTOY3Ng5tf7z+V//YPtFvse7zQ+J+pM3HV1d+xvFPw6omK0YrnV76YffNZsYLk2Hbjv3lGZv&#10;dPryi/FWs/k1qWZVnRhuSv4+RwwXYWI42HFiuHoSw0WZGA4AAABI2MavU22feuQb24PJT3QG4w92&#10;+uNHyi4APtra/fEftfuTO/L/7d9vnzz/gje+0bfBQZWJ4ai6Q2++98lZb3Si/IK81WX5Mb7LN8OZ&#10;VXRiuCnt1fMdMVyAieFgx9UihhtM1sVw08RwUSaGAwAAAGpm49vjjpxa+4r2ybUXdgaTGzd/xeqp&#10;yU+2B+u3tftrP3y0v/a6Tn/80vbg4f0b/73ifwYkQAxHCprd4feXX5C3ukwMZ1bhieGmiOGCTAwH&#10;O04MV09iuCg7+14xHAAAAACQBDEcKciOj25sdoe/V35R3uowMZxZhSeGmyKGCzIxHOy4esRwYzHc&#10;JcRwUSaGAwAAAAASIYYjBYduO/ekZm/0qcsvyFuNdvq6285dUxzyWhLDWbITw01pr07EcBEmhoMd&#10;J4arp80Yrjv8rZLX91andcVwAAAAAEAiQsVwDTFcyrLe2R8uvShvtVigb4Ybl52fzCo9MdwUMVyQ&#10;ieFgxx1dXRfD1ZAYLsi6w/c2u/eL4QAAAACA6hPDkYoDx88ezHrDB0ovzFvyixHDHfm+peUVMZyl&#10;NzHclPZg0sknhqv7xHCw4zZjuP74/aWPuUQmhrucGC7IxHAAAAAAQCrEcKSk2Rv+QumFeavDAvya&#10;VDGcJTox3BQxXJCJ4WDHieHqSQwXZGI4AAAAACAV0WK4peWVby1uOglq3nLmG7Lu8DOlF+ct6flm&#10;OLMKr9H6JTHcRWK4MHv/scF5MRzsIDFcPYnhgkwMBwAAAACkYmm5tU8MR0qy3vAtpRfnLemJ4cwq&#10;PDHcFDFcmInhYIfVIobrj9fbq2K47Q50H1hpdkdiuLpPDAcAAAAApEIMR2r290YHmt3R75VeoLdk&#10;J4Yzq/DEcFM2Y7j+eFQWSVitJoaDHSaGq6cDt4rhQkwMBwAAAACkQgxHipq9s28qvUBvKe/0dbed&#10;u6Y4xLUkhrNkJ4abIoYLMzEc7LDaxHD99e8vbhI5MVyQdYfvPXDr2YPFYQcAAAAAqC4xHCm67s33&#10;XpP1RveWXqS3JOeb4cwqPDHcFDFcmInhYIe94q71r+4MxHB10+wNj4jhAkwMBwAAAACkQgxHqrLu&#10;6KbSi/SW5PLjGSCGW/kHYjhLcmK4KVsx3EQMV/+J4WCH1SeGG4vhthHDBZkYDgAAAABIhRiOlGXd&#10;Ua/0Qr0lt6w7vKt5YpgVh7aWxHCW7MRwU8RwYSaGgx0mhqsnMVyQieEAAAAAgFSI4UjZoTff++Ss&#10;N3qo9GK9pbbT19127pri0NaSGM6SnRhuihguzMRwsMM2HlMbj61LHmtJTQx3OTFckInhAAAAAIBU&#10;iOFIXbM7/JbSi/WW1DLfDGdW3YnhpojhwkwMBztMDFdPYrggE8MBAAAAAKkQw1EH2Ynhj5ResLdk&#10;lonhzKo7MdwUMVyYvX/jVzoWhx3YAWK4ehLDBZkYDgAAAABIRbAY7hNiuPpqdoerpRftLYllYjiz&#10;6k4MN0UMF2VjMRzsMDFcPYnhgmwjhjsuhgMAAAAAElDEcO8q/fC7ZhPD1duh2849KesO10ov3FsK&#10;O33dbeeuKQ5nLYnhLNmJ4aYcXT1/TAwXYWI42GliuHoSw4XZ3WI4AAAAACAJYjjqJDt+9rqSi/aW&#10;wDLfDGdW3W3GcCt/o7grhyeGi7F2f/z+o6tiONhJdYjh8k3EcNO2Yrjh6bLX+FarieEAAAAAgDSI&#10;4aibrHvmcMmFe6v4MjGcWXUnhpsihosxMRzsPDFcPYnhwkwMBwAAAACkQQxHHWW94d8tuXhvFV4W&#10;J4ablJ2fzCo9MdyUo6sTMVyAieFg59UjhhuL4S4hhgszMRwAAAAAkAYxHHXVPDH6mZIL+Fbdnb7u&#10;tnPXFIevlsRwluzEcFPEcDEmhoOdJ4arJzFcmInhAAAAAIA0iOGos2Zv+G9LLuJbBZf5Zjiz6k4M&#10;N0UMF2NiONh5xwbrhzr98T1lj7l0Joa71GYM1xPD1X/Duw8cv08MBwAAAABUnxiOusu6Z95dfjHf&#10;qrRMDGdW3YnhpojhYkwMBztPDFdPYrgoE8MBAAAAAIkQwxFBsze6+/KL+Vax3dkUw5lVc2K4KcdW&#10;J8c6Yrjarz2YvE8MBztLDFdPYrgoE8MBAAAAAImIF8MdeWVx0wkm640+Un5R3yoyMZxZVSeGmyKG&#10;i7GtGO68GA52kBiunsRwUTa8+2BvdKA47AAAAAAA1XVV44ZrxXBEkfWGHy2/sG8VmBjOrKoTw03Z&#10;iuHGZ8sjCavLxHCP39KzWk/es9zq5M9/P5+fSz6Uv+c4t6ex8sjWeWXl0/lfT+f/3j35X38y/6tv&#10;GwpADFdPYrgoE8MBAAAAAIkQwxFNszt8b/nFfVvwxHBmVZ0YbooYLsbEcI9Pfu546dJy6+4/id8e&#10;4/L3JX+QP1e+Zenaw88o/lbUSF1iuM6p9X9Q3CRy2fHRjflreTFc7SeGAwAAAAASESuGa31iabkl&#10;hmPjV6a+q/wCvy1wtY/hrtrb+n4xnCU5MdwUMVyMieFm9kVXN1ZuzF933156PrmSNVq/s9RY+X+u&#10;btx4ffH3JnFiuHoSw8VY1hvevV8MBwAAAACkQAxHVM3u6N+UXeS3hU0MZ1bdfUgMd9GxU2K4CBPD&#10;zWbrV6OuvP2Sc8jjXv4afs3r+PSJ4epJDBdjYjgAAAAAIBliOCJrnhj9TNmFflvITl9327lrikNT&#10;S2I4S3hiuG02Y7jBRAxX84nhZnP18pEX5q+37yg5j+zMGq31/K8/ec2+w0vFP5KE1CeGG4vhthHD&#10;xVjWFcMBAAAAAIkQwxFds3fm75Rd7Le5zzfDmVV3YrhtxHAxJoabTf56+2C+Pyg5j+z48tf1dz/9&#10;6Tc/qfhHk4CtGG4ihqsZMVyMZWI4AAAAACAVYjh4whMO9EYvL7vgb3Nd7WO4PXtb35+fi8RwluLE&#10;cNuI4WJMDDebqxsrN+bnjNOXnEN2d43DP/OsZ7W+uPgjUGHtk2svFMPVjxguxjIxHAAAAACQis0Y&#10;blkMBwd7o+eWXfS3uU0MZ1bdieG2EcPF2EYM1z61/oLisPMYLSSGK7bUOPJ9xR+DiqpFDNcfT/KJ&#10;4bYRw8VYJoYDAAAAAFIhhoOLDt127klZd7hWdvHfdn2nr7vt3DXFoaglMZwlvA/t2SuG+xwxXIy1&#10;B2Mx3Azy19sH83PGQ5ecQ+a3xsojT12+4YXFH4eKEcPVkxguxrLu6D1iOAAAAAAgCVc1brx2aXkl&#10;Sgx3TgzHY5H1Ru8q+wDAdnV3Nm/xzXBmFZ0YbptO//wrOmK42k8MN5tFfjPc1Borq1/6/PZfKv5Y&#10;VIQYrp6yE6Mbs+7wvpLX91ajieEAAAAAgGQUMdy7Sz9EqtnEcFyJ5vHRD5V9CGC7NjGcWXUnhttG&#10;DBdjYrjZFDHcfZecQxa51xZ/NCrgaH+yt9Mf31X2mEtm/clYDDdNDBdjYjgAAAAAIBliOHh02YnR&#10;N5Z9EGC7sjsPdM/tL370tbQZwzVa62XnJ7OKTwy3jRguxsRws1n4r0ktW2Nl+IRDh55Y/BFZoGN3&#10;f/ap7cH6bWWPuWTWH4vhLiGGizExHAAAAACQDDEcfH6Hbjv3pKw3eqjsAwHb0Z2+7rZz1xQ/9lra&#10;s08MZ8lODLeNGC7GxHCzqeA3w/3JlvYdaRV/TBaofWry02WPuZSWnx9eX9wccmK4GBPDAQAAAADJ&#10;EMPBY5P1zr6l7EMB27HV/5vhxHCW7sRw23T6EzFcgInhZlPlGG5jS42V/6f4o7Ig7cEjX9cZjP+g&#10;7HGXwtr98fiob4abIoaLMTEcAAAAAJAMMRw8dtmJB1plHwzYjkwMZ1bdieG2EcPFmBhuNlWP4TaW&#10;v/f5SPHHZUE6q+Ne2eMuhYnhLieGizExHAAAAACQDDEcXJnr/uV/fWrWHf562QcE9rgmhjOr7j60&#10;Z++RryvuyuGJ4WJMDDeb/PX2wfyc8dAl55BKbulZrVr/evYqO7o62Vf2uEtlfk3qNDFcjInhAAAA&#10;AIBkiOFgNs3e2TeVfUhgM+/0dbedq/WH0mI4S3hiuG3EcDEmhptNCt8Mt31XL698TfFHZ87a/ck/&#10;KnvsVX2+Ge5yYrgYy4/xe7K3DpvFYQcAAAAAqC4xHMwuO372umZv9KlLPyiwmeab4cyqOzHcNmK4&#10;IDs1ea8Y7sqlFsNtbm/rpuKPzzxduPBFncH4l0offxWeGO5yWff+mzIxXO2XH2MxHAAAAACQhnAx&#10;3L7WzcVNhx2T9Ub/vOwDA7uiieHMqjsx3DZiuCDrT97bPnleDHeFNsKy/JyRVgy3Nb/2cgE2HmOl&#10;j78KTwx3OTFcjOXH+D3ZcTEcAAAAAJCAq/aufJUYDh6/5i3Dr8l6o/+37IMDe0wTw5lVd2K4bTZi&#10;uHZ//MD2OMJqODHcTPLX2wfzc8ZDl5xDklj+Z/++4mYwR+3B+ZtLH4MV3UYM1x6su69sI4aLsfwY&#10;i+EAAAAAgDSI4WBnNU+MfqbswwP7gqt/DLd8+AfEcJboxHDbiOGCTAw3k4S/GW5z3issRnt1/PdK&#10;H4cV3FYMNxbDbZN1RzflE8PVfJkYDgAAAABIhRgOdt7+3tnnZ74d4UonhjOr7sRw24jhgkwMN5PU&#10;Y7iNLTVWXlTcHOYof9z948sehxWcGO5yYrgYy8RwAAAAAEAqxHCwe5q94Q+UfZBgpRPDmVV3Yrht&#10;xHBBJoabScq/JnX7nvqclz+zuEnMUXuwflvp47Fiaw/Gry/+yOTEcDGWieEAAAAAgFSI4WB3Hbrt&#10;3JOa3dGw7AMFm9rp6247d03xY6slMZwlPDHcNlsx3EQMV/eJ4WZSh2+G29hSY+XeL31++y8VN4s5&#10;yh97P176mKzIfDPc5TZjuJ4Yru7LxHAAAAAAQCrEcDAf+7ujl2W94W+XfbBg+bqjUwe6Z3wznFk1&#10;J4bbRgwXZGK4mdQlhttY/h7pRHGzmLPO6vhvlz4uKzAx3OXEcDGWH+O7xHAAAAAAQBLEcDBfWW/4&#10;d8s+XAg/MZxZlSeG20YMF2RiuJlsxXCt+0vOI0nu6sbhVxc3jTnLH4c3Xva4rMj8mtRpYrgYE8MB&#10;AAAAAMkQw8H8Pff4x/5Mszf6F5d+wBB6YjizKu8XxXAXieGCrD9577HB+sHisPMY5a+3D+bnjIcu&#10;OYeku8bKp79k+VueUtw85qw9GD8rfyz+UeljdEHzzXCX24rhhveXvsa32kwMBwAAAAAkQwwHi3Po&#10;zfc+OesNf6Xsw4aAO33dbeeuKX40tSSGs4QnhttGDBdk/bEYbgZ1+2a4zTVaP1jcPBYkf0y++7LH&#10;6IImhrucGC7GxHAAAAAAQDJCxXDLKw+I4aii62+5//qsO3p/2YcOYRbnm+EeKTs/mVV8Yrht2ifP&#10;3yyGCzAx3EzqGMMtNVq/vHTt4WcUN5EF6ayOv7f0sbqA+TWp08RwMSaGAwAAAACSsRXDte4o++Cn&#10;btuM4faK4aiu5okz39DsjX710g8eQixEDHfkB/Y0VsRwluLEcNu0B+dvbg/EcLWfGG4mtfs1qZ9b&#10;o/W64iayQJ2Tk+V2f3K69DE7p+Xn/zXfDDdNDBdjYjgAAAAAIBliOKieA8fPHsx6o4fKPoSo8QL8&#10;mlQxnCU7Mdw2YrggE8PNpJa/JnVjjda/ePqhm59U3EwWrDMYv7H0cTuHtfvjtfaqGG47MVyMieEA&#10;AAAAgGSI4aC6slvu/8asO/xQ2YcRdVt+O//N/ltGe4ubXktiOEt4YrhtxHBBJoabSV1juKVG6/al&#10;Zx/5a8XNpAJuvv3CU9qD8adLH7+7PL8mdZoYLsbEcAAAAABAMsRwUH0Hjt93sNkbnbz0A4ma7V+8&#10;4K3Dv1Lc5FoSw1nCE8Nt0x5MxHARJoabSW1/TeryyoNfuvdlTytuJhWSn49flT9m/9/LHsO7NN8M&#10;dzkxXIzlx1kMBwAAAACkQQwH6Tj05nuf3OyOTpV9OJH+hj9W3MzaEsNZumv94p69N4jhCmK4IBPD&#10;zWTP3sNHa/nNcMutjy41Dr+4uJlUUGd1/IbSx/IOTwx3OTFcjG3EcM0T57LisAMAAAAAVJcYDtLz&#10;3ONnv6R5/MwPNXujP7z0Q4oUl/VGv5adOPuq4ubVlhjO0p0YbjsxXJCJ4WayZ58YjsXqnFr/+dLH&#10;9A7Or0mdtv+WM0fFcPWfGA4AAAAASIYYDtLW7J3pNHvDXy77wCKdDd95oDd8YXGTaksMZ+lODLed&#10;GC7M7hbDXTkxHFXwql/67F9s9yc/3OmPHyp5bD+u5ef/32r3176t+EeRE8PFWNYd3tU8MRTDAQAA&#10;AADVJ4aDejjYGz232Rv+02Z39EdlH15Udt3Rb+0/PvwHz++eeVpxU2pLDGfpTgy3nRguzMRwMxDD&#10;UTXtwfjwTkZx7f5k2Dk5eU7xtycnhouxTAwHAAAAAKQiXAzXWHlFcdOhtrLumZdkvdG/L/sQo0rL&#10;usNPN7vDf9Y8MXpe8Uevtfw89AYxnKU5Mdx2mzFcf3xuexxhtdzdxwbnxXBXSAxHVb3izvXn54/r&#10;f9Lpjz91yWP9MS8/9/9ae7D+fZ271v5q8bclt78nhouwTAwHAAAAAKTiqr2t54rhoL6y48OXZr3h&#10;h8o+0Fjkst7okWZv+AvN7v37ij9q7eXnITGcJbrWL17dOPy1xV05PDFcmInhZiCGIwU3r37mmvap&#10;yU9vfstb+eO/ZOOPt1fH33fz7ReeUvxtKIjhYiwTwwEAAAAAqRDDQRAXLnzRgd7o5Vlv+K+bveHD&#10;ZR9wzG3d0SeavbNvyk7c/9XFny6E/DwkhrNEJ4bbTgwXZmK4GYjhSNHGrz3trI6/N3/cvyU/x9/e&#10;6U/u2Vh+rv+F/F//TKe/9t3twcO1/5X+sxLDxVgmhgMAAAAAUiGGg5iy48Nm1h29Id/7yz7s2I1l&#10;3eGn870j6579rut7576y+KOEkZ+HxHCW6MRw24nhwkwMN4N6x3ArLypuJrDN/t7oaNYbieFqvkwM&#10;BwAAAACkQgwHbNj4daVZ78z3NbujU1lv9FDZByAzrzt8cOtXop553fO7Z8J+q0Z+HhLDWaITw20n&#10;hgszMdwMxHAQjxguzO5siuEAAAAAgBSI4YAyh954zxMPdM/s3398+N0bv9K02RudbHaHv5l1h2uX&#10;fCgytfw//3TWG/5K/n+/vdkd/WSze/8rs+P3PbP424aWn4fEcJboxHDbbcVwEzFc/SeGm4EYDuIR&#10;w4WZGA4AAAAASIMYDpjVdbedu+b6t5z+is/t0JvvfXLxH1EiPw+J4SzRieG2E8PFWH6M777pDjHc&#10;lRLDQTybMVx3eKYknrJ6TQwHAAAAAKRBDAcwH/l5SAxniU4Mt50YLsY2Yrij/fUDxWHnMRLDQTxi&#10;uDATwwEAAAAAaRDDAcxHfh7aiOH+56XnJrPqTwy3nRguxsRwsxHDQTwHeqOjTTFchN3ZvEUMBwAA&#10;AAAkQAwHMB/5eUgMZ4lODLfd0dW1V4rh6r92fyyGm8FmDNdonSk/l6Q7MRw8OjFcmInhAAAAAIA0&#10;BIvhzorhgEXJz0NiOEt0YrjtxHAxJoabjRgO4hHDhZkYDgAAAABIQxHDnSz70KduE8MBi5Sfh8Rw&#10;lujEcNuJ4WJMDDcbMRzEI4YLMzEcAAAAAJAGMRzAfOTnITGcJbrWB8VwF3VW117ZEcPVfmK42ezZ&#10;d0QMB8GI4cJMDAcAAAAApEEMBzAf+XlIDGeJTgy3nRguxsRws8nPGW0xHMQihguzOw90z+0vDjsA&#10;AAAAQHWJ4QDmIz8PieEs0YnhtuusTsRwASaGm01+zhDDQTDN7pl2syeGCzAxHAAAAACQBjEcwHzk&#10;5yExnCU6Mdx2YrgYE8PNJj9niOEgGDFcmInhAAAAAIA0iOEA5iM/D4nhLNGJ4bYTw8VYezB5jxju&#10;yuXnjHb+XCeGg0DEcGEmhgMAAAAA0iCGA5iPPY3WD4rhLM2J4bYTw8WYGG42+TlDDAfBiOGi7IwY&#10;DgAAAABIgxgOYD7EcJbuxHDbdU5NXtkZiOHqPjHcbPJzhhgOghHDRdlGDHdGDAcAAAAAVF+8GO7I&#10;seKmA8yVGM7SnRhuu60YbvyJsoDK6rOtGO68GO4K5eeMmsZwKx8Rw0E5MVyUieEAAAAAgEQ89Tk3&#10;PE8MB7D7xHCW7sRw24nhYkwMN5v8nCGGg2DEcFEmhgMAAAAAEvHUayPFcK2zS43DYjhgIcRwlu7E&#10;cNuJ4WJMDDeb/JwhhoNgxHBBdmJ0SgwHAAAAACRBDAcwH5sx3LIYzlKcGG47MVyMieFmk58zxHAQ&#10;TLN7tt3sjoalAZXVZ10xHAAAAACQCDEcwHyI4SzdieG224rhJmK4mk8MN5v8nCGGg2DEcEEmhgMA&#10;AAAAUiGGA5gPMZylu9YHr15e+ZrirhyeGC7GxHCzyc8ZYjgIRgwXZGI4AAAAACAVYjiA+diK4Vr/&#10;q+z8ZFbtieG2E8PFmBhuNvk5YyOGG15+Hkl7Yjh4dGK4IBPDAQAAAACpEMMBzIcYztKdGG47MVyM&#10;bcRwnTvXm8Vh5zHKzxliOAhGDBdkYjgAAAAAIBViOID5EMNZuhPDbSeGizEx3Gzyc4YYDoIRwwWZ&#10;GA4AAAAASMVTr73xeUvLK2I4gF0mhrN0J4bbrtNf+9aOGK72aw/GYrgZ5OcMMRwE0zwhhgsxMRwA&#10;AAAAkIpIMdye5dZIDAcsihjO0p0YbjsxXIyJ4WaTny86YjiIRQwXZGI4AAAAACAVmzFcY2W17EOf&#10;+k0MByyOGM7SnRhuOzFcjInhZiOGg3jEcEHWHZ06eOsD1xeHHQAAAACgusRwAPMhhrN0J4bbTgwX&#10;Y2K42YjhIJ5m70xHDBdgYjgAAAAAIBViOID5EMNZuhPDbSeGi7H26vg9nVUx3JUSw0E8YrggE8MB&#10;AAAAAKm45tobn7dHDAew68RwluwaYrjtOv2JGC7AxHCzEcNBPGK4IBPDAQAAAACpEMMBzMeexuEf&#10;EsNZkhPDTRHDxZgYbja1jeEaYjh4NGK4IBPDAQAAAACpEMMBzIcYzpJdY+UDYriLxHBB1p/cJYa7&#10;crWO4ZaPfENxM4FtxHBBJoYDAAAAAFIhhgOYDzGcJTsx3BQxXJCJ4WYihoN4xHBBthHD3SKGAwAA&#10;AAASIIYDmA8xnCU7MdyUjRiu3R//dmlAZfXZZgx3Xgx3hcRwEI8YLsi6Z04dvOV+MRwAAAAAUH3R&#10;YriND+iKmw4wV2I4S3ZiuCliuCATw81EDAfxiOGibDgQwwEAAAAASbhm38p1YjiA3SeGs2Qnhpsi&#10;hgsyMdxMxHAQz0YMl3WHo/KAyuqyrDccXC+GAwAAAABSIIYDmA8xnCU7MdwUMVyQieFmIoaDeMRw&#10;MSaGAwAAAACSIYYDmA8xnCU7MdwUMVyQieFmshXDbbzmLjmXJDwxHDw6MVyMieEAAAAAgGSI4QDm&#10;Y0/jyA/l56LPXn5uMqv4xHBTtmK4iRiu7hPDzUQMB/E0e2c7WW8khqv5xHAAAAAAQDJCxXCbH8yJ&#10;4YDFEMNZshPDTRHDBZkYbiZiOIhHDBdjYjgAAAAAIBliOID5EMNZshPDTencOfnW9kAMV/v1J3cd&#10;O7WeFYedx0gMB/GI4WJMDAcAAAAAJEMMBzAfYjhLdmK4KWK4IBPDzWSpcfhY/npbDAeBiOFiTAwH&#10;AAAAACRDDAcwH2I4S3ZiuCntwdqrxHABJoabiRgO4hHDxdhGDLe/d/b5xWEHAAAAAKiuWDHcylAM&#10;ByyKGM6S3WYMd+SFxV05PDFckPXHYrgZiOEgHjFcjInhAAAAAIBkiOEA5kMMZ8lODDdFDBdkYriZ&#10;iOEgnuz48JgYrv4TwwEAAAAAydiK4Vr9sg99ajcxHLBAYjhLdmK4KWK4IBPDzUQMB/GI4WJMDAcA&#10;AAAAJEMMBzAfYjhLdmK4KWK4IBPDzUQMB/GI4WIs64rhAAAAAIBEiOEA5iM/B70xPxeJ4Sy9ieGm&#10;iOGCTAw3k7rGcPl58MNiOCgnhouxTAwHAAAAAKRCDAcwH2I4S3ZiuCntwUQMF2FiuJmI4SAeMVyM&#10;ZWI4AAAAACAVYjiA+RDDWbITw00Rw4XZnWK4KyeGg3jEcDGWieEAAAAAgFSI4QDmQwxnyU4MN0UM&#10;F2ZiuBmI4SAeMVyMZWI4AAAAACAVYjiA+RDDWbITw03ZjOH6409eEk5Z/SaGm4EYDuLJTojhIizr&#10;nu2L4QAAAACAJIjhAOZDDGfJTgw3RQwXZnceO3VeDHeFxHAQz2YM1x2eLQuorD7Lj3F/f+9+MRwA&#10;AAAAUH3xYriVdnHTAeZKDGfJTgw3RQwXY/lxvvMmMdwV24jhlpZbZ0vPJSlPDAePSgwXY/kxFsMB&#10;AAAAAGm4evnw88VwALtPDGfJrrFyjxjuIjFcjLX7kztvukMMd6XEcBCPGC7G8mMshgMAAAAA0iCG&#10;A5iPIoYrPz+ZVXliuCliuBgTw81GDAfxiOFiLD/GYjgAAAAAIA1iOID5EMNZshPDTRHDxZgYbjZL&#10;jSNiOAhGDBdj+TEWwwEAAAAAaRDDAcyHGM6SnRhuylYMNxHD1XxiuNksNVZeIYaDWLITDxzLuiMx&#10;XM2XieEAAAAAgFSI4QDmQwxnyU4MN0UMF2NiuNnUN4ZrfXhp+QYxHJQQw8VYJoYDAAAAAFIhhgOY&#10;DzGcJTsx3JRjg8mrOmK42m8jhmsP1vcXh53HSAwH8YjhYizrDvvZW89eVxx2AAAAAIDqEsMBzIcY&#10;zlLdUqN1z1OXbxDDFcRwMSaGm81WDLcihoNA9neHrxDD1X/ZRgx3XAwHAAAAACRADAcwH2I4S3Vi&#10;uGmd1bVXi+HqPzHcbMRwEI8YLsYyMRwAAAAAkAoxHMB8iOEs1YnhponhYqzdH4vhZiCGg3jEcDGW&#10;ieEAAAAAgFQEi+HO5H8VwwELIYazVCeGmyaGizEx3GzEcBCPGC7GMjEcAAAAAJCKIoYblH7oU7eJ&#10;4YAFWlpu/fBl5yWzBCaGmyaGizEx3GzqHMPt2Xf464ubCWwjhouxTAwHAAAAAKRCDAcwH2I4S3Vi&#10;uGliuBgTw81GDAfxbMZwPTFc3ZeJ4QAAAACAVIjhAOZDDGepbiOGu2rf4UPFXTm8zmDt1Z2BGK7u&#10;E8PNRgwH8YjhYiwTwwEAAAAAqRDDAcyHGM5SnRhuWmcwEcMFmBhuNmI4iEcMF2OZGA4AAAAASIUY&#10;DmA+xHCW6sRw0zpiuBBrDyanxHBXTgwH8YjhwmxVDAcAAAAAJGEzhlsWwwHsNjGcpTox3LSOGC7E&#10;xHCzKWK4B8rOJUlPDAePaiuGGz5QEk9ZvSaGAwAAAADSIIYDmA8xnKU6Mdy0zkYM1x9/6tJ4yuo1&#10;MdxsxHAQjxguzMRwAAAAAEAaxHAA8yGGs1QnhpvWEcOF2FYM97AY7gqJ4SAeMVyYieEAAAAAgDSE&#10;i+H2HTla3HSAefoiMZylOjHctI4YLsTEcLMRw0E8YrgoG65mx+8TwwEAAAAA1Xd144br48RwrTN7&#10;9h0WwwGLIIazZCeGm9YRw4WYGG42S3tbN4vhIBYxXJSJ4QAAAACARIjhAOZCDGfJTgw3rSOGCzEx&#10;3GzEcBCPGC7IumI4AAAAACARYjiAuRDDWbITw03riOFCTAw3GzEcxCOGCzIxHAAAAACQCjEcwFyI&#10;4SzZieGmdTZjuIkYruYTw81GDAfxiOGCrDtcbZ4YPa847AAAAAAA1SWGA5gLMZwlu6VG6/1iuIs6&#10;YrgQ24jhOnetX18cdh4jMRzEs/+W0c1ZbySGq/vEcAAAAABAKsRwAHMhhrNkJ4ab1hHDhZgYbjZi&#10;OIjnwC2jm5tiuPpPDAcAAAAApEIMBzAXYjhLdmK4ae3+2reJ4eo/MdxsxHAQz4GeGC7ExHAAAAAA&#10;QCqubtx4/Z7lFTEcwO4Sw1myE8NNE8PFWLs/OdVZFcNdqRrHcL8khoNyYrggE8MBAAAAAKkIFcMt&#10;t+4XwwEL8kVLy4d/pPzcZFbtieGmieFirN0fi+FmsLRPDAfRiOGCTAwHAAAAAKRCDAcwF2I4S3Zi&#10;uGliuBgTw81GDAfxiOGCTAwHAAAAAKSiiOFOXfaBTy0nhgMWRgxnyU4MN00MF2NiuNmI4SAeMVyQ&#10;ieEAAAAAgFSI4QDmQgxnyU4MN00MF2NiuNmI4SAeMVyYnRTDAQAAAABJEMMBzIUYzpKdGG5auz8R&#10;wwWYGG42mzFco3Wu7FyS9MRw8KjEcGEmhgMAAAAA0iCGA5gLMZwlOzHcNDFcmA3EcFdODAfxbMZw&#10;3eG5knjK6jUxHAAAAACQBjEcwFyI4SzZieGmieHCTAw3AzEcxCOGC7OTzVvEcAAAAABAAsRwAHMh&#10;hrNkJ4abthHDtfvj/1oST1m9JoabgRgO4hHDhZkYDgAAAABIgxgOYB7e+KeWllfEcJbkNmO4a1e+&#10;urgzhyeGCzMx3AzEcBCPGC7MxHAAAAAAQBrEcADzIIazdCeGmyaGC7NBZ/VhMdwVWlpuvVIMB7GI&#10;4cJMDAcAAAAApCFcDLe3dVNx0wHmSAxn6W4zhtsrhvuc9ikxXJCJ4WYghoN4xHBRNjzZvOW0GA4A&#10;AAAAqL49e1f27xHDAewyMZylOzHctM0YbiCGCzAx3AzEcBCPGC7KxHAAAAAAQCLEcADzIIazdCeG&#10;myaGCzMx3AzEcBDPZgzXE8PVf8OTB3uj5xaHHQAAAACgusRwAPMghrN0J4abJoYLMzHcDMRwEE+z&#10;e/8rxXARJoYDAAAAABIhhgOYBzGcpTsx3LStGG4ihqv/Bq+4c/35xWHnMRLDQTxiuCgTwwEAAAAA&#10;iRDDAcyDGM7SnRhumhguzMRwM6h3DLfyN4qbCWzT7I5e2eyNxHC1nxgOAAAAAEiEGA5gHsRwlu7E&#10;cNOO9te+XQwXYmK4GYjhIB4xXJSJ4QAAAACARIjhAOZhM4b70fJzk1m1J4abJoYLMzHcDMRwEI8Y&#10;LsrEcAAAAABAIsRwAPMghrN0J4abJoaLsjUx3AzEcBCPGC7KxHAAAAAAQCLEcADzIIazdJffd98n&#10;hrtIDBdlYrhZiOEgHjFclInhAAAAAIBExIrhVu4TwwGLIYazdCeGmyaGizIx3CyKGO4TZeeSpCeG&#10;g0clhguy7ugOMRwAAAAAkIStGK51Z+mHPvWbGA5YEDGcpTsx3DQxXJSJ4WYhhoN4xHBBJoYDAAAA&#10;AFIhhgOYBzGcpTsx3DQxXJSJ4WYhhoN4NmO47vATpQGV1WdiOAAAAAAgFWI4gHkQw1m6E8NNO9qf&#10;iOECrH1q0r9JDHfFlpaPiOEgGDFckInhAAAAAIBUiOEA5kEMZ+lODDdNDBdj7b4YbhZiOIhHDBdk&#10;YjgAAAAAIBViOIB5aP1pMZylOjHcNDFcjG3GcCfFcFcqP198qxgOYhHDBZkYDgAAAABIhRgOYB7E&#10;cJbuxHDTNmO4/vh3ygIqq8/EcLPZiuFWxHAQSPOEGC7ExHAAAAAAQCrEcADzIIazdCeGmyaGizEx&#10;3GzEcBCPGC7Gsu7ojuvFcAAAAABACsRwAPMghrN0J4abJoaLsa0Y7mEx3BUSw0E8YrgYE8MBAAAA&#10;AMmIFsNd3Vi5sbjpAPPTEsNZuhPDTTvWn3x7RwxX+4nhZiOGg3jEcDG2EcPtf+snvqo47AAAAAAA&#10;1bXnOYczMRzALhPDWcITw00Tw8WYGG42YjiIJ+ud+VYxXP2XdYd37H/rUAwHAAAAAFSfGA5gDsRw&#10;lvC2YrgjLyjuzeGJ4WJMDDeb2sZwyysfEsNBOTFcjGViOAAAAAAgFWI4gDkQw1nCE8NNE8PFmBhu&#10;NmI4iEcMF2OZGA4AAAAASIUYDmAOxHCW8MRw07ZiuIkYrubbiOHag/XrisPOYySGg3jEcDGWieEA&#10;AAAAgFSI4QDmYCOGa7R+rOS8ZFb5ieGmieFiTAw3GzEcxCOGi7FsI4a7RQwHAAAAACRADAcwB2I4&#10;S3hiuGmd1bXXiOHqPzHcbMRwEE/WG31rszsSw9V8mRgOAAAAAEiFGA5gDsRwlvDEcNM6g7XXdAZi&#10;uLpPDDebIob77bJzSeITw8GjEMPFWCaGAwAAAABSIYYDmAMxnCU8Mdw0MVyMtftrYrgZ1DqG2yuG&#10;gzJiuBjLj/O7xXAAAAAAQBKCxXCnxXDAQojhLOGJ4aaJ4WJMDDcbMRzEsxHDZd3hb5cFVFafieEA&#10;AAAAgGTsuVYMB7DrxHCW8MRw08RwMSaGm40YDuLZjOF6Yri6TwwHAAAAACRjM4ZrtO4q+cCnjhPD&#10;AYshhrOEJ4abJoaLMTHcbMRwEI8YLsbEcAAAAABAMsRwAHMghrOEJ4abJoaLMTHcbK5qtF4lhoNY&#10;xHAxJoYDAAAAAJIhhgOYg0OHniiGs1S3tLzyXjHcRZ3BuhguxlbFcFdODAfxiOFiTAwHAAAAACRD&#10;DAcwB2I4S3hiuGliuDATw81ADAfxiOFiTAwHAAAAACRDDAcwB2I4S3hiuGmbMVx//Lsl8ZTVa2K4&#10;GYjhIB4xXIyJ4QAAAACAZIjhAOZADGcJTww3TQwXZmK4GYjhIB4xXIxtxHDZiXPXFocdAAAAAKC6&#10;xHAAcyCGs4QnhpsmhgszMdwMNmO4ZTEcRCKGizExHAAAAACQDDEcwByI4SzhLS233nvV3hvEcAUx&#10;XJittgcPi+GuUL1juCNfV9xMYJvs+JlXieHqPzEcAAAAAJCMeDHckSPFTQeYHzGcJTwx3DQxXJiJ&#10;4WYghoN4xHAxlnXFcAAAAABAIpb23dCME8O1Tl/dOCyGA+ZPDGcJTww3TQwXZmK4GYjhIB4xXIxl&#10;3TPvzk6cEcMBAAAAANUnhgOYAzGcJTwx3DQxXJD1J6vtO8RwV0oMB/GI4WJMDAcAAAAAJEMMBzAH&#10;mzHc4R8vPzeZVXtiuGliuCDrT1aP9defVxx2HiMxHMQjhosxMRwAAAAAkAwxHMAciOEs4Ynhpm3F&#10;cBMxXN0nhpvJVgzX+mTZuSTxieHgUYjhYkwMBwAAAAAkQwwHMAdiOEt4Yrhp7dW114rhAkwMNxMx&#10;HMSTnRDDRZgYDgAAAABI8HSJaAAAPGBJREFUhhgOYA7EcJbwNmK4pUbrYHFvDk8MF2RiuJmI4SCe&#10;7MTZV2W9kRiu5suP8bvEcAAAAABAEpb2HRHDAew2MZwlPDHcNDFckInhZiKGg3g2Y7ju6JNlAZXV&#10;Z2I4AAAAACAZWzHcihgOYDeJ4SzhieGmieGCrL8mhpuBGA7iEcPFmBgOAAAAAEiGGA5gDsRwlvDE&#10;cNPEcEEmhpvJVY3DrxbDQSxiuBgTwwEAAAAAyQgWw/2WGA5YiENvfOJSY0UMZ0lODDdNDBdkYriZ&#10;5K+1xXAQjBguxsRwAAAAAEAyNmK4pcbKe0o+8KndlpZbv3WVGA5YhOe+5s+I4SzVieGmieGCTAw3&#10;EzEcxCOGizExHAAAAACQDDEcwByI4SzhieGmieHC7KQY7sptxHB7xHAQihguxsRwAAAAAEAyQsVw&#10;DTEcsCBiOEt4Yrhp7dV1MVyMieFmIIaDeMRwMSaGAwAAAACSIYYDmAMxnCU8Mdy09qn117YH4wdL&#10;4imr18RwMxDDQTxiuBjbiOGa3XP7isMOAAAAAFBdYjiAORDDWcITw00Tw4WZGG4GYjiIZ3/3zKvF&#10;cPWfGA4AAAAASIYYDmAOxHCW8MRw08RwYSaGm0GNY7hfFMNBOTFcjInhAAAAAIBkiOEA5kAMZwlv&#10;abl1txjuIjFcmInhZiCGg3jEcDEmhgMAAAAAkiGGA5gDMZwlPDHcNDFcmJ081n9YDHeFxHAQjxgu&#10;xsRwAAAAAEAywsVwy62V4qYDzI8YzhKeGG6aGC7MxHAzEMNBPJsxXE8MV/eJ4QAAAACAZCwtrxwQ&#10;wwHssq0Y7h+WnZvMqj4x3DQxXJiJ4WZQxHCfKjuXJD4xHDwKMVyMieEAAAAAgGSI4QDmQAxnCU8M&#10;N00MF2ZiuBmI4SAeMVyMZb0z72p27xfDAQAAAADVJ4YDmAMxnCU8Mdw0MVyYnbz5rvXnFoedx0gM&#10;B/GI4cLsdjEcAAAAAJAEMRzAHIjhLOGJ4aZtxXATMVz9J4abwdWNI2I4COZA98yrm2K4CBPDAQAA&#10;AABpEMMBzIEYzhKeGG7a0f7a68RwISaGm4EYDuLZiuGGnyqJp6xeE8MBAAAAAGkQwwHMgRjOEl7+&#10;/CmG20YMF2ZiuBns2bvybfl5o4YxXOsX9+y9QQwHJcRwYSaGAwAAAADSIIYDmAMxnCU8Mdw0MVyM&#10;5cf45FEx3BUTw0E8B7pnN35Nqhiu/hPDAQAAAABpEMMBzMFGDLcshrM0J4abJoaLsfZgTQw3AzEc&#10;xCOGC7KuGA4AAAAASESsGG7lv4jhgIV4VuuLxXCW6sRw08RwMdZeXTt5dFUMd6XEcBCPGC7IxHAA&#10;AAAAQCrEcABzIIazhLcZw+WvF4p7c3hiuBgTw81GDAfxiOGCTAwHAAAAAKRiK4Zr3V3+oU+9JoYD&#10;FkYMZwlPDDdNDBdjYrjZiOEgHjFckInhAAAAAIBUiOEA5kAMZwlPDDdNDBdj7f7kDjHclRPDQTxi&#10;uCDrjm4/cOsDy8VhBwAAAACoLjEcwByI4SzhieGmHeuvv64jhqv9xHCzqXMMd3Xj8NcWNxPYpnnL&#10;8NuaYrj6TwwHAAAAAKRCDAcwB2I4S3hiuGmbMVx//HtlAZXVZ2K42YjhIJ5mTwwXYmI4AAAAACAV&#10;YjiA3fesZ7W++GoxnCU6Mdw0MVyMieFmI4aDeMRwQSaGAwAAAABSIYYD2H1iOEt5YrhpYrgYE8PN&#10;RgwH8YjhgkwMBwAAAACkQgwHsPvEcJbyxHDTxHAxthXDPSyGu0KbMVxj5b+WnUvSnhgOHo0YLsjE&#10;cAAAAABAKsRwALtvI4bbs9z6ibJzk1nVJ4abJoaLMTHcbMRwEI8YLsjEcAAAAABAKqLFcEv7jrSK&#10;mw4wN2I4S3liuGliuBgTw81GDAfxiOGCTAwHAAAAAKRiqdE6KIYD2F1iOEt5YrhpYrgYE8PNRgwH&#10;8YjhouzsO8VwAAAAAEASxHAAu08MZykvf/58jxjuomOn1l/XGYjh6r6NGK59avJVxWHnMdqzTwwH&#10;0Yjhomz4zgO33i+GAwAAAACqTwwHsPvEcJbyxHDTtmK4iRiu5hPDzUYMB/FsxnDd4X8tD6isPhu+&#10;88BbxHAAAAAAQALEcAC7TwxnKU8MN60zWPuOjhiu9hPDzSZ/rvt2MRzEIoaLMjEcAAAAAJCIzRhu&#10;WQwHsJvEcJbyxHDTxHAxJoabjRgO4hHDRZkYDgAAAABIhBgOYPeJ4SzlieGmieFiTAw3GzEcxCOG&#10;izIxHAAAAACQCDEcwO57xjNe/GfFcJbqxHDTxHAxJoabjRgO4mn2zn5bszsSw9V+YjgAAAAAIBFi&#10;OIDdJ4azlCeGmyaGi7F2f00MNwMxHMQjhosyMRwAAAAAkAgxHMDuE8NZyhPDTRPDxZgYbjZiOIhn&#10;M4brieHqPzEcAAAAAJCIYDHcvWI4YBHEcJbyxHDTxHAxJoabTY1juA+K4aCcGC7Khu882DvbKA47&#10;AAAAAEB1FTHce8s/9KnXxHDAoojhLOWJ4aaJ4cLs3WK4KyeGg3ia3eG3N8VwASaGAwAAAAASIYYD&#10;2H1iOEt5YrhpYrgwE8PNQAwH8YjhokwMBwAAAAAkQgwHsPvEcJbyxHDTOoP172j3x79fEk9ZvSaG&#10;m4EYDuIRw0WZGA4AAAAASIQYDmD3ieEs5W3GcPuONIu7c3hiuDATw81gK4Zr/U7ZuSTtieHg0Yjh&#10;okwMBwAAAAAkQgwHsPvEcJbyxHDTxHBhJoabgRgO4hHDxVjWG77zejEcAAAAAJACMRzA7tuK4Q7/&#10;ZNm5yazqE8NNE8MFWX/y7vYdYrgrJYaDeMRwMSaGAwAAAACSIYYD2H1iOEt5YrhpYrgg24zhPiOG&#10;u0JiOIhHDBdj2XExHAAAAACQCDEcwO4Tw1nKE8NNE8MFmRhuJmI4iEcMF2NZ9+w7xHAAAAAAQBJi&#10;xXCte5f2HT5c3HSAuRHDWcoTw00TwwWZGG4mYjiIZyOGy7rD3ykLqKw+E8MBAAAAAMm4au8NLxDD&#10;AewuMZylPDHcNDFckPUn7z42mFxbHHYeoz3LrdeI4SAWMVyMieEAAAAAgGSI4QB2nxjOUp4YbpoY&#10;LsjEcDMRw0E8YrgYE8MBAAAAAMkQwwHsPjGcpTwx3LT26tp3tvsTMVzdJ4abiRgO4mmeEMNFWH6M&#10;33F97z4xHAAAAABQfWI4gN33jGf8rT+bn4fEcJbkxHDTxHBBJoabiRgO4mmK4UIsP8ZiOAAAAAAg&#10;DWI4gN339Kff/KT8PCSGsyQnhpsmhgsyMdxMxHAQT1MMF2L5MRbDAQAAAABpEMMB7D4xnCW9xspd&#10;YriLxHBBJoabiRgO4mmK4UIsP8ZiOAAAAAAgDVftPfKCpeUVMRzALhLDWdITw00RwwWZGG4mtY7h&#10;lle+priZwDZNMVyI5cdYDAcAAAAApCFcDLdXDAfMnxjOkp4YbooYLsj6a2K4GYjhIJ7miQe+PeuO&#10;xHA1X9YdvmP/W0d7i8MOAAAAAFBdoWK45dZviuGARRDDWdITw01pD9a+sz0Qw9V+YriZiOEgnqw3&#10;eo0Yrv7LxHAAAAAAQCrEcAC7TwxnSU8MN0UMF2RiuJkUMdzvlp5Lkp4YDh6NGC7GMjEcAAAAAJCK&#10;IoZ7X/mHPvWaGA5YFDGcJb1G666lfTeI4QpiuDB7lxjuyonhIB4xXIxlYjgAAAAAIBViOIDdJ4az&#10;pCeGmyKGCzMx3AzEcBCPGC7Gso0Y7hYxHAAAAACQADEcwO4Tw1nSE8NNaQ/Wv7PdH/+3S8Ipq9/E&#10;cDMQw0E8YrgYy8RwAAAAAEAqxHAAu28zhmus/KOyc5NZ5SeGmyKGCzMx3Az2LB8Rw0EwYrgYy8Rw&#10;AAAAAEAqxHAAu08MZ0lPDDdFDBdmYrgZbMVwK2I4CEQMF2OZGA4AAAAASIUYDmD3Pf2QGM4Snhhu&#10;ihguzMRwMxDDQTxiuBjLj/N/EMMBAAAAAEkQwwHsPjGcJT0x3BQxXJi969jgM2K4K5SfM14rhoNY&#10;NmO43vB3ywIqq8/EcAAAAABAMsRwALtPDGdJr9G6a8+1h7Pi7hyeGC7MxHAzyM8ZYjgIRgwXY2I4&#10;AAAAACAZ4WK4xsoNxU0HmBsxnCU9MdwUMVyYieFmkJ8zxHAQjBguxsRwAAAAAEAyrtq78tViOIDd&#10;JYazpCeGmyKGi7H2YPKuo3dN9hWHnccoP2fUM4ZriOHg0YjhYkwMBwAAAAAkQwwHsPvEcJb0xHBT&#10;xHAxJoabTX7OEMNBMGK4GBPDAQAAAADJEMMB7L6n7T/858RwluzEcFOO9te+q92fiOFqPjHcbPJz&#10;hhgOghHDxVh+jP/D/ltOi+EAAAAAgOoTwwHsPjGcJT0x3BQxXIzlx/hdR1fFcFcqP2fUNIZb+YAY&#10;DsqJ4WJMDAcAAAAAJEMMB7D7xHCW9MRwU8RwMSaGm01+zhDDQTBiuBjbiOGyE6PnFIcdAAAAAKC6&#10;xHAAu08MZ0lPDDdFDBdjYrjZ5OcMMRwEI4aLMTEcAAAAAJAMMRzA7hPDWdITw03p9Ne+qyOGq/3E&#10;cLPJzxkbMdyDl51HUp8YDh7V/uP3v1YMV/9lXTEcAAAAAJAIMRzA7hPDWdITw00Rw8VYu78mhptB&#10;fs4Qw0Ew+4+PXpv1RmK4mi8TwwEAAAAAqRDDAew+MZwlPTHcFDFcjInhZpOfM16bTwwHgYjhYiwT&#10;wwEAAAAAqYgVw638hhgOWAQxnKW91p1iuIvEcDHWHkxuF8NdufycIYaDYMRwMZaJ4QAAAACAVGzG&#10;cI3W+0s/9KnZxHDAoojhLO217tzzHDHc54jhYkwMN5v8nCGGg2DEcDGWieEAAAAAgFSI4QB231YM&#10;1/qpsnOTWfUnhtuu01//rk5//AeXxlNWr4nhZpOfM8RwEMz+nhguwjIxHAAAAACQCjEcwO4Tw1na&#10;E8NtJ4aLMTHcbPJzhhgOghHDxVgmhgMAAAAAUiGGA9h9YjhLe2K47cRwMSaGm03+XPe6/LwhhoNA&#10;xHBh9nYxHAAAAACQBDEcwO4Tw1naE8Nt1zklhoswMdxsxHAQz2YM1x0+WBJPWb0mhgMAAAAA0iCG&#10;A9h9YjhLe2K47TZjuIEYru4Tw81GDAfxiOHCTAwHAAAAAKRBDAew+8RwlvbEcNuJ4WJsK4b7jBju&#10;ConhIB4xXJiJ4QAAAACANFx1rRgOYLeJ4SztieG2E8PFmBhuNmI4iEcMF2ZiOAAAAAAgDfFiuCMv&#10;L246wNyI4SztieG2E8PF2EYM17lzslwcdh4jMRzEI4YLMzEcAAAAAJCGq/YdPiSGA9hdX/bcl/x5&#10;MZylOzHcdmK4GBPDzabeMdyRFxY3E9jmQG/02qYYLsLEcAAAAABAGsRwALtPDGdpTwy3Xae/9t1i&#10;uPpPDDcbMRzEI4YLs7dnPyuGAwAAAAASIIYD2H1iOEt7rTv37F3ZX9ydw9uK4SZiuJpPDDcbMRzE&#10;I4YLs7cf6P72s4vDDgAAAABQXWI4gN0nhrO0J4bbTgwXY2K42WzEcEvLrd8rP5ckPDEcPKpm98zr&#10;xHARNnz7ge5QDAcAAAAAVJ8YDmD3ieEs7YnhthPDxZgYbjZiOIhHDBdlYjgAAAAAIBFiOIDdJ4az&#10;tCeG204MF2NiuNmI4SCerHvmJVlv9Eh5QGV1WdYbfujQm+99cnHYAQAAAACqSwwHsPvEcJb2xHDb&#10;ieFirD1YE8PNQAwH8RzojV6e9Yb3lwVUVqf5ZjgAAAAAIBFiOIDdJ4aztCeG204MF2NiuNmI4SCe&#10;7MTo65q94S+XB1RWn4nhAAAAAIBEBIvhfl0MByyCGM7SnhhuOzFckJ2avFMMd+XEcBDPodvOPaXZ&#10;G52+PJ6yOs2vSQUAAAAAkiGGA9h9WzHc4X9cdm4yq/7EcNuJ4YJMDDcTMRzEsxFINbvDW8sCKqvT&#10;fDMcAAAAAJCIIoa7p/RDn5pNDAcsihjO0p4YbjsxXJD1J+/snBTDXamlxuHvEMNBPM3u2e8vD6is&#10;NjsxepsYDgAAAABIghgOYPeJ4SztieG26/TXv7vdH/9haUBl9ZkYbiZiOIjp+t7whVlv9EhpRGW1&#10;mF+TCgAAAAAkQwwHsPvEcJb2xHDbieGCTAw3EzEcxPT87pmnZb3R+8siKqvJfDMcAAAAAJAKMRzA&#10;7hPDWeI7JYa7SAwXZGK4mYjhIK5md+hXpdZ5YjgAAAAAIBViOIDdJ4azxCeG20YMF2RiuJmI4SCu&#10;7PjZ65rd4enSkMrSnxgOAAAAAEiFGA5g933Zc1/z5/c0VsRwlurEcNuI4YJMDDcTMRzElnVHvdKQ&#10;ypJf1ht+6NCb731ycagBAAAAAKpLDAew+8RwlvjEcNuI4YJsM4b7jBjuCtU4hrtHDAdfWPPEuazZ&#10;Gz14aUhlNZhvhgMAAAAAUhErhmv9+lLjBjEcMHdiOEt8YrhtxHBBJoabiRgOaPZGP31ZSGXpTwwH&#10;AAAAAKQiWgy3Z/nwy4qbDjA3Vzc6f0EMZwlPDLeNGC7I+pN3vmIwaRSHncdIDAcceMv9y1lvNCoN&#10;qizdieEAAAAAgFQ8dfmGF4rhAHaXGM4SnxhuGzFckInhZlLEcL9fch5Je2I4uCJZd/SG0qDKkl3W&#10;G37o0JvvfXJxiAEAAAAAqitUDNcQwwGLIYazxCeG26a9uva3xHABJoabiRgO2HDongtPzHrDXyyL&#10;qizRdX0zHAAAAACQCDEcwO4Tw1niE8Nt0x6s/a32YCKGq/vEcDMRwwGfk3WHLyqNqizNieEAAAAA&#10;gFSI4QB2nxjOEp8YbhsxXJCJ4WYihgO2y7rDnyoNqyy9dUdvO3jrJ55VHFoAAAAAgOoSwwHsPjGc&#10;JT4x3DZiuCATw81kqXHkO5aWV8RwwJ9o9obnSuMqS2pZb/ihQ2++98nFYQUAAAAAqK6lZ7Wu2bO8&#10;cvqyD3zquYeWGq2DxU0HmJvNGG6fGM6SnRhuGzFckInhZlLXGG6psXLPU8VwMJPs+NnryuIqS2y+&#10;GQ4AAAAASMWXLh/+8qXllX9X9qFP3eab4YBFEcNZ4jt1dePG64u7c3hiuCDrr4nhZlDfGK51z8Y3&#10;ahc3E7hCze6Z15UGVpbOxHAAAAAAQEK+aGl55f8u+9CnbhPDAYuyGcMtr/z0pecls0QmhttGDBdk&#10;YriZiOGAR5P1Rt3SyMrSmBgOAAAAAEjJnkbrdWUf+tRwfk0qsBBiOEt8YrhtxHBh9g4x3JVb2rvy&#10;nWI44NE0e6PTl0VWlsSy3vBDh95875OLQwkAAAAAUG1XN1aes7S88htlH/zUab4ZDlgUMZwlPjHc&#10;NmK4MBPDzUAMB3w++3v3fmnWHf2PstjKKr9/f/DWM74ZDgAAAABIx1Jj5R+WffBTqzVavyaGAxZB&#10;DGeJTwy3zWYM1x//UUk8ZfWaGG4GYjjgC2l2z+0rCa2s+vv/2rsfIEnvgs7DKU0p1g0HuPu+M+dh&#10;4Skecdh53w0i2ZlEdz3woAokmJ33nc32JBspuNO6KKLoHZgTPE64u5zGO6LcToP4nwT0ItntXkLU&#10;KV0sKK3jT5FjIDOYQgo4RYyywk7vFsx1777KzOS3m57emel+3/d5qr61Wws7O2931wtVv0+9I4YD&#10;AAAAAMqld8gdpfknQoc/lZkYDhgSMZyVfGK4dRrtc2K4ekwMNwAxHNCPmYXlGwOxlY327r3hzWI4&#10;AAAAAKBk4jR/4+aDn4rtTJRkNxSXC7BrxHBW8onh1hHD1WZiuAFE+8VwQH8OHF++PRBc2Yhuurl8&#10;+uDdD40Vbx8AAAAAQHnESfbe0AFQJebJcMCQiOGs5BPDrSOGq8ca7c7vHhHDbZkYDtiKmYXl14TC&#10;KxvJeTIcAAAAAFBO8VR+IE6zL4cOgUo/MRwwJGI4K/nEcOuI4eoxMdxgqhzD7d0/e7C4TGAbTTdX&#10;fi4QXtnoTQwHAAAAAJRXnGavDB0ClX5iOGBIxHBW8onh1hHD1WNiuMGI4YBBzDSXfzEQX9loTQwH&#10;AAAAAJRblOS/EToIKvnOREl2Q3GJALsmmszGuvcgMZyVdWK4dcRw9Vij1fndI+86I4bbogsxXJL/&#10;VeA+UuqJ4WDnTTeX3xYIsGxE1n1/Th+8+6Gx4u0CAAAAACinOMkfCB0GlXaeDAcMiRjOSr62GO6r&#10;xHD1WC+GO9rqTBVvO30SwwFXYnph+ZdDIZYNf9PNlXuf48lwAAAAAEAVxEn+wdCBUCknhgOGRAxn&#10;JZ8Ybh0xXD0mhhuMGA64UjMLK3eGYiwb7sRwAAAAAEClxEn26dChUOkmhgOGRAxnJZ8Ybp35k6s/&#10;Oi+Gq/zEcIMRwwHbYbq5/LpQkGXDWy+Gu675yHcUbxEAAAAAQPnFSX4+dDBUsp2JkuyG4pIAdo0Y&#10;zko+Mdw6Yrh6TAw3GDEcsF2mF1buCEVZNpxNN5dPH7z7obHi7QEAAAAAqIY4zZc2HwyVap4MBwyJ&#10;GM7Kvaw9nhwWwxUuxnAdMVzFJ4YbjBgO2E4HFpZvDYVZtvvzZDgAAAAAoLLiNPvj0AFRKXYhhstf&#10;UlwKwK4Rw1m5J4ZbTwxXj4nhBiOGA7bbdc3lQ6E4y3Z3YjgAAAAAoNLiNPud0CHRyE8MBwyJGM7K&#10;PTHcemK4ekwMNxgxHLATvnvhY/8iFGjZ7k0MBwAAAABUXpzmb9x8SFSCnYmS7IbiEgB2TS+Gi9Ls&#10;vwfuS2YlmBhuPTFcPSaGG0z3f+v+nRgO2Amvfe3a18w0Vz61OdKy3ZkYDgAAAACohfEk//7QYdHI&#10;zpPhgCERw1m5J4ZbTwxXjzVaZ8VwAxDDATttprlyYnOoZTs/MRwAAAAAUBvf9F237InT7OOhQ6OR&#10;mxgOGBIxnJV7Yrj1xHD1WKPd+R0x3NaJ4YDdML2w/LOhYMt2bmI4AAAAAKB24iT/1dDB0UhNDAcM&#10;iRjOyj0x3HpiuHpMDDcYMRywW2YWlm8MRVu2M5s+/vC91zU/LoYDAAAAAOolnspuDh0ejczEcMCQ&#10;iOGs3BPDrTd/avVH59urfxMKqKw6E8MNRgwH7KbnLDz81Jnm8l+G4i3b3k0vrNwjhgMAAAAAaitK&#10;898OHSINfUn+we6vYjhg14nhrNzL2uPp7HOKj3PtieHqMTHcYMRwwDDMNFfu3Rxv2fZODAcAAAAA&#10;1N54kn9/nOZnNh8kDXViOGBIxHBW7onh1ps/dU4MV4OJ4QZT4RjuD8VwMNqub67821DEZdszMRwA&#10;AAAAQCFO83duPkwa4s5ESXZD8a0B7BoxnJV7Yrj1xHD1mBhuMGI4YJi+51dWvn2mufypUMxlVzYx&#10;HAAAAADAOuPp4Wf2DtJDB0u7Ok+GA4ZEDGflnhhuPTFcPSaGG8zFGC77XPheUt6J4aBcZporv7Y5&#10;5rIrmxgOAAAAACAgnjr83DjNP7D5cGnXJoYDhmTPM178RDGclXdiuPXEcPWYGG4wYjhgVFz/1j/P&#10;Q1GXDTYxHAAAAADAZexJDx+Kk/x86KBpR5fkj0Z+TCowBGI4K/USMdx6Yrh6TAw3GDEcMEoOLq5d&#10;Pd1ceVco7rKtTQwHAAAAANCHOM0bcZr9n82HTTu1KMnf093zi38eYNeI4azUE8NtIIarxy7GcGfE&#10;cFskhgNG0fXNlWOhwMv6Xy+Gm37bI9cULykAAAAAAJcznubfG6XZidDB0zbv1+NrjyTFPwuwa8Rw&#10;VuqJ4TYQw9VjvRhu/oHOvuJtp09iOGCUzSwsfyQUetnjb7q5fPrg3Q+NFS8lAAAAAAD9iCazsSjJ&#10;fyN0AHXFS/LzUZLdddXBg1cX/xzArhHDWaknhttADFePieEGI4YDRt2BheVbQ7GXXX6eDAcAAAAA&#10;cIXGk7kXRUn+W3Gaf2XzYdQAO9P9Wgu9J9AVXx5gV4nhrNQTw23QaK2+QgxX/YnhBiOGA8piprny&#10;65uDL7v0xHAAAAAAANtoT3r4UHTxx6ie2Xww9bhL8kd7T5vr/v39xZcD2HViOCv1xHAbXIzhOmK4&#10;ik8MNxgxHFAm1zcf/r6ZheXPhuIv2zgxHAAAAADADnna0449IZ7Knxcl2V3dLcZpvrTpwO2zUZp9&#10;pLsHu3/++u5u8KNRgWETw1mpl2QtMdxXieHqMTHcYKJ09vZN/9+8EutekxgOKmymuXLn5vjLNm66&#10;uXz64N0PjRUvGQAAAAAAAHV2MYab/fnQAbvZyE8Mt4EYrh4Tww1GDAeU1YFf/Yt/Pr2w/LuhEMyK&#10;J8Md92Q4AAAAAAAAusRwVuqJ4TYQw9VjjZOd35k/IYbbKjEcUHbXNZcPzSysfDgUhNV5YjgAAAAA&#10;AAD+kRjOSj0x3AZiuHpMDDcYMRxQFTPN5ZfNLCx/KRSG1XPLb58+/jExHAAAAAAAAGI4K/nEcBuI&#10;4eqxxsmzYrgBiOGAqpk5/vDPhOOwuk0MBwAAAAAAQEEMZ6WeGG4DMVxN1uq8Uwy3dWI4oIoOLq5d&#10;Pd1c/m/hSKwuE8MBAAAAAABQEMNZqSeG20AMV5OJ4QZS6Rju2vx7issEauqG3/rkU6abn3hzOBar&#10;+sRwAAAAAAAAFPY846VPjNJcDGflnBhug14M192jwYDKqjMx3EDEcEAdHHzt4tUzzZV3PjYYq/Qe&#10;PHj3Q2PFSwAAAAAAAECdieGs1BPDbSCGq8nEcAMpYri/Dt5LSjwxHBDyXW/66J66/PjU6ebK/5x5&#10;y9I3FZcOAAAAAABAnYnhrNQTw23QaJ0Tw9VhYriBVDqGmxLDAWHZO9a+dqa5/NPTzZUzoZCsAjs3&#10;c3z59cmdH/onxSUDAAAAAABQZ9/49MY/FcNZaSeG20AMV5OJ4QYihgPqbvr4ypGqRXEXrmfh47cV&#10;lwgAAAAAAEDdfeNzxHBW4onhNhDD1WRiuIFE6dztUZKL4YDau7758PfNNFdObA7LyrjphZX3TC88&#10;/KLi0gAAAAAAAKg7MZyVeknWmtiff1fxca49MVxNJoYbiBgOYKODdz80Nr2w0gxFZuXZ8tt711Fc&#10;EgAAAAAAAHUnhrNSTwy3gRiuJrsQw50Rw22RGA7g0q5fWM5nSva0uOnmygMzzYfni0sAAAAAAAAA&#10;MZyVfGK4DRqnzr2i0RbDVX6tzjtvPdV5ZvG20ycxHMDjO/jaxatnmssvm26ufC4UoI3KpheWHz1w&#10;fPn23vdbfOsAAAAAAAAghrOSTwy3gRiuJhPDDUQMB7A1M//r4W+bfsvyq2aaK3+yOUYb8v70+uby&#10;q6ePf+ya4lsFAAAAAACAi8RwVuqJ4TZotFd/TAxXg4nhBhIl+Y90//dODAcwgAtPjFv4+G3TzZUP&#10;BuK03dxS78l1B9/2yBOKbw0AAAAAAAC+SgxnpZ4YboP5dufIfGv1/GPiKavUGq3O6Wxxbax42+mT&#10;GA5g+1zfXD40s7D8n7p7byBY24m9f+YtK284cPwTz7vqtWtfU3wbAAAAAAAAsNGFGC7JfyF0wG42&#10;8hPDbTDfPvdv5ludz4cCKqvQPBluIGI4gJ0z/ZaVfQcWHv6xmebKfdMLy49uCtkGWvF17rvwdRc+&#10;vr/4pwAAAAAAAODSxHBW6onhNjja6sw1Wp0/3xBOWfUmhhuIGA5gd00f/9g10wsPv+jA8eXbZ5qf&#10;uGumuXJiemFl8eKPWl1+5B+3sPyR3p/3/vOZt6y8qRe/9f5e7+8XXwoAAAAAAAD6I4azUk8Mt8Et&#10;p84/f761+sFgQGWVWeNU5x1HxHBbJoYDAAAAAAAAgIoTw1mpJ4bb4Nh9a09utDqPhAIqq8667/Hp&#10;bHFtrHjb6ZMYDgAAAAAAAAAqTgxnpZ4YboOX/t7nnjjfWn1rKKCy6syT4QZT2Rguzf9ADAcAAAAA&#10;AAAAXWI4K/WS/KQYbqNGe/WnQwGVVWdiuMGI4QAAAAAAAACg4sRwVuqJ4R7jlvaXbphvrZ4PRVRW&#10;jfkxqYMpYrjPB+8lJZ4YDgAAAAAAAAAKYjgr9cRwj/GD7a9EjXbnVCiismrMk+EGI4YDAAAAAAAA&#10;gIoTw1mpJ4YLOtpa/YlQRGXVmBhuMGI4AAAAAAAAAKi4p3xn9iQxnJV2YrigW9udpNFa/VAopLLy&#10;Tww3GDEcAAAAAAAAAFScGM5KPTHcJc23OneFQior/xqtzulscW2seKvpkxgOAAAAAAAAACpODGel&#10;nhjuko62OlONdmc5FFNZuddoeTLcIMRwAAAAAAAAAFBxYjgr9cRwlzXfXn1tKKaycu9CDPcuMdxW&#10;ieEAAAAAAAAAoOLEcFbqieEu6+iDa9/aaK1+KBRUWXnXi+Ea7dXJ4m2mT2I4AAAAAAAAAKg4MZyV&#10;emK4x9VonX1ZKKiy8q7R6pzOFtfGireYPu1Nsh8VwwEAAAAAAABAhYnhrNQTw/Wl0T57XyiqsnLO&#10;k+EGI4YDAAAAAAAAgIoTw1mpJ4bryy2tLz57vrX6d6Gwyso3MdxgxHAAAAAAAAAAUHEXY7jsrtAB&#10;u9nIrxfDXXvk2cXHmcs42lr9qVBYZeWbGG4wYjgAAAAAAAAAqDgxnJV6YrgtabQ6p0NxlZVrvfcx&#10;W1wbK95W+iSGAwAAAAAAAICKE8NZqSeG25JG+4tPnW93/t/muMrKNU+GG4wYDgAAAAAAAAAqTgxn&#10;pZ4Ybssap1ZfHAqsrDwTww2m2jHc3HcXlwkAAAAAAAAA9SWGs1JPDDeQxqnO60KRlZVlq/eK4bZO&#10;DAcAAAAAAAAAFSeGs1JPDDewRrtzKhxa2aiv0eqczhbXxoq3kj5djOGyvwneS0o8MRwAAAAAAAAA&#10;FMRwVuqJ4a5Io736oVBsZaM+T4YbRC+Gi8VwAAAAAAAAAFBdYjgr9ZL85B4x3MCO3ffokxvtzqPh&#10;4MpGd2K4QYyL4QAAAAAAAACg2sRwVuZFYrgrdmu7k4SDKxvdieEGIYYDAAAAAAAAgIp7Unrjk8Vw&#10;VtaJ4bZH48TZQ+HoykZxjVbndLa4Nla8ffRJDAcAAAAAAAAAFSeGszJPDLd9bjl1/sZQeGWjOE+G&#10;G4QYDgAAAAAAAAAqTgxnZV6U5ifEcNtnvv2lRji+stGaGG4QYjgAAAAAAAAAqDgxnJV5Yrjtd0ur&#10;8/JwgGWjs9V7b3nP6ncUbxl9EsMBAAAAAAAAQMWJ4azME8PtjKMnz94WjrBsFNZodU5ni2tjxdtF&#10;n+Kp2VeI4QAAAAAAAACgwsRwVuZFaXZiz7WHxXA74KgnxI3wPBluEGI4AAAAAAAAAKg4MZyVeWK4&#10;nXW01TkajrFsuBPDDUIMBwAAAAAAAAA1IIazEm8pmswmio8yO+DoydUbw0GWDW9iuEGI4QAAAAAA&#10;AACgBuI0e0PogN1s1OfJcLujceLsoXCUZcNYo9U5nS2ujRVvD30SwwEAAAAAAABADURJ/urQAbvZ&#10;qE8Mt3vmH+jsC4VZNoS1Vu+95aQnw22VGA4AAAAAAAAAaiBK526P0/wLmw/YzUZ9vRhu71T2ncVH&#10;mR320vd+5Ynzrc7ng4GW7d7EcAMRwwEAAAAAAABADURpdlucZJ8JHbKbjfLEcMPRaK1+IBhp2e5M&#10;DDeQCzFckj0aupeUeVGa/74YDgAAAAAAAAAK40m+L07zM5sP2M1KsKVoMpsoPsrsoka7cyoYatmO&#10;r9HqnM4W18aKt4I+ieEAAAAAAAAAoAbiqZu+NU6yVuiQ3WyU58lww9Vorf7HUKxlO73VezwZbuvE&#10;cAAAAAAAAABQE1Ga/3zokN1slCeGG77GydUXhoMt27mJ4QYhhgMAAAAAAACAmojT7OVRmndCB+1m&#10;ozox3Gg4dnJtYr7V+XQ43LLtnxhuEPH+uVfESS6GAwAAAAAAAICq6x2kR2n24dBBu9moTgw3WuZb&#10;ncVwvGXbuUarczpbXBsrXnb6JIYDAAAAAAAAgBqJkmwxdNBuNsJbiiazieIjzAiYb597ZSjgsu2c&#10;J8MNoroxXPb7e6cOi+EAAAAAAAAAYL0omf3h0EG72ajOk+FG09GTf7+/0e78dTjksiufGG4QYjgA&#10;AAAAAAAAqJE9+26+Jkqz94cO281GcWK40dY41XlHOOayK5sYbhDde8aPieEAAAAAAAAAoEbiNH/j&#10;5oN2s1FdlGb3i+FGW6N19mXhoMsGXaPVOZ0tro0VLzF96t4zxHAAAAAAAAAAUCdRkj8/TvLPhA7c&#10;zUZtYrhymHv3l7650V79s1DYZYPMk+EG0b1niOEAAAAAAAAAoG6iNHswdOBuNoJbiiazieKjy4ib&#10;P3Xu1eG4y7Y2MdwguvcLMRwAAAAAAAAA1E08NfviOM2+HDp0NxuleTJc+Rx79+o1jXbno+HIy/rb&#10;6j2917F4SelT954hhgMAAAAAAACAOoqT7FdCh+5mozQxXHk1WmdfFw697PHWaHVOZ4trY8VLSZ+6&#10;9wwxHAAAAAAAAADU0Xg6d6iK0YBVa2K4cus93Wy+tfqnoeDLLjdPhhtE954hhgMAAAAAAACAuorS&#10;/BdDB+9mozIxXDU02md/JBx9WXhiuEF07xliOAAAAAAAAACoq71T+bOiJP9k6PDdbBQmhquOY/c9&#10;+uT5duddjw2/7LETww2ie8/oxXB/u/k+Uvb1YrgoyW4oLhMAAAAAAAAAuJQ4ze/YfPBuNkJbiiaz&#10;ieLjSgXc0jr37PnW6vlwBGa9NVqd09ni2ljxktGn7v1CDAcAAAAAAAAAdRel+R+EDuDNhj1Phquu&#10;+fbqq0IhmPXmyXCD6N4zxHAAAAAAAAAAUHfjaf69oQN4s2FPDFdt2TvWvq7R6vxyOAir7xqnzr39&#10;ZjHclnXvGWI4AAAAAAAAAOCqq6Ike33oEN5smBPD1UPvR4LOtztLm6Owus6PSR1M954hhgMAAAAA&#10;AAAArrpqcjL7ujjJ3hs6iDcb1sRw9dI4cfbQfGv1faFArE5rtFbffvP9ngy3Vd17hhgOAAAAAAAA&#10;ALhoz7WHnx06iDcb4paiyWyi+IhSE7ecXL2x0e58NBSK1WFiuMF07xdiOAAAAAAAAADgq+I0v2Pz&#10;QbzZsHbxyXD5s4qPJzUz3+rcOt/ufHpzLFb1ieEG071niOEAAAAAAAAAgI2iJP/foQN5s92eGI6e&#10;+Xd3frDR7nw8FI5Vcq1zb735PavfXlw+fYrT7JViOAAAAAAAAABgg4n9s1GU5J8MHcqb7ebEcKx3&#10;y6nVm+Zbq38aDMgqtEar8wvzD3wlLi6bPonhAAAAAAAAAICgKMmfHzqUN9vNieEI6f0I0fl2Z2lz&#10;RFaVNVpnX1dcKlsghgMAAAAAAAAALimeyl4TOpg3262J4bicW9udZL61+tZQUFbWNVqrD93S6ry8&#10;uES2QAwHAAAAAAAAAFxWlGYnQofzZru0pWgymyg+jhCULa6NNVrnXtNorf5lKDAr0xqts/c32uef&#10;W1waWyCGAwAAAAAAAAAeV5RkD4UO6M12ep4Mx1Y1Tpw91Gh1lkOh2civtXq+0e686dji2hOKy2EL&#10;xHAAAAAAAAAAwOMaT34gjpL8i6FDerOdnBiOQTXaX3lqo7X6mvlWZykYno3kVu9pnFx9YXEJbJEY&#10;DgAAAAAAAADoy3hy5LrQIb3ZTk4Mx3Y4dvLvJ+bb55q9J6+FI7Thr/c0u0Z7dbb4lhmAGA4AAAAA&#10;AAAA6Nt4kh8JHdSb7dSiNH+XGI7tdMupc9ON1tk7G63OSihKG9JONNqdlx49+bdPKb5NBnAxhsv+&#10;LnQvKfOiNHtQDAcAAAAAAAAAOyBK5v5D6LDebCcmhmMnHbtv7cnzJ1fv6D2VLRCo7fgardWzjXbn&#10;vsaJs4eKb4krIIYDAAAAAAAAALYsSrNm6MDebAe2FE1mE8VHD3bU0ZOd/fOtzl2NVueRULy2XetF&#10;cN1fHzx68uxt2eLaWPHPc4XEcAAAAAAAAADAQKI0vyd0aG+2nfNkOIZp7tTZb+kFa432ubfNtztL&#10;64O2ra7RXn10vtVZbLTOvq73JLhji2tPKP4ZtokYDgAAAAAAAAAYWJRm94cO7s22a2I4Rs3BxbWr&#10;b75/9Zr5k2dfMN86e/uFuO1U585eMPcPm2933tz7896PYO3+/kij/cUDN9//hb3Fl2CHiOEAAAAA&#10;AAAAgCsSpfnvhw7vzbZjYjigX2I4AAAAAAAAAOCKRWn2vtABvtmVTgwH9EsMBwAAAAAAAABsiyjN&#10;Pxw6xDe7konhgH6J4QAAAAAAAACAbRMl2SOhg3yzK9hSNJlNFB8xgEuKk9kfF8MBAAAAAAAAANvG&#10;E+JsO+fJcEC/xHAAAAAAAAAAwLaL0ux9oQN9s61ODAf0q7IxXCKGAwAAAAAAAIChitL8D0KH+mZb&#10;mRgO6JcYDgAAAAAAAADYMVGa3R862DfrdxdiuOTItcVHCuCSxHAAAAAAAAAAwI6K0vye0OG+WT8T&#10;wwH9EsMBAAAAAAAAADsuSrNm6IDfrI8tRZPZRPFRArgkMRwAAAAAAAAAsCuiJH916JDf7HLzZDig&#10;XxdiuFQMBwAAAAAAAADsgvEkPxI66De71MRwQL+KGO4LoXtJmXchhkvz64vLBAAAAAAAAABGxXhy&#10;5LrQYb9ZaGI4oF9iOAAAAAAAAABg140n83GU5F8MHfqbrZ8YDuiXGA4AAAAAAAAAGJooyR4KHfyb&#10;/cPEcEC/4mTux7v3DTEcAAAAAAAAADAcUZqdCB3+mxVbiiazieLjAnBJYjgAAAAAAAAAYOjiqew1&#10;oQDAzJPhgH6J4QAAAAAAAACAkRAl+fNDEYDVe2I4oF9iOAAAAAAAAABgZEzsn42iJP9kKAawek4M&#10;B/RLDAcAAAAAAAAAjJwoye4LBQFWv0Vp/ntiOKAfcZL/RPe+IYYDAAAAAAAAAEZLnOZ3bA4CrH6L&#10;0uz39iaHxXDA4xLDAQAAAAAAAAAja8+1h58dCgOsVluKJrOJ4iMBcEliOAAAAAAAAABgpD396S/4&#10;+jjJ/iQUCFj1FyWeDAf0RwwHAAAAAAAAAJRClOT/ORQJWLUnhgP6JYYDAAAAAAAAAEojnsqfFwoF&#10;rLoTwwH9EsMBAAAAAAAAAOWSZV8bp9kfhYIBq97EcEC/xHAAAAAAAAAAQClFSfb6UDRgldtSNJlN&#10;FG87wCWJ4QAAAAAAAACA0hpPjlwXJ9mnQ/GAVWOeDAf0q4jhzmy+j5R9UZK/RwwHAAAAAAAAADUR&#10;J/ndoYDAyj8xHNAvMRwAAAAAAAAAUAnx1Nxz4yT7u1BIYOWdGA7olxgOAAAAAAAAAKiUOMl/NRQT&#10;WDnXi+GiNNtfvL0AlySGAwAAAAAAAAAqJ94/d2OcZl8ORQVWronhgH6J4QAAAAAAAACAyorS7MFQ&#10;WGCl2lI0mU0UbynAJYnhAAAAAAAAAIBKi9K5fx0n+WdCgYGN/jwZDuiXGA4AAAAAAAAAqIU4zd+4&#10;OTCw0Z8YDuiXGA4AAAAAAAAAqI09+266Jkqz94diAxvNieGAfnXvF6/q3jfEcAAAAAAAAABAfUTJ&#10;7A+HggMbvYnhgH6J4QAAAAAAAACA2oqSbDEUHthIbSmazCaKtwzgksRwAAAAAAAAAECt7Z2a++4o&#10;yT4cChBs+PNkOKBfYjgAAAAAAAAAgK44zV4epXknFCLY8CaGA/olhgMAAAAAAAAAWCdK858PxQg2&#10;nInhgH6J4QAAAAAAAAAANomnbvrWOMlaoSjBdndRkt0nhgP6IYYDAAAAAAAAALiE8STfF1cwrCjZ&#10;lqLJbKJ4SwAuSQwHAAAAAAAAAPA4ojS7LU6yz4QiBdvZeTIc0K9eDNe9X/x96F5S5l2I4fbPzRSX&#10;CQAAAAAAAABw5aJ07vY4zb+wOVSwnZsYDuiXGA4AAAAAAAAAYIuiJH91KFiw7Z8YDuiXGA4AAAAA&#10;AAAAYEBxmr0hFC7Y9k0MB/RLDAcAAAAAAAAAcIWiJLsrFDDYtux0NJlNFC81wCWJ4QAAAAAAAAAA&#10;tsHTn/6Cr4/S2Z+Nk+xcKGawAZfkb9ubzP3L4mUGuCQxHAAAAAAAAADANiuCjL8JRQ22xSWzb9r7&#10;rB/4Z8VLC3BJYjgAAAAAAAAAgB0SJ9kPRUn+yVDcYP0ue8OeZ7z4icVLCnBJYjgAAAAAAAAAgB0W&#10;JdkN3X0uFDnYZZbk56N09vbiZQS4rGhq9ifFcAAAAAAAAAAAuyBK8+u7++1Q7GChZX+0N83y4uUD&#10;uCwxHAAAAAAAAADALvuma16yJ07mfiZK8r8KhQ92cd3X53i873BSvGwAlxWlYjgAAAAAAAAAgKHp&#10;PfksTrM/DgUQ9V620t0rr5rMvq54qQAuSwwHAAAAAAAAADACnpTe+OQozZqhEKKmO71n303XFC8P&#10;wOMSwwEAAAAAAAAAjJg4zV8SJdl9m4OIuixKs/fFSfZDTz0w+w3FSwLwuMRwAAAAAAAAAAAjqve0&#10;uHhq9hVxmn0gFEhUckn2mTidfeOeqdlnFC8DQF/EcAAAAAAAAAAAJXDhx6gm2V1xkj8aiiUqsSQ/&#10;33sinh+PCgxCDAcAAAAAAAAAUDLj6eFnxunsT8dJ/mehcKKcy/6i++v/GE/nDhWXCbAlF2K4JPvi&#10;Y+8vJV+SPyCGAwAAAAAAAAAq7ynPnPvmKMl/JEqyPwxGFKVY9tHxNP+5iWuPPLu4LIAtE8MBAAAA&#10;AAAAAFRENJmNjSf590dJ/gtxmn/gMUHFyC37VPfXX4/S/AfH07lvKS4DYCBROveT3fufGA4AAAAA&#10;AAAAoHIOHrw6nsqfF6VZM0qyzwUjiyGs+/2c7X4/98VpNt8L+IrvFuCKiOEAAAAAAAAAAGqiF57t&#10;3T97ME5mfzxKst+M02wpGF7sxJL8s92djNL8Z+P9czd+41TjqcW3BbAtxHAAAAAAAAAAADUXpdn+&#10;OMl+KE7zO7u/P9H9dSlO8vMbYoyt77Pdr/VglOZvjpLsVXvSw4ee9rRjTyj+SYBtJ4YDAAAAAAAA&#10;ACDs4MGr9+y76ZpeyDaezL0oSrPbLm729mgqe92FJdmr/vHPp2Zne//d7u/3+/GnwG6rbgyXPRDt&#10;PyyGAwAAAAAAAAAAqAMxHAAAAAAAAAAAAKUXpflPieEAAAAAAAAAAAAoNTEcAAAAAAAAAAAApSeG&#10;AwAAAAAAAAAAoPTEcAAAAAAAAAAAAJSeGA4AAAAAAAAAAIDSE8MBAAAAAAAAAABQemI4AAAAAAAA&#10;AAAASk8MBwAAAAAAAAAAQOkVMdyXgkFZmSeGAwAAAAAAAAAAqI8qx3DxtbPTxWUCAAAAAAAAAABQ&#10;ZWI4AAAAAAAAAAAASk8MBwAAAAAAAAAAQOmJ4QAAAAAAAAAAACg9MRwAAAAAAAAAAAClJ4YDAAAA&#10;AAAAAACg9MRwAAAAAAAAAAAAlF6UZv9eDAcAAAAAAAAAAECpieEAAAAAAAAAAAAoPTEcAAAAAAAA&#10;AAAApSeGAwAAAAAAAAAAoPTEcAAAAAAAAAAAAJSeGA4AAAAAAAAAAIDSE8MBAAAAAAAAAABQemI4&#10;AAAAAAAAAAAASu9iDJedDQZlZZ4YDgAAAAAAAAAAoD4qG8Ol2bvFcAAAAAAAAAAAADVR6RhunxgO&#10;AAAAAAAAAACgFsRwAAAAAAAAAAAAlJ4YDgAAAAAAAAAAgNITwwEAAAAAAAAAAFB6F2K4VAwHAAAA&#10;AAAAAABAiYnhAAAAAAAAAAAAKL14Kn9ZOCYr/ZaiyWyiuEwAAAAAAAAAAACqbG+a5XGa/UUgJiv5&#10;PBkOAAAAAAAAAACgNqI0vz5Ks/eHg7IyTwwHAAAAAAAAAABQK1GSLYaDslLPj0kFAAAAAAAAAACo&#10;k3hq9mggJiv5snfHU/mB4hIBAAAAAAAAAACouqcemP2GKM3fFY7KyjoxHAAAAAAAAAAAQO2MJ3Mv&#10;CkdlpZ0fkwoAAAAAAAAAAFBHUZIvBKKyks6T4QAAAAAAAAAAAGrpSVNHnxIl+f8Nx2VlmxgOAAAA&#10;AAAAAACgtvamsy8Mx2VlmxgOAAAAAAAAAACg1uI0v+OxcVnpthRNZhPFJQEAAAAAAAAAAFBHUZr/&#10;YiAwK9E8GQ4AAAAAAAAAAICuKM3vCYdmZZgYDgAAAAAAAAAAgEKUZIvh2Gzk58ekAgAAAAAAAAAA&#10;8FVxkj0QiM1GfJ4MBwAAAAAAAAAAwCZxmv1aODob1YnhAAAAAAAAAAAACIiT7L+Gw7NRnBgOAAAA&#10;AAAAAACAS4jS2dvD8dnIbSmazCaKbxsAAAAAAAAAAAA2ivfNTsdp9uVAgDZC82Q4AAAAAAAAAAAA&#10;+hCn+enHRmijMjEcAAAAAAAAAAAAfYqT/L+EY7Sh75QYDgAAAAAAAAAAgL7F+/PnRWn++UCQNsyJ&#10;4QAAAAAAAAAAANi6OM1+KRClDWtiOAAAAAAAAAAAAAazdyr/njjJPxOI03Z7YjgAAAAAAAAAAACu&#10;TJRkdwUCtd3cUjSZTRTfDgAAAAAAAAAAAAymF6NFSfabgVBtN+bJcAAAAAAAAAAAAGyfvVP5s6Ik&#10;WwwEazs5MRwAAAAAAAAAAADbbzzJ98Vp/tlN0drOLMk/6MekAgAAAAAAAAAAsGPifbPTcZq/8zEB&#10;27Yu+6XomXPfVvyTAAAAAAAAAAAAsDOe9rRjT4iT/G3hmO0KluTnu7/eUfwzAAAAAAAAAAAAsDui&#10;ZO6mOMne8ZiwbatL8r+Nkvz4eDL7r4ovDQAAAAAAAAAAALtvT3r4UJRmJ7o7GwzeLr0zUZL/Rvfv&#10;7S++FAAAAAAAAAAAAAxfNJmNxWn+kijNmlGSLXZ/v9TdZ4v47VPdP/9I8ed3xlP58646ePDq4q8C&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAACbXHXV/wdyQlp6PijlDAAAAABJRU5ErkJgglBLAwQK&#10;AAAAAAAAACEAnWF4Q34gAAB+IAAAFAAAAGRycy9tZWRpYS9pbWFnZTIuc3ZnPD94bWwgdmVyc2lv&#10;bj0iMS4wIiBlbmNvZGluZz0iVVRGLTgiIHN0YW5kYWxvbmU9Im5vIj8+PHN2ZyB4bWxucz0iaHR0&#10;cDovL3d3dy53My5vcmcvMjAwMC9zdmciIHhtbG5zOnhsaW5rPSJodHRwOi8vd3d3LnczLm9yZy8x&#10;OTk5L3hsaW5rIiBjb250ZW50U2NyaXB0VHlwZT0idGV4dC9lY21hc2NyaXB0IiBmaWxsPSIjMDAw&#10;MDAwIiB3aWR0aD0iMTUxOS40IiB6b29tQW5kUGFuPSJtYWduaWZ5IiBjb250ZW50U3R5bGVUeXBl&#10;PSJ0ZXh0L2NzcyIgdmlld0JveD0iLTI1My4xIDE2NC45IDE1MTkuNCAxNDEyLjEiIGhlaWdodD0i&#10;MTQxMi4xIiBwcmVzZXJ2ZUFzcGVjdFJhdGlvPSJ4TWlkWU1pZCBtZWV0IiB2ZXJzaW9uPSIxIj48&#10;Zz48Zz48ZyBmaWxsPSIjNWNiNmY5IiBpZD0iY2hhbmdlMV8xIj48cGF0aCBkPSJNODg4LjAwOTQ2&#10;LDE5OS4xNjE5TDg4OC4wMDk0NiwxOTkuMTYxOUw0ODQuNzA5MTQsNjAyLjQ2MjM0QzQ3Ny4zMDUz&#10;Myw2MDkuODY2MTUsNDY1LjMwMTM2LDYwOS44NjYyLDQ1Ny44OTc1NSw2MDIuNDYyNEM0NTAuNDkz&#10;NzQsNTk1LjA1ODYsNDUwLjQ5Mzc0LDU4My4wNTQ2LDQ1Ny44OTc1NSw1NzUuNjUwOEw0NTcuODk3&#10;NTUsNTc1LjY1MDhMODYxLjE5NzgsMTcyLjM1MDMxQzg2OC42MDE2LDE2NC45NDY0OSw4ODAuNjA1&#10;NiwxNjQuOTQ2NSw4ODguMDA5NCwxNzIuMzUwMzFDODk1LjQxMzIsMTc5Ljc1NDEyLDg5NS40MTMy&#10;NywxOTEuNzU4MDcsODg4LjAwOTQ2LDE5OS4xNjE5IFoiLz48L2c+PGcgZmlsbD0iIzNhOWJkYyIg&#10;aWQ9ImNoYW5nZTJfNCI+PHBhdGggZD0iTTEwNzAuMzQ2MywyNDMuMTI4N0wxMDcwLjM0NjMsMjQz&#10;LjEyODdMNzI0LjQwNTY0LDU4OS4wNjk0QzcxNC4xNTQyNCw1OTkuMzIwOCw2OTcuNTMzNSw1OTku&#10;MzIwOCw2ODcuMjgyMSw1ODkuMDY5NEM2NzcuMDMwNyw1NzguODE4LDY3Ny4wMzA3LDU2Mi4xOTcy&#10;Nyw2ODcuMjgyMSw1NTEuOTQ1ODZMNjg3LjI4MjEsNTUxLjk0NTg2TDEwMzMuMjIyOCwyMDYuMDA1&#10;MTZDMTA0My40NzQxLDE5NS43NTM3NywxMDYwLjA5NSwxOTUuNzUzNzUsMTA3MC4zNDYzLDIwNi4w&#10;MDUxNEMxMDgwLjU5NzcsMjE2LjI1NjUzLDEwODAuNTk3NywyMzIuODc3MywxMDcwLjM0NjMsMjQz&#10;LjEyODcgWiIvPjwvZz48ZyBmaWxsPSIjMTYyZjU2IiBpZD0iY2hhbmdlM18yIj48cGF0aCBkPSJN&#10;MTE3Ny40OTg0LDUzNS44OTkyTDExNzcuNDk4NCw1MzUuODk5Mkw4NDEuNjk4Niw4NzEuNjk4N0M4&#10;MjUuMzg5Niw4ODguMDA3NzUsNzk4Ljk0NzQ1LDg4OC4wMDc3LDc4Mi42Mzg0LDg3MS42OTg2N0M3&#10;NjYuMzI5NCw4NTUuMzg5NjUsNzY2LjMyOTQsODI4Ljk0NzQ1LDc4Mi42Mzg0LDgxMi42Mzg0TDc4&#10;Mi42Mzg0LDgxMi42Mzg0TDExMTguNDM4MSw0NzYuODM4OUMxMTM0Ljc0NzIsNDYwLjUyOTg4LDEx&#10;NjEuMTg5Myw0NjAuNTI5OSwxMTc3LjQ5ODQsNDc2LjgzODkzQzExOTMuODA3NSw0OTMuMTQ3OTUs&#10;MTE5My44MDc1LDUxOS41OTAxNSwxMTc3LjQ5ODQsNTM1Ljg5OTIgWiIvPjwvZz48ZyBmaWxsPSIj&#10;NWNiNmY5IiBpZD0iY2hhbmdlMV8yIj48cGF0aCBkPSJNODU4LjQ5MzE2LDkwNS4zNjcyTDg1OC40&#10;OTMxNiw5MDUuMzY3Mkw1MDAuNjU3NTMsMTI2My4yMDI5QzQ5Ni41MDgxLDEyNjcuMzUyMyw0ODku&#10;NzgwNSwxMjY3LjM1MjMsNDg1LjYzMTA0LDEyNjMuMjAyOUM0ODEuNDgxNiwxMjU5LjA1MzUsNDgx&#10;LjQ4MTYsMTI1Mi4zMjU5LDQ4NS42MzEwNCwxMjQ4LjE3NjVMNDg1LjYzMTA0LDEyNDguMTc2NUw4&#10;NDMuNDY2Nyw4OTAuMzQwN0M4NDcuNjE2MTUsODg2LjE5MTIsODU0LjM0MzcsODg2LjE5MTIsODU4&#10;LjQ5MzE2LDg5MC4zNDA3Qzg2Mi42NDI2NCw4OTQuNDkwMiw4NjIuNjQyNjQsOTAxLjIxNzcsODU4&#10;LjQ5MzE2LDkwNS4zNjcyIFoiLz48L2c+PGcgZmlsbD0iIzVjYjZmOSIgaWQ9ImNoYW5nZTFfMyI+&#10;PHBhdGggZD0iTTExNjMuMTU1MiwzODkuOTM1NjRMMTE2My4xNTUyLDM4OS45MzU2NEwxMDIzLjAw&#10;NjYsNTMwLjA4NDE3QzEwMTIuNzU1Miw1NDAuMzM1Niw5OTYuMTM0NDYsNTQwLjMzNTYsOTg1Ljg4&#10;MzA2LDUzMC4wODQxN0M5NzUuNjMxNjUsNTE5LjgzMjc2LDk3NS42MzE2NSw1MDMuMjEyLDk4NS44&#10;ODMwNiw0OTIuOTYwNjNMOTg1Ljg4MzA2LDQ5Mi45NjA2M0wxMTI2LjAzMTYsMzUyLjgxMjFDMTEz&#10;Ni4yODMsMzQyLjU2MDczLDExNTIuOTAzOCwzNDIuNTYwNzMsMTE2My4xNTUyLDM1Mi44MTIxQzEx&#10;NzMuNDA2NSwzNjMuMDYzNDgsMTE3My40MDY1LDM3OS42ODQyNywxMTYzLjE1NTIsMzg5LjkzNTY0&#10;IFoiLz48L2c+PGcgZmlsbD0iIzNhOWJkYyIgaWQ9ImNoYW5nZTJfNSI+PHBhdGggZD0iTTcwMy40&#10;NDY1MywyMzUuOTgwNDdMNzAzLjQ0NjUzLDIzNS45ODA0N0w3Ni41ODY1MjUsODYyLjg0MDlDNjku&#10;MTgyNzEsODcwLjI0NDcsNTcuMTc4NzUzLDg3MC4yNDQ3NSw0OS43NzQ5MzMsODYyLjg0MDk0QzQy&#10;LjM3MTExMyw4NTUuNDM3MTMsNDIuMzcxMTEzLDg0My40MzMxNyw0OS43NzQ5MjUsODM2LjAyOTM2&#10;TDQ5Ljc3NDkyNSw4MzYuMDI5MzZMNjc2LjYzNDksMjA5LjE2ODg4QzY4NC4wMzg3LDIwMS43NjUw&#10;Niw2OTYuMDQyNjYsMjAxLjc2NTA2LDcwMy40NDY1LDIwOS4xNjg4N0M3MTAuODUwMywyMTYuNTcy&#10;NjgsNzEwLjg1MDM0LDIyOC41NzY2NCw3MDMuNDQ2NTMsMjM1Ljk4MDQ3IFoiLz48L2c+PGcgZmls&#10;bD0iIzVjYjZmOSIgaWQ9ImNoYW5nZTFfNCI+PHBhdGggZD0iTTEzMS4wODgxLDkwMC4xODM5Nkwx&#10;MzEuMDg4MSw5MDAuMTgzOTZMLTE4OS41MjQ0NCwxMjIwLjc5NjZDLTE5Ny4zMzUwNSwxMjI4LjYw&#10;NzMsLTIwOS45OTg1NSwxMjI4LjYwNzMsLTIxNy44MDkxNywxMjIwLjc5NjZDLTIyNS42MTk4LDEy&#10;MTIuOTg2LC0yMjUuNjE5NzgsMTIwMC4zMjI2LC0yMTcuODA5MTcsMTE5Mi41MTJMLTIxNy44MDkx&#10;NywxMTkyLjUxMkwxMDIuODAzMzcsODcxLjg5OTNDMTEwLjYxMzk4LDg2NC4wODg3LDEyMy4yNzc0&#10;OSw4NjQuMDg4NiwxMzEuMDg4MSw4NzEuODk5MjNDMTM4Ljg5ODczLDg3OS43MDk4NCwxMzguODk4&#10;NzEsODkyLjM3MzM1LDEzMS4wODgxLDkwMC4xODM5NiBaIi8+PC9nPjxnIGZpbGw9IiMxNjJmNTYi&#10;IGlkPSJjaGFuZ2UzXzYiPjxwYXRoIGQ9Ik0xMzkuMzYwOTYsMTA2Ny4wNzZMMTM5LjM2MDk2LDEw&#10;NjcuMDc2TC0yMzAuMjAyNzMsMTQzNi42Mzk2Qy0yMzUuMTY1NzcsMTQ0MS42MDI3LC0yNDMuMjEy&#10;NDYsMTQ0MS42MDI3LC0yNDguMTc1NSwxNDM2LjYzOTZDLTI1My4xMzg1NSwxNDMxLjY3NjYsLTI1&#10;My4xMzg1NSwxNDIzLjYzLC0yNDguMTc1NSwxNDE4LjY2N0wtMjQ4LjE3NTUsMTQxOC42NjdMMTIx&#10;LjM4ODE5LDEwNDkuMTAzNEMxMjYuMzUxMjM0LDEwNDQuMTQwNCwxMzQuMzk3OTIsMTA0NC4xNDA0&#10;LDEzOS4zNjA5NiwxMDQ5LjEwMzRDMTQ0LjMyNCwxMDU0LjA2NjQsMTQ0LjMyNCwxMDYyLjExMywx&#10;MzkuMzYwOTYsMTA2Ny4wNzYgWiIvPjwvZz48ZyBmaWxsPSIjNWNiNmY5IiBpZD0iY2hhbmdlMV83&#10;Ij48cGF0aCBkPSJNMzgyLjY2NzA4LDEyMjEuMDQ3NUwzODIuNjY3MDgsMTIyMS4wNDc1TDExNS45&#10;NjY4NywxNDg3Ljc0NzlDMTA1LjcxNTQ5LDE0OTcuOTk5Myw4OS4wOTQ3MSwxNDk3Ljk5OTMsNzgu&#10;ODQzMzIsMTQ4Ny43NDc5QzY4LjU5MTkzNCwxNDc3LjQ5NjYsNjguNTkxOTMsMTQ2MC44NzU3LDc4&#10;Ljg0MzMxLDE0NTAuNjI0NEw3OC44NDMzMSwxNDUwLjYyNDRMMzQ1LjU0MzUsMTE4My45MjRDMzU1&#10;Ljc5NDg2LDExNzMuNjcyNiwzNzIuNDE1NjUsMTE3My42NzI2LDM4Mi42NjcwNSwxMTgzLjkyNEMz&#10;OTIuOTE4NDYsMTE5NC4xNzUzLDM5Mi45MTg0NiwxMjEwLjc5NjEsMzgyLjY2NzA4LDEyMjEuMDQ3&#10;NSBaIi8+PC9nPjxnIGZpbGw9IiMxNjJmNTYiIGlkPSJjaGFuZ2UzXzQiPjxwYXRoIGQ9Ik00MjIu&#10;MDI2MDYsMTI2MS45OTQ4TDQyMi4wMjYwNiwxMjYxLjk5NDhMMTExLjUxOTc3NSwxNTcyLjUwMTND&#10;MTA2Ljk2MzUzLDE1NzcuMDU3Niw5OS41NzY0LDE1NzcuMDU3Nyw5NS4wMjAxNSwxNTcyLjUwMTVD&#10;OTAuNDYzOSwxNTY3Ljk0NTIsOTAuNDYzOSwxNTYwLjU1ODEsOTUuMDIwMTQsMTU1Ni4wMDE4TDk1&#10;LjAyMDE0LDE1NTYuMDAxOEw0MDUuNTI2NDMsMTI0NS40OTUyQzQxMC4wODI2NywxMjQwLjkzOSw0&#10;MTcuNDY5ODIsMTI0MC45Mzg4LDQyMi4wMjYwNiwxMjQ1LjQ5NTFDNDI2LjU4MjMsMTI1MC4wNTE0&#10;LDQyNi41ODIzLDEyNTcuNDM4NSw0MjIuMDI2MDYsMTI2MS45OTQ4IFoiLz48L2c+PGcgZmlsbD0i&#10;IzNhOWJkYyIgaWQ9ImNoYW5nZTJfMSI+PHBhdGggZD0iTTc2Mi45OTA5NywxMTE2LjY1OTRMNzYy&#10;Ljk5MDk3LDExMTYuNjU5NEw0MzUuNTE5OSwxNDQ0LjEzMDVDNDI1LjI2ODUyLDE0NTQuMzgxOCw0&#10;MDguNjQ3NzQsMTQ1NC4zODE4LDM5OC4zOTYzNiwxNDQ0LjEzMDVDMzg4LjE0NSwxNDMzLjg3OTIs&#10;Mzg4LjE0NSwxNDE3LjI1ODMsMzk4LjM5NjM2LDE0MDcuMDA3TDM5OC4zOTYzNiwxNDA3LjAwN0w3&#10;MjUuODY3NDMsMTA3OS41MzU5QzczNi4xMTg4NCwxMDY5LjI4NDUsNzUyLjczOTU2LDEwNjkuMjg0&#10;NSw3NjIuOTkwOTcsMTA3OS41MzU5Qzc3My4yNDI0LDEwODkuNzg3Miw3NzMuMjQyNCwxMTA2LjQw&#10;ODEsNzYyLjk5MDk3LDExMTYuNjU5NCBaIi8+PC9nPjxnIGZpbGw9IiMxNjJmNTYiIGlkPSJjaGFu&#10;Z2UzXzciPjxwYXRoIGQ9Ik0yOTYuMjkyMDIsMTE5Mi4wMDcyTDI5Ni4yOTIwMiwxMTkyLjAwNzJM&#10;LTM2LjEzMzg3NywxNTI0LjQzMjlDLTUwLjg2MDAyNywxNTM5LjE1OSwtNzQuNzM1ODI1LDE1Mzku&#10;MTU5LC04OS40NjE5NywxNTI0LjQzMjlDLTEwNC4xODgxMSwxNTA5LjcwNjcsLTEwNC4xODgwOTUs&#10;MTQ4NS44MzA5LC04OS40NjE5NDUsMTQ3MS4xMDQ3TC04OS40NjE5NDUsMTQ3MS4xMDQ3TDI0Mi45&#10;NjM5NiwxMTM4LjY3OTFDMjU3LjY5MDEyLDExMjMuOTUyOSwyODEuNTY1OTIsMTEyMy45NTI5LDI5&#10;Ni4yOTIwNSwxMTM4LjY3OTFDMzExLjAxODIsMTE1My40MDUzLDMxMS4wMTgyLDExNzcuMjgxLDI5&#10;Ni4yOTIwMiwxMTkyLjAwNzIgWiIvPjwvZz48ZyBmaWxsPSIjM2E5YmRjIiBpZD0iY2hhbmdlMl82&#10;Ij48cGF0aCBkPSJNMzM0LjYyNDUsMTAxMi41OTk3M0wzMzQuNjI0NSwxMDEyLjU5OTczTDg2LjU2&#10;NTkzLDEyNjAuNjU4NEM3Ni4zMTQ1NSwxMjcwLjkwOTgsNTkuNjkzNzcsMTI3MC45MDk4LDQ5LjQ0&#10;MjM4LDEyNjAuNjU4NEMzOS4xOTA5ODcsMTI1MC40MDcxLDM5LjE5MDk4MywxMjMzLjc4NjMsNDku&#10;NDQyMzY4LDEyMjMuNTM0OUw0OS40NDIzNjgsMTIyMy41MzQ5TDI5Ny41MDA5Miw5NzUuNDc2MkMz&#10;MDcuNzUyMyw5NjUuMjI0OCwzMjQuMzczMDgsOTY1LjIyNDgsMzM0LjYyNDQ4LDk3NS40NzYyQzM0&#10;NC44NzU5LDk4NS43Mjc2LDM0NC44NzU5LDEwMDIuMzQ4MywzMzQuNjI0NSwxMDEyLjU5OTczIFoi&#10;Lz48L2c+PGcgZmlsbD0iIzE2MmY1NiIgaWQ9ImNoYW5nZTNfOCI+PHBhdGggZD0iTTczNy4yMzg2&#10;LDY3Mi43NDE2NEw3MzcuMjM4Niw2NzIuNzQxNjRMNDE3LjQ5MzE2LDk5Mi40ODczN0M0MDEuNTQ2&#10;NjMsMTAwOC40MzM5LDM3NS42OTIxNywxMDA4LjQzMzk2LDM1OS43NDU2NCw5OTIuNDg3NEMzNDMu&#10;Nzk5MSw5NzYuNTQwOSwzNDMuNzk5MDcsOTUwLjY4NjQ2LDM1OS43NDU2LDkzNC43Mzk5TDM1OS43&#10;NDU2LDkzNC43Mzk5TDY3OS40OTEsNjE0Ljk5NDJDNjk1LjQzNzU2LDU5OS4wNDc2Nyw3MjEuMjky&#10;LDU5OS4wNDc2LDczNy4yMzg1LDYxNC45OTQxNEM3NTMuMTg1MDYsNjMwLjk0MDcsNzUzLjE4NTEs&#10;NjU2Ljc5NTEsNzM3LjIzODYsNjcyLjc0MTY0IFoiLz48L2c+PGcgZmlsbD0iIzVjYjZmOSIgaWQ9&#10;ImNoYW5nZTFfNSI+PHBhdGggZD0iTTkzMC4yODkyLDU2My43NDE3TDkzMC4yODkyLDU2My43NDE3&#10;TDM0Ni4yODA3NiwxMTQ3Ljc1MDJDMzQwLjY4OTEsMTE1My4zNDE5LDMzMS42MjMyMywxMTUzLjM0&#10;MTksMzI2LjAzMTU2LDExNDcuNzUwMkMzMjAuNDM5ODgsMTE0Mi4xNTg2LDMyMC40Mzk4OCwxMTMz&#10;LjA5MjcsMzI2LjAzMTU2LDExMjcuNTAxTDMyNi4wMzE1NiwxMTI3LjUwMUw5MTAuMDM5OSw1NDMu&#10;NDkyNDNDOTE1LjYzMTYsNTM3LjkwMDc2LDkyNC42OTc1LDUzNy45MDA3Niw5MzAuMjg5Miw1NDMu&#10;NDkyNDNDOTM1Ljg4MDg2LDU0OS4wODQxLDkzNS44ODA4Niw1NTguMTUsOTMwLjI4OTIsNTYzLjc0&#10;MTcgWiIvPjwvZz48ZyBmaWxsPSIjM2E5YmRjIiBpZD0iY2hhbmdlMl8zIj48cGF0aCBkPSJNNzEy&#10;LjYwOTgsOTQ1LjEwMjA1TDcxMi42MDk4LDk0NS4xMDIwNUw0ODguMDc5NjIsMTE2OS42MzI3QzQ3&#10;Ny44MjgyNSwxMTc5Ljg4NCw0NjEuMjA3NDYsMTE3OS44ODQsNDUwLjk1NjA1LDExNjkuNjMyN0M0&#10;NDAuNzA0NjUsMTE1OS4zODEzLDQ0MC43MDQ2NSwxMTQyLjc2MDUsNDUwLjk1NjAyLDExMzIuNTA5&#10;Mkw0NTAuOTU2MDIsMTEzMi41MDkyTDY3NS40ODYyNyw5MDcuOTc4NUM2ODUuNzM3Nyw4OTcuNzI3&#10;MSw3MDIuMzU4NCw4OTcuNzI3MSw3MTIuNjA5OCw5MDcuOTc4NUM3MjIuODYxMiw5MTguMjI5OSw3&#10;MjIuODYxMiw5MzQuODUwNjUsNzEyLjYwOTgsOTQ1LjEwMjA1IFoiLz48L2c+PGcgZmlsbD0iIzNh&#10;OWJkYyIgaWQ9ImNoYW5nZTJfMiI+PHBhdGggZD0iTTEyNTUuOTYzOSw1ODAuNjE2MTVMMTI1NS45&#10;NjM5LDU4MC42MTYxNUw5NzcuNTMyMSw4NTkuMDQ4MUM5NjcuMjgwNyw4NjkuMjk5NSw5NTAuNjYs&#10;ODY5LjI5OTUsOTQwLjQwODU3LDg1OS4wNDgxQzkzMC4xNTcxNyw4NDguNzk2Nyw5MzAuMTU3MTcs&#10;ODMyLjE3NTk2LDk0MC40MDg1Nyw4MjEuOTI0NTZMOTQwLjQwODU3LDgyMS45MjQ1NkwxMjE4Ljg0&#10;MDMsNTQzLjQ5MjZDMTIyOS4wOTE3LDUzMy4yNDEyLDEyNDUuNzEyNSw1MzMuMjQxMiwxMjU1Ljk2&#10;MzksNTQzLjQ5MjZDMTI2Ni4yMTUyLDU1My43NDQsMTI2Ni4yMTUyLDU3MC4zNjQ3NSwxMjU1Ljk2&#10;MzksNTgwLjYxNjE1IFoiLz48L2c+PGcgZmlsbD0iIzE2MmY1NiIgaWQ9ImNoYW5nZTNfNSI+PHBh&#10;dGggZD0iTTkxNS4xMDIwNSwyOTcuMTI2OTJMOTE1LjEwMjA1LDI5Ny4xMjY5Mkw3NDEuMTY1MSw0&#10;NzEuMDYzOUM3MzAuOTEzNyw0ODEuMzE1MjgsNzE0LjI5Mjk3LDQ4MS4zMTUyOCw3MDQuMDQxNTYs&#10;NDcxLjA2MzlDNjkzLjc5MDE2LDQ2MC44MTI1Myw2OTMuNzkwMTYsNDQ0LjE5MTc0LDcwNC4wNDE1&#10;Niw0MzMuOTQwMzdMNzA0LjA0MTU2LDQzMy45NDAzN0w4NzcuOTc4NSwyNjAuMDAzNEM4ODguMjI5&#10;OSwyNDkuNzUyLDkwNC44NTA2NSwyNDkuNzUyLDkxNS4xMDIwNSwyNjAuMDAzNEM5MjUuMzUzNDUs&#10;MjcwLjI1NDc2LDkyNS4zNTM0NSwyODYuODc1NTUsOTE1LjEwMjA1LDI5Ny4xMjY5MiBaIi8+PC9n&#10;PjxnIGZpbGw9IiMxNjJmNTYiIGlkPSJjaGFuZ2UzXzMiPjxwYXRoIGQ9Ik00NzAuNTQzNTgsNjkx&#10;LjIyMzRMNDcwLjU0MzU4LDY5MS4yMjM0TDIwNy4yODIwOSw5NTQuNDg1MDVDMTkwLjkyODc2LDk3&#10;MC44Mzg0LDE2NC40MTQ3Niw5NzAuODM4NDQsMTQ4LjA2MTQzLDk1NC40ODUxQzEzMS43MDgxLDkz&#10;OC4xMzE4LDEzMS43MDgwOCw5MTEuNjE3OCwxNDguMDYxNDIsODk1LjI2NDQ3TDE0OC4wNjE0Miw4&#10;OTUuMjY0NDdMNDExLjMyMjg4LDYzMi4wMDI4QzQyNy42NzYyLDYxNS42NDk1LDQ1NC4xOTAyMiw2&#10;MTUuNjQ5NCw0NzAuNTQzNTUsNjMyLjAwMjc1QzQ4Ni44OTY4OCw2NDguMzU2MSw0ODYuODk2OSw2&#10;NzQuODcwMDYsNDcwLjU0MzU4LDY5MS4yMjM0IFoiLz48L2c+PGcgZmlsbD0iIzVjYjZmOSIgaWQ9&#10;ImNoYW5nZTFfNiI+PHBhdGggZD0iTTYyNC4zNzQyLDYyOS4wNjI1Nkw2MjQuMzc0Miw2MjkuMDYy&#10;NTZMNDQzLjgxMDgsODA5LjYyNjA0QzQzOC40OTI3LDgxNC45NDQxNSw0MjkuODcwMzYsODE0Ljk0&#10;NDE1LDQyNC41NTIyNSw4MDkuNjI2MDRDNDE5LjIzNDEzLDgwNC4zMDc5LDQxOS4yMzQxNiw3OTUu&#10;Njg1Niw0MjQuNTUyMjUsNzkwLjM2NzVMNDI0LjU1MjI1LDc5MC4zNjc1TDYwNS4xMTU2Niw2MDku&#10;ODA0QzYxMC40MzM4LDYwNC40ODU5LDYxOS4wNTYxLDYwNC40ODU5LDYyNC4zNzQyLDYwOS44MDRD&#10;NjI5LjY5MjMsNjE1LjEyMjEzLDYyOS42OTIzLDYyMy43NDQ0NSw2MjQuMzc0Miw2MjkuMDYyNTYg&#10;WiIvPjwvZz48ZyBmaWxsPSIjMTYyZjU2IiBpZD0iY2hhbmdlM18xIj48cGF0aCBkPSJNOTE1LjI3&#10;NzEsNTAxLjMwNjZMOTE1LjI3NzEsNTAxLjMwNjZMNzk4Ljc5NTIsNjE3Ljc4ODVDNzg4LjU0Mzgs&#10;NjI4LjAzOTksNzcxLjkyMzEsNjI4LjAzOTksNzYxLjY3MTcsNjE3Ljc4ODVDNzUxLjQyMDMsNjA3&#10;LjUzNzEsNzUxLjQyMDMsNTkwLjkxNjQsNzYxLjY3MTcsNTgwLjY2NUw3NjEuNjcxNyw1ODAuNjY1&#10;TDg3OC4xNTM1Niw0NjQuMTgzMDdDODg4LjQwNDk3LDQ1My45MzE3LDkwNS4wMjU3LDQ1My45MzE3&#10;LDkxNS4yNzcxLDQ2NC4xODMwN0M5MjUuNTI4NSw0NzQuNDM0NDUsOTI1LjUyODUsNDkxLjA1NTI0&#10;LDkxNS4yNzcxLDUwMS4zMDY2IFoiLz48L2c+PC9nPjwvZz48L3N2Zz5QSwMEFAAGAAgAAAAhABBA&#10;Jp3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I/IfISNy6dKOsozSdpomPIaRJ&#10;G0i7Zo1pKxqnatKt+/eYE9xs+fHrx/lytK04Ye8bRwqmkxgEUulMQ5WCz4/naAHCB01Gt45QwQU9&#10;LIvrq1xnxp1ph6d9qASHkM+0gjqELpPSlzVa7SeuQ+LZl+utDtz2lTS9PnO4beUsjufS6ob4Qq07&#10;XNdYfu8Hyxr129OQvGxwtR0O/fuFXrt1clDq9mZcPYIIOIY/GH71eQcKdjq6gYwXrYLoLk7umeXq&#10;IU1BMBLNpnMQRwWLJAVZ5PL/D8UPAAAA//8DAFBLAwQUAAYACAAAACEAIlYO7scAAAClAQAAGQAA&#10;AGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHO8kLFqAzEMhvdC3sFo7/nuhlJKfFlKIWtIH0DYOp/J&#10;WTaWG5q3j2mWBgLdOkri//4PbXffcVVnKhISGxi6HhSxTS6wN/B5/Hh+BSUV2eGamAxcSGA3bZ62&#10;B1qxtpAsIYtqFBYDS635TWuxC0WULmXidplTiVjbWLzOaE/oSY99/6LLbwZMd0y1dwbK3o2gjpfc&#10;mv9mp3kOlt6T/YrE9UGFDrF1NyAWT9VAJBfwthw7OXvQjx2G/3EYusw/DvruudMVAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhAKjWx6gTAQAASQIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAABEAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAQOUvmzcCAADjBAAADgAAAAAAAAAAAAAAAABDAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAKAAAAAAAAACEAZDk0xHw8AgB8PAIAFAAAAAAAAAAAAAAAAACmBAAAZHJz&#10;L21lZGlhL2ltYWdlMS5wbmdQSwECLQAKAAAAAAAAACEAnWF4Q34gAAB+IAAAFAAAAAAAAAAAAAAA&#10;AABUQQIAZHJzL21lZGlhL2ltYWdlMi5zdmdQSwECLQAUAAYACAAAACEAEEAmneMAAAALAQAADwAA&#10;AAAAAAAAAAAAAAAEYgIAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhACJWDu7HAAAApQEA&#10;ABkAAAAAAAAAAAAAAAAAFGMCAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAcABwC+&#10;AQAAEmQCAAAA&#10;" path="m3905734,l,,,3632334r3905734,l3905734,xe" stroked="f">
               <v:fill r:id="rId3" o:title="" opacity="3277f" recolor="t" rotate="t" type="frame"/>
               <v:path arrowok="t"/>
               <w10:anchorlock/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7407E107" w14:textId="77777777" w:rsidR="00BD6596" w:rsidRDefault="00BD6596" w:rsidP="00FC3D1F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
@@ -13970,51 +11342,51 @@
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+        <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
           <w:pict>
             <v:line w14:anchorId="47F57392" id="Straight Connector 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251666434;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,1.45pt" to="534.1pt,2.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAT3JsWxQEAAOMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uu0zAQ3SPxD5b3NEkvfRA1vYtblQ2C&#10;Kx4f4DrjxpJfsk2T/j1jJ02vACGB2Di2Z86ZM8eT3eOgFbmAD9KahlaLkhIw3LbSnBv67evxzZaS&#10;EJlpmbIGGnqFQB/3r1/telfD0nZWteAJkphQ966hXYyuLorAO9AsLKwDg0FhvWYRj/5ctJ71yK5V&#10;sSzLddFb3zpvOYSAt4cxSPeZXwjg8ZMQASJRDUVtMa8+r6e0Fvsdq8+euU7ySQb7BxWaSYNFZ6oD&#10;i4x89/IXKi25t8GKuOBWF1YIySH3gN1U5U/dfOmYg9wLmhPcbFP4f7T84+XJPHu0oXehDu7Zpy4G&#10;4XX6oj4yZLOus1kwRMLxcr3ZLt89bCjhGKse1m+3ycziDnY+xPdgNUmbhippUi+sZpcPIY6pt5R0&#10;rQzpG7raVKsypwWrZHuUSqVg8OfTk/LkwvAdl9vVYXOcqr1Iw9rKoIR7J3kXrwrGAp9BENmi9mqs&#10;kIYMZlrGOZhYTbzKYHaCCZQwAydpfwJO+QkKeQD/BjwjcmVr4gzW0lj/O9lxuEkWY/7NgbHvZMHJ&#10;ttf8xtkanKT8TtPUp1F9ec7w+7+5/wEAAP//AwBQSwMEFAAGAAgAAAAhAM7tCdnaAAAABQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj81qwzAQhO+FvoPYQi+lkWLa/LhehxDIJbemhVw31sY2sVbGUhL3&#10;7auc2uMww8w3xWp0nbryEFovCNOJAcVSedtKjfD9tX1dgAqRxFLnhRF+OMCqfHwoKLf+Jp983cda&#10;pRIJOSE0Mfa51qFq2FGY+J4leSc/OIpJDrW2A91Suet0ZsxMO2olLTTU86bh6ry/OITlYWvPJu5a&#10;OlH/Mn8L2S5sHOLz07j+ABV5jH9huOMndCgT09FfxAbVIaQjESFbgrqbZrbIQB0R3g3ostD/6ctf&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABPcmxbFAQAA4wMAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAM7tCdnaAAAABQEAAA8AAAAAAAAAAAAA&#10;AAAAHwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAmBQAAAAA=&#10;" strokecolor="#285d7f" strokeweight="4.5pt">
               <v:stroke joinstyle="miter"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="066482FF" w14:textId="54153368" w:rsidR="003554DE" w:rsidRPr="007A4CD1" w:rsidRDefault="009F273E" w:rsidP="009F273E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="9295"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:caps/>
         <w:color w:val="285D7F"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="009F273E">
@@ -14436,51 +11808,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="1"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FC3D1F"/>
@@ -14519,50 +11890,51 @@
     <w:rsid w:val="000469E0"/>
     <w:rsid w:val="000478ED"/>
     <w:rsid w:val="000524CE"/>
     <w:rsid w:val="0005256E"/>
     <w:rsid w:val="0005526F"/>
     <w:rsid w:val="000569D9"/>
     <w:rsid w:val="00063B41"/>
     <w:rsid w:val="0006469C"/>
     <w:rsid w:val="00066289"/>
     <w:rsid w:val="0006684B"/>
     <w:rsid w:val="00067022"/>
     <w:rsid w:val="000676A8"/>
     <w:rsid w:val="00070236"/>
     <w:rsid w:val="00070CA7"/>
     <w:rsid w:val="000719D1"/>
     <w:rsid w:val="00071DA4"/>
     <w:rsid w:val="00072498"/>
     <w:rsid w:val="00072B85"/>
     <w:rsid w:val="000736DB"/>
     <w:rsid w:val="000754A6"/>
     <w:rsid w:val="00075EB2"/>
     <w:rsid w:val="00080B7B"/>
     <w:rsid w:val="00081F48"/>
     <w:rsid w:val="000822B3"/>
     <w:rsid w:val="00083F4A"/>
+    <w:rsid w:val="00086B69"/>
     <w:rsid w:val="00086C75"/>
     <w:rsid w:val="000876D7"/>
     <w:rsid w:val="00087D71"/>
     <w:rsid w:val="000905B3"/>
     <w:rsid w:val="00090655"/>
     <w:rsid w:val="00090977"/>
     <w:rsid w:val="00091D15"/>
     <w:rsid w:val="000923DB"/>
     <w:rsid w:val="00093654"/>
     <w:rsid w:val="00094189"/>
     <w:rsid w:val="00095354"/>
     <w:rsid w:val="000954E7"/>
     <w:rsid w:val="00095F09"/>
     <w:rsid w:val="0009772B"/>
     <w:rsid w:val="000A11AB"/>
     <w:rsid w:val="000A1C12"/>
     <w:rsid w:val="000A3080"/>
     <w:rsid w:val="000A57C6"/>
     <w:rsid w:val="000A5ABE"/>
     <w:rsid w:val="000A6F81"/>
     <w:rsid w:val="000B0C66"/>
     <w:rsid w:val="000B1F3D"/>
     <w:rsid w:val="000B29FA"/>
     <w:rsid w:val="000B2F99"/>
     <w:rsid w:val="000B4475"/>
@@ -14911,50 +12283,51 @@
     <w:rsid w:val="003E7FF0"/>
     <w:rsid w:val="003F10B6"/>
     <w:rsid w:val="003F1736"/>
     <w:rsid w:val="003F489B"/>
     <w:rsid w:val="003F4DB9"/>
     <w:rsid w:val="003F52EA"/>
     <w:rsid w:val="003F720D"/>
     <w:rsid w:val="003F7FB0"/>
     <w:rsid w:val="00405CFE"/>
     <w:rsid w:val="0040672B"/>
     <w:rsid w:val="004107A3"/>
     <w:rsid w:val="00411319"/>
     <w:rsid w:val="00411BDC"/>
     <w:rsid w:val="00411CCA"/>
     <w:rsid w:val="00412F15"/>
     <w:rsid w:val="00413499"/>
     <w:rsid w:val="00413F4C"/>
     <w:rsid w:val="00414D4A"/>
     <w:rsid w:val="004231BF"/>
     <w:rsid w:val="00424A07"/>
     <w:rsid w:val="0042584A"/>
     <w:rsid w:val="00425F4A"/>
     <w:rsid w:val="00426CD6"/>
     <w:rsid w:val="00430121"/>
     <w:rsid w:val="00431C71"/>
+    <w:rsid w:val="004325A8"/>
     <w:rsid w:val="004332B4"/>
     <w:rsid w:val="004417FB"/>
     <w:rsid w:val="00442088"/>
     <w:rsid w:val="00443BD2"/>
     <w:rsid w:val="00445B45"/>
     <w:rsid w:val="004463BD"/>
     <w:rsid w:val="00446A25"/>
     <w:rsid w:val="004473A8"/>
     <w:rsid w:val="00450FD8"/>
     <w:rsid w:val="00452DF7"/>
     <w:rsid w:val="0045354B"/>
     <w:rsid w:val="0045358A"/>
     <w:rsid w:val="00454708"/>
     <w:rsid w:val="00454DAB"/>
     <w:rsid w:val="00456972"/>
     <w:rsid w:val="00456CC7"/>
     <w:rsid w:val="00457C81"/>
     <w:rsid w:val="00457F1B"/>
     <w:rsid w:val="00457FBA"/>
     <w:rsid w:val="004608DC"/>
     <w:rsid w:val="00460B8A"/>
     <w:rsid w:val="00464342"/>
     <w:rsid w:val="00464CA9"/>
     <w:rsid w:val="00466B06"/>
     <w:rsid w:val="004676C2"/>
@@ -15304,88 +12677,90 @@
     <w:rsid w:val="00777DCB"/>
     <w:rsid w:val="00780447"/>
     <w:rsid w:val="00780FB3"/>
     <w:rsid w:val="0078154D"/>
     <w:rsid w:val="00782DE4"/>
     <w:rsid w:val="00782DF0"/>
     <w:rsid w:val="00782E82"/>
     <w:rsid w:val="007833FD"/>
     <w:rsid w:val="00783E04"/>
     <w:rsid w:val="00784AC9"/>
     <w:rsid w:val="00784B9F"/>
     <w:rsid w:val="00784ED4"/>
     <w:rsid w:val="0078563A"/>
     <w:rsid w:val="007867F3"/>
     <w:rsid w:val="007869FB"/>
     <w:rsid w:val="00787902"/>
     <w:rsid w:val="00790061"/>
     <w:rsid w:val="00792238"/>
     <w:rsid w:val="007940EF"/>
     <w:rsid w:val="0079519C"/>
     <w:rsid w:val="00796271"/>
     <w:rsid w:val="007966BF"/>
     <w:rsid w:val="007979D1"/>
     <w:rsid w:val="00797A6F"/>
     <w:rsid w:val="007A19A1"/>
+    <w:rsid w:val="007A2A6E"/>
     <w:rsid w:val="007A2D27"/>
     <w:rsid w:val="007A462A"/>
     <w:rsid w:val="007A46A2"/>
     <w:rsid w:val="007A48C5"/>
     <w:rsid w:val="007A4B01"/>
     <w:rsid w:val="007A4CD1"/>
     <w:rsid w:val="007A4D52"/>
     <w:rsid w:val="007A5242"/>
     <w:rsid w:val="007A68D7"/>
     <w:rsid w:val="007B13A5"/>
     <w:rsid w:val="007B1E00"/>
     <w:rsid w:val="007B3D7D"/>
     <w:rsid w:val="007B4A2B"/>
     <w:rsid w:val="007B4E0E"/>
     <w:rsid w:val="007B74E0"/>
     <w:rsid w:val="007B7FC1"/>
     <w:rsid w:val="007C008A"/>
     <w:rsid w:val="007C0862"/>
     <w:rsid w:val="007C13C4"/>
     <w:rsid w:val="007C1699"/>
     <w:rsid w:val="007C1E97"/>
     <w:rsid w:val="007C4159"/>
     <w:rsid w:val="007C4FF8"/>
     <w:rsid w:val="007C585A"/>
     <w:rsid w:val="007C67A7"/>
     <w:rsid w:val="007C69FC"/>
     <w:rsid w:val="007D089F"/>
     <w:rsid w:val="007D129C"/>
     <w:rsid w:val="007D1F0A"/>
     <w:rsid w:val="007D5807"/>
     <w:rsid w:val="007D6C56"/>
     <w:rsid w:val="007E0C57"/>
     <w:rsid w:val="007E1770"/>
     <w:rsid w:val="007E1AE0"/>
     <w:rsid w:val="007E20F5"/>
     <w:rsid w:val="007E3C5F"/>
     <w:rsid w:val="007E4196"/>
     <w:rsid w:val="007E5340"/>
+    <w:rsid w:val="007E5570"/>
     <w:rsid w:val="007E5719"/>
     <w:rsid w:val="007E5A6E"/>
     <w:rsid w:val="007E70B6"/>
     <w:rsid w:val="007E7710"/>
     <w:rsid w:val="007F0209"/>
     <w:rsid w:val="007F0E61"/>
     <w:rsid w:val="007F22A2"/>
     <w:rsid w:val="007F2D4C"/>
     <w:rsid w:val="007F506D"/>
     <w:rsid w:val="007F76E8"/>
     <w:rsid w:val="0080039D"/>
     <w:rsid w:val="00800560"/>
     <w:rsid w:val="00800A31"/>
     <w:rsid w:val="00800C86"/>
     <w:rsid w:val="00801D8B"/>
     <w:rsid w:val="00802204"/>
     <w:rsid w:val="0080705C"/>
     <w:rsid w:val="00810182"/>
     <w:rsid w:val="0081106B"/>
     <w:rsid w:val="008140C1"/>
     <w:rsid w:val="00817141"/>
     <w:rsid w:val="0082152E"/>
     <w:rsid w:val="00821612"/>
     <w:rsid w:val="0082210F"/>
     <w:rsid w:val="0082211F"/>
@@ -15701,50 +13076,51 @@
     <w:rsid w:val="00AD7C0E"/>
     <w:rsid w:val="00AE0B63"/>
     <w:rsid w:val="00AE1135"/>
     <w:rsid w:val="00AE122A"/>
     <w:rsid w:val="00AE1905"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE3465"/>
     <w:rsid w:val="00AE5824"/>
     <w:rsid w:val="00AE60C1"/>
     <w:rsid w:val="00AE705B"/>
     <w:rsid w:val="00AF08C2"/>
     <w:rsid w:val="00AF15C6"/>
     <w:rsid w:val="00AF1813"/>
     <w:rsid w:val="00AF2A71"/>
     <w:rsid w:val="00AF2F33"/>
     <w:rsid w:val="00AF417E"/>
     <w:rsid w:val="00AF455E"/>
     <w:rsid w:val="00AF4675"/>
     <w:rsid w:val="00AF4B9A"/>
     <w:rsid w:val="00AF4CE8"/>
     <w:rsid w:val="00AF5C75"/>
     <w:rsid w:val="00AF6DEC"/>
     <w:rsid w:val="00B025B1"/>
     <w:rsid w:val="00B04063"/>
     <w:rsid w:val="00B04923"/>
+    <w:rsid w:val="00B04983"/>
     <w:rsid w:val="00B068B7"/>
     <w:rsid w:val="00B07893"/>
     <w:rsid w:val="00B1200A"/>
     <w:rsid w:val="00B1261B"/>
     <w:rsid w:val="00B1289B"/>
     <w:rsid w:val="00B1453B"/>
     <w:rsid w:val="00B14573"/>
     <w:rsid w:val="00B15170"/>
     <w:rsid w:val="00B211E6"/>
     <w:rsid w:val="00B23E1E"/>
     <w:rsid w:val="00B2438F"/>
     <w:rsid w:val="00B2746F"/>
     <w:rsid w:val="00B311B9"/>
     <w:rsid w:val="00B321D9"/>
     <w:rsid w:val="00B327FC"/>
     <w:rsid w:val="00B32BBC"/>
     <w:rsid w:val="00B335A1"/>
     <w:rsid w:val="00B3371D"/>
     <w:rsid w:val="00B33CE7"/>
     <w:rsid w:val="00B34FBE"/>
     <w:rsid w:val="00B400B8"/>
     <w:rsid w:val="00B413E3"/>
     <w:rsid w:val="00B41572"/>
     <w:rsid w:val="00B4208E"/>
     <w:rsid w:val="00B4345C"/>
@@ -19724,56 +17100,53 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F442EB5159358D4DBB96C076E92CA033" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cb7bbb41668bb77c20a13b78499f5464">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b0bea954-a813-48af-b81f-37fb60ec49e0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d1c957b8349382f9731337c800d9a4b0" ns2:_="">
     <xsd:import namespace="b0bea954-a813-48af-b81f-37fb60ec49e0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b0bea954-a813-48af-b81f-37fb60ec49e0" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -19877,132 +17250,135 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FEA14E2-43F5-48CE-B17A-D80B3486CEDC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD9BB1E2-6655-4FAD-B177-131024B63B8A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E19524C-9C23-45E6-AB3C-CFBFD1F03378}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b0bea954-a813-48af-b81f-37fb60ec49e0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD9BB1E2-6655-4FAD-B177-131024B63B8A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FEA14E2-43F5-48CE-B17A-D80B3486CEDC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52A43481-4E36-4BAB-9F30-5943AD599E60}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D421F2D-89FD-4846-BFDC-BEA16C69AEEE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
   <Words>3810</Words>
-  <Characters>21722</Characters>
+  <Characters>21721</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>181</Lines>
   <Paragraphs>50</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NWJCC Performance Report</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cwm Taf Morgannwg University Health Board</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25482</CharactersWithSpaces>
+  <CharactersWithSpaces>25481</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NWJCC Performance Report</dc:title>
   <dc:subject/>
   <dc:creator>Ricky Thomas (CTM UHB - NCCU Corporate Services)</dc:creator>
   <cp:keywords>NWJCC Performance Report</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100F442EB5159358D4DBB96C076E92CA033</vt:lpwstr>