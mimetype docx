--- v1 (2025-11-03)
+++ v2 (2025-12-07)
@@ -52,557 +52,715 @@
     <w:p w14:paraId="41FFEAA3" w14:textId="4A563EC5" w:rsidR="00347D39" w:rsidRPr="00276102" w:rsidRDefault="0028590A" w:rsidP="0094397A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00276102">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74EA744D" wp14:editId="56C752F9">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74EA744D" wp14:editId="11B2E7C8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>173355</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>4993640</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6581775" cy="1295400"/>
-                <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+                <wp:extent cx="6242685" cy="1162050"/>
+                <wp:effectExtent l="0" t="0" r="5715" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="16" name="Text Box 1">
                   <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                       <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                     </a:ext>
                   </a:extLst>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6581775" cy="1295400"/>
+                          <a:ext cx="6242685" cy="1162050"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="707D357C" w14:textId="48E4E60D" w:rsidR="00EE2809" w:rsidRDefault="002768E9" w:rsidP="00654024">
+                          <w:p w14:paraId="707D357C" w14:textId="3716A8D1" w:rsidR="00EE2809" w:rsidRDefault="002768E9" w:rsidP="00654024">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="002768E9">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t>Dyddiad yr Adroddiad</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> | Report Date</w:t>
                             </w:r>
                             <w:r w:rsidRPr="002768E9">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
-                            <w:r w:rsidR="004325A8">
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidR="0033191E">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t>Hydref</w:t>
                             </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidRPr="002768E9">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> 2025</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> | </w:t>
                             </w:r>
-                            <w:r w:rsidR="004325A8">
+                            <w:r w:rsidR="0033191E">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t>October</w:t>
                             </w:r>
                             <w:r w:rsidR="006C4BAF">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> 2025</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="5DFBCCF7" w14:textId="1E976084" w:rsidR="002768E9" w:rsidRDefault="002768E9" w:rsidP="004325A8">
+                          <w:p w14:paraId="5DFBCCF7" w14:textId="34ADE14A" w:rsidR="002768E9" w:rsidRDefault="002768E9" w:rsidP="0033191E">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="4320" w:hanging="4320"/>
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                             </w:pPr>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="002768E9">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t>Awdur</w:t>
                             </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> | Author</w:t>
                             </w:r>
                             <w:r w:rsidRPr="002768E9">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
-                            <w:r w:rsidR="004325A8">
+                            <w:r w:rsidR="00B541B8">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t>Susan Evans</w:t>
                             </w:r>
                             <w:r w:rsidRPr="002768E9">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> – </w:t>
                             </w:r>
-                            <w:r w:rsidR="004325A8">
+                            <w:r w:rsidR="00B541B8">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
-                            <w:r w:rsidR="004325A8" w:rsidRPr="004325A8">
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidR="00B541B8" w:rsidRPr="0033191E">
                               <w:rPr>
-                                <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="285D7F"/>
+                                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                                <w:lang w:eastAsia="en-GB"/>
                               </w:rPr>
-                              <w:t>Dadansoddwr a Datblygwr Data Gwasanaethau Ambiwlans Integredig</w:t>
+                              <w:t>Dadansoddwr</w:t>
                             </w:r>
-                          </w:p>
-[...2 lines deleted...]
-                              <w:spacing w:after="0"/>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidR="00B541B8" w:rsidRPr="0033191E">
                               <w:rPr>
-                                <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="285D7F"/>
+                                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                                <w:lang w:eastAsia="en-GB"/>
                               </w:rPr>
-                            </w:pPr>
+                              <w:t xml:space="preserve"> a </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidR="00B541B8" w:rsidRPr="0033191E">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                                <w:lang w:eastAsia="en-GB"/>
+                              </w:rPr>
+                              <w:t>Datblygwr</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidR="00B541B8" w:rsidRPr="0033191E">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                                <w:lang w:eastAsia="en-GB"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Data </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidR="00B541B8" w:rsidRPr="0033191E">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                                <w:lang w:eastAsia="en-GB"/>
+                              </w:rPr>
+                              <w:t>Gwasanaethau</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidR="00B541B8" w:rsidRPr="0033191E">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                                <w:lang w:eastAsia="en-GB"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidR="00B541B8" w:rsidRPr="0033191E">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                                <w:lang w:eastAsia="en-GB"/>
+                              </w:rPr>
+                              <w:t>Ambiwlans</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidR="00B541B8" w:rsidRPr="0033191E">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                                <w:lang w:eastAsia="en-GB"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidR="00B541B8" w:rsidRPr="0033191E">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                                <w:lang w:eastAsia="en-GB"/>
+                              </w:rPr>
+                              <w:t>Integredig</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                           </w:p>
-                          <w:p w14:paraId="7971239B" w14:textId="0C38BFCC" w:rsidR="00EE2809" w:rsidRPr="00347D39" w:rsidRDefault="004325A8" w:rsidP="002768E9">
+                          <w:p w14:paraId="7971239B" w14:textId="45B01E71" w:rsidR="00EE2809" w:rsidRPr="00347D39" w:rsidRDefault="0033191E" w:rsidP="002768E9">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="4320"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:sz w:val="40"/>
                                 <w:szCs w:val="40"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="004325A8">
+                            <w:r w:rsidRPr="0033191E">
                               <w:rPr>
-                                <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="285D7F"/>
+                                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                                <w:lang w:eastAsia="en-GB"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">Integrated Ambulance Services Data Analyst </w:t>
+                              <w:t>Integrated Ambulance Services Data Analyst &amp; Developer</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidRPr="0033191E">
                               <w:rPr>
-                                <w:rStyle w:val="oypena"/>
-[...3 lines deleted...]
-                                <w:color w:val="285D7F"/>
+                                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                                <w:lang w:eastAsia="en-GB"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">/Developer </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="74EA744D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:13.65pt;margin-top:393.2pt;width:518.25pt;height:102pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCDw4guIgIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N7ajXDZWnNU221SV&#10;tttKu/0AjHGMCgwFEjv9+g44m03bt6o8IIaZOcycOaxvB63IUTgvwVS0mOSUCMOhkWZf0W/Pu3c3&#10;lPjATMMUGFHRk/D0dvP2zbq3pZhCB6oRjiCI8WVvK9qFYMss87wTmvkJWGHQ2YLTLKDp9lnjWI/o&#10;WmXTPF9kPbjGOuDCe7y9H510k/DbVvDwpW29CERVFGsLaXdpr+Oebdas3DtmO8nPZbB/qEIzafDR&#10;C9Q9C4wcnPwLSkvuwEMbJhx0Bm0ruUg9YDdF/kc3Tx2zIvWC5Hh7ocn/P1j+ePzqiGxwdgtKDNM4&#10;o2cxBPIeBlJEenrrS4x6shgXBrzG0NSqtw/Av3tiYNsxsxd3zkHfCdZgeSkzu0odcXwEqfvP0OAz&#10;7BAgAQ2t05E7ZIMgOo7pdBlNLIXj5WJ+UyyXc0o4+orpaj7L0/AyVr6kW+fDRwGaxENFHc4+wbPj&#10;gw/YCIa+hMTXPCjZ7KRSyXD7eqscOTLUyS6t2Dum/BamDOkruppP5wnZQMxPEtIyoI6V1BW9yeMa&#10;lRXp+GCaFBKYVOMZYZVB9MhPpGQkJwz1gIHxsobmhEw5GPWK/wsPHbiflPSo1Yr6HwfmBCXqk0G2&#10;V8VsFsWdjNl8OUXDXXvqaw8zHKEqGigZj9uQPkTkwcAdTqWVia/XSs61ogYTJ+f/EkV+baeo11+9&#10;+QUAAP//AwBQSwMEFAAGAAgAAAAhAPCMSMDfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj9FO&#10;g0AQRd9N/IfNmPhi7GKLUChDoyYaX1v7AQO7BVJ2lrDbQv/e7ZM+Tubk3nOL7Wx6cdGj6ywjvCwi&#10;EJprqzpuEA4/n89rEM4TK+ota4SrdrAt7+8KypWdeKcve9+IEMIuJ4TW+yGX0tWtNuQWdtAcfkc7&#10;GvLhHBupRppCuOnlMooSaajj0NDSoD9aXZ/2Z4Nw/J6eXrOp+vKHdBcn79Sllb0iPj7MbxsQXs/+&#10;D4abflCHMjhV9szKiR5hma4CiZCukxjEDYiSVRhTIWRZFIMsC/l/Q/kLAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAg8OILiICAAAdBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEA8IxIwN8AAAALAQAADwAAAAAAAAAAAAAAAAB8BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;" stroked="f">
+              <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:13.65pt;margin-top:393.2pt;width:491.55pt;height:91.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBRXh/IQIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N74oSbNWnNU221SV&#10;thdptx+AMY5RgaFAYqdf3wFns2n7VpUHxDAzh5kzh/XtqBU5CuclmJoWs5wSYTi00uxr+u1p92ZF&#10;iQ/MtEyBETU9CU9vN69frQdbiRJ6UK1wBEGMrwZb0z4EW2WZ573QzM/ACoPODpxmAU23z1rHBkTX&#10;KivzfJkN4FrrgAvv8fZ+ctJNwu86wcOXrvMiEFVTrC2k3aW9iXu2WbNq75jtJT+Xwf6hCs2kwUcv&#10;UPcsMHJw8i8oLbkDD12YcdAZdJ3kIvWA3RT5H9089syK1AuS4+2FJv//YPnn41dHZIuzW1JimMYZ&#10;PYkxkHcwkiLSM1hfYdSjxbgw4jWGpla9fQD+3RMD256ZvbhzDoZesBbLS5nZVeqE4yNIM3yCFp9h&#10;hwAJaOycjtwhGwTRcUyny2hiKRwvl+W8XK4WlHD0FcWyzBdpeBmrntOt8+GDAE3ioaYOZ5/g2fHB&#10;B2wEQ59D4mselGx3UqlkuH2zVY4cGepkl1bsHVN+C1OGDDW9WZSLhGwg5icJaRlQx0rqmq7yuCZl&#10;RTremzaFBCbVdEZYZRA98hMpmcgJYzNiYLxsoD0hUw4mveL/wkMP7iclA2q1pv7HgTlBifpokO2b&#10;Yj6P4k7GfPG2RMNde5prDzMcoWoaKJmO25A+ROTBwB1OpZOJr5dKzrWiBhMn5/8SRX5tp6iXX735&#10;BQAA//8DAFBLAwQUAAYACAAAACEA4jCzb98AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU6D&#10;QBCG7ya+w2ZMvBi7tCIUytCoicZrax9gYKdAyu4Sdlvo27s96W0m8+Wf7y+2s+7FhUfXWYOwXEQg&#10;2NRWdaZBOPx8Pq9BOE9GUW8NI1zZwba8vysoV3YyO77sfSNCiHE5IbTeD7mUrm5Zk1vYgU24He2o&#10;yYd1bKQaaQrhuperKEqkps6EDy0N/NFyfdqfNcLxe3p6zabqyx/SXZy8U5dW9or4+DC/bUB4nv0f&#10;DDf9oA5lcKrs2SgneoRV+hJIhHSdxCBuQLSMwlQhZEkWgywL+b9D+QsAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDBRXh/IQIAAB0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQDiMLNv3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHsEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="707D357C" w14:textId="48E4E60D" w:rsidR="00EE2809" w:rsidRDefault="002768E9" w:rsidP="00654024">
+                    <w:p w14:paraId="707D357C" w14:textId="3716A8D1" w:rsidR="00EE2809" w:rsidRDefault="002768E9" w:rsidP="00654024">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="002768E9">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t>Dyddiad yr Adroddiad</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> | Report Date</w:t>
                       </w:r>
                       <w:r w:rsidRPr="002768E9">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
-                      <w:r w:rsidR="004325A8">
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidR="0033191E">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t>Hydref</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                       <w:r w:rsidRPr="002768E9">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> 2025</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> | </w:t>
                       </w:r>
-                      <w:r w:rsidR="004325A8">
+                      <w:r w:rsidR="0033191E">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t>October</w:t>
                       </w:r>
                       <w:r w:rsidR="006C4BAF">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> 2025</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="5DFBCCF7" w14:textId="1E976084" w:rsidR="002768E9" w:rsidRDefault="002768E9" w:rsidP="004325A8">
+                    <w:p w14:paraId="5DFBCCF7" w14:textId="34ADE14A" w:rsidR="002768E9" w:rsidRDefault="002768E9" w:rsidP="0033191E">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="4320" w:hanging="4320"/>
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                       </w:pPr>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="002768E9">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t>Awdur</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> | Author</w:t>
                       </w:r>
                       <w:r w:rsidRPr="002768E9">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
-                      <w:r w:rsidR="004325A8">
+                      <w:r w:rsidR="00B541B8">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t>Susan Evans</w:t>
                       </w:r>
                       <w:r w:rsidRPr="002768E9">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> – </w:t>
                       </w:r>
-                      <w:r w:rsidR="004325A8">
+                      <w:r w:rsidR="00B541B8">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
-                      <w:r w:rsidR="004325A8" w:rsidRPr="004325A8">
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidR="00B541B8" w:rsidRPr="0033191E">
                         <w:rPr>
-                          <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="285D7F"/>
+                          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                          <w:lang w:eastAsia="en-GB"/>
                         </w:rPr>
-                        <w:t>Dadansoddwr a Datblygwr Data Gwasanaethau Ambiwlans Integredig</w:t>
+                        <w:t>Dadansoddwr</w:t>
                       </w:r>
-                    </w:p>
-[...2 lines deleted...]
-                        <w:spacing w:after="0"/>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidR="00B541B8" w:rsidRPr="0033191E">
                         <w:rPr>
-                          <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="285D7F"/>
+                          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                          <w:lang w:eastAsia="en-GB"/>
                         </w:rPr>
-                      </w:pPr>
+                        <w:t xml:space="preserve"> a </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidR="00B541B8" w:rsidRPr="0033191E">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                          <w:lang w:eastAsia="en-GB"/>
+                        </w:rPr>
+                        <w:t>Datblygwr</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidR="00B541B8" w:rsidRPr="0033191E">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                          <w:lang w:eastAsia="en-GB"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Data </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidR="00B541B8" w:rsidRPr="0033191E">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                          <w:lang w:eastAsia="en-GB"/>
+                        </w:rPr>
+                        <w:t>Gwasanaethau</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidR="00B541B8" w:rsidRPr="0033191E">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                          <w:lang w:eastAsia="en-GB"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidR="00B541B8" w:rsidRPr="0033191E">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                          <w:lang w:eastAsia="en-GB"/>
+                        </w:rPr>
+                        <w:t>Ambiwlans</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidR="00B541B8" w:rsidRPr="0033191E">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                          <w:lang w:eastAsia="en-GB"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidR="00B541B8" w:rsidRPr="0033191E">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                          <w:lang w:eastAsia="en-GB"/>
+                        </w:rPr>
+                        <w:t>Integredig</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
-                    <w:p w14:paraId="7971239B" w14:textId="0C38BFCC" w:rsidR="00EE2809" w:rsidRPr="00347D39" w:rsidRDefault="004325A8" w:rsidP="002768E9">
+                    <w:p w14:paraId="7971239B" w14:textId="45B01E71" w:rsidR="00EE2809" w:rsidRPr="00347D39" w:rsidRDefault="0033191E" w:rsidP="002768E9">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="4320"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:sz w:val="40"/>
                           <w:szCs w:val="40"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="004325A8">
+                      <w:r w:rsidRPr="0033191E">
                         <w:rPr>
-                          <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="285D7F"/>
+                          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                          <w:lang w:eastAsia="en-GB"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">Integrated Ambulance Services Data Analyst </w:t>
+                        <w:t>Integrated Ambulance Services Data Analyst &amp; Developer</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidRPr="0033191E">
                         <w:rPr>
-                          <w:rStyle w:val="oypena"/>
-[...3 lines deleted...]
-                          <w:color w:val="285D7F"/>
+                          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                          <w:lang w:eastAsia="en-GB"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">/Developer </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="006C4BAF" w:rsidRPr="00276102">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07B9E018" wp14:editId="2F55A2CC">
                 <wp:simplePos x="0" y="0"/>
@@ -1024,51 +1182,51 @@
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="79E5D052" w14:textId="7EE3EE6A" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00086B69">
+        <w:p w14:paraId="79E5D052" w14:textId="7EE3EE6A" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="008D4F9F">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc206584450" w:history="1">
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Model Ymateb Clinigol | Clinical Response Model</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
@@ -1103,51 +1261,51 @@
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0075DB0B" w14:textId="5D8FE612" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00086B69">
+        <w:p w14:paraId="0075DB0B" w14:textId="5D8FE612" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="008D4F9F">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc206584451" w:history="1">
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Llwybr gofal ambiwlans pum cam | Five step ambulance care pathway</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
@@ -1182,51 +1340,51 @@
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4460F536" w14:textId="35B2A131" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00086B69" w:rsidP="00C62BCD">
+        <w:p w14:paraId="4460F536" w14:textId="35B2A131" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="008D4F9F" w:rsidP="00C62BCD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc206584452" w:history="1">
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Cam 1 - Helpwch Fi i Ddewis | Step 1 - Help Me Choose</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
@@ -1243,51 +1401,51 @@
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="56ABE5A5" w14:textId="4716685F" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00086B69" w:rsidP="00C62BCD">
+        <w:p w14:paraId="56ABE5A5" w14:textId="4716685F" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="008D4F9F" w:rsidP="00C62BCD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc206584453" w:history="1">
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Cam 2 Atebwch Fy Alwad | Step 2 Answer My Call</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
@@ -1304,51 +1462,51 @@
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1B95C5C2" w14:textId="193F8A2D" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00086B69" w:rsidP="00C62BCD">
+        <w:p w14:paraId="1B95C5C2" w14:textId="193F8A2D" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="008D4F9F" w:rsidP="00C62BCD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc206584454" w:history="1">
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Cam 3 Dewch i'm Gweld | Step 3 Come To See Me</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
@@ -1365,51 +1523,51 @@
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5BD05CA5" w14:textId="1DA8F283" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00086B69" w:rsidP="00C62BCD">
+        <w:p w14:paraId="5BD05CA5" w14:textId="1DA8F283" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="008D4F9F" w:rsidP="00C62BCD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc206584455" w:history="1">
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Cam 4 Rhowch driniaeth i mi | Step 4 Give Me treatment</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
@@ -1426,51 +1584,51 @@
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="637F167B" w14:textId="58810F1A" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00086B69" w:rsidP="00C62BCD">
+        <w:p w14:paraId="637F167B" w14:textId="58810F1A" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="008D4F9F" w:rsidP="00C62BCD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc206584456" w:history="1">
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Cam 5 Ewch â Fi i'r Ysbyty | Step 5 Take Me To Hospital</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
@@ -1711,95 +1869,299 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r w:rsidR="00B7767B" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>To monitor performance, the NWJCC and WASUNT developed Ambulance Service Indicators (ASI), published monthly and structured around the Five Step Ambulance Care Pathway. This model ensures resources are dispatched where lives are at risk, while less urgent cases are supported through telephone advice or referral to other NHS services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78B485BC" w14:textId="68C97D69" w:rsidR="009D77F9" w:rsidRPr="00B7767B" w:rsidRDefault="009D77F9" w:rsidP="00864ADB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="407B7688" w14:textId="3E8C5209" w:rsidR="009D77F9" w:rsidRPr="00A37763" w:rsidRDefault="009D77F9" w:rsidP="00864ADB">
+    <w:p w14:paraId="407B7688" w14:textId="79B9A5FC" w:rsidR="009D77F9" w:rsidRPr="00A37763" w:rsidRDefault="009D77F9" w:rsidP="00864ADB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7767B">
-[...7 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mae’r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>datganiad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ASI </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gyfer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0033191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Hydref</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cwmpasu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>perfformiad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> draws y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>llwybr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hwn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r w:rsidR="00B7767B" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="004325A8">
-[...7 lines deleted...]
-        <w:t>September</w:t>
+      <w:r w:rsidR="0033191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>October</w:t>
       </w:r>
       <w:r w:rsidR="00B7767B" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 ASI release covers performance across this pathway.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BB572D4" w14:textId="557C41F0" w:rsidR="009D77F9" w:rsidRPr="00B7767B" w:rsidRDefault="009D77F9" w:rsidP="00864ADB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1040A247" w14:textId="02C18025" w:rsidR="009F273E" w:rsidRPr="00A37763" w:rsidRDefault="000A1C12" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3721,51 +4083,51 @@
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
             <w:pict>
               <v:line w14:anchorId="597FB0CA" id="Straight Connector 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251659266;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-.15pt,7.05pt" to="532.65pt,7.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNSSOjmwEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815IDVC0Eyz4kSC9B&#10;GrTJBzDU0iLAF5aMJf99l7QtB0mAoEUuFB87szuzq9VmsobtAKP2ruPLRc0ZOOl77bYdf3y4+fqD&#10;s5iE64XxDjq+h8g36y8XqzG0cOkHb3pARiQutmPo+JBSaKsqygGsiAsfwNGj8mhFoiNuqx7FSOzW&#10;VJd13VSjxz6glxAj3V4fHvm68CsFMv1SKkJipuNUWyorlvUpr9V6JdotijBoeSxD/EcVVmhHSWeq&#10;a5EEe0b9hspqiT56lRbS28orpSUUDaRmWb9S82cQAYoWMieG2ab4ebTybnfl7pFsGENsY7jHrGJS&#10;aPOX6mNTMWs/mwVTYpIum+9N860hT+XprToDA8b0E7xledNxo13WIVqxu42JklHoKYQO59Rll/YG&#10;crBxv0Ex3VOyZUGXqYArg2wnqJ9CSnBpmXtIfCU6w5Q2ZgbWHwOP8RkKZWL+BTwjSmbv0gy22nl8&#10;L3uaTiWrQ/zJgYPubMGT7/elKcUaan1ReBzTPFsvzwV+/pnWfwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;AInyqDXeAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8Myhd50o22lpNmICKVW&#10;KFIt2OOanSax2dmwu5r47zvSQz3O9x5v3stmvW3ECX2oHSkYjxIQSIUzNZUKPrcvwycQIWoyunGE&#10;Cs4YYJYPbjKdGtfRB542sRQcQiHVCqoY21TKUFRodRi5Fom1b+etjnz6UhqvOw63jZwkyVRaXRN/&#10;qHSLiwqLn83RKnj3y+VivjofaP1lu91ktVu/9a9K3d3282cQEfv4b4ZLfa4OOXfauyOZIBoFw3s2&#10;Mn4Yg7jIyfSRyf6PyDyT1wPyXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDNSSOjmwEA&#10;AJQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCJ8qg1&#10;3gAAAAgBAAAPAAAAAAAAAAAAAAAAAPUDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;AAUAAAAA&#10;" strokecolor="#4472c4 [3204]" strokeweight=".5pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2283250B" w14:textId="7FBB1D8B" w:rsidR="00864ADB" w:rsidRPr="00A37763" w:rsidRDefault="000A1C12" w:rsidP="00B7767B">
+    <w:p w14:paraId="2283250B" w14:textId="2D990080" w:rsidR="00864ADB" w:rsidRPr="00A37763" w:rsidRDefault="000A1C12" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672578" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69D9EAF4" wp14:editId="475E18A2">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1265555</wp:posOffset>
@@ -3803,339 +4165,640 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="9021445" cy="3172460"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ym mis Gorffennaf 2025 bu </w:t>
-[...12 lines deleted...]
-      <w:r w:rsidR="004325A8" w:rsidRPr="004325A8">
+        <w:t>Ym</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gorffennaf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE0F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>412</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="004325A8" w:rsidRPr="004325A8">
-[...8 lines deleted...]
-        <w:t>445</w:t>
+      <w:r w:rsidR="00CE0F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>508</w:t>
       </w:r>
       <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o ymweliadau â gwefan GIG 111 Cymru, sy’n darparu gwybodaeth ac arweiniad iechyd. Yn yr un mis, cynhyrchodd </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004325A8">
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ymweliadau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> â </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gwefan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GIG 111 Cymru, sy’n darparu gwybodaeth ac arweiniad iechyd. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un mis, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cynhyrchodd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>282</w:t>
       </w:r>
       <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o alwyr aml </w:t>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>alwyr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aml</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C5BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2,</w:t>
       </w:r>
-      <w:r w:rsidR="004325A8">
-[...4 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="00CC608A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">875 </w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ddigwyddiadau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sef</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC608A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002768E9" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gyfanswm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>digwyddiadau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | </w:t>
+      </w:r>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n July 2025 there were </w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE0F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="009C5BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>084</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">visits to the NHS 111 Wales website, which provides health information and advice. During the same month, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC608A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>282</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> frequent callers generated </w:t>
+      </w:r>
+      <w:r w:rsidR="009C5BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC608A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>875</w:t>
       </w:r>
-      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
-[...13 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> incidents, </w:t>
+      </w:r>
+      <w:r w:rsidR="009C5BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ccounting for </w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8.</w:t>
       </w:r>
-      <w:r w:rsidR="004325A8">
-[...174 lines deleted...]
-      <w:r w:rsidR="004325A8">
+      <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4432,592 +5095,998 @@
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
             <w:pict>
               <v:line w14:anchorId="57782746" id="Straight Connector 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251661314;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="0,10.7pt" to="532.8pt,10.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNSSOjmwEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815IDVC0Eyz4kSC9B&#10;GrTJBzDU0iLAF5aMJf99l7QtB0mAoEUuFB87szuzq9VmsobtAKP2ruPLRc0ZOOl77bYdf3y4+fqD&#10;s5iE64XxDjq+h8g36y8XqzG0cOkHb3pARiQutmPo+JBSaKsqygGsiAsfwNGj8mhFoiNuqx7FSOzW&#10;VJd13VSjxz6glxAj3V4fHvm68CsFMv1SKkJipuNUWyorlvUpr9V6JdotijBoeSxD/EcVVmhHSWeq&#10;a5EEe0b9hspqiT56lRbS28orpSUUDaRmWb9S82cQAYoWMieG2ab4ebTybnfl7pFsGENsY7jHrGJS&#10;aPOX6mNTMWs/mwVTYpIum+9N860hT+XprToDA8b0E7xledNxo13WIVqxu42JklHoKYQO59Rll/YG&#10;crBxv0Ex3VOyZUGXqYArg2wnqJ9CSnBpmXtIfCU6w5Q2ZgbWHwOP8RkKZWL+BTwjSmbv0gy22nl8&#10;L3uaTiWrQ/zJgYPubMGT7/elKcUaan1ReBzTPFsvzwV+/pnWfwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;AAtpwF/dAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdNGiQmEkpBbEW&#10;pFiFetxmxySanQ272yb9993ioR7nvcd73xSz0XTiQM63lhGmkwQEcWV1yzXC58fz3SMIHxRr1Vkm&#10;hCN5mJXXV4XKtR34nQ6bUItYwj5XCE0IfS6lrxoyyk9sTxy9b+uMCvF0tdRODbHcdDJNkkwa1XJc&#10;aFRPi4aq383eILy55XIxXx1/eP1lhm262q5fxxfE25tx/gQi0BguYTjjR3QoI9PO7ll70SHERwJC&#10;Or0HcXaT7CEDsftTZFnI//zlCQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM1JI6ObAQAA&#10;lAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAtpwF/d&#10;AAAABwEAAA8AAAAAAAAAAAAAAAAA9QMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD/&#10;BAAAAAA=&#10;" strokecolor="#4472c4 [3204]" strokeweight=".5pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="203A4E69" w14:textId="2528F2C5" w:rsidR="005967CF" w:rsidRPr="005967CF" w:rsidRDefault="005967CF" w:rsidP="005967CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14C810D8" w14:textId="386F4F23" w:rsidR="00604718" w:rsidRPr="00604718" w:rsidRDefault="00604718" w:rsidP="00604718">
+    <w:p w14:paraId="14C810D8" w14:textId="68CE990C" w:rsidR="00604718" w:rsidRPr="00604718" w:rsidRDefault="00604718" w:rsidP="00604718">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7767B">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Atebwyd </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Galwadau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 999: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Atebwyd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="004325A8">
+      <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="004325A8">
+      <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>720</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o alwadau i 999, gyda </w:t>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>alwadau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 999, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gyda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="004325A8">
+      <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="004325A8">
+      <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>924</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B7767B">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">wedi’u trïo drwy’r System Blaenoriaethu Galwadau Meddygol (MPDS), sy’n helpu i asesu brys pob galwad </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wedi’u</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>trïo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>drwy’r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> System Blaenoriaethu Galwadau Meddygol (MPDS), sy’n helpu i asesu brys pob galwad </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
       <w:r w:rsidRPr="00604718">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>999 Calls</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: 4</w:t>
       </w:r>
-      <w:r w:rsidR="004325A8">
+      <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="004325A8">
+      <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>720</w:t>
       </w:r>
       <w:r w:rsidRPr="00604718">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> calls to 999 were answered, with </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="004325A8">
+      <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="004325A8">
+      <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>924</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00604718">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>triaged through the Medical Priority Dispatch System (MPDS), which helps assess the urgency of each call.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="218780BE" w14:textId="7E66333D" w:rsidR="00604718" w:rsidRPr="00604718" w:rsidRDefault="00604718" w:rsidP="00604718">
+    <w:p w14:paraId="218780BE" w14:textId="079AE178" w:rsidR="00604718" w:rsidRPr="00604718" w:rsidRDefault="00604718" w:rsidP="00604718">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7767B">
-[...9 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Galwadau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gweithwyr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gofal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Iechyd </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Proffesiynol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Daeth</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C5BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="004325A8">
+      <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>948</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o alwadau gan weithwyr gofal iechyd proffesiynol yn gofyn am dderbyniad brys. Mae olrhain y galwadau hyn yn helpu WAST i gynllunio gwasanaethau ar gyfer cleifion a gyfeirir gan feddygon teulu, nyrsys, parafeddygon ac eraill</w:t>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>alwadau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>weithwyr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gofal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iechyd proffesiynol yn gofyn am dderbyniad brys. Mae olrhain y galwadau hyn yn helpu WAST i gynllunio gwasanaethau ar gyfer cleifion a gyfeirir gan feddygon teulu, nyrsys, parafeddygon ac eraill</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r w:rsidRPr="00604718">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Health Care Professional Calls</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="009C5BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3,</w:t>
       </w:r>
-      <w:r w:rsidR="004325A8">
+      <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>948</w:t>
       </w:r>
       <w:r w:rsidRPr="00604718">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> calls came from healthcare professionals requesting an urgent admission. Tracking these calls helps WAST plan services for patients referred by GPs, nurses, paramedics and others.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7371F14E" w14:textId="22676868" w:rsidR="000A1C12" w:rsidRPr="00A37763" w:rsidRDefault="00604718" w:rsidP="00604718">
+    <w:p w14:paraId="7371F14E" w14:textId="5F1E2CA3" w:rsidR="000A1C12" w:rsidRPr="00A37763" w:rsidRDefault="00604718" w:rsidP="00604718">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7767B">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Derbyniodd </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ymgynghori</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a Chau: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Derbyniodd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C5BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="004325A8">
+      <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>355</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o alwyr gyngor clinigol dros y ffôn yn lle ambiwlans ar unwaith. Mae’r gwasanaeth hwn yn rhoi cyngor diogel ar gyfer cyflyrau nad ydynt yn bygwth bywyd ac yn gallu arwain cleifion at hunanofal, meddyg teulu, fferyllfa neu gludiant amgen. | </w:t>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>alwyr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gyngor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>clinigol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y ffôn yn lle ambiwlans ar unwaith. Mae’r gwasanaeth hwn yn rhoi cyngor diogel ar gyfer cyflyrau nad ydynt yn bygwth bywyd ac yn gallu arwain cleifion at hunanofal, meddyg teulu, fferyllfa neu gludiant amgen. | </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Consult and Close: 6,</w:t>
       </w:r>
-      <w:r w:rsidR="004325A8">
+      <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>355</w:t>
       </w:r>
       <w:r w:rsidRPr="00604718">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> callers received telephone advice instead of an immediate ambulance. This service gives safe clinical advice for non-life-threatening conditions and may guide patients to self-care, a GP, pharmacy, or alternative transport.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A247952" w14:textId="77777777" w:rsidR="000A1C12" w:rsidRDefault="000A1C12">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F68EB35" w14:textId="1AC5CC26" w:rsidR="00604718" w:rsidRPr="00604718" w:rsidRDefault="000A1C12" w:rsidP="00604718">
+    <w:p w14:paraId="2F68EB35" w14:textId="6AAFD98A" w:rsidR="00604718" w:rsidRPr="00604718" w:rsidRDefault="000A1C12" w:rsidP="00604718">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668482" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="048781B2" wp14:editId="1A69A644">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>995154</wp:posOffset>
             </wp:positionV>
@@ -5054,212 +6123,400 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="11366390" cy="7577593"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Gweled a Thrin: </w:t>
-      </w:r>
+        <w:t>Gweled</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="285D7F"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Thrin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Triniwyd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>2,5</w:t>
       </w:r>
-      <w:r w:rsidR="004325A8">
+      <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>82</w:t>
       </w:r>
       <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o gleifion ar y safle heb fod angen cludiant i’r ysbyty. Dim ond </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gleifion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>safle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> heb fod angen cludiant i’r ysbyty. Dim </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ond</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a gysylltodd eto o fewn 24 awr</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gysylltodd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fewn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24 awr</w:t>
+      </w:r>
+      <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r w:rsidR="00604718" w:rsidRPr="00604718">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>See and Treat</w:t>
       </w:r>
       <w:r w:rsidR="00604718" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00604718" w:rsidRPr="00604718">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2,</w:t>
       </w:r>
       <w:r w:rsidR="00604718" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="004325A8">
+      <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>82</w:t>
       </w:r>
       <w:r w:rsidR="00604718" w:rsidRPr="00604718">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> patients were treated at the scene without needing hospital transport. Only </w:t>
       </w:r>
       <w:r w:rsidR="00604718" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00604718" w:rsidRPr="00604718">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> re-contacted WAST within 24 hours.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A9E4B10" w14:textId="127DA467" w:rsidR="002D0FC9" w:rsidRPr="00A37763" w:rsidRDefault="002D0FC9" w:rsidP="002D0FC9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
@@ -5735,229 +6992,753 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A76CDB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ategory</w:t>
       </w:r>
       <w:r w:rsidR="00F24512" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B935ADA" w14:textId="2E887C17" w:rsidR="00A76CDB" w:rsidRPr="00A37763" w:rsidRDefault="00F24512" w:rsidP="00B7767B">
+    <w:p w14:paraId="5B935ADA" w14:textId="2BD71F5C" w:rsidR="00A76CDB" w:rsidRPr="00A37763" w:rsidRDefault="00F24512" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7767B">
-[...19 lines deleted...]
-      <w:r w:rsidR="007E5570">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Galwadau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ARREST: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Roedd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CC608A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC608A" w:rsidRPr="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>771</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o alwadau a oedd yn peri bygythiad uniongyrchol i fywyd, gyda’r amser ymateb canolrifol cenedlaethol yn </w:t>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>alwadau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oedd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> peri </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bygythiad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uniongyrchol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fywyd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gyda’r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>amser</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ymateb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>canolrifol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cenedlaethol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>00:07:</w:t>
       </w:r>
       <w:r w:rsidR="000F0269">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a’r 90fed canradd yn </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a’r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 90fed </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>canradd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>00:1</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>35</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Yr amser a gymerwyd i ddiffibriliwr mynediad cyhoeddus gyrraedd oedd: </w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>amser</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gymerwyd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ddiffibriliwr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mynediad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cyhoeddus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gyrraedd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oedd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>00:0</w:t>
       </w:r>
       <w:r w:rsidR="000F0269">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>58</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A76CDB" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5978,51 +7759,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> calls</w:t>
       </w:r>
       <w:r w:rsidR="00A76CDB" w:rsidRPr="00A76CDB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">there were </w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>771</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A76CDB" w:rsidRPr="00A76CDB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>immediately life threatening</w:t>
       </w:r>
@@ -6133,71 +7914,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>00:1</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>35</w:t>
       </w:r>
       <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -6211,51 +7992,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>00:0</w:t>
       </w:r>
       <w:r w:rsidR="000F0269">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>58</w:t>
       </w:r>
       <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70BBAB4C" w14:textId="77777777" w:rsidR="00F24512" w:rsidRPr="00B7767B" w:rsidRDefault="00F24512" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
@@ -6326,199 +8107,459 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">esponse </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A76CDB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ategory</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="079F4A70" w14:textId="2234DE60" w:rsidR="00F24512" w:rsidRPr="00B7767B" w:rsidRDefault="00F24512" w:rsidP="00B7767B">
+    <w:p w14:paraId="079F4A70" w14:textId="4AFFC1C7" w:rsidR="00F24512" w:rsidRPr="00B7767B" w:rsidRDefault="00F24512" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Galwadau EMERG: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Galwadau sy’n peri bygythiad uniongyrchol i fywyd, megis pan fydd claf yn anymwybodol neu heb anadlu’n effeithiol ac mewn perygl uchel o ataliad y galon neu’r ysgyfaint. Cofnodwyd </w:t>
+        <w:t xml:space="preserve">Galwadau sy’n peri bygythiad uniongyrchol i fywyd, megis pan fydd claf yn anymwybodol neu heb anadlu’n effeithiol ac mewn perygl uchel o ataliad y galon neu’r ysgyfaint. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cofnodwyd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4,</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="005C27DE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>443</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o alwadau wedi’u codio gyda’r amser ymateb canolrifol cenedlaethol yn </w:t>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>alwadau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wedi’u</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>codio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gyda’r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>amser</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ymateb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>canolrifol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cenedlaethol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>00:0</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="005C27DE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="005C27DE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>36</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a’r 90fed canradd yn </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a’r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 90fed </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>canradd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>00:2</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="005C27DE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="005C27DE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>54</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
@@ -6531,169 +8572,187 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>EMERG calls</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00F24512">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Immediately life threatening calls such as where a patient is unconscious or has ineffective breathing and at high risk of cardiac or respiratory arrest. There were </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Immediately </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F24512">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>life threatening</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calls such as where a patient is unconscious or has ineffective breathing and at high risk of cardiac or respiratory arrest. There were </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4,</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="005C27DE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>443</w:t>
       </w:r>
       <w:r w:rsidRPr="00F24512">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F24512">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">coded calls with a national median response time of </w:t>
       </w:r>
       <w:r w:rsidRPr="00F24512">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>00:0</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="005C27DE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00F24512">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="005C27DE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>36</w:t>
       </w:r>
       <w:r w:rsidRPr="00F24512">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and 90th percentile as </w:t>
       </w:r>
       <w:r w:rsidRPr="00F24512">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>00:2</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="005C27DE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00F24512">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="005C27DE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>54</w:t>
       </w:r>
       <w:r w:rsidRPr="00F24512">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A4C4A2A" w14:textId="77777777" w:rsidR="008500EE" w:rsidRPr="00B7767B" w:rsidRDefault="008500EE" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
@@ -6768,400 +8827,876 @@
         <w:t xml:space="preserve">esponse </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A76CDB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ategory</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B43CFA0" w14:textId="2AEC532E" w:rsidR="008500EE" w:rsidRPr="00F24512" w:rsidRDefault="008500EE" w:rsidP="00B7767B">
+    <w:p w14:paraId="2B43CFA0" w14:textId="5DAE6E3F" w:rsidR="008500EE" w:rsidRPr="00F24512" w:rsidRDefault="008500EE" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7767B">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Roedd </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Galwadau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> RCS0: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Roedd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1,</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="005C27DE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>725</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">o alwadau RCS0 dros y cyfnod adrodd. Mae galwadau RCS0 yn destun adolygiad clinigol cyflym cyn i ymateb gael ei anfon. Roedd yr amser canolrifol cenedlaethol ar gyfer yr adolygiad clinigol yn </w:t>
+        <w:t xml:space="preserve">o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>alwadau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> RCS0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y cyfnod adrodd. Mae galwadau RCS0 yn destun adolygiad clinigol cyflym cyn i ymateb gael ei anfon. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Roedd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>amser</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>canolrifol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cenedlaethol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gyfer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>adolygiad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>clinigol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>00:00:</w:t>
       </w:r>
       <w:r w:rsidR="00D06A38">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, ac roedd yr amser canolrifol i glinigydd ymgysylltu â’r digwyddiad yn </w:t>
+      <w:r w:rsidR="005C27DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>roedd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>amser</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>canolrifol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>glinigydd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ymgysylltu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>â’r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>digwyddiad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>00:0</w:t>
       </w:r>
       <w:r w:rsidR="00D06A38">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
-[...8 lines deleted...]
-        <w:t>5</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005C27DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>|</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RCS0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calls</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There were </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1,</w:t>
+      </w:r>
+      <w:r w:rsidR="005C27DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>725</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> RCS0 calls over the reporting period. RCS0 calls are subject to a rapid clinical review before a response is dispatched. The national median time for clinical review was </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00:00:</w:t>
       </w:r>
       <w:r w:rsidR="00D06A38">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B7767B">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">| </w:t>
+      <w:r w:rsidR="005C27DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> calls</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and the median time for a clinician to engage with the incident was </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>00:0</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F24512">
-[...129 lines deleted...]
-        <w:t>2</w:t>
+      <w:r w:rsidR="005C27DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>30</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1866EC1C" w14:textId="102C60BD" w:rsidR="00B7767B" w:rsidRDefault="00B7767B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -7254,220 +9789,484 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">esponse </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A76CDB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ategory</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45D92D73" w14:textId="3D264FAC" w:rsidR="00F24512" w:rsidRPr="00A37763" w:rsidRDefault="00F24512" w:rsidP="00B7767B">
+    <w:p w14:paraId="45D92D73" w14:textId="47394A7B" w:rsidR="00F24512" w:rsidRPr="00A37763" w:rsidRDefault="00F24512" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7767B">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Roedd </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Galwadau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AMBR: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Roedd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00D06A38">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="001F1540">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>784</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o alwadau AMBR dros y cyfnod adrodd. Mae galwadau AMBR yn ddifrifol, ond nid ydynt yn peri bygythiad uniongyrchol i fywyd ac fe’u mesurir yn ôl y safon gofal a ddarperir gan WAST. Roedd yr amser ymateb canolrifol yn </w:t>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>alwadau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AMBR </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y cyfnod adrodd. Mae galwadau AMBR yn ddifrifol, ond nid ydynt yn peri bygythiad uniongyrchol i fywyd ac fe’u mesurir yn ôl y safon gofal a ddarperir gan WAST. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Roedd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>amser</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ymateb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>canolrifol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>01:2</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="001F1540">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="001F1540">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>28</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> gyda’r 65ain a’r 95ain canradd yn </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gyda’r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 65ain </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a’r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 95ain </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>canradd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>02:</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="001F1540">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>01</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="001F1540">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>32</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ac </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
@@ -7476,91 +10275,151 @@
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00D06A38">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="001F1540">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0:</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="001F1540">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> yn y drefn honno. </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>drefn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>honno</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
       <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">AMBER Calls: </w:t>
       </w:r>
       <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -7577,215 +10436,215 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00D06A38">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="001F1540">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>784</w:t>
       </w:r>
       <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> AMBER calls over the reporting period. AMBER calls are serious, but not immediately life threatening and are measured by the standard of care provided by WAST. The median response was </w:t>
       </w:r>
       <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>01:2</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="001F1540">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="001F1540">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>28</w:t>
       </w:r>
       <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> with the 65th and 95th percentile as </w:t>
       </w:r>
       <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>02:</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="001F1540">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>01</w:t>
       </w:r>
       <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="001F1540">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>32</w:t>
       </w:r>
       <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00D06A38">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="001F1540">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0:</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="001F1540">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
       <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> respectively.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51F57961" w14:textId="77777777" w:rsidR="008500EE" w:rsidRPr="00B7767B" w:rsidRDefault="008500EE" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
@@ -7856,449 +10715,799 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">esponse </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A76CDB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ategory</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31ECE41F" w14:textId="04573239" w:rsidR="008500EE" w:rsidRPr="00A37763" w:rsidRDefault="008500EE" w:rsidP="00B7767B">
+    <w:p w14:paraId="31ECE41F" w14:textId="05543EAF" w:rsidR="008500EE" w:rsidRPr="00A37763" w:rsidRDefault="008500EE" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7767B">
-[...19 lines deleted...]
-      <w:r w:rsidR="007E5570">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Galwadau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GWYRDD:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Roedd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F1540">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>733</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o alwadau GWYRDD dros y cyfnod adrodd. Mae galwadau GWYRDD yn ddifrifol, ond nid ydynt yn peri bygythiad uniongyrchol i fywyd ac fe’u mesurir yn ôl y safon gofal a ddarperir gan WAST. Roedd yr amser ymateb canolrifol yn </w:t>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>alwadau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GWYRDD </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y cyfnod adrodd. Mae galwadau GWYRDD yn ddifrifol, ond nid ydynt yn peri bygythiad uniongyrchol i fywyd ac fe’u mesurir yn ôl y safon gofal a ddarperir gan WAST. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Roedd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>amser</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ymateb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>canolrifol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>01:</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="001F1540">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007E5570">
+      <w:r w:rsidR="001F1540">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> gyda’r 65ain a’r 95ain canradd yn </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gyda’r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 65ain </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a’r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 95ain </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>canradd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>02:</w:t>
       </w:r>
-      <w:r w:rsidR="007A2A6E">
+      <w:r w:rsidR="001F1540">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>06</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007A2A6E">
+      <w:r w:rsidR="001F1540">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ac</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> ac </w:t>
+      </w:r>
+      <w:r w:rsidR="001F1540">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>09</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1540">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1540">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007A2A6E" w:rsidRPr="007A2A6E">
-[...4 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>drefn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>honno</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GREEN Calls: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There were </w:t>
+      </w:r>
+      <w:r w:rsidR="001F1540" w:rsidRPr="001F1540">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>733</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GREEN calls over the reporting period. GREEN calls are serious, but not immediately life threatening and are measured by the standard of care provided by WAST. The median response was </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1540">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>01:</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1540" w:rsidRPr="001F1540">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1540">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06A38" w:rsidRPr="001F1540">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1540" w:rsidRPr="001F1540">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with the 65th and 95th percentile as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1540">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>02:</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1540" w:rsidRPr="001F1540">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>06</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1540">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1540" w:rsidRPr="001F1540">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="001F1540" w:rsidRPr="001F1540">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>09</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A2A6E">
-[...4 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidRPr="001F1540">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007A2A6E" w:rsidRPr="007A2A6E">
-[...4 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="001F1540" w:rsidRPr="001F1540">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>50</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A2A6E">
-[...4 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidRPr="001F1540">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007A2A6E" w:rsidRPr="007A2A6E">
-[...184 lines deleted...]
-      <w:r w:rsidR="007A2A6E" w:rsidRPr="007A2A6E">
+      <w:r w:rsidR="001F1540" w:rsidRPr="001F1540">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> respectively.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2870242D" w14:textId="4C9942A3" w:rsidR="008500EE" w:rsidRDefault="000A1C12" w:rsidP="008500EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="18"/>
@@ -8537,1029 +11746,1811 @@
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
             <w:pict>
               <v:line w14:anchorId="18F0F00C" id="Straight Connector 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251665410;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="0,7.85pt" to="532.8pt,7.85pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNSSOjmwEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815IDVC0Eyz4kSC9B&#10;GrTJBzDU0iLAF5aMJf99l7QtB0mAoEUuFB87szuzq9VmsobtAKP2ruPLRc0ZOOl77bYdf3y4+fqD&#10;s5iE64XxDjq+h8g36y8XqzG0cOkHb3pARiQutmPo+JBSaKsqygGsiAsfwNGj8mhFoiNuqx7FSOzW&#10;VJd13VSjxz6glxAj3V4fHvm68CsFMv1SKkJipuNUWyorlvUpr9V6JdotijBoeSxD/EcVVmhHSWeq&#10;a5EEe0b9hspqiT56lRbS28orpSUUDaRmWb9S82cQAYoWMieG2ab4ebTybnfl7pFsGENsY7jHrGJS&#10;aPOX6mNTMWs/mwVTYpIum+9N860hT+XprToDA8b0E7xledNxo13WIVqxu42JklHoKYQO59Rll/YG&#10;crBxv0Ex3VOyZUGXqYArg2wnqJ9CSnBpmXtIfCU6w5Q2ZgbWHwOP8RkKZWL+BTwjSmbv0gy22nl8&#10;L3uaTiWrQ/zJgYPubMGT7/elKcUaan1ReBzTPFsvzwV+/pnWfwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;AMhYLxvdAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe9C/8MyBW9200KjxGxKKYi1&#10;IMUq1OM0Oyap2dmwu23Sf+8WD3p87w3vfZMvBtOKMznfWFYwnSQgiEurG64UfLw/3T2A8AFZY2uZ&#10;FFzIw6IY3eSYadvzG513oRKxhH2GCuoQukxKX9Zk0E9sRxyzL+sMhihdJbXDPpabVs6SJJUGG44L&#10;NXa0qqn83p2Mgle3Xq+Wm8uRt5+m3882++3L8KzU7XhYPoIINIS/Y7jiR3QoItPBnlh70SqIj4To&#10;zu9BXNMknacgDr+OLHL5n7/4AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM1JI6ObAQAA&#10;lAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMhYLxvd&#10;AAAABwEAAA8AAAAAAAAAAAAAAAAA9QMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD/&#10;BAAAAAA=&#10;" strokecolor="#4472c4 [3204]" strokeweight=".5pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02EECD56" w14:textId="518A26C6" w:rsidR="00A1539B" w:rsidRPr="00A37763" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
+    <w:p w14:paraId="02EECD56" w14:textId="0DEEDC22" w:rsidR="00A1539B" w:rsidRPr="00A37763" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ROSC:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mae dychweliad cylchrediad digymell yn cyfeirio at ailddechrau gweithgarwch cardiaidd cynhaliol gyda ymdrech resbiradol sylweddol ar ôl ataliad y galon. O’r 253 o gleifion y ceisiwyd atgyfodi ar ôl ataliad y galon, cofnodwyd bod </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> mae dychweliad cylchrediad digymell yn cyfeirio at ailddechrau gweithgarwch cardiaidd cynhaliol gyda ymdrech resbiradol sylweddol ar ôl ataliad y galon. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>O’r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="007A2A6E">
+      <w:r w:rsidR="00100919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>45</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gleifion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ceisiwyd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atgyfodi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ôl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ataliad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>galon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cofnodwyd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bod </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1540">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.7</w:t>
       </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o gleifion wedi cael ROSC wrth ddrws yr ysbyty </w:t>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gleifion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wedi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cael</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ROSC wrth ddrws yr ysbyty </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ROSC:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> return of spontaneous circulation is the resumption of sustained perfusing cardiac activity associated with significant respiratory effort after cardiac arrest. Of the 253 patients who had resuscitation attempted following a cardiac arrest, </w:t>
+        <w:t xml:space="preserve"> return of spontaneous circulation is the resumption of sustained perfusing cardiac activity associated with significant respiratory effort after cardiac arrest. Of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1540">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1540">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>45</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> patients who had resuscitation attempted following a cardiac arrest, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="007A2A6E">
+      <w:r w:rsidR="001F1540">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.7</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of patients were documented as ROSC at the hospital door.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69E4A084" w14:textId="77777777" w:rsidR="00A1539B" w:rsidRPr="00B7767B" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C2E476D" w14:textId="003B223F" w:rsidR="00A1539B" w:rsidRPr="00A37763" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
+    <w:p w14:paraId="4C2E476D" w14:textId="7F5DFB49" w:rsidR="00A1539B" w:rsidRPr="00A37763" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Strôc:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mae strôc yn digwydd pan fydd cyflenwad gwaed i’r ymennydd yn cael ei dorri’n sydyn. Mae’r dangosydd hwn yn mesur nifer a chanran y cleifion a amheuir o gael strôc a gafodd eu hasesu wyneb yn wyneb ac a dderbyniodd holl elfennau pecyn gofal strôc. Mae’r mesurau’n cynnwys asesiad F.A.S.T (Face Arm Speech Test), cofnodi lefelau glwcos gwaed a phwysedd gwaed. Cofnodwyd bod </w:t>
-[...33 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> mae strôc yn digwydd pan fydd cyflenwad gwaed i’r ymennydd yn cael ei dorri’n sydyn. Mae’r dangosydd hwn yn mesur nifer a chanran y cleifion a amheuir o gael strôc a gafodd eu hasesu wyneb yn wyneb ac a dderbyniodd holl elfennau pecyn gofal strôc. Mae’r mesurau’n cynnwys asesiad F.A.S.T (Face Arm Speech Test), cofnodi lefelau glwcos gwaed a phwysedd gwaed. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cofnodwyd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bod </w:t>
+      </w:r>
+      <w:r w:rsidR="00100919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>88.5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o gleifion wedi cael y pecyn gofal strôc priodol </w:t>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gleifion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wedi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cael</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y pecyn gofal strôc priodol </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Stroke:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a stroke happens when the supply of blood to the brain is suddenly interrupted. This indicator measures the number and percentage of suspected stroke patients assessed face to face who received all the elements of the stroke care bundle. The measures include a F.A.S.T (Face Arm Speech Test) assessment, the recording of blood glucose and blood pressure readings. </w:t>
       </w:r>
-      <w:r w:rsidR="007A2A6E">
+      <w:r w:rsidR="00100919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>88.5</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of patients were documented as receiving the appropriate stroke care bundle.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C4D398D" w14:textId="77777777" w:rsidR="00A1539B" w:rsidRPr="00B7767B" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D5F3C67" w14:textId="2D63C5BD" w:rsidR="00A1539B" w:rsidRPr="00A37763" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
+    <w:p w14:paraId="2D5F3C67" w14:textId="24696FBA" w:rsidR="00A1539B" w:rsidRPr="00A37763" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Clun wedi torri (a elwir hefyd yn anaf gwddf ffemwr):</w:t>
       </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mae cluniau wedi torri yn achosi poen sylweddol, a all gwaethygu gyda symudiad. Mae rheoli poen ar gyfer cleifion â chlaf clun wedi torri yn syth ar ôl trawma yn hollbwysig i hybu adferiad a phrofiad y claf. Mae hyn yn lleihau dioddefaint ac effeithiau niweidiol poen heb ei reoli. Cofnodwyd bod </w:t>
+        <w:t xml:space="preserve"> mae cluniau wedi torri yn achosi poen sylweddol, a all gwaethygu gyda symudiad. Mae rheoli poen ar gyfer cleifion â chlaf clun wedi torri yn syth ar ôl trawma yn hollbwysig i hybu adferiad a phrofiad y claf. Mae hyn yn lleihau dioddefaint ac effeithiau niweidiol poen heb ei reoli. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cofnodwyd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bod </w:t>
       </w:r>
       <w:r w:rsidRPr="00D06A38">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidR="007A2A6E">
+      <w:r w:rsidR="00100919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0.7</w:t>
       </w:r>
       <w:r w:rsidRPr="00D06A38">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">% </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>wedi cael y pecyn gofal priodol (gan gynnwys analgesia)</w:t>
+        <w:t>wedi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cael</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pecyn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gofal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priodol (gan gynnwys analgesia)</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fractured hip</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (known as neck of femur injuries): fractured hips cause significant pain, which can be exacerbated by movement. Pain control for patients with a fractured neck of femur in the immediate post-trauma period is paramount to promoting recovery and patient experience. This reduces suffering and the detrimental effects uncontrolled pain may have, </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidR="007A2A6E">
+      <w:r w:rsidR="00100919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0.7</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">% </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>were documented as receiving the appropriate care bundle (including analgesia).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68F22AC2" w14:textId="77777777" w:rsidR="00A1539B" w:rsidRPr="00A1539B" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BA4747A" w14:textId="2D709851" w:rsidR="00A1539B" w:rsidRPr="00A37763" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
+    <w:p w14:paraId="7BA4747A" w14:textId="0A5877A0" w:rsidR="00A1539B" w:rsidRPr="00A37763" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Cleifion STEMI:</w:t>
-      </w:r>
+        <w:t>Cleifion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="285D7F"/>
-[...9 lines deleted...]
-          <w:bCs/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> STEMI:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>roedd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00100919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>83</w:t>
       </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o gleifion STEMI, a derbyniodd </w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gleifion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> STEMI, a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>derbyniodd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00100919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>56</w:t>
       </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ohonynt (</w:t>
-[...22 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> y pecyn gofal priodol </w:t>
+        <w:t>ohonynt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00100919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>67.5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">%) y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pecyn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gofal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priodol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Cleifion hypoglycemig: roedd 222 o gleifion hypoglycemig, a derbyniodd 153 ohonynt (68.9%) y pecyn gofal priodol (ASI16vii)</w:t>
+        <w:t>Cleifion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hypoglycemig: roedd 222 o gleifion hypoglycemig, a derbyniodd 153 ohonynt (68.9%) y pecyn gofal priodol (ASI16vii)</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>STEMI patients:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> there were </w:t>
       </w:r>
-      <w:r w:rsidR="007A2A6E">
+      <w:r w:rsidR="00100919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>83</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> STEMI patients, of these </w:t>
       </w:r>
-      <w:r w:rsidR="007A2A6E" w:rsidRPr="007A2A6E">
+      <w:r w:rsidR="00100919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>56</w:t>
+        <w:t xml:space="preserve">56 </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007A2A6E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00100919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>67.9</w:t>
+        <w:t>67.5</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) received the appropriate care bundle. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F69DF32" w14:textId="77777777" w:rsidR="00A1539B" w:rsidRPr="00B7767B" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20E8DEF2" w14:textId="42880625" w:rsidR="004A709D" w:rsidRPr="00A37763" w:rsidRDefault="008E3EA2" w:rsidP="00B7767B">
+    <w:p w14:paraId="20E8DEF2" w14:textId="0E1ED93D" w:rsidR="004A709D" w:rsidRPr="00A37763" w:rsidRDefault="008E3EA2" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B7767B">
-[...24 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cleifion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hypoglycemig</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>roedd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00100919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>35</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gleifion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hypoglycemig</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>derbyniodd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00100919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>78</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ohonynt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A90BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00100919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">%) y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pecyn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gofal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priodol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1539B" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Hypoglycaemic</w:t>
+      </w:r>
+      <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> patients:</w:t>
+      </w:r>
+      <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> there were </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1539B" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="007A2A6E" w:rsidRPr="007A2A6E">
-[...4 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="00100919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>35</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B7767B">
-[...11 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1539B" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hypoglycaemic</w:t>
+      </w:r>
+      <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> patients, of these </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1539B" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00100919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>78</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B7767B">
-[...11 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A90BCC" w:rsidRPr="00A90BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="007A2A6E">
-[...139 lines deleted...]
-      <w:r w:rsidR="007A2A6E">
+      <w:r w:rsidR="00100919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5.7</w:t>
       </w:r>
       <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) received the appropriate care bundle.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20BDA496" w14:textId="77777777" w:rsidR="004A709D" w:rsidRPr="00B7767B" w:rsidRDefault="004A709D" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79E01A4B" w14:textId="6DFDDCEF" w:rsidR="00864ADB" w:rsidRPr="00A37763" w:rsidRDefault="000A1C12" w:rsidP="00B7767B">
+    <w:p w14:paraId="79E01A4B" w14:textId="190F8304" w:rsidR="00864ADB" w:rsidRPr="00A37763" w:rsidRDefault="000A1C12" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670530" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="289D9B1F" wp14:editId="75B0E56C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
@@ -9598,205 +13589,673 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="8433924" cy="5621572"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Dros y cyfnod adrodd, ni arweiniodd 3,7</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:t>Dros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cyfnod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>adrodd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ni</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>arweiniodd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00100919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3,7</w:t>
+      </w:r>
+      <w:r w:rsidR="00100919" w:rsidRPr="00100919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>57</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o ddigwyddiadau at gludo i ysbyty neu leoliad arall. Y rheswm dros beidio â chludo oedd bod 2,5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B04983">
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ddigwyddiadau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gludo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ysbyty neu leoliad arall. Y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rheswm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>beidio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> â </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>chludo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oedd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bod 2,5</w:t>
+      </w:r>
+      <w:r w:rsidR="00100919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>92</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o’r digwyddiadau hyn wedi’u trin ar y safle a chyfeiriwyd 1,1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B04983">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o’r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>digwyddiadau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hyn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wedi’u</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>trin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>safle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>chyfeiriwyd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,1</w:t>
+      </w:r>
+      <w:r w:rsidR="00100919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>65</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> at ddarparwr amgen </w:t>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ddarparwr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>amgen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
       <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Over the reporting period, </w:t>
       </w:r>
       <w:r w:rsidR="00A1539B" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3,7</w:t>
       </w:r>
-      <w:r w:rsidR="00B04983">
+      <w:r w:rsidR="00100919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>57</w:t>
       </w:r>
       <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> incidents did not result in a conveyance to a hospital or another destination. The reason for non-conveyance is that </w:t>
       </w:r>
       <w:r w:rsidR="00A1539B" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2,5</w:t>
       </w:r>
-      <w:r w:rsidR="00B04983">
+      <w:r w:rsidR="00100919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>92</w:t>
       </w:r>
       <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of these incidents were treated at scene and </w:t>
       </w:r>
-      <w:r w:rsidR="00A1539B" w:rsidRPr="00A37763">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00A1539B" w:rsidRPr="00100919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1,1</w:t>
       </w:r>
-      <w:r w:rsidR="00B04983">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00100919">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>65</w:t>
       </w:r>
       <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> were referred to an alternative provider</w:t>
       </w:r>
       <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
@@ -9942,257 +14401,601 @@
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
             <w:pict>
               <v:line w14:anchorId="4AA672A8" id="Straight Connector 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251667458;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="0,5.7pt" to="532.8pt,5.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNSSOjmwEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815IDVC0Eyz4kSC9B&#10;GrTJBzDU0iLAF5aMJf99l7QtB0mAoEUuFB87szuzq9VmsobtAKP2ruPLRc0ZOOl77bYdf3y4+fqD&#10;s5iE64XxDjq+h8g36y8XqzG0cOkHb3pARiQutmPo+JBSaKsqygGsiAsfwNGj8mhFoiNuqx7FSOzW&#10;VJd13VSjxz6glxAj3V4fHvm68CsFMv1SKkJipuNUWyorlvUpr9V6JdotijBoeSxD/EcVVmhHSWeq&#10;a5EEe0b9hspqiT56lRbS28orpSUUDaRmWb9S82cQAYoWMieG2ab4ebTybnfl7pFsGENsY7jHrGJS&#10;aPOX6mNTMWs/mwVTYpIum+9N860hT+XprToDA8b0E7xledNxo13WIVqxu42JklHoKYQO59Rll/YG&#10;crBxv0Ex3VOyZUGXqYArg2wnqJ9CSnBpmXtIfCU6w5Q2ZgbWHwOP8RkKZWL+BTwjSmbv0gy22nl8&#10;L3uaTiWrQ/zJgYPubMGT7/elKcUaan1ReBzTPFsvzwV+/pnWfwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;ABP3RffdAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2GZgje7adFQYjalFMRa&#10;kGIr1OM0Oyap2dmwu23Sf+8WD3p87w3vfZPPB9OKMznfWFYwGScgiEurG64UfOye72cgfEDW2Fom&#10;BRfyMC9ub3LMtO35nc7bUIlYwj5DBXUIXSalL2sy6Me2I47Zl3UGQ5SuktphH8tNK6dJkkqDDceF&#10;Gjta1lR+b09GwZtbrZaL9eXIm0/T76fr/eZ1eFHqbjQsnkAEGsLfMVzxIzoUkelgT6y9aBXER0J0&#10;Jw8grmmSPqYgDr+OLHL5n7/4AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM1JI6ObAQAA&#10;lAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABP3Rffd&#10;AAAABwEAAA8AAAAAAAAAAAAAAAAA9QMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD/&#10;BAAAAAA=&#10;" strokecolor="#4472c4 [3204]" strokeweight=".5pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1575E25E" w14:textId="731320FD" w:rsidR="008E3EA2" w:rsidRPr="00A37763" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
+    <w:p w14:paraId="1575E25E" w14:textId="48F6014A" w:rsidR="008E3EA2" w:rsidRPr="00A37763" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00A90BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00B04983">
+      <w:r w:rsidR="006669DC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>420</w:t>
       </w:r>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o gleifion a ffoniodd 999 a gafodd eu cludo i ysbyty neu leoliad arall dros y cyfnod adrodd </w:t>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gleifion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ffoniodd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 999 a gafodd </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cludo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ysbyty</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> neu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>leoliad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>arall</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cyfnod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>adrodd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00A90BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00B04983">
+      <w:r w:rsidR="006669DC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>420</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> patients who called 999 were conveyed to a hospital or another destination over the reporting period.</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42390465" w14:textId="393BE0E1" w:rsidR="008E3EA2" w:rsidRPr="004A709D" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
+    <w:p w14:paraId="42390465" w14:textId="106B3224" w:rsidR="008E3EA2" w:rsidRPr="004A709D" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Mae canllawiau GIG Cymru yn nodi y dylai trosglwyddo gofal cleifion o griw ambiwlans i staff ysbyty ddigwydd o fewn 15 munud. Ar draws Cymru, digwyddodd hyn mewn </w:t>
-[...11 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Mae canllawiau GIG Cymru yn nodi y dylai trosglwyddo gofal cleifion o griw ambiwlans i staff ysbyty ddigwydd o fewn 15 munud. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> draws Cymru, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>digwyddodd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hyn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mewn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006669DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r w:rsidR="00A90BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006669DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o achosion</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>achosion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">NHS Wales guidance is that the handover of care of patients from an ambulance crew to hospital staff should be within 15 minutes. Across Wales, this occurred in </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B04983">
+        <w:t>NHS Wales guidance is</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that the handover of care of patients from an ambulance crew to hospital staff should be within 15 minutes. Across Wales, this occurred in </w:t>
+      </w:r>
+      <w:r w:rsidR="006669DC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>31.5</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -10289,216 +15092,404 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>patient remains in the ambulance, which means the ambulance is not available to</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>respond to other calls in the community.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6805B270" w14:textId="396AAE63" w:rsidR="008E3EA2" w:rsidRPr="00A37763" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
+    <w:p w14:paraId="6805B270" w14:textId="132FBD1C" w:rsidR="008E3EA2" w:rsidRPr="00A37763" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Dros y cyfnod adrodd, collwyd </w:t>
-      </w:r>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cyfnod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>adrodd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>collwyd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00B04983">
-[...4 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="006669DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2,277</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oherwydd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oedi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wrth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>drosglwyddo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gofal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">| </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Over the reporting period, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="006669DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A709D">
-[...4 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00B04983">
-[...4 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="006669DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>277</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A709D">
-[...15 lines deleted...]
-        <w:t xml:space="preserve">| </w:t>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Over the reporting period, </w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>hours</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...52 lines deleted...]
-        <w:t>hours were lost to delayed handovers of care.</w:t>
+        <w:t xml:space="preserve"> were lost to delayed handovers of care.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="761EA371" w14:textId="77777777" w:rsidR="008E3EA2" w:rsidRPr="004A709D" w:rsidRDefault="008E3EA2" w:rsidP="008E3EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07CE7FE7" w14:textId="77777777" w:rsidR="008E3EA2" w:rsidRPr="004A709D" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -10548,232 +15539,769 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Once an ambulance crew has handed over the care of a patient to a hospital or</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>other destination NHS Wales guidance is that ambulances clear and be ready for the next call within 15 minutes or less.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CE1B047" w14:textId="79B74317" w:rsidR="008E3EA2" w:rsidRPr="004A709D" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
+    <w:p w14:paraId="5CE1B047" w14:textId="4DC2EA78" w:rsidR="008E3EA2" w:rsidRPr="004A709D" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Dros y cyfnod adrodd, cliriodd </w:t>
-      </w:r>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cyfnod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>adrodd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cliriodd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00086B69">
+      <w:r w:rsidR="008D4F9F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9.7</w:t>
       </w:r>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o ambiwlansys o fewn 15 munud neu lai </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ambiwlansys</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fewn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>munud</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> neu lai </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Over the reporting period, </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00086B69">
+      <w:r w:rsidR="008D4F9F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9.7</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">% </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>of ambulances cleared within 15 minutes or less</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mae'r trosglwyddo i glirio yn fesur effeithlonrwydd pwysig, mae data'r chwarter hwn yn dangos bod </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00086B69">
+        <w:t xml:space="preserve">Mae'r trosglwyddo i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>glirio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fesur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>effeithlonrwydd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pwysig</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mae</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>data'r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>chwarter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hwn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dangos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bod </w:t>
+      </w:r>
+      <w:r w:rsidR="008D4F9F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>329</w:t>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> awr wedi'u colli oherwydd oedi wrth drosglwyddo i glirio</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>awr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wedi'u</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>colli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oherwydd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oedi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wrth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>drosglwyddo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> glirio</w:t>
       </w:r>
       <w:r w:rsidR="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The handover to clear is an important efficiency measure, this quarter's data shows </w:t>
       </w:r>
-      <w:r w:rsidR="00086B69">
+      <w:r w:rsidR="008D4F9F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>329</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -11808,50 +17336,51 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="1"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FC3D1F"/>
@@ -11890,51 +17419,50 @@
     <w:rsid w:val="000469E0"/>
     <w:rsid w:val="000478ED"/>
     <w:rsid w:val="000524CE"/>
     <w:rsid w:val="0005256E"/>
     <w:rsid w:val="0005526F"/>
     <w:rsid w:val="000569D9"/>
     <w:rsid w:val="00063B41"/>
     <w:rsid w:val="0006469C"/>
     <w:rsid w:val="00066289"/>
     <w:rsid w:val="0006684B"/>
     <w:rsid w:val="00067022"/>
     <w:rsid w:val="000676A8"/>
     <w:rsid w:val="00070236"/>
     <w:rsid w:val="00070CA7"/>
     <w:rsid w:val="000719D1"/>
     <w:rsid w:val="00071DA4"/>
     <w:rsid w:val="00072498"/>
     <w:rsid w:val="00072B85"/>
     <w:rsid w:val="000736DB"/>
     <w:rsid w:val="000754A6"/>
     <w:rsid w:val="00075EB2"/>
     <w:rsid w:val="00080B7B"/>
     <w:rsid w:val="00081F48"/>
     <w:rsid w:val="000822B3"/>
     <w:rsid w:val="00083F4A"/>
-    <w:rsid w:val="00086B69"/>
     <w:rsid w:val="00086C75"/>
     <w:rsid w:val="000876D7"/>
     <w:rsid w:val="00087D71"/>
     <w:rsid w:val="000905B3"/>
     <w:rsid w:val="00090655"/>
     <w:rsid w:val="00090977"/>
     <w:rsid w:val="00091D15"/>
     <w:rsid w:val="000923DB"/>
     <w:rsid w:val="00093654"/>
     <w:rsid w:val="00094189"/>
     <w:rsid w:val="00095354"/>
     <w:rsid w:val="000954E7"/>
     <w:rsid w:val="00095F09"/>
     <w:rsid w:val="0009772B"/>
     <w:rsid w:val="000A11AB"/>
     <w:rsid w:val="000A1C12"/>
     <w:rsid w:val="000A3080"/>
     <w:rsid w:val="000A57C6"/>
     <w:rsid w:val="000A5ABE"/>
     <w:rsid w:val="000A6F81"/>
     <w:rsid w:val="000B0C66"/>
     <w:rsid w:val="000B1F3D"/>
     <w:rsid w:val="000B29FA"/>
     <w:rsid w:val="000B2F99"/>
     <w:rsid w:val="000B4475"/>
@@ -11958,50 +17486,51 @@
     <w:rsid w:val="000D723D"/>
     <w:rsid w:val="000E1327"/>
     <w:rsid w:val="000E13B9"/>
     <w:rsid w:val="000E2306"/>
     <w:rsid w:val="000E3027"/>
     <w:rsid w:val="000E3BD2"/>
     <w:rsid w:val="000E3BEC"/>
     <w:rsid w:val="000E3D35"/>
     <w:rsid w:val="000E3FF2"/>
     <w:rsid w:val="000E4145"/>
     <w:rsid w:val="000E42BC"/>
     <w:rsid w:val="000E48DF"/>
     <w:rsid w:val="000E4AB1"/>
     <w:rsid w:val="000E50FB"/>
     <w:rsid w:val="000E79A4"/>
     <w:rsid w:val="000E7A9B"/>
     <w:rsid w:val="000F0269"/>
     <w:rsid w:val="000F1F6A"/>
     <w:rsid w:val="000F27DB"/>
     <w:rsid w:val="000F41DB"/>
     <w:rsid w:val="000F5E0B"/>
     <w:rsid w:val="000F6B38"/>
     <w:rsid w:val="000F6DBA"/>
     <w:rsid w:val="000F70FC"/>
     <w:rsid w:val="00100485"/>
+    <w:rsid w:val="00100919"/>
     <w:rsid w:val="00103995"/>
     <w:rsid w:val="00103D4F"/>
     <w:rsid w:val="00104529"/>
     <w:rsid w:val="00105689"/>
     <w:rsid w:val="00105DC7"/>
     <w:rsid w:val="00107022"/>
     <w:rsid w:val="001146B6"/>
     <w:rsid w:val="00115C17"/>
     <w:rsid w:val="00117082"/>
     <w:rsid w:val="0012026B"/>
     <w:rsid w:val="00121D38"/>
     <w:rsid w:val="0012218A"/>
     <w:rsid w:val="00122EC4"/>
     <w:rsid w:val="001232BB"/>
     <w:rsid w:val="00123B45"/>
     <w:rsid w:val="00125F1A"/>
     <w:rsid w:val="001269A8"/>
     <w:rsid w:val="001272D8"/>
     <w:rsid w:val="00130252"/>
     <w:rsid w:val="00130992"/>
     <w:rsid w:val="00130C9D"/>
     <w:rsid w:val="00130D37"/>
     <w:rsid w:val="001310D8"/>
     <w:rsid w:val="00135E71"/>
     <w:rsid w:val="00136136"/>
@@ -12053,50 +17582,51 @@
     <w:rsid w:val="001A16D8"/>
     <w:rsid w:val="001A1FC1"/>
     <w:rsid w:val="001A6ECC"/>
     <w:rsid w:val="001A7D05"/>
     <w:rsid w:val="001B067D"/>
     <w:rsid w:val="001B1750"/>
     <w:rsid w:val="001B2B23"/>
     <w:rsid w:val="001B2E51"/>
     <w:rsid w:val="001B307F"/>
     <w:rsid w:val="001B7985"/>
     <w:rsid w:val="001B7DF1"/>
     <w:rsid w:val="001C1295"/>
     <w:rsid w:val="001C2543"/>
     <w:rsid w:val="001C3D67"/>
     <w:rsid w:val="001C5459"/>
     <w:rsid w:val="001D1E74"/>
     <w:rsid w:val="001D2EEB"/>
     <w:rsid w:val="001D5027"/>
     <w:rsid w:val="001D5681"/>
     <w:rsid w:val="001D7EC5"/>
     <w:rsid w:val="001E02A5"/>
     <w:rsid w:val="001E413A"/>
     <w:rsid w:val="001E4C52"/>
     <w:rsid w:val="001E4CF7"/>
     <w:rsid w:val="001E7861"/>
+    <w:rsid w:val="001F1540"/>
     <w:rsid w:val="001F7094"/>
     <w:rsid w:val="0020000A"/>
     <w:rsid w:val="00201095"/>
     <w:rsid w:val="00201826"/>
     <w:rsid w:val="00202306"/>
     <w:rsid w:val="00203166"/>
     <w:rsid w:val="00203D4D"/>
     <w:rsid w:val="00203FA9"/>
     <w:rsid w:val="00207227"/>
     <w:rsid w:val="00207E92"/>
     <w:rsid w:val="00207F24"/>
     <w:rsid w:val="00211386"/>
     <w:rsid w:val="00211FFA"/>
     <w:rsid w:val="00212C55"/>
     <w:rsid w:val="00212FB2"/>
     <w:rsid w:val="0021309D"/>
     <w:rsid w:val="002155CA"/>
     <w:rsid w:val="00216D86"/>
     <w:rsid w:val="00217EF4"/>
     <w:rsid w:val="0022054D"/>
     <w:rsid w:val="002209E2"/>
     <w:rsid w:val="002217D9"/>
     <w:rsid w:val="0022245D"/>
     <w:rsid w:val="00226E74"/>
     <w:rsid w:val="00231D0C"/>
@@ -12183,50 +17713,51 @@
     <w:rsid w:val="002E2A5D"/>
     <w:rsid w:val="002E6682"/>
     <w:rsid w:val="002E6EB9"/>
     <w:rsid w:val="002F2842"/>
     <w:rsid w:val="002F29EC"/>
     <w:rsid w:val="002F3B5B"/>
     <w:rsid w:val="002F4E89"/>
     <w:rsid w:val="002F4FE6"/>
     <w:rsid w:val="002F74CD"/>
     <w:rsid w:val="0030052E"/>
     <w:rsid w:val="00300920"/>
     <w:rsid w:val="003026E1"/>
     <w:rsid w:val="00304BE6"/>
     <w:rsid w:val="00305F09"/>
     <w:rsid w:val="00305F0A"/>
     <w:rsid w:val="00306751"/>
     <w:rsid w:val="0031328F"/>
     <w:rsid w:val="00313F5F"/>
     <w:rsid w:val="0031470A"/>
     <w:rsid w:val="00314871"/>
     <w:rsid w:val="00315B19"/>
     <w:rsid w:val="00317399"/>
     <w:rsid w:val="003224FF"/>
     <w:rsid w:val="00323503"/>
     <w:rsid w:val="003314C6"/>
+    <w:rsid w:val="0033191E"/>
     <w:rsid w:val="00334783"/>
     <w:rsid w:val="00334CBA"/>
     <w:rsid w:val="00335EC7"/>
     <w:rsid w:val="00337350"/>
     <w:rsid w:val="003376A2"/>
     <w:rsid w:val="00341F6D"/>
     <w:rsid w:val="003425F2"/>
     <w:rsid w:val="00347D39"/>
     <w:rsid w:val="003540B5"/>
     <w:rsid w:val="003554DE"/>
     <w:rsid w:val="003579D4"/>
     <w:rsid w:val="00357BD1"/>
     <w:rsid w:val="003632DF"/>
     <w:rsid w:val="00363D18"/>
     <w:rsid w:val="00364510"/>
     <w:rsid w:val="00370DEE"/>
     <w:rsid w:val="00371ED4"/>
     <w:rsid w:val="003727A9"/>
     <w:rsid w:val="00374A38"/>
     <w:rsid w:val="00374B89"/>
     <w:rsid w:val="00375351"/>
     <w:rsid w:val="0037586F"/>
     <w:rsid w:val="00380CBF"/>
     <w:rsid w:val="00382365"/>
     <w:rsid w:val="0038449C"/>
@@ -12283,51 +17814,50 @@
     <w:rsid w:val="003E7FF0"/>
     <w:rsid w:val="003F10B6"/>
     <w:rsid w:val="003F1736"/>
     <w:rsid w:val="003F489B"/>
     <w:rsid w:val="003F4DB9"/>
     <w:rsid w:val="003F52EA"/>
     <w:rsid w:val="003F720D"/>
     <w:rsid w:val="003F7FB0"/>
     <w:rsid w:val="00405CFE"/>
     <w:rsid w:val="0040672B"/>
     <w:rsid w:val="004107A3"/>
     <w:rsid w:val="00411319"/>
     <w:rsid w:val="00411BDC"/>
     <w:rsid w:val="00411CCA"/>
     <w:rsid w:val="00412F15"/>
     <w:rsid w:val="00413499"/>
     <w:rsid w:val="00413F4C"/>
     <w:rsid w:val="00414D4A"/>
     <w:rsid w:val="004231BF"/>
     <w:rsid w:val="00424A07"/>
     <w:rsid w:val="0042584A"/>
     <w:rsid w:val="00425F4A"/>
     <w:rsid w:val="00426CD6"/>
     <w:rsid w:val="00430121"/>
     <w:rsid w:val="00431C71"/>
-    <w:rsid w:val="004325A8"/>
     <w:rsid w:val="004332B4"/>
     <w:rsid w:val="004417FB"/>
     <w:rsid w:val="00442088"/>
     <w:rsid w:val="00443BD2"/>
     <w:rsid w:val="00445B45"/>
     <w:rsid w:val="004463BD"/>
     <w:rsid w:val="00446A25"/>
     <w:rsid w:val="004473A8"/>
     <w:rsid w:val="00450FD8"/>
     <w:rsid w:val="00452DF7"/>
     <w:rsid w:val="0045354B"/>
     <w:rsid w:val="0045358A"/>
     <w:rsid w:val="00454708"/>
     <w:rsid w:val="00454DAB"/>
     <w:rsid w:val="00456972"/>
     <w:rsid w:val="00456CC7"/>
     <w:rsid w:val="00457C81"/>
     <w:rsid w:val="00457F1B"/>
     <w:rsid w:val="00457FBA"/>
     <w:rsid w:val="004608DC"/>
     <w:rsid w:val="00460B8A"/>
     <w:rsid w:val="00464342"/>
     <w:rsid w:val="00464CA9"/>
     <w:rsid w:val="00466B06"/>
     <w:rsid w:val="004676C2"/>
@@ -12442,50 +17972,51 @@
     <w:rsid w:val="00586E6D"/>
     <w:rsid w:val="00586FAA"/>
     <w:rsid w:val="0059167F"/>
     <w:rsid w:val="00592E64"/>
     <w:rsid w:val="005967CF"/>
     <w:rsid w:val="00596C30"/>
     <w:rsid w:val="005970D4"/>
     <w:rsid w:val="005A01D3"/>
     <w:rsid w:val="005A1584"/>
     <w:rsid w:val="005A1817"/>
     <w:rsid w:val="005A28C0"/>
     <w:rsid w:val="005A3392"/>
     <w:rsid w:val="005A39E1"/>
     <w:rsid w:val="005A4C18"/>
     <w:rsid w:val="005A4F45"/>
     <w:rsid w:val="005A7BD6"/>
     <w:rsid w:val="005A7ECE"/>
     <w:rsid w:val="005B19F3"/>
     <w:rsid w:val="005B1C49"/>
     <w:rsid w:val="005B364F"/>
     <w:rsid w:val="005B39E6"/>
     <w:rsid w:val="005B4505"/>
     <w:rsid w:val="005B4BF6"/>
     <w:rsid w:val="005C0A2C"/>
     <w:rsid w:val="005C1BA8"/>
+    <w:rsid w:val="005C27DE"/>
     <w:rsid w:val="005C2C2F"/>
     <w:rsid w:val="005C2F62"/>
     <w:rsid w:val="005C4922"/>
     <w:rsid w:val="005C5C38"/>
     <w:rsid w:val="005D04F4"/>
     <w:rsid w:val="005D17FC"/>
     <w:rsid w:val="005D2A69"/>
     <w:rsid w:val="005D3DCB"/>
     <w:rsid w:val="005D405A"/>
     <w:rsid w:val="005D63F7"/>
     <w:rsid w:val="005D7F3E"/>
     <w:rsid w:val="005E1ADE"/>
     <w:rsid w:val="005E230B"/>
     <w:rsid w:val="005E36EA"/>
     <w:rsid w:val="005E69F3"/>
     <w:rsid w:val="005E72EF"/>
     <w:rsid w:val="005F003F"/>
     <w:rsid w:val="005F3717"/>
     <w:rsid w:val="005F40C9"/>
     <w:rsid w:val="005F4386"/>
     <w:rsid w:val="005F49B5"/>
     <w:rsid w:val="005F4AE1"/>
     <w:rsid w:val="005F4C52"/>
     <w:rsid w:val="005F4DE4"/>
     <w:rsid w:val="005F58C6"/>
@@ -12519,50 +18050,51 @@
     <w:rsid w:val="006356EA"/>
     <w:rsid w:val="00636C7D"/>
     <w:rsid w:val="00637766"/>
     <w:rsid w:val="006413A7"/>
     <w:rsid w:val="00641E23"/>
     <w:rsid w:val="00644B39"/>
     <w:rsid w:val="00645504"/>
     <w:rsid w:val="0064609D"/>
     <w:rsid w:val="006515A1"/>
     <w:rsid w:val="006521D5"/>
     <w:rsid w:val="00652604"/>
     <w:rsid w:val="00653396"/>
     <w:rsid w:val="00654024"/>
     <w:rsid w:val="00654C0C"/>
     <w:rsid w:val="006557FE"/>
     <w:rsid w:val="00655E49"/>
     <w:rsid w:val="0065642B"/>
     <w:rsid w:val="00656B7F"/>
     <w:rsid w:val="006573CB"/>
     <w:rsid w:val="00660A3F"/>
     <w:rsid w:val="00661CEE"/>
     <w:rsid w:val="0066374A"/>
     <w:rsid w:val="0066432B"/>
     <w:rsid w:val="00664A21"/>
     <w:rsid w:val="00666101"/>
+    <w:rsid w:val="006669DC"/>
     <w:rsid w:val="0067017B"/>
     <w:rsid w:val="00673E30"/>
     <w:rsid w:val="00674024"/>
     <w:rsid w:val="006745FD"/>
     <w:rsid w:val="006755E3"/>
     <w:rsid w:val="00675DA1"/>
     <w:rsid w:val="00675FE1"/>
     <w:rsid w:val="00676741"/>
     <w:rsid w:val="006770EC"/>
     <w:rsid w:val="00677331"/>
     <w:rsid w:val="00677C3F"/>
     <w:rsid w:val="00680635"/>
     <w:rsid w:val="00680A4F"/>
     <w:rsid w:val="00683621"/>
     <w:rsid w:val="00685BFD"/>
     <w:rsid w:val="00686BDC"/>
     <w:rsid w:val="00690604"/>
     <w:rsid w:val="00691D8F"/>
     <w:rsid w:val="006949A4"/>
     <w:rsid w:val="00695F58"/>
     <w:rsid w:val="006966BF"/>
     <w:rsid w:val="00696F6E"/>
     <w:rsid w:val="006A044C"/>
     <w:rsid w:val="006A1857"/>
     <w:rsid w:val="006A1C33"/>
@@ -12677,90 +18209,88 @@
     <w:rsid w:val="00777DCB"/>
     <w:rsid w:val="00780447"/>
     <w:rsid w:val="00780FB3"/>
     <w:rsid w:val="0078154D"/>
     <w:rsid w:val="00782DE4"/>
     <w:rsid w:val="00782DF0"/>
     <w:rsid w:val="00782E82"/>
     <w:rsid w:val="007833FD"/>
     <w:rsid w:val="00783E04"/>
     <w:rsid w:val="00784AC9"/>
     <w:rsid w:val="00784B9F"/>
     <w:rsid w:val="00784ED4"/>
     <w:rsid w:val="0078563A"/>
     <w:rsid w:val="007867F3"/>
     <w:rsid w:val="007869FB"/>
     <w:rsid w:val="00787902"/>
     <w:rsid w:val="00790061"/>
     <w:rsid w:val="00792238"/>
     <w:rsid w:val="007940EF"/>
     <w:rsid w:val="0079519C"/>
     <w:rsid w:val="00796271"/>
     <w:rsid w:val="007966BF"/>
     <w:rsid w:val="007979D1"/>
     <w:rsid w:val="00797A6F"/>
     <w:rsid w:val="007A19A1"/>
-    <w:rsid w:val="007A2A6E"/>
     <w:rsid w:val="007A2D27"/>
     <w:rsid w:val="007A462A"/>
     <w:rsid w:val="007A46A2"/>
     <w:rsid w:val="007A48C5"/>
     <w:rsid w:val="007A4B01"/>
     <w:rsid w:val="007A4CD1"/>
     <w:rsid w:val="007A4D52"/>
     <w:rsid w:val="007A5242"/>
     <w:rsid w:val="007A68D7"/>
     <w:rsid w:val="007B13A5"/>
     <w:rsid w:val="007B1E00"/>
     <w:rsid w:val="007B3D7D"/>
     <w:rsid w:val="007B4A2B"/>
     <w:rsid w:val="007B4E0E"/>
     <w:rsid w:val="007B74E0"/>
     <w:rsid w:val="007B7FC1"/>
     <w:rsid w:val="007C008A"/>
     <w:rsid w:val="007C0862"/>
     <w:rsid w:val="007C13C4"/>
     <w:rsid w:val="007C1699"/>
     <w:rsid w:val="007C1E97"/>
     <w:rsid w:val="007C4159"/>
     <w:rsid w:val="007C4FF8"/>
     <w:rsid w:val="007C585A"/>
     <w:rsid w:val="007C67A7"/>
     <w:rsid w:val="007C69FC"/>
     <w:rsid w:val="007D089F"/>
     <w:rsid w:val="007D129C"/>
     <w:rsid w:val="007D1F0A"/>
     <w:rsid w:val="007D5807"/>
     <w:rsid w:val="007D6C56"/>
     <w:rsid w:val="007E0C57"/>
     <w:rsid w:val="007E1770"/>
     <w:rsid w:val="007E1AE0"/>
     <w:rsid w:val="007E20F5"/>
     <w:rsid w:val="007E3C5F"/>
     <w:rsid w:val="007E4196"/>
     <w:rsid w:val="007E5340"/>
-    <w:rsid w:val="007E5570"/>
     <w:rsid w:val="007E5719"/>
     <w:rsid w:val="007E5A6E"/>
     <w:rsid w:val="007E70B6"/>
     <w:rsid w:val="007E7710"/>
     <w:rsid w:val="007F0209"/>
     <w:rsid w:val="007F0E61"/>
     <w:rsid w:val="007F22A2"/>
     <w:rsid w:val="007F2D4C"/>
     <w:rsid w:val="007F506D"/>
     <w:rsid w:val="007F76E8"/>
     <w:rsid w:val="0080039D"/>
     <w:rsid w:val="00800560"/>
     <w:rsid w:val="00800A31"/>
     <w:rsid w:val="00800C86"/>
     <w:rsid w:val="00801D8B"/>
     <w:rsid w:val="00802204"/>
     <w:rsid w:val="0080705C"/>
     <w:rsid w:val="00810182"/>
     <w:rsid w:val="0081106B"/>
     <w:rsid w:val="008140C1"/>
     <w:rsid w:val="00817141"/>
     <w:rsid w:val="0082152E"/>
     <w:rsid w:val="00821612"/>
     <w:rsid w:val="0082210F"/>
     <w:rsid w:val="0082211F"/>
@@ -12827,50 +18357,51 @@
     <w:rsid w:val="008A635A"/>
     <w:rsid w:val="008A7ECA"/>
     <w:rsid w:val="008B0ABB"/>
     <w:rsid w:val="008B0C5E"/>
     <w:rsid w:val="008B1703"/>
     <w:rsid w:val="008B1A11"/>
     <w:rsid w:val="008B1AB4"/>
     <w:rsid w:val="008B2143"/>
     <w:rsid w:val="008B2AB9"/>
     <w:rsid w:val="008B47E3"/>
     <w:rsid w:val="008B59D6"/>
     <w:rsid w:val="008B6CCC"/>
     <w:rsid w:val="008B7733"/>
     <w:rsid w:val="008C1A48"/>
     <w:rsid w:val="008C325A"/>
     <w:rsid w:val="008C638B"/>
     <w:rsid w:val="008C6539"/>
     <w:rsid w:val="008C6B2B"/>
     <w:rsid w:val="008C74E9"/>
     <w:rsid w:val="008D08C4"/>
     <w:rsid w:val="008D0A04"/>
     <w:rsid w:val="008D109F"/>
     <w:rsid w:val="008D1A5B"/>
     <w:rsid w:val="008D1B1D"/>
     <w:rsid w:val="008D3C67"/>
+    <w:rsid w:val="008D4F9F"/>
     <w:rsid w:val="008D5270"/>
     <w:rsid w:val="008E047D"/>
     <w:rsid w:val="008E06BF"/>
     <w:rsid w:val="008E0FFC"/>
     <w:rsid w:val="008E1CE4"/>
     <w:rsid w:val="008E2DF0"/>
     <w:rsid w:val="008E2FEC"/>
     <w:rsid w:val="008E3D3E"/>
     <w:rsid w:val="008E3EA2"/>
     <w:rsid w:val="008E40BE"/>
     <w:rsid w:val="008E5708"/>
     <w:rsid w:val="008E69B4"/>
     <w:rsid w:val="008F0603"/>
     <w:rsid w:val="008F0CD3"/>
     <w:rsid w:val="008F0ED6"/>
     <w:rsid w:val="008F2B5C"/>
     <w:rsid w:val="008F2DD1"/>
     <w:rsid w:val="008F339A"/>
     <w:rsid w:val="008F3F34"/>
     <w:rsid w:val="008F4ACD"/>
     <w:rsid w:val="0090032E"/>
     <w:rsid w:val="009041E8"/>
     <w:rsid w:val="00905AD8"/>
     <w:rsid w:val="009062A3"/>
     <w:rsid w:val="00910982"/>
@@ -13076,86 +18607,86 @@
     <w:rsid w:val="00AD7C0E"/>
     <w:rsid w:val="00AE0B63"/>
     <w:rsid w:val="00AE1135"/>
     <w:rsid w:val="00AE122A"/>
     <w:rsid w:val="00AE1905"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE3465"/>
     <w:rsid w:val="00AE5824"/>
     <w:rsid w:val="00AE60C1"/>
     <w:rsid w:val="00AE705B"/>
     <w:rsid w:val="00AF08C2"/>
     <w:rsid w:val="00AF15C6"/>
     <w:rsid w:val="00AF1813"/>
     <w:rsid w:val="00AF2A71"/>
     <w:rsid w:val="00AF2F33"/>
     <w:rsid w:val="00AF417E"/>
     <w:rsid w:val="00AF455E"/>
     <w:rsid w:val="00AF4675"/>
     <w:rsid w:val="00AF4B9A"/>
     <w:rsid w:val="00AF4CE8"/>
     <w:rsid w:val="00AF5C75"/>
     <w:rsid w:val="00AF6DEC"/>
     <w:rsid w:val="00B025B1"/>
     <w:rsid w:val="00B04063"/>
     <w:rsid w:val="00B04923"/>
-    <w:rsid w:val="00B04983"/>
     <w:rsid w:val="00B068B7"/>
     <w:rsid w:val="00B07893"/>
     <w:rsid w:val="00B1200A"/>
     <w:rsid w:val="00B1261B"/>
     <w:rsid w:val="00B1289B"/>
     <w:rsid w:val="00B1453B"/>
     <w:rsid w:val="00B14573"/>
     <w:rsid w:val="00B15170"/>
     <w:rsid w:val="00B211E6"/>
     <w:rsid w:val="00B23E1E"/>
     <w:rsid w:val="00B2438F"/>
     <w:rsid w:val="00B2746F"/>
     <w:rsid w:val="00B311B9"/>
     <w:rsid w:val="00B321D9"/>
     <w:rsid w:val="00B327FC"/>
     <w:rsid w:val="00B32BBC"/>
     <w:rsid w:val="00B335A1"/>
     <w:rsid w:val="00B3371D"/>
     <w:rsid w:val="00B33CE7"/>
     <w:rsid w:val="00B34FBE"/>
     <w:rsid w:val="00B400B8"/>
     <w:rsid w:val="00B413E3"/>
     <w:rsid w:val="00B41572"/>
     <w:rsid w:val="00B4208E"/>
     <w:rsid w:val="00B4345C"/>
     <w:rsid w:val="00B44CB0"/>
     <w:rsid w:val="00B45748"/>
     <w:rsid w:val="00B45F0F"/>
     <w:rsid w:val="00B46471"/>
     <w:rsid w:val="00B50435"/>
     <w:rsid w:val="00B50989"/>
     <w:rsid w:val="00B532AE"/>
     <w:rsid w:val="00B53454"/>
     <w:rsid w:val="00B5354B"/>
     <w:rsid w:val="00B53F83"/>
+    <w:rsid w:val="00B541B8"/>
     <w:rsid w:val="00B548B9"/>
     <w:rsid w:val="00B5512A"/>
     <w:rsid w:val="00B601B5"/>
     <w:rsid w:val="00B625D5"/>
     <w:rsid w:val="00B63161"/>
     <w:rsid w:val="00B641B9"/>
     <w:rsid w:val="00B64DC3"/>
     <w:rsid w:val="00B67F3E"/>
     <w:rsid w:val="00B70FA3"/>
     <w:rsid w:val="00B717BB"/>
     <w:rsid w:val="00B71ECB"/>
     <w:rsid w:val="00B722E4"/>
     <w:rsid w:val="00B72E3C"/>
     <w:rsid w:val="00B73B87"/>
     <w:rsid w:val="00B759DF"/>
     <w:rsid w:val="00B75E81"/>
     <w:rsid w:val="00B7767B"/>
     <w:rsid w:val="00B81961"/>
     <w:rsid w:val="00B82D83"/>
     <w:rsid w:val="00B83229"/>
     <w:rsid w:val="00B8413B"/>
     <w:rsid w:val="00B84A90"/>
     <w:rsid w:val="00B85782"/>
     <w:rsid w:val="00B8656A"/>
     <w:rsid w:val="00B8678F"/>
@@ -13259,64 +18790,66 @@
     <w:rsid w:val="00C80E6A"/>
     <w:rsid w:val="00C81CD7"/>
     <w:rsid w:val="00C82415"/>
     <w:rsid w:val="00C82C62"/>
     <w:rsid w:val="00C856C2"/>
     <w:rsid w:val="00C91FA0"/>
     <w:rsid w:val="00C92212"/>
     <w:rsid w:val="00C932FD"/>
     <w:rsid w:val="00C9348A"/>
     <w:rsid w:val="00CA1BBF"/>
     <w:rsid w:val="00CA3A05"/>
     <w:rsid w:val="00CA4948"/>
     <w:rsid w:val="00CA6FD1"/>
     <w:rsid w:val="00CB223C"/>
     <w:rsid w:val="00CB33DB"/>
     <w:rsid w:val="00CB4A3A"/>
     <w:rsid w:val="00CB5631"/>
     <w:rsid w:val="00CB7598"/>
     <w:rsid w:val="00CB7F54"/>
     <w:rsid w:val="00CC07E5"/>
     <w:rsid w:val="00CC1781"/>
     <w:rsid w:val="00CC2075"/>
     <w:rsid w:val="00CC43BD"/>
     <w:rsid w:val="00CC4A17"/>
     <w:rsid w:val="00CC4E13"/>
+    <w:rsid w:val="00CC608A"/>
     <w:rsid w:val="00CC7569"/>
     <w:rsid w:val="00CC771F"/>
     <w:rsid w:val="00CD05D3"/>
     <w:rsid w:val="00CD08C8"/>
     <w:rsid w:val="00CD41BF"/>
     <w:rsid w:val="00CD4D78"/>
     <w:rsid w:val="00CD4EB9"/>
     <w:rsid w:val="00CD6377"/>
     <w:rsid w:val="00CD674D"/>
     <w:rsid w:val="00CD680A"/>
     <w:rsid w:val="00CD6C3F"/>
     <w:rsid w:val="00CD7942"/>
     <w:rsid w:val="00CD7D75"/>
     <w:rsid w:val="00CE0507"/>
+    <w:rsid w:val="00CE0F2C"/>
     <w:rsid w:val="00CE15DF"/>
     <w:rsid w:val="00CE1E60"/>
     <w:rsid w:val="00CE2942"/>
     <w:rsid w:val="00CE2C74"/>
     <w:rsid w:val="00CE40CD"/>
     <w:rsid w:val="00CE537F"/>
     <w:rsid w:val="00CE63DB"/>
     <w:rsid w:val="00CE64DE"/>
     <w:rsid w:val="00CE66DB"/>
     <w:rsid w:val="00CE7286"/>
     <w:rsid w:val="00CF0820"/>
     <w:rsid w:val="00CF0FBA"/>
     <w:rsid w:val="00CF3BAC"/>
     <w:rsid w:val="00CF53C6"/>
     <w:rsid w:val="00CF5B22"/>
     <w:rsid w:val="00CF6401"/>
     <w:rsid w:val="00D018E9"/>
     <w:rsid w:val="00D029D4"/>
     <w:rsid w:val="00D0379F"/>
     <w:rsid w:val="00D03B9C"/>
     <w:rsid w:val="00D046D0"/>
     <w:rsid w:val="00D0524B"/>
     <w:rsid w:val="00D05F0A"/>
     <w:rsid w:val="00D06992"/>
     <w:rsid w:val="00D06A38"/>
@@ -17298,87 +22831,87 @@
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b0bea954-a813-48af-b81f-37fb60ec49e0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FEA14E2-43F5-48CE-B17A-D80B3486CEDC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D421F2D-89FD-4846-BFDC-BEA16C69AEEE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{72C791C7-5F59-405E-99E2-8026070845AB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>3810</Words>
-  <Characters>21721</Characters>
+  <Words>3809</Words>
+  <Characters>21717</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>181</Lines>
+  <Lines>180</Lines>
   <Paragraphs>50</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NWJCC Performance Report</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cwm Taf Morgannwg University Health Board</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25481</CharactersWithSpaces>
+  <CharactersWithSpaces>25476</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NWJCC Performance Report</dc:title>
   <dc:subject/>
   <dc:creator>Ricky Thomas (CTM UHB - NCCU Corporate Services)</dc:creator>
   <cp:keywords>NWJCC Performance Report</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100F442EB5159358D4DBB96C076E92CA033</vt:lpwstr>